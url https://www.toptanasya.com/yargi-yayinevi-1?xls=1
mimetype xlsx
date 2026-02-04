--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -85,11740 +85,13990 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253708849</t>
+          <t>9786253702267</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS ve Tüm Kurum Sınavları İçin Kendini Güncelleyen Güncel Bilgiler</t>
+          <t>2025 KPSS Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>269</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253709709</t>
+          <t>9786253707538</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Matematik Garanti 10 Net Cepte</t>
+          <t>8.Sınıf Türkçe 32+4 Haftalık Ödev Föyleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>149</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253708948</t>
+          <t>9786253707514</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
+          <t>8.Sınıf Fen Bilimleri 32+4 Haftalık Ödev Föyleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254210358</t>
+          <t>9786253707521</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Rehber Öğretmen Konu Anlatımı</t>
+          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 32+4 Haftalık Ödev Föyleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>415</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254210389</t>
+          <t>9786253709556</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Ders Arkadaşım LGS Plan Takip Defteri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>499</v>
+        <v>139</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253709228</t>
+          <t>9786253701802</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Anka Ekibi Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Genel Yetenek 2015-2024 Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>127</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253709617</t>
+          <t>9786258576283</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 POMEM Mülakata Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253709600</t>
+          <t>9786258576276</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ALES DGS TYT MSÜ Anka Ekibi Sözel Yetenek Tamamı Çözümlü 15 Deneme</t>
+          <t>2026 Polis Misyon Koruma Sınavlarına Hazırlık Diplomat Yaprak Test</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253709594</t>
+          <t>9786258576290</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Anka Ekibi Tarih Tamamı Çözümlü 15 Deneme</t>
+          <t>2026 Polis Misyon Sınavlarına Hazırlık Konu Anlatımlı Modüler Set</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>149</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253709211</t>
+          <t>9786258576252</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Anka Ekibi Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
+          <t>2026 Polis Misyon Sınavlarına Hazırlık Rota Modüler Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253709587</t>
+          <t>9786258576269</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS DKAB-DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
+          <t>2026 Polis Misyon Koruma Sınavlarına Hazırlık Diplomat 10 Deneme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>169</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253708955</t>
+          <t>9786258576245</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 Polis Misyon Koruma Sınavlarına Hazırlık Diplomat Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>990</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253709716</t>
+          <t>9786253705343</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Konu Anlatımı</t>
+          <t>2025 ALES Birebir Serisi Kolay-Orta-Zor Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253709174</t>
+          <t>9786253701512</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Son 10 Sınav Fasikül Fasikül Çıkmış Sorular (23 Kasım 2025 Sınavı Dahil)</t>
+          <t>2024 YKS-Dil İngilizce YDT'ye 8 Kala Deneme Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>520</v>
+        <v>249</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253709143</t>
+          <t>9786253708832</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 2018-2025 Konu Konu Son 8 Yıl Çıkmış Sorular Sözel Bölüm</t>
+          <t>AYT Adayları ve Ara Sınıflar İçin Taktiklerle 2.Dereceden Eşitsizlikler Parabol Konu Anlatımlı Soru</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>329</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253709150</t>
+          <t>9786052892299</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 2018-2025 Konu Konu Son 8 Yıl Çıkmış Sorular Sayısal Bölüm</t>
+          <t>2025 DHBT Tüm Adaylar İçin Din Hizmetleri Alan Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>329</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253709204</t>
+          <t>9786052846704</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS 2018-2025 Tüm Dersler Konu Konu Son 8 Yıl Çıkmış Sorular</t>
+          <t>YÖKDİL Sosyal Bilimler 50 Adet Orta Seviye Renkli Çeviri Okuma Çalışması</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>369</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253709570</t>
+          <t>9786258576306</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf LGS 2021-2025 Tüm Dersler Fasikül Fasikül Tıpkı Basım Son 5 Yıl Çıkmış Sorular</t>
+          <t>2026 MEB AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Ölçme ve Değerlendirme Soru Bankası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>369</v>
+        <v>379</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253705169</t>
+          <t>9786258576313</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>2025 MBSTS Konu Anlatımlı Soru Bankası</t>
+          <t>2026 MEB AGS Öğretmen Adayları İçin İnsan Hakları Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253702526</t>
+          <t>9786253709648</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>2025 ALES Vip Sayısal-Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>349</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253709181</t>
+          <t>9786253703042</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2026 Anka Ekibi MEB-AGS KPSS 20 Derste Sayısal Yetenek Genel Tekrar Video Ders Notları</t>
+          <t>2025 AYT Edebiyat Ders Notları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253709006</t>
+          <t>9786258576221</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Muhasebe Konu Anlatımı</t>
+          <t>Atabey ile Bektemur</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1060</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253709020</t>
+          <t>9786253709990</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Muhasebe Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS ÖABT Fen Bilimleri Öğretmenliği 2020-2025 Tamamı Çözümlü Çıkmış 6 Sınav Soruları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253709068</t>
+          <t>9786258576016</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (Ekonomik Seri)</t>
+          <t>2026 MEB-AGS ÖABT Fen Bilimleri Öğretmenliği 2020-2025 Tamamı Çözümlü 6 Deneme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>199</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253709075</t>
+          <t>9786258576009</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (Ekonomik Seri)</t>
+          <t>2026 MEB-AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>149</v>
+        <v>820</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253708788</t>
+          <t>9786253709396</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Tüm Adaylar İçin GK-GY Tüm Dersler Fasikül Fasikül On Numara 5 Yıldız 10 Deneme</t>
+          <t>AYT Fen Bilimleri 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>499</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254210716</t>
+          <t>9786253709389</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi Öğretmenliği ve Spor Öğretmenliği Yaprak Test</t>
+          <t>AYT Biyoloji 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254210884</t>
+          <t>9786253701505</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2024 YDS YÖKDİL YKSDİL İngilizce Video Ders Notları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>159</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254215964</t>
+          <t>9786253703875</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Sınıf Öğretmenliği Alan Eğitimi Sınıfın Kilidi Tamamı Çözümlü 15 Deneme</t>
+          <t>2025 MEB EKYS Hazırlık Kılavuzu 5 Deneme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254215957</t>
+          <t>9786254429262</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Sınıf Öğretmenliği Alan Eğitimi Sınıfın Anahtarı Konu Özetli Tamamı Çözümlü Soru Bankası</t>
+          <t>Advance Your Test Skills YDS 10 Deneme</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>229</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254215902</t>
+          <t>9786258576047</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi (Dkab ve İHL) Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 KPSS-A Grubu Hukuk Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>169</v>
+        <v>550</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254215346</t>
+          <t>9786258576184</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü TG 10 Deneme</t>
+          <t>2026 MEB-AGS Coğrafya Tamamı Çözümlü 66 Deneme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>169</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254215353</t>
+          <t>9786258576177</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Program Okuryazarlığı Sınıf Yönetimi Video Ders Notları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254213748</t>
+          <t>9786258576054</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Ölçme ve Değerlendirme Video Ders Notları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254210556</t>
+          <t>9786258576146</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitim ve Spor Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Rehberlik Video Ders Notları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254210433</t>
+          <t>9786258576078</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Konu Anlatımı</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Öğretim Yöntem ve Teknikleri Video Ders Notları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254215162</t>
+          <t>9786258576214</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>2023 ÖABT Beden Eğitimi Öğretmenliği 10 Deneme Çözümlü</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası Modül 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>179</v>
+        <v>620</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254214325</t>
+          <t>9786258576207</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Konu Özetli Soru Cevap</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası Modül 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254210839</t>
+          <t>9786253709136</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>LGS'de Son 21 Yılda Çıkan Önemli Türkçe Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254210815</t>
+          <t>9786253709112</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT İngilizce Öğretmenliği 10 Deneme</t>
+          <t>YDT YKS Dilde Son 15 Yılda Kullanılan Önemli Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254210785</t>
+          <t>9786253706296</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Rehber Öğretmen Tamamı Çözümlü 10 Deneme</t>
+          <t>YDS YDT YÖKDİL TOEFL IELTS Fast Grammar For Exams</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254210877</t>
+          <t>9786253705299</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>8. Sınıf LGS Son 15 Yılda Sıklıkla Kullanılan Sihirli Sınav Kelimeleri (İngilizce)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254210259</t>
+          <t>9786253705107</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Sınıf Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>KPSS-ALES-DGS-EKPSS-TYT İçin Son 10 Yılda Paragrafta Sıklıkla Kullanılan Sihirli Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254210860</t>
+          <t>9786253705114</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>YDS İçin Son 12 Yılda Sıklıkla Kullanılan Sihirli Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254210761</t>
+          <t>9786253705121</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>YKS-Dil ve YDT İçin Son 14 Yılda Sıklıkla Kullanılan Sihirli Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254210853</t>
+          <t>9786253705015</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Din Kültürü Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>YDT YDS YÖKDİL Warlock Grammar Dil Bilgisi Konu Anlatımı ve Soru Bankası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>175</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254210778</t>
+          <t>9786253709129</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>KPSS DGS ALES TYT MSÜ EKPSS AGS Son 11 Yılda Paragrafta Kullanılan Önemli Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254210792</t>
+          <t>9786253709099</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>LGS'de Son 16 Yılda Kullanılan Önemli İngilizce Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254210228</t>
+          <t>9786253709105</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Sınıf Öğretmenliği Konu Anlatımı (3 Cilt)</t>
+          <t>YDS'de Son 13 Yılda Kullanılan Önemli Sınav Kelimeleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254210655</t>
+          <t>9786253701772</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Kimya Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>2025 KPSS GK-GY Tamamı Çözümlü Son 5 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254210686</t>
+          <t>9786253702779</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>2025 YKS KPSS ALES DGS Kelebek Serisi Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>99</v>
+        <v>499</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254210334</t>
+          <t>9786254219207</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımı (2 Cilt)</t>
+          <t>2024 KPSS Eğitim Bilimleri Öğretmenler Ekibi Gelişim Psikolojisi Tamamı Çözümlü 24 Deneme</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>790</v>
+        <v>89</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254210242</t>
+          <t>9786254218859</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Sınıf Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>2024 KPSS Eğitim Bilimleri Öğretmenler Ekibi Öğretim İlke ve Yöntemleri Konularına Göre Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254210341</t>
+          <t>9786254218798</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
+          <t>KPSS Eğitim Bilimleri Öğretmenler Ekibi Tamamı Çözümlü Son 5 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>699</v>
+        <v>82</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254210327</t>
+          <t>9786253709372</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
+          <t>AYT Kimya 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>699</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254210723</t>
+          <t>9786253709365</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Biyoloji Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>AYT Fizik 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254210310</t>
+          <t>9786253709358</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı (2 Cilt)</t>
+          <t>AYT Edebiyat 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>790</v>
+        <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254210600</t>
+          <t>9786253709341</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi, İmam Hatip Liseleri Meslek Dersleri Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>AYT Matematik 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254210662</t>
+          <t>9786253709334</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT PDR Rehber Öğretmen Çek Kopart Yaprak Test</t>
+          <t>TYT Fen Bilimleri 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>139</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254210679</t>
+          <t>9786253709327</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Biyoloji 16 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254210693</t>
+          <t>9786253709310</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Kimya 16 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254210594</t>
+          <t>9786253709303</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Lise Matematik Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Fizik 16 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254210280</t>
+          <t>9786253709297</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Okul Öncesi Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Sosyal Bilimler 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254210730</t>
+          <t>9786253709280</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Coğrafya Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Coğrafya 16 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254210624</t>
+          <t>9786253709273</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Fizik Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Tarih 16 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254210709</t>
+          <t>9786253709266</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT-AYT Paragraf 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254210631</t>
+          <t>9786253709259</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT İngilizce Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>TYT Problemler 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254210402</t>
+          <t>9786253709242</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
+          <t>TYT Türkçe 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>720</v>
+        <v>55</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254210303</t>
+          <t>9786253709235</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Lise Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>TYT Matematik 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>499</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254210426</t>
+          <t>9786253709655</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
+          <t>2026 MEB - AGS İçin ÖABT Sınıf Öğretmenliği 2021-2025 Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>499</v>
+        <v>269</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254210365</t>
+          <t>9786254429545</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Kimya Öğretmenliği Konu Anlatımı</t>
+          <t>2022 KPSS GY GK Tüm Adaylar için Fenomen Sorular Tekrar Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>499</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254210372</t>
+          <t>9786253702892</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT İngilizce Öğretmenliği Konu Anlatımı</t>
+          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Zor Seviye Paragraf 10x20 Deneme</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>399</v>
+        <v>119</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253709044</t>
+          <t>9786253701857</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
+          <t>2025 KPSS Genel Kültür 2015-2024 Tarih Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>279</v>
+        <v>64</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253709051</t>
+          <t>9786253701420</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
+          <t>2024 YDS On Target 5 Özgün Deneme</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253708863</t>
+          <t>9786253700515</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sözel Yetenek Son 11 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
+          <t>2024 KPSS Eğitim Bilimleri Öğretmenler Ekibi Tüm Dersler Konu Anlatımlı Modüler Set</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>575</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253709167</t>
+          <t>9786254219962</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal Yetenek Son 11 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
+          <t>2024 KPSS YKS MSÜ Bay Panik Yok Dil Bilgisi Zor Seviye Tamamı Çözümlü 15x15 Deneme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>189</v>
+        <v>79</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253709198</t>
+          <t>9786254429910</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Dersler 2016-2025 Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>GYS Orta Doğu Teknik Üniversitesi Ortak Konular Tüm Unvanlar İçin Konu Özetli - Açıklamalı Soru Bankası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>990</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253708498</t>
+          <t>9786253709853</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Birebir Serisi Paragraf Soru Bankası</t>
+          <t>2026 EKYS Okul Müdürlüğü Müdür Başyardımcılığı ve Müdür Yardımcılığı 5 Deneme</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254210297</t>
+          <t>9786253709839</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 EKYS Okul Müdürlüğü Müdür Başyardımcılığı ve Müdür Yardımcılığı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254210808</t>
+          <t>9786253709846</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Kimya Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 EKYS Okul Müdürlüğü Müdür Başyardımcılığı ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254210747</t>
+          <t>9786253708481</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Lise Matematik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 MEB-AGS Birebir Serisi Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254210273</t>
+          <t>9786253708528</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 EKPSS Birebir Serisi Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>259</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254210457</t>
+          <t>9786253709822</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 Tüm Adaylar İçin Türkçenin Yönderinden Tamamı Çözümlü Paragraf 10 Deneme</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>549</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254210464</t>
+          <t>9786254219368</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 KPSS ÖABT Mihmandar Serisi (Asya Tekin) DKAB - Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>749</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254210488</t>
+          <t>9786254219672</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>399</v>
+        <v>790</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254210549</t>
+          <t>9786254219634</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT İlköğretim Matematik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>415</v>
+        <v>599</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254210570</t>
+          <t>9786254219665</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT İngilizce Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT İlköğretim Matematik Öğretmenliği 10 Deneme</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>269</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254215155</t>
+          <t>9786254219283</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Nevayi Türk Dili ve Edebiyatı 10 Fasikül Deneme Tamamı Çözümlü</t>
+          <t>2024 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>599</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254215148</t>
+          <t>9786254219795</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Nevayi Türk Dili ve Edebiyatı Öğretmenliği Çözümlü Soru Bankası</t>
+          <t>2024 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Alan Bilgisi ve Alan Eğitimi Soru Bankası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>391.5</v>
+        <v>990</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254213724</t>
+          <t>9786253700638</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Konu Anlatımı</t>
+          <t>2024 DKAB-DHBT ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>359</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254210440</t>
+          <t>9786254219832</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>399</v>
+        <v>499</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254210587</t>
+          <t>9786253700621</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Rehber Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği DHBT-DKAB-MBSTS Alan Ders Notları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254210471</t>
+          <t>9786254219238</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Lise Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>399</v>
+        <v>799</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254210495</t>
+          <t>9786254219689</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Kimya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası (Alan Bilgisi ve Alan Eğitimi)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>399</v>
+        <v>235</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254210532</t>
+          <t>9786254219801</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Sosyal Bilgiler Öğretmenliği Yaprak Test (Alan Bilgisi ve Alan Eğitimi)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>399</v>
+        <v>179</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254210501</t>
+          <t>9786254219702</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Okul Öncesi Öğretmenliği Yaprak Test (Alan Bilgisi ve Alan Eğitimi)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>349</v>
+        <v>139</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254210563</t>
+          <t>9786254212154</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Cloze Test And Paragraph Questions Tamamı Detaylı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>399</v>
+        <v>169</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254212307</t>
+          <t>9786254212130</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 TYT AYT KPSS ALES DGS MSÜ Resital Serisi Paragraf 4x20 Deneme Sınavı</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>12.9</v>
+        <v>189</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254213755</t>
+          <t>9786254212406</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Tamamı Çözümlü 10 Deneme</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Litarature Kapsamlı Ders Notları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>199</v>
+        <v>69</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253704186</t>
+          <t>9786254212451</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS ALES Türkçe-Paragraf Sözcükte-Anlam Sözel Mantık Video Ders Notları</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Linguistics Kapsamlı Pratik Ders Notları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>99</v>
+        <v>69</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253700461</t>
+          <t>9786254212383</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe SMMM Yeterlilik Sınavlarına Hazırlık</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Pedagogical Grammar And Language Proficiency Kapsamlı Ders Notları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>349</v>
+        <v>99</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253708986</t>
+          <t>9786254212123</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Özel Hukuk Konu Anlatımı</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>990</v>
+        <v>299</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253708962</t>
+          <t>9786254212109</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin İktisat Konu Anlatımı</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>990</v>
+        <v>359</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253708993</t>
+          <t>9786254212116</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Kamu Hukuku Konu Anlatımı</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 3</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>990</v>
+        <v>415</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253708979</t>
+          <t>9786254214967</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Maliye Konu Anlatımı</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran Soru Bankası 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>545</v>
+        <v>229</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253709082</t>
+          <t>9786254217685</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Maliye Tamamı Çözümlü Soru Bankası</t>
+          <t>Yargı Yayınları 2023 ÖABT Sınıf Öğretmenliği Tamamı Çözümlü 3 Deneme</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>499</v>
+        <v>57</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253709013</t>
+          <t>9786253703721</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin İktisat Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği The Key Success Detaylı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>499</v>
+        <v>420</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253708535</t>
+          <t>9786253702953</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT-AYT Birebir Serisi Paragraf Soru Bankası</t>
+          <t>2025 ÖABT DKAB DHBT MBSTS Din Kültürü ve Ahlak Bilgisi Öğretmenliği Video Ders Notları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>415</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253708511</t>
+          <t>9786254219924</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Birebir Serisi Paragraf Soru Bankası</t>
+          <t>2024 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi Mihmandar Serisi 5 Deneme</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>340</v>
+        <v>169</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253708504</t>
+          <t>9786253701475</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Birebir Serisi Paragraf Soru Bankası</t>
+          <t>2024 ÖABT Bir Nefes Tarih Öğretmenliği Kapsamlı Ders Notları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>279</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254215377</t>
+          <t>9786254219788</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 Yıldız Serisi PAEM Misyon Koruma Rütbe Terfi ve Tüm Branş Sınavlarına Hazırlık Yıldız Soru Bankası</t>
+          <t>2024 ÖABT Tarih Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>385</v>
+        <v>139</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253702946</t>
+          <t>9786254219399</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Tamamı Çözümlü Tarih 15 Deneme</t>
+          <t>2024 ÖABT Türk Dili ve Edebiyatı Soru Bankası</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>149</v>
+        <v>799</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254424595</t>
+          <t>9786254229894</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Kimya Öğretmenliği Soru Bankası</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>215</v>
+        <v>279</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254213618</t>
+          <t>9786254219757</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Öğrenme Psikolojisi Tamamı Çözümlü 23 Deneme Sınavı</t>
+          <t>2024 ÖABT PDR Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>89</v>
+        <v>279</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254213571</t>
+          <t>9786254219733</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Gelişim Psikolojisi Tamamı Çözümlü 23 Deneme Sınavı</t>
+          <t>2024 ÖABT PDR Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>64</v>
+        <v>499</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254213625</t>
+          <t>9786254425334</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Öğretim İlke ve Yöntemleri Tamamı Çözümleri 23 Deneme Sınavı</t>
+          <t>2024 ÖABT Beden Eğitimi Öğretmenliği Kas-Kemik Posteri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254211171</t>
+          <t>9786253701123</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yargı 2022 MEB ÖKBS Uzman Öğretmenlik Soru Bankası Çözümlü</t>
+          <t>2024 ÖABT Kindergarten Okul Öncesi 10 Deneme</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>179</v>
+        <v>275</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053077961</t>
+          <t>9786254219825</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları ÖABT Kimya Öğretmenliği Soru Bankası</t>
+          <t>2024 ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>99</v>
+        <v>269</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254212734</t>
+          <t>9786254219849</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖKBS Başöğretmen Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Sınıf Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>129</v>
+        <v>900</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254428036</t>
+          <t>9786254218194</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint 1424 Soru Tamamı Çözümlü Soru Bankası</t>
+          <t>2023 KPSS ÖABT İngilizce Öğretmenliği The Key To Success Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254424403</t>
+          <t>9786254217654</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Rehber Öğretmenliği Konu Anlatımı Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT Sınıf Öğretmenliği Alan Eğitimi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254424410</t>
+          <t>9786254217135</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT Fen Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>195</v>
+        <v>89</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254210211</t>
+          <t>9786254217012</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT DKAB-DHBT-MBSTS Görsel Ders Notları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>189</v>
+        <v>399</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254212000</t>
+          <t>9786254216985</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖKBS Çıkması Muhtemel Sorular Uzman Öğretmenlik Sınavına Yönelik Çözümlü Soru Bankası Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Kazandıran Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254211904</t>
+          <t>9786254216992</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖKBS Kariyer Basamakları Uzman Öğretmenlik Sınavına Yönelik Tamamı Çözümlü 5 Deneme Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Kazandıran 3 Tamamı Detaylı Dijital Çözümlü Soru Bankası +4 Ders Denemesi İlaveli</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053078029</t>
+          <t>9786254216978</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları ÖABT 5 Pekiyi Sınıf Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Kazandıran 2 Tamamı Detaylı Dijital Çözümlü Soru Bankası +4 Ders Denemesi İlaveli</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>97</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254424113</t>
+          <t>9786254216947</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>2022 KPSS A Grubu - Hukuk İktisat Maliye Muhasebe Çek Kopart Yaprak Test</t>
+          <t>Yargı yayınları 2023 ÖABT Türkçe Öğretmenliği Kazandıran 1 Tamamı Detaylı Dijital Çözümlü Soru Bankası +4 Ders Denemesi İlaveli</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>149</v>
+        <v>167</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254424649</t>
+          <t>9786254217166</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Coğrafya Öğretmenliği Soru Bankası Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT İngilizce Öğretmenliği The Key To Success Seçili Akademik Makalelerle Desteklenmiş Soru Bankası (Profiency-Grammar-Vocabulary-Reading Comprehension)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>225</v>
+        <v>149</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254424380</t>
+          <t>9786254216596</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı 2 Cilt</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 3 Eski Türk Edebiyatı (Sözlük İlaveli) Konu Anlatımı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>420</v>
+        <v>279</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254424342</t>
+          <t>9786254216572</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 1 Yazma-Okuma-Konuşma Dinleme Eğitimi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>315</v>
+        <v>216</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254427954</t>
+          <t>9786254216633</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint Alan Eğitimi Tamamı Çözümlü Konu Anlatımı + 10 Deneme</t>
+          <t>Yargı Yayınları 2023 ÖABT Tarih Öğretmenliği Bir Nefes Kapsamlı Ders Notları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>49</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254424564</t>
+          <t>9786254216619</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fizik Öğretmenliği Soru Bankası Yargı Yayınları</t>
+          <t>Yargı Yayınları 2023 ÖABT İngilizce Öğretmenliği The Key To Success Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254424472</t>
+          <t>9786254216053</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 ÖABT İngilizce Öğretmenliği The Key To Success Literature Kapsamlı ve Pratik Ders Notları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>175</v>
+        <v>69</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254424373</t>
+          <t>9786254216046</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Lise Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 ÖABT İngilizce Öğretmenliği The Key To Success Methodology Kapsamlı ve Pratik Ders Notları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>215</v>
+        <v>99</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254426292</t>
+          <t>9786254215339</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT AlanPerver Tarih Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 ÖABT İngilizce Öğretmenliği The Key To Success Pedagogical Grammar and Language Proficiency Kapsamlı ve Pratik Ders Notları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>69</v>
+        <v>97</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254424427</t>
+          <t>9786254216060</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Kimya Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 ÖABT İngilizce Öğretmenliği The Key To Success Linguistics Kapsamlı ve Pratik Ders Notları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>190</v>
+        <v>79</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254427961</t>
+          <t>9786254210754</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint Tamamı Çözümlü 5'li Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>41</v>
+        <v>159</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254210204</t>
+          <t>9786254216015</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü 10 TG Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Therapy Rehberlik ve Psikolojik Danışmanlık Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>129</v>
+        <v>189</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254424458</t>
+          <t>9786254215933</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Anahtar Serisi Fenotip Konu Özetli Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254424496</t>
+          <t>9786254215995</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden ve Spor Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sprint Beden Eğitimi Öğretmenliği Konu Anlatımı +10 Deneme</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254427909</t>
+          <t>9786254215193</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint TG Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sprint Beden Eğitimi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>64</v>
+        <v>89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254428302</t>
+          <t>9786254215247</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT AlanPerver Psikolojik Danışmanlık ve Rehber Öğretmen Pratik Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sprint Beden Eğitimi Öğretmenliği Tamamı Çözümlü Soru Bankası (1424 Soru)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>49</v>
+        <v>319</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254428265</t>
+          <t>9786254215988</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Payidar Türkçe Öğretmenliği 1150 Soru Tamamı Detaylı Çözümlü Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sprint Beden Eğitimi Öğretmenliği Tamamı Çözümlü TG 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053077664</t>
+          <t>9786254216091</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>2019 ÖABT Değişim Serisi VIP Coğrafya Öğretmenliği Tamamı Çözümlü 41 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Payidar 10x20 Deneme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>99</v>
+        <v>57</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254420931</t>
+          <t>9786253702915</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖABT Tarih Öğretmenliği Konu Özetli Soru Cevap</t>
+          <t>2025 KPSS Tamamı Çözümlü Türkçe 30x10 Deneme</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>19.9</v>
+        <v>119</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254424809</t>
+          <t>9786253701659</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenleri Yaprak Test</t>
+          <t>2025 DGS VİP Sayısal Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>59</v>
+        <v>499</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254428708</t>
+          <t>9786254213014</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Hap Kitap</t>
+          <t>Mikail Hoca’yla Yüzde 100 Türkçe Çözümlü Soru Bankası Yargı Yayınları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254429484</t>
+          <t>9786253709815</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Alan Bilgisi Payidar Türkçe Öğretmenliği 4 Temel Beceri ve Alan Eğitimi 10x20 Deneme</t>
+          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>55</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254429514</t>
+          <t>9786253709662</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Class Okul Öncesi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
+          <t>2026 ÖABT MEB-AGS Türkçe Öğretmenliği Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>99</v>
+        <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254424755</t>
+          <t>9786253709808</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Kimya Öğretmenliği Yaprak Test</t>
+          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>59</v>
+        <v>310</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254424786</t>
+          <t>9786253709754</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fizik Öğretmenliği Yaprak Test</t>
+          <t>2026 MEB EKYS Türkiye Yüzyılı Maarif Modeli Video Ders Notları ve Soru Bankası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>59</v>
+        <v>440</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254424823</t>
+          <t>9786253708849</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Yaprak Test</t>
+          <t>2026 KPSS ve Tüm Kurum Sınavları İçin Kendini Güncelleyen Güncel Bilgiler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254424656</t>
+          <t>9786253709709</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Soru Bankası</t>
+          <t>Tüm Adaylar İçin Matematik Garanti 10 Net Cepte</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254428975</t>
+          <t>9786253708948</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>2022 KPSS ÖABT Tarih Öğretmenliği Soru Cevap</t>
+          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>46</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254424861</t>
+          <t>9786254210358</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>2023 KPSS ÖABT Rehber Öğretmen Konu Anlatımı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>149</v>
+        <v>415</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254427121</t>
+          <t>9786254210389</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Göbeklitepe Serisi Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>280</v>
+        <v>499</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254428494</t>
+          <t>9786253709228</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT NEVAYİ Türk Dili ve Edebiyatı Öğretmenliği Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Anka Ekibi Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254424724</t>
+          <t>9786253709617</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sınıf Öğretmenliği Yaprak Test</t>
+          <t>2026 MEB-AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>89</v>
+        <v>460</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254428692</t>
+          <t>9786253709600</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 MEB-AGS ALES DGS TYT MSÜ Anka Ekibi Sözel Yetenek Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>79</v>
+        <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052844496</t>
+          <t>9786253709594</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Beden Eğitimi Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2026 MEB-AGS Anka Ekibi Tarih Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>44</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052844182</t>
+          <t>9786253709211</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Coğrafya Öğretmenliği Yaprak Test</t>
+          <t>2026 KPSS Anka Ekibi Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254428791</t>
+          <t>9786253709587</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
+          <t>2026 ÖABT MEB-AGS DKAB-DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>59</v>
+        <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254428449</t>
+          <t>9786253708955</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Performans Beden Eğitimi Öğretmenliği Konu Anlatımı</t>
+          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254426308</t>
+          <t>9786253709716</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT AlanPerver Sınıf Öğretmenliği Yaprak Test</t>
+          <t>2026 ÖABT MEB-AGS Beden Eğitimi ve Spor Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>64</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254424991</t>
+          <t>9786253709174</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fizik Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 ALES VIP Son 10 Sınav Fasikül Fasikül Çıkmış Sorular (23 Kasım 2025 Sınavı Dahil)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>149</v>
+        <v>520</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254424977</t>
+          <t>9786253709143</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fen Bilimleri Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>8. Sınıf LGS 2018-2025 Konu Konu Son 8 Yıl Çıkmış Sorular Sözel Bölüm</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>149</v>
+        <v>329</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254424946</t>
+          <t>9786253709150</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>8. Sınıf LGS 2018-2025 Konu Konu Son 8 Yıl Çıkmış Sorular Sayısal Bölüm</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>149</v>
+        <v>329</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254424816</t>
+          <t>9786253709570</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Biyoloji Öğretmenliği Yaprak Test</t>
+          <t>8.Sınıf LGS 2021-2025 Tüm Dersler Fasikül Fasikül Tıpkı Basım Son 5 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>59</v>
+        <v>369</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254424700</t>
+          <t>9786253705169</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Lise Matematik Öğretmenliği Yaprak Test</t>
+          <t>2025 MBSTS Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>59</v>
+        <v>440</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254424397</t>
+          <t>9786253702526</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sınıf Öğretmenliği Konu Anlatımı 3 Cilt</t>
+          <t>2025 ALES Vip Sayısal-Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>420</v>
+        <v>349</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254421150</t>
+          <t>9786253709181</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT SPRINT Beden Eğitimi Öğretmenliği Çözümlü Soru Bankası</t>
+          <t>2026 Anka Ekibi MEB-AGS KPSS 20 Derste Sayısal Yetenek Genel Tekrar Video Ders Notları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052844137</t>
+          <t>9786253709006</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Tarih Öğretmenliği Soru Bankası</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Muhasebe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>184</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053077893</t>
+          <t>9786253709020</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>ÖABT ANTİKOR Biyoloji Öğretmenliği Soru Bankası</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Muhasebe Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>110</v>
+        <v>810</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052849095</t>
+          <t>9786253709068</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Kimya Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2026 ALES Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (Ekonomik Seri)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>35</v>
+        <v>199</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052849286</t>
+          <t>9786253709075</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Konu Anlatımı</t>
+          <t>2026 ALES Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (Ekonomik Seri)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>108</v>
+        <v>149</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052849347</t>
+          <t>9786253708788</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Beden Eğitimi ve Spor Öğretmenliği Soru Bankası</t>
+          <t>2026 KPSS Tüm Adaylar İçin GK-GY Tüm Dersler Fasikül Fasikül On Numara 5 Yıldız 10 Deneme</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>62</v>
+        <v>620</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052849354</t>
+          <t>9786254210716</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi Öğretmenliği ve Spor Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>162</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052849392</t>
+          <t>9786254210884</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Coğrafya Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>95</v>
+        <v>159</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052849675</t>
+          <t>9786254215964</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Türkçe Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>Yargı Yayınları 2023 ÖABT Sınıf Öğretmenliği Alan Eğitimi Sınıfın Kilidi Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>37</v>
+        <v>139</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053079453</t>
+          <t>9786254215957</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Antikor Biyoloji Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 ÖABT Sınıf Öğretmenliği Alan Eğitimi Sınıfın Anahtarı Konu Özetli Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>110</v>
+        <v>229</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052849644</t>
+          <t>9786254215902</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Tarih Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi (Dkab ve İHL) Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>27</v>
+        <v>169</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052849576</t>
+          <t>9786254215346</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü TG 10 Deneme</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>129</v>
+        <v>169</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052849569</t>
+          <t>9786254215353</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>27</v>
+        <v>229</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052849408</t>
+          <t>9786254213748</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Beden Eğitimi ve Spor Öğretmenliği Yaprak Test</t>
+          <t>2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052849262</t>
+          <t>9786254210556</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Okul Öncesi Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitim ve Spor Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>69</v>
+        <v>199</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052849255</t>
+          <t>9786254210433</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052849170</t>
+          <t>9786254215162</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Fizik Öğretmenliği Soru Bankası</t>
+          <t>2023 ÖABT Beden Eğitimi Öğretmenliği 10 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>75</v>
+        <v>179</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052849163</t>
+          <t>9786254214325</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Fizik Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Konu Özetli Soru Cevap</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>22</v>
+        <v>99</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052849132</t>
+          <t>9786254210839</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Okul Öncesi Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>27</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052849057</t>
+          <t>9786254210815</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Lise Matematik Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT İngilizce Öğretmenliği 10 Deneme</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052848982</t>
+          <t>9786254210785</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT İngilizce Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Rehber Öğretmen Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>129</v>
+        <v>175</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052848913</t>
+          <t>9786254210877</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052847930</t>
+          <t>9786254210259</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 15 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sınıf Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>29.9</v>
+        <v>175</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052847602</t>
+          <t>9786254210860</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Eğitim Bilimleri Muhteşem Tamamı Çözümlü 3 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>18</v>
+        <v>175</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052847152</t>
+          <t>9786254210761</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Sınıf Öğretmenliği Sınıfın Kilidi Alan Eğitimi Tamamı Çözümlü 15 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>32</v>
+        <v>175</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052845479</t>
+          <t>9786254210853</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Eğitim Bilimleri Gelişim Psikolojisi Ders Notları</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Din Kültürü Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>10</v>
+        <v>175</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052844472</t>
+          <t>9786254210778</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Türkçe Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>44</v>
+        <v>175</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052844380</t>
+          <t>9786254210792</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Biyoloji Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>44</v>
+        <v>175</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052844359</t>
+          <t>9786254210228</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT İlköğretim Matematik Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sınıf Öğretmenliği Konu Anlatımı (3 Cilt)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>44</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052844144</t>
+          <t>9786254210655</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Din Kültürü ve Ahlak Bilgisi, İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Kimya Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052844052</t>
+          <t>9786254210686</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT İlköğretim Matematik Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254421211</t>
+          <t>9786254210334</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımı (2 Cilt)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>52</v>
+        <v>790</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254421297</t>
+          <t>9786254210242</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Sosyal Bilgiler Sosyalin Anahtarı Alan Eğitimi 20 Deneme Çözümlü</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sınıf Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>27</v>
+        <v>99</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254421518</t>
+          <t>9786254210341</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT NEVAYİ Türk Dili ve Edebiyatı Öğretmenliği Çözümlü Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>130</v>
+        <v>699</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254421594</t>
+          <t>9786254210327</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Sınıf Öğretmenliği Alan Eğitimi Soru Bankası Çözümlü</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>45</v>
+        <v>699</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254428685</t>
+          <t>9786254210723</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Class Serisi Sınıf Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Biyoloji Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254424779</t>
+          <t>9786254210310</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği Yaprak</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı (2 Cilt)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>59</v>
+        <v>790</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254424748</t>
+          <t>9786254210600</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi, İmam Hatip Liseleri Meslek Dersleri Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254424885</t>
+          <t>9786254210662</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sınıf Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT PDR Rehber Öğretmen Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254424519</t>
+          <t>9786254210679</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>245</v>
+        <v>99</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254424489</t>
+          <t>9786254210693</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>225</v>
+        <v>99</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254424588</t>
+          <t>9786254210594</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Lise Matematik Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>215</v>
+        <v>99</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254424601</t>
+          <t>9786254210280</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İngilizce Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Okul Öncesi Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>170</v>
+        <v>99</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254424670</t>
+          <t>9786254210730</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türkçe Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Coğrafya Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>59</v>
+        <v>99</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254424878</t>
+          <t>9786254210624</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türkçe Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Fizik Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254424953</t>
+          <t>9786254210709</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Biyoloji Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254427923</t>
+          <t>9786254210631</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Sosyalin Yarısı Tamamı Çözümlü 15 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT İngilizce Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>64</v>
+        <v>99</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254427978</t>
+          <t>9786254210402</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Yan Bilimler Alan Eğitimi Tamamı Çözümlü Muhteşem 10’lu Deneme Sınavı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>64</v>
+        <v>720</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254427985</t>
+          <t>9786254210303</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Rehberlik ve Psikolojik Danışmanlık Therapy Tamamı Çözümlü 10 Deneme</t>
+          <t>2023 KPSS ÖABT Lise Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>99</v>
+        <v>499</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254428289</t>
+          <t>9786254210426</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Payidar Türkçe Öğretmenliği Sınavdan Önce Son Prova 5 Deneme</t>
+          <t>2023 KPSS ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>89</v>
+        <v>499</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254422584</t>
+          <t>9786254210365</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS ÖABT Alanperver Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
+          <t>2023 KPSS ÖABT Kimya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>49</v>
+        <v>499</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254424434</t>
+          <t>9786254210372</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>2023 KPSS ÖABT İngilizce Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>195</v>
+        <v>399</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254424441</t>
+          <t>9786253709044</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İngilizce Öğretmenliği Konu Anlatımı</t>
+          <t>2026 ALES Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>279</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254424465</t>
+          <t>9786253709051</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
+          <t>2026 ALES Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254424502</t>
+          <t>9786253708863</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Lise Matematik Öğretmenliği Soru Bankası</t>
+          <t>2026 ALES Sözel Yetenek Son 11 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254424533</t>
+          <t>9786253709167</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Tarih Öğretmenliği Soru Bankası</t>
+          <t>2026 ALES Sayısal Yetenek Son 11 Sınav Çıkmış Sorular (23 Kasım 2025)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>399</v>
+        <v>189</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254424571</t>
+          <t>9786253709198</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Rehber Öğretmen Soru Bankası</t>
+          <t>2026 KPSS-A Grubu Tüm Dersler 2016-2025 Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>215</v>
+        <v>550</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254424625</t>
+          <t>9786253708498</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fen Bilimleri Öğretmenliği Soru Bankası</t>
+          <t>2026 ALES Birebir Serisi Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254424632</t>
+          <t>9786254210297</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi, İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Soru Bankası</t>
+          <t>2023 KPSS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>168</v>
+        <v>175</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254424663</t>
+          <t>9786254210808</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Biyoloji Öğretmenliği Soru Bankası</t>
+          <t>2023 KPSS ÖABT Kimya Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>299</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254424687</t>
+          <t>9786254210747</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
+          <t>2023 KPSS ÖABT Lise Matematik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>59</v>
+        <v>175</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254424731</t>
+          <t>9786254210273</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Rehber Öğretmen Yaprak Test</t>
+          <t>2023 KPSS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>89</v>
+        <v>259</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254424847</t>
+          <t>9786254210457</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Tarih Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>2023 KPSS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>149</v>
+        <v>549</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254424854</t>
+          <t>9786254210464</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Coğrafya Öğretmenliği Yaprak Test</t>
+          <t>2023 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>59</v>
+        <v>749</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254424892</t>
+          <t>9786254210488</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Rehber Öğretmen 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>2023 KPSS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254424960</t>
+          <t>9786254210549</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Coğrafya Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>149</v>
+        <v>415</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254424984</t>
+          <t>9786254210570</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenleri 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>2023 KPSS ÖABT İngilizce Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>149</v>
+        <v>320</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254424366</t>
+          <t>9786254215155</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
+          <t>2023 KPSS ÖABT Nevayi Türk Dili ve Edebiyatı 10 Fasikül Deneme Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254424526</t>
+          <t>9786254215148</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türkçe Öğretmenliği Soru Bankası</t>
+          <t>2023 KPSS ÖABT Nevayi Türk Dili ve Edebiyatı Öğretmenliği Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>215</v>
+        <v>391.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254424557</t>
+          <t>9786254213724</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sınıf Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>235</v>
+        <v>359</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254424618</t>
+          <t>9786254210440</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>225</v>
+        <v>399</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254424762</t>
+          <t>9786254210587</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İngilizce Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Rehber Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>74</v>
+        <v>399</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254424793</t>
+          <t>9786254210471</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fen Bilimleri Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Lise Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>89</v>
+        <v>399</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254424830</t>
+          <t>9786254210495</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Lise Matematik Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Kimya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254424915</t>
+          <t>9786254210532</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Kimya Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254424922</t>
+          <t>9786254210501</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254426322</t>
+          <t>9786254210563</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Dopamin AlanPerver Psikolojik Danışmanlık ve Rehber Öğretmen 7 Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>72</v>
+        <v>399</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254426254</t>
+          <t>9786254212307</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT AlanPerver Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları 2023 TYT AYT KPSS ALES DGS MSÜ Resital Serisi Paragraf 4x20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>89</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254426315</t>
+          <t>9786254213755</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT AlanPerver Okul Öncesi Öğretmenliği 7 Deneme</t>
+          <t>Yargı Yayınları 2023 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>79</v>
+        <v>199</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254427350</t>
+          <t>9786253704186</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT IYI Hedef Serisi Tarih Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+          <t>2025 DGS ALES Türkçe-Paragraf Sözcükte-Anlam Sözel Mantık Video Ders Notları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>84</v>
+        <v>99</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254427657</t>
+          <t>9786253700461</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
+          <t>Finansal Muhasebe SMMM Yeterlilik Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254428272</t>
+          <t>9786253708986</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Payidar Okul Öncesi Sınıf Türkçe Öğretmenliği Çocuk Edebiyatı 10x20 Denemeler</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Özel Hukuk Konu Anlatımı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>199</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254428456</t>
+          <t>9786253708962</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Performans Beden Eğitimi Öğretmenliği Soru Bankası</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin İktisat Konu Anlatımı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>105</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254428739</t>
+          <t>9786253708993</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Class Sosyal Bilgiler Öğretmenliği Alan Eğitimi 15 Deneme Sınavı</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Kamu Hukuku Konu Anlatımı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>44</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254428852</t>
+          <t>9786253708979</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>2022 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 7x75 Fasikül Deneme</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Maliye Konu Anlatımı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>59</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254213601</t>
+          <t>9786253709082</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Rehberlik ve Özel Eğitim Tamamı Çözümlü 23 Deneme Sınavı</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin Maliye Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>62</v>
+        <v>620</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254213595</t>
+          <t>9786253709013</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Ölçme ve Değerlendirme Tamamı Çözümlü 23 Deneme Sınavı</t>
+          <t>2026 KPSS-A Grubu Tüm Kurum Sınavları İçin İktisat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>89</v>
+        <v>620</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254427916</t>
+          <t>9786253708535</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Sosyalin Anahtarı Çözümlü 20'li Deneme</t>
+          <t>2026 TYT-AYT Birebir Serisi Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>64</v>
+        <v>425</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254428722</t>
+          <t>9786253708511</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Class Sınıf Öğretmenliği Alan Eğitimi Soru Bankası</t>
+          <t>2026 KPSS Birebir Serisi Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254422577</t>
+          <t>9786253708504</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Tarih Öğretmenliği 5 Deneme Çözümlü - Ahmet Güneş, Başar Işık</t>
+          <t>2026 DGS Birebir Serisi Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>29.9</v>
+        <v>425</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254424540</t>
+          <t>9786254215377</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları 2023 Yıldız Serisi PAEM Misyon Koruma Rütbe Terfi ve Tüm Branş Sınavlarına Hazırlık Yıldız Soru Bankası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>215</v>
+        <v>385</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254424717</t>
+          <t>9786253702946</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
+          <t>2025 KPSS Genel Kültür Tamamı Çözümlü Tarih 15 Deneme</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254424908</t>
+          <t>9786254424595</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği 75'te 75 10 Deneme Çözümlü</t>
+          <t>2022 ÖABT Kimya Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>149</v>
+        <v>215</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254424939</t>
+          <t>9786254213618</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT İngilizce 75'te 75 10 Deneme Çözümlü</t>
+          <t>Yargı Yayınları 2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Öğrenme Psikolojisi Tamamı Çözümlü 23 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>149</v>
+        <v>89</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052849705</t>
+          <t>9786254213571</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Tarih Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Gelişim Psikolojisi Tamamı Çözümlü 23 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>37</v>
+        <v>64</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254421525</t>
+          <t>9786254213625</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT NEVAYİ Türk Dili ve Edebiyatı Öğretmenliği Çözümlü 10 Fasikül Deneme</t>
+          <t>Yargı Yayınları 2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Öğretim İlke ve Yöntemleri Tamamı Çözümleri 23 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>39.9</v>
+        <v>99</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052849231</t>
+          <t>9786254211171</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Tarih Öğretmenliği Soru Bankası</t>
+          <t>Yargı 2022 MEB ÖKBS Uzman Öğretmenlik Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052844311</t>
+          <t>9786053077961</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
+          <t>Yargı Yayınları ÖABT Kimya Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>27</v>
+        <v>99</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254427930</t>
+          <t>9786254212734</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sınıf Öğretmenliği Alan Eğitim Sınıfın Anahtarı Tamamı Çözümlü Konu Özetli Soru Bankası</t>
+          <t>2022 ÖKBS Başöğretmen Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>82</v>
+        <v>129</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254428005</t>
+          <t>9786254428036</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint 1424 Soru Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254427992</t>
+          <t>9786254424403</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü TG 10 Deneme</t>
+          <t>2022 ÖABT Rehber Öğretmenliği Konu Anlatımı Yargı Yayınları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>64</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254428029</t>
+          <t>9786254424410</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Tamamı Çözümlü 10'lu Genel Deneme Sınavı</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı Yargı Yayınları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>64</v>
+        <v>195</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254427947</t>
+          <t>9786254210211</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Sınıf Öğretmenliği Sınıfın Kilidi Tamamı Çözümlü 15 Deneme</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası Yargı Yayınları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>64</v>
+        <v>189</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254421587</t>
+          <t>9786254212000</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>2021 ÖABT Sınıf Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
+          <t>2022 ÖKBS Çıkması Muhtemel Sorular Uzman Öğretmenlik Sınavına Yönelik Çözümlü Soru Bankası Yargı Yayınları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254219658</t>
+          <t>9786254211904</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT İlköğretim Matematik Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖKBS Kariyer Basamakları Uzman Öğretmenlik Sınavına Yönelik Tamamı Çözümlü 5 Deneme Yargı Yayınları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254219580</t>
+          <t>9786053078029</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Lise Matematik Öğretmenliği Soru Bankası</t>
+          <t>Yargı Yayınları ÖABT 5 Pekiyi Sınıf Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>599</v>
+        <v>110</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254219573</t>
+          <t>9786254424113</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Lise Matematik Öğretmenliği Yaprak Test</t>
+          <t>2022 KPSS A Grubu - Hukuk İktisat Maliye Muhasebe Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254219603</t>
+          <t>9786254424649</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Lise Matematik Öğretmenliği 10 Deneme Sınavı</t>
+          <t>2022 ÖABT Coğrafya Öğretmenliği Soru Bankası Yargı Yayınları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>269</v>
+        <v>225</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254219276</t>
+          <t>9786254424380</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı 2 Cilt</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254219269</t>
+          <t>9786254424342</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS ÖABT Biyoloji Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>199</v>
+        <v>315</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254219528</t>
+          <t>9786254427954</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint Alan Eğitimi Tamamı Çözümlü Konu Anlatımı + 10 Deneme</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>550</v>
+        <v>49</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254219511</t>
+          <t>9786254424564</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖABT Fizik Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Fizik Öğretmenliği Soru Bankası Yargı Yayınları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254219542</t>
+          <t>9786254424472</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253700867</t>
+          <t>9786254424373</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi "Zor Seviye" Soru Bankası 2</t>
+          <t>2022 ÖABT Lise Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>535</v>
+        <v>215</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254217838</t>
+          <t>9786254426292</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay 10 Deneme</t>
+          <t>2022 ÖABT AlanPerver Tarih Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>249</v>
+        <v>69</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254217203</t>
+          <t>9786254424427</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Soru Bankası</t>
+          <t>2022 ÖABT Kimya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>459</v>
+        <v>190</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254217852</t>
+          <t>9786254427961</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Konu Anlatımı</t>
+          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint Tamamı Çözümlü 5'li Deneme</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>499</v>
+        <v>41</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254217876</t>
+          <t>9786254210204</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Sorun Cevaplayalım</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü 10 TG Deneme</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>239</v>
+        <v>129</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253700539</t>
+          <t>9786254424458</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Tamamı Çözümlü 7 Deneme</t>
+          <t>2022 ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254219306</t>
+          <t>9786254424496</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Tamamı Çözümlü 10 Deneme</t>
+          <t>2022 ÖABT Beden ve Spor Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254219351</t>
+          <t>9786254427909</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2022 ÖABT Beden Eğitimi Öğretmenliği Sprint TG Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>266</v>
+        <v>64</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254219344</t>
+          <t>9786254428302</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Coğrafya Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT AlanPerver Psikolojik Danışmanlık ve Rehber Öğretmen Pratik Konu Anlatımı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>129</v>
+        <v>49</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254219313</t>
+          <t>9786254428265</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
+          <t>2022 ÖABT Payidar Türkçe Öğretmenliği 1150 Soru Tamamı Detaylı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>699</v>
+        <v>139</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254219320</t>
+          <t>9786053077664</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2019 ÖABT Değişim Serisi VIP Coğrafya Öğretmenliği Tamamı Çözümlü 41 Deneme</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>567</v>
+        <v>99</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254219764</t>
+          <t>9786254420931</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı 2'li Set (Alan Bilgisi ve Alan Eğitimi)</t>
+          <t>KPSS ÖABT Tarih Öğretmenliği Konu Özetli Soru Cevap</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>1250</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254219696</t>
+          <t>9786254424809</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı (Alan Bilgisi ve Alan Eğitimi)</t>
+          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenleri Yaprak Test</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>450</v>
+        <v>59</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254212178</t>
+          <t>9786254428708</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Başucu Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Hap Kitap</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>359</v>
+        <v>99</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254212192</t>
+          <t>9786254429484</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Methodology Kapsamlı Ders Notları</t>
+          <t>2022 ÖABT Alan Bilgisi Payidar Türkçe Öğretmenliği 4 Temel Beceri ve Alan Eğitimi 10x20 Deneme</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254212086</t>
+          <t>9786254429514</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 4</t>
+          <t>2022 ÖABT Class Okul Öncesi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>459</v>
+        <v>99</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254212437</t>
+          <t>9786254424755</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 5</t>
+          <t>2022 ÖABT Kimya Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>399</v>
+        <v>59</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254212185</t>
+          <t>9786254424786</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran Soru Bankası 2</t>
+          <t>2022 ÖABT Fizik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>149</v>
+        <v>59</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254212093</t>
+          <t>9786254424823</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran Soru Bankası 3</t>
+          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254212413</t>
+          <t>9786254424656</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran 7 Deneme</t>
+          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>199</v>
+        <v>140</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254216626</t>
+          <t>9786254428975</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 5</t>
+          <t>2022 KPSS ÖABT Tarih Öğretmenliği Soru Cevap</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>229</v>
+        <v>46</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254216602</t>
+          <t>9786254424861</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 4</t>
+          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254216008</t>
+          <t>9786254427121</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Sosyal Bilimler Öğretmenliği Tamamı Çözümlü 25 Deneme</t>
+          <t>2022 ÖABT Göbeklitepe Serisi Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>199</v>
+        <v>280</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254210648</t>
+          <t>9786254428494</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>2022 ÖABT NEVAYİ Türk Dili ve Edebiyatı Öğretmenliği Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254210617</t>
+          <t>9786254424724</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>2022 ÖABT Sınıf Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>199</v>
+        <v>89</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254210396</t>
+          <t>9786254428692</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
+          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>599</v>
+        <v>79</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254210419</t>
+          <t>9786052844496</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi ve İmam Hatip Lisesi Meslek Dersleri Konu Anlatımı</t>
+          <t>2020 ÖABT Beden Eğitimi Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>499</v>
+        <v>44</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254210822</t>
+          <t>9786052844182</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2020 ÖABT Coğrafya Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>175</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254210846</t>
+          <t>9786254428791</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>175</v>
+        <v>59</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254210235</t>
+          <t>9786254428449</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS ÖABT Sınıf Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Performans Beden Eğitimi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>549</v>
+        <v>230</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254210525</t>
+          <t>9786254426308</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT AlanPerver Sınıf Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>399</v>
+        <v>64</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254210518</t>
+          <t>9786254424991</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 KPSS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Fizik Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>399</v>
+        <v>149</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254213731</t>
+          <t>9786254424977</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Sorun Cevaplayalım Soru Cevap Kitabı</t>
+          <t>2022 ÖABT Fen Bilimleri Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254213588</t>
+          <t>9786254424946</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Program Geliştirme (Öğretim Teknolojileri ve Materyal Tasarımı - Sınıf Yönetimi) Tamamı Çözümlü 23 Deneme</t>
+          <t>2022 ÖABT Beden Eğitimi ve Spor Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253701116</t>
+          <t>9786254424816</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Biyoloji Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>329</v>
+        <v>59</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254219818</t>
+          <t>9786254424700</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2022 ÖABT Lise Matematik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>269</v>
+        <v>59</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254219870</t>
+          <t>9786254424397</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
+          <t>2022 ÖABT Sınıf Öğretmenliği Konu Anlatımı 3 Cilt</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>1200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254219771</t>
+          <t>9786254421150</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Sınıf Öğretmenliği Çek Kopart Yaprak Test</t>
+          <t>2021 ÖABT SPRINT Beden Eğitimi Öğretmenliği Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>219</v>
+        <v>75</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254219900</t>
+          <t>9786052844137</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2020 ÖABT Tarih Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>589</v>
+        <v>184</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254219474</t>
+          <t>9786053077893</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT İngilizce Çek Kopart Yaprak Test</t>
+          <t>ÖABT ANTİKOR Biyoloji Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254219481</t>
+          <t>9786052849095</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT İngilizce Soru Bankası (Tam 1750 Soru) High Achievers</t>
+          <t>2021 ÖABT Kimya Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>399</v>
+        <v>35</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253707453</t>
+          <t>9786052849286</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Ders Arkadaşım Yıl Boyu Sosyal Bilgiler Soru Bankası</t>
+          <t>2021 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>108</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253707422</t>
+          <t>9786052849347</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Yıl Boyu Soru Bankası</t>
+          <t>2021 ÖABT Beden Eğitimi ve Spor Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>390</v>
+        <v>62</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253707415</t>
+          <t>9786052849354</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Sosyal Bilgiler Yıl Boyu Soru Bankası</t>
+          <t>2021 ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>350</v>
+        <v>162</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253707439</t>
+          <t>9786052849392</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe Yıl Boyu Soru Bankası</t>
+          <t>2021 ÖABT Coğrafya Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253707446</t>
+          <t>9786052849675</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri Yıl Boyu Soru Bankası</t>
+          <t>2021 ÖABT Türkçe Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>325</v>
+        <v>37</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254219498</t>
+          <t>9786053079453</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT İngilizce Öğretmenliği High Achievers Konu Anlatımı</t>
+          <t>ÖABT Antikor Biyoloji Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>419</v>
+        <v>110</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254219535</t>
+          <t>9786052849644</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
+          <t>2021 ÖABT Tarih Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>999</v>
+        <v>27</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254219894</t>
+          <t>9786052849576</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2021 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>279</v>
+        <v>129</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254219405</t>
+          <t>9786052849569</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türk Dili ve Edebiyatı Yaprak Test</t>
+          <t>2021 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>169</v>
+        <v>27</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254219436</t>
+          <t>9786052849408</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Fen Bilimleri Soru Bankası</t>
+          <t>2021 ÖABT Beden Eğitimi ve Spor Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>649</v>
+        <v>50</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254219382</t>
+          <t>9786052849262</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türk Dili ve Edebiyatı Konu Anlatımı (2 Cilt)</t>
+          <t>2021 ÖABT Okul Öncesi Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1199</v>
+        <v>69</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254219412</t>
+          <t>9786052849255</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türk Dili ve Edebiyatı Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2021 ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>279</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254219450</t>
+          <t>9786052849170</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Fen Bilimleri Öğretmenliği Yaprak Test</t>
+          <t>2021 ÖABT Fizik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>299</v>
+        <v>75</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254212079</t>
+          <t>9786052849163</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS TYT MSÜ Benzersiz Paragraf Son 3 Yıl Çıkmış Sorular (2023 Sınavı Dahil)</t>
+          <t>2021 ÖABT Fizik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>269</v>
+        <v>22</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254219641</t>
+          <t>9786052849132</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Kimya Yaprak Test</t>
+          <t>2021 ÖABT Okul Öncesi Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>149</v>
+        <v>27</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254219627</t>
+          <t>9786052849057</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Kimya Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2021 ÖABT Lise Matematik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>279</v>
+        <v>95</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254219610</t>
+          <t>9786052848982</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Kimya Tamamı Çözümlü Soru Bankası</t>
+          <t>2021 ÖABT İngilizce Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>479</v>
+        <v>129</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254219566</t>
+          <t>9786052848913</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Kimya Konu Anlatımı</t>
+          <t>2021 ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>799</v>
+        <v>199</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254219719</t>
+          <t>9786052847930</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT PDR Konu Anlatımı</t>
+          <t>2020 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>699</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253704827</t>
+          <t>9786052847602</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>2020 KPSS Eğitim Bilimleri Muhteşem Tamamı Çözümlü 3 Deneme</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>1100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253704483</t>
+          <t>9786052847152</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği Konu Anlatımı Fairplay Serisi</t>
+          <t>2020 ÖABT Sınıf Öğretmenliği Sınıfın Kilidi Alan Eğitimi Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>1365</v>
+        <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253704674</t>
+          <t>9786052845479</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
+          <t>2020 KPSS Eğitim Bilimleri Gelişim Psikolojisi Ders Notları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>1430</v>
+        <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253704599</t>
+          <t>9786052844472</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı</t>
+          <t>2020 ÖABT Türkçe Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>2100</v>
+        <v>44</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253704551</t>
+          <t>9786052844380</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
+          <t>2020 ÖABT Biyoloji Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>1860</v>
+        <v>44</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253704780</t>
+          <t>9786052844359</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımı</t>
+          <t>2020 ÖABT İlköğretim Matematik Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>2000</v>
+        <v>44</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253704742</t>
+          <t>9786052844144</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
+          <t>2020 ÖABT Din Kültürü ve Ahlak Bilgisi, İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1900</v>
+        <v>59</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253704681</t>
+          <t>9786052844052</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Fizik Öğretmenliği Soru Bankası</t>
+          <t>2020 ÖABT İlköğretim Matematik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>785</v>
+        <v>95</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253704605</t>
+          <t>9786254421211</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Soru Bankası</t>
+          <t>2021 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>850</v>
+        <v>52</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253704568</t>
+          <t>9786254421297</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Tarih Öğretmenliği Soru Bankası</t>
+          <t>2021 ÖABT Sosyal Bilgiler Sosyalin Anahtarı Alan Eğitimi 20 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>1419</v>
+        <v>27</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253704797</t>
+          <t>9786254421518</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Soru Bankası</t>
+          <t>2021 ÖABT NEVAYİ Türk Dili ve Edebiyatı Öğretmenliği Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>915</v>
+        <v>130</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253704759</t>
+          <t>9786254421594</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Soru Bankası</t>
+          <t>2021 ÖABT Sınıf Öğretmenliği Alan Eğitimi Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>715</v>
+        <v>45</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253704711</t>
+          <t>9786254428685</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Biyoloji Öğretmenliği Soru Bankası</t>
+          <t>2022 ÖABT Class Serisi Sınıf Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>715</v>
+        <v>99</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253704698</t>
+          <t>9786254424779</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Fizik Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği Yaprak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>260</v>
+        <v>59</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253704612</t>
+          <t>9786254424748</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>245</v>
+        <v>59</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253704575</t>
+          <t>9786254424885</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS ÖABT Tarih Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Sınıf Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>220</v>
+        <v>149</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253704803</t>
+          <t>9786254424519</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253704766</t>
+          <t>9786254424489</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253704728</t>
+          <t>9786254424588</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Biyoloji Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253704520</t>
+          <t>9786254424601</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Son 5 Sınav Çıkmış Yıllar</t>
+          <t>2022 ÖABT İngilizce Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253704537</t>
+          <t>9786254424670</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 MEB AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
+          <t>2022 ÖABT Türkçe Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>185</v>
+        <v>59</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253704155</t>
+          <t>9786254424878</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 MEB AGS İçin ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
+          <t>2022 ÖABT Türkçe Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>1080</v>
+        <v>149</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253704179</t>
+          <t>9786254424953</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 MEB AGS İçin ÖABT Okul Öncesi Öğretmenliği Yaprak Test</t>
+          <t>2022 ÖABT Biyoloji Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253703219</t>
+          <t>9786254427923</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Sosyalin Yarısı Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>520</v>
+        <v>64</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253703479</t>
+          <t>9786254427978</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Pedagogical Grammar</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Yan Bilimler Alan Eğitimi Tamamı Çözümlü Muhteşem 10’lu Deneme Sınavı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>140</v>
+        <v>64</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253703486</t>
+          <t>9786254427985</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Literature</t>
+          <t>2022 ÖABT Rehberlik ve Psikolojik Danışmanlık Therapy Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253703462</t>
+          <t>9786254428289</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Cloze Test Grammar &amp; Reading Comprehension</t>
+          <t>2022 ÖABT Payidar Türkçe Öğretmenliği Sınavdan Önce Son Prova 5 Deneme</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>240</v>
+        <v>89</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253703493</t>
+          <t>9786254422584</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Methodology</t>
+          <t>2021 KPSS ÖABT Alanperver Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>230</v>
+        <v>49</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253703509</t>
+          <t>9786254424434</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Linguistics</t>
+          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>159</v>
+        <v>195</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253703189</t>
+          <t>9786254424441</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği The Key To Success Başucu Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT İngilizce Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>756</v>
+        <v>190</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786253703196</t>
+          <t>9786254424465</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT İngilizce Öğretmenliği The Key To Cloze Test And Paragraph Questions Tamamı Detaylı Çözümlü Soru Bankası</t>
+          <t>2022 ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>415</v>
+        <v>215</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254219429</t>
+          <t>9786254424502</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
+          <t>2022 ÖABT Lise Matematik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>1125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253704476</t>
+          <t>9786254424533</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Konu Anlatımı</t>
+          <t>2022 ÖABT Tarih Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>1275</v>
+        <v>399</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254424359</t>
+          <t>9786254424571</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımı 2 Cilt</t>
+          <t>2022 ÖABT Rehber Öğretmen Soru Bankası</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253705060</t>
+          <t>9786254424625</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Biyoloji Öğretmenliği 10 Deneme</t>
+          <t>2022 ÖABT Fen Bilimleri Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253705527</t>
+          <t>9786254424632</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS ÖABT DKAB-İHL Din Kültürü ve Ahlak Bilgisi Öğretmenliği Konu Anlatımı</t>
+          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi, İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>950</v>
+        <v>168</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253705534</t>
+          <t>9786254424663</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS ÖABT DKAB-İHL Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
+          <t>2022 ÖABT Biyoloji Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253705206</t>
+          <t>9786254424687</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Biyoloji Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
+          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253705176</t>
+          <t>9786254424731</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
+          <t>2022 ÖABT Rehber Öğretmen Yaprak Test</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>230</v>
+        <v>89</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253702977</t>
+          <t>9786254424847</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT DKAB-DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
+          <t>2022 ÖABT Tarih Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>165</v>
+        <v>149</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253705138</t>
+          <t>9786254424854</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Bir Nefes Tarih Öğretmenliği Kapsamlı Ders Notları</t>
+          <t>2022 ÖABT Coğrafya Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>360</v>
+        <v>59</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253708931</t>
+          <t>9786254424892</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Pomodoro Sıfırdan Zirveye KPSS ALES DGS MEB-AGS TYT-AYT Matematik Canlı Ders Kitabı</t>
+          <t>2022 ÖABT Rehber Öğretmen 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>235</v>
+        <v>149</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253708818</t>
+          <t>9786254424960</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>AYT Adayları ve Ara Sınıflar İçin Taktiklerle Logaritma Diziler Konu Anlatımlı Soru Bankası</t>
+          <t>2022 ÖABT Coğrafya Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253708825</t>
+          <t>9786254424984</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>AYT Adayları ve Ara Sınıflar İçin Taktiklerle Polinomlar 2. Dereceden Denklemler Konu Anlatımlı Soru Bankası</t>
+          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenleri 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253705053</t>
+          <t>9786254424366</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YDT E-YDS YÖKDİL Fransızca Soru Bankası 2</t>
+          <t>2022 ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253704209</t>
+          <t>9786254424526</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YÖKDİL YDT Akademik Az &amp; Öz Hızlı Gramer</t>
+          <t>2022 ÖABT Türkçe Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>325</v>
+        <v>215</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253704049</t>
+          <t>9786254424557</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YÖKDİL Reading Store Adım Adım Paragraf</t>
+          <t>2022 ÖABT Sınıf Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>590</v>
+        <v>235</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253703998</t>
+          <t>9786254424618</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>2025 YÖKDİL-YDT Konu Konu Gramer Testleri Orta Seviye 1000 Soru</t>
+          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253703981</t>
+          <t>9786254424762</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>2025 The Lord Of YDS</t>
+          <t>2022 ÖABT İngilizce Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>499</v>
+        <v>74</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253703776</t>
+          <t>9786254424793</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca 5 Deneme</t>
+          <t>2022 ÖABT Fen Bilimleri Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>159</v>
+        <v>89</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253703745</t>
+          <t>9786254424830</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca Özgün Okuma Parçaları 200 Metin 1000 Soru</t>
+          <t>2022 ÖABT Lise Matematik Öğretmenliği 75'te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253703738</t>
+          <t>9786254424915</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca Kelime Kitabı Fiil-Deyim</t>
+          <t>2022 ÖABT Kimya Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>799</v>
+        <v>149</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253703592</t>
+          <t>9786254424922</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YÖKDİL YDT Fransızca Kelime Kitabı</t>
+          <t>2022 ÖABT İlköğretim Matematik Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>370</v>
+        <v>149</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253703615</t>
+          <t>9786254426322</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS Fransızca 10 Deneme</t>
+          <t>2022 ÖABT Dopamin AlanPerver Psikolojik Danışmanlık ve Rehber Öğretmen 7 Deneme</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>280</v>
+        <v>72</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253704667</t>
+          <t>9786254426254</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS eYDS YÖKDİL YDT İngilizce Manifest Your Success Reading Comprehension Soru Bankası</t>
+          <t>2022 ÖABT AlanPerver Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>420</v>
+        <v>89</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253704650</t>
+          <t>9786254426315</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS eYDS YÖKDİL YDT İngilizce Manifest Your Success Grammar &amp; Vocabulary</t>
+          <t>2022 ÖABT AlanPerver Okul Öncesi Öğretmenliği 7 Deneme</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>359</v>
+        <v>79</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253704193</t>
+          <t>9786254427350</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS Çözümlü Çıkmış 5 Deneme Fasikülü</t>
+          <t>2022 ÖABT IYI Hedef Serisi Tarih Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>480</v>
+        <v>84</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253704056</t>
+          <t>9786254427657</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YÖKDİL Tamamı Çözümlü Tüm Soru Türleri Soru Bankası</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği 75te 75 Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>380</v>
+        <v>149</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253704063</t>
+          <t>9786254428272</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS Tamamı Çözümlü Zoru Bankası +2 Deneme İlaveli</t>
+          <t>2022 ÖABT Payidar Okul Öncesi Sınıf Türkçe Öğretmenliği Çocuk Edebiyatı 10x20 Denemeler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>380</v>
+        <v>199</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253704148</t>
+          <t>9786254428456</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS İngilizce Kapsamlı Pratik The Key To Success Grammar &amp; Reading Comprehension Ders Notları</t>
+          <t>2022 ÖABT Performans Beden Eğitimi Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>105</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253704131</t>
+          <t>9786254428739</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS İngilizce The Key To Success Language Proficiency Cloze Test &amp; Paragraph Questions Soru Bankası</t>
+          <t>2022 ÖABT Class Sosyal Bilgiler Öğretmenliği Alan Eğitimi 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>450</v>
+        <v>44</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253703349</t>
+          <t>9786254428852</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Tamamı Çözümlü İktisat Soru Bankası</t>
+          <t>2022 KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 7x75 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>515</v>
+        <v>59</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253703301</t>
+          <t>9786254213601</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin İktisat Konu Anlatımı</t>
+          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Rehberlik ve Özel Eğitim Tamamı Çözümlü 23 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>920</v>
+        <v>62</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253703295</t>
+          <t>9786254213595</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS A-Grubu Tüm Kurum Sınavları İçin Kamu Hukuku Konu Anlatımı</t>
+          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Ölçme ve Değerlendirme Tamamı Çözümlü 23 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>980</v>
+        <v>89</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253703288</t>
+          <t>9786254427916</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Özel Hukuk Konu Anlatımı</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Sosyalin Anahtarı Çözümlü 20'li Deneme</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>1015</v>
+        <v>64</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253703356</t>
+          <t>9786254428722</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Tüm Dersler 10 Yıl Çıkmış Sorular</t>
+          <t>2022 ÖABT Class Sınıf Öğretmenliği Alan Eğitimi Soru Bankası</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1050</v>
+        <v>145</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253703783</t>
+          <t>9786254422577</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca Soru Bankası</t>
+          <t>2021 ÖABT Tarih Öğretmenliği 5 Deneme Çözümlü - Ahmet Güneş, Başar Işık</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>299</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253703561</t>
+          <t>9786254424540</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>2025 Adalet Bakanlığı Tamamı Çözümlü İdari İşler Müdürü Kadrosu İçin 5 Deneme</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253703264</t>
+          <t>9786254424717</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Muhasebe Konu Anlatımı</t>
+          <t>2022 ÖABT Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>890</v>
+        <v>59</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253702496</t>
+          <t>9786254424908</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Vergi Hukuku - Vergi Usul Hukuku Ders Notları ve Soru Bankası</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği 75'te 75 10 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253702472</t>
+          <t>9786254424939</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Ticaret Hukuku Ders Notları ve Soru Bankası</t>
+          <t>2022 ÖABT İngilizce 75'te 75 10 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>266</v>
+        <v>149</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253702465</t>
+          <t>9786052849705</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Hukuk Yargılama Usulü Ders Notları ve Soru Bankası</t>
+          <t>2021 ÖABT Tarih Öğretmenliği 75 te 75 Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>203</v>
+        <v>37</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253702434</t>
+          <t>9786254421525</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı İdari Yargılama Hukuku Ders Notları ve Soru Bankası</t>
+          <t>2021 ÖABT NEVAYİ Türk Dili ve Edebiyatı Öğretmenliği Çözümlü 10 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>245</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253702373</t>
+          <t>9786052849231</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Borçlar Hukuku Genel ve Özel Hükümler Ders Notları ve Soru Bankası</t>
+          <t>2021 ÖABT Tarih Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>315</v>
+        <v>184</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253702410</t>
+          <t>9786052844311</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı İcra ve İflas Hukuku Ders Notları &amp; Soru Bankası</t>
+          <t>2020 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>196</v>
+        <v>27</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253702397</t>
+          <t>9786254427930</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Ceza Yargılama Usulü Hukuku Ders Notları &amp; Soru Bankası</t>
+          <t>2022 ÖABT Sınıf Öğretmenliği Alan Eğitim Sınıfın Anahtarı Tamamı Çözümlü Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>245</v>
+        <v>82</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253702366</t>
+          <t>9786254428005</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Avukatlık Hukuku Ders Notları &amp; Soru Bankası</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253702403</t>
+          <t>9786254427992</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Hukuk Felsefesi ve Sosyoloji Ders Notları &amp; Soru Bankası</t>
+          <t>2022 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü TG 10 Deneme</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>98</v>
+        <v>64</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253702489</t>
+          <t>9786254428029</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı Türk Hukuk Tarihi Ders Notları &amp; Soru Bankası</t>
+          <t>2022 ÖABT Din Kültürü ve Ahlak Bilgisi İmam Hatip Lisesi Tamamı Çözümlü 10'lu Genel Deneme Sınavı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>126</v>
+        <v>64</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254217432</t>
+          <t>9786254427947</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>2025 YÖKDİL Sağlık Video Çevirili Makaleler</t>
+          <t>2022 ÖABT Sınıf Öğretmenliği Sınıfın Kilidi Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>360</v>
+        <v>64</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253702441</t>
+          <t>9786254421587</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı İş Hukuku Ders Notları &amp; Soru Bankası</t>
+          <t>2021 ÖABT Sınıf Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>161</v>
+        <v>45</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253708856</t>
+          <t>9786254219658</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Trigonometri Konu Anlatımlı Soru Bankası</t>
+          <t>2024 ÖABT İlköğretim Matematik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253708801</t>
+          <t>9786254219580</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Mantık Kümeler Konu Anlatımlı Soru Bankası</t>
+          <t>2024 ÖABT Lise Matematik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>149</v>
+        <v>599</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253705213</t>
+          <t>9786254219573</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Fen Bilimleri Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
+          <t>2024 ÖABT Lise Matematik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>150</v>
+        <v>189</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253700652</t>
+          <t>9786254219603</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>2024 YDT YÖKDİL YDS Vocabulary (Kelime) B1-B2 Soru Bankası (1000 Soru)</t>
+          <t>2024 ÖABT Lise Matematik Öğretmenliği 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253708795</t>
+          <t>9786254219276</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Limit - Türev - İntegral Konu Anlatımlı Soru Bankası</t>
+          <t>2024 KPSS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254219917</t>
+          <t>9786254219269</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖABT Türkçe Öğretmenliği Yaprak Test</t>
+          <t>2024 KPSS ÖABT Biyoloji Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253702427</t>
+          <t>9786254219528</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı İdare Hukuku Ders Notları &amp; Soru Bankası</t>
+          <t>2024 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254216589</t>
+          <t>9786254219511</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 2 Dil Bilim ve Dil Bilgisi Konu Anlatımı</t>
+          <t>KPSS ÖABT Fizik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>229</v>
+        <v>189</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253708900</t>
+          <t>9786254219542</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT Türkçe Öğretmenliği Dil Bilim - Dil Bilgisi Konu Anlatımı Yol Haritası 2</t>
+          <t>2024 KPSS ÖABT Fizik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>580</v>
+        <v>275</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253708917</t>
+          <t>9786253700867</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT Türkçe Öğretmenliği Eski Türk Edebiyatı Konu Anlatımı Yol Haritası 3</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi "Zor Seviye" Soru Bankası 2</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>620</v>
+        <v>535</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253708924</t>
+          <t>9786254217838</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT Türkçe Öğretmenliği Çocuk Edebiyatı Halk Edebiyatı Yeni Türk Edebiyatı Konu Anlatımı Yol Haritası 4</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay 10 Deneme</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>750</v>
+        <v>249</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253708894</t>
+          <t>9786254217203</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT Türkçe Öğretmenliği Yazma Eğitimi - Konuşma Eğitimi - Okuma Eğitimi - Dinleme Eğitimi Konu Anlatımı Yol Haritası 1</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Soru Bankası</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>580</v>
+        <v>459</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253708658</t>
+          <t>9786254217852</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS - Ortaöğretim - Ön Lisans - DHBT 1-2 Tüm Adaylar İçin Konu Anlatımı Hazırlık Kitabı</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Konu Anlatımı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>520</v>
+        <v>499</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253708665</t>
+          <t>9786254217876</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS - Ortaöğretim - Ön Lisans - DHBT 1-2 Tüm Adaylar İçin Soru Bankası</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Sorun Cevaplayalım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>380</v>
+        <v>239</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253708740</t>
+          <t>9786253700539</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>2026 Rütbe Terfi Sınavlarına Hazırlık Yıldız 20 Deneme</t>
+          <t>2024 ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254215315</t>
+          <t>9786254219306</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 Yıldız Serisi PAEM Misyon Koruma Rütbe Terfi ve Tüm Branş Sınavlarına Hazırlık Ceza Hukuku ve Genel Hükümler Konu Anlatımı (Modül 3)</t>
+          <t>ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>139</v>
+        <v>265</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253708764</t>
+          <t>9786254219351</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS MEB-AGS Tamamı Çözümlü Sözel Mantık Soru Bankası</t>
+          <t>2024 ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>250</v>
+        <v>266</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253708757</t>
+          <t>9786254219344</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 12 Deneme</t>
+          <t>2024 ÖABT Coğrafya Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>160</v>
+        <v>129</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786253704636</t>
+          <t>9786254219313</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Anayasa ve Mevzuat Bilgisi Tamamı Çözümlü 38 Deneme</t>
+          <t>2024 ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>124</v>
+        <v>699</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253708184</t>
+          <t>9786254219320</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Anka Ekibi Tamamı Çözümlü Coğrafya 15 Deneme</t>
+          <t>2024 ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>129</v>
+        <v>567</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253708153</t>
+          <t>9786254219764</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Anka Ekibi Tamamı Çözümlü 15 Deneme</t>
+          <t>ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı 2'li Set (Alan Bilgisi ve Alan Eğitimi)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>299</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253704513</t>
+          <t>9786254219696</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 Kaymakamlık Sınavlarına Hazırlık Tamamı Açıklamalı Çözümlü 5 Deneme Sınavı</t>
+          <t>ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı (Alan Bilgisi ve Alan Eğitimi)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253703639</t>
+          <t>9786254212178</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık İnsan Hakları Soru Bankası</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Başucu Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>359</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253703646</t>
+          <t>9786254212192</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık Disiplin Soru Bankası</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği The Key To Success Methodology Kapsamlı Ders Notları</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>235</v>
+        <v>99</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253703622</t>
+          <t>9786254212086</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Radar Serisi Tamamı Çözümlü Modüler Soru Bankası Seti</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 4</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>1300</v>
+        <v>459</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786253703684</t>
+          <t>9786254212437</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Çek Kopart Yaprak Test</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Konu Anlatımı Yol Haritası 5</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>320</v>
+        <v>399</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786253702120</t>
+          <t>9786254212185</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>2025 Polis Misyon Sınavlarına Hazırlık Diplomat Serisi Diplomat Modüler Konu Anlatım Seti</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran Soru Bankası 2</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>2040</v>
+        <v>149</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253702687</t>
+          <t>9786254212093</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>2025 Polis Misyon Sınavlarına Hazırlık Diplomat Serisi Rota Modüler Soru Bankası</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran Soru Bankası 3</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>1035</v>
+        <v>119</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253708771</t>
+          <t>9786254212413</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS MEB-AGS Tamamı Çözümlü Sayısal Mantık Soru Bankası</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Kazandıran 7 Deneme</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786253708610</t>
+          <t>9786254216626</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Tüm Dersler Tamamı Çözümlü Çıkmış ve İkiz Sorular</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 5</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>450</v>
+        <v>229</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253708078</t>
+          <t>9786254216602</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Vatandaşlık Özet Ders Notu</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 4</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786253708405</t>
+          <t>9786254216008</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Matematik-Geometri Özet Ders Notu</t>
+          <t>Yargı Yayınları 2023 ÖABT Sosyal Bilimler Öğretmenliği Tamamı Çözümlü 25 Deneme</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786253708061</t>
+          <t>9786254210648</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Tarih Özet Ders Notu</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>215</v>
+        <v>99</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786253708399</t>
+          <t>9786254210617</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Coğrafya Özet Ders Notu</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786253708382</t>
+          <t>9786254210396</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Türkçe Özet Ders Notu</t>
+          <t>2023 KPSS ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>159</v>
+        <v>599</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786253708641</t>
+          <t>9786254210419</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. MEB Şube Müdürü Soru Bankası Açıklamalı Çözümlü</t>
+          <t>2023 KPSS ÖABT Din Kültürü ve Ahlak Bilgisi ve İmam Hatip Lisesi Meslek Dersleri Konu Anlatımı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>500</v>
+        <v>499</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786253706951</t>
+          <t>9786254210822</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı Zabıt Katibi Mülakat El Kitabı Soru Cevaplı</t>
+          <t>2023 KPSS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786253706012</t>
+          <t>9786254210846</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Mevzuat Bilgisi Konu Anlatımı</t>
+          <t>2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786253708696</t>
+          <t>9786254210235</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Personelleri İçin GYS Şube Müdürü Kadrosu İçin 5 Deneme</t>
+          <t>2023 KPSS ÖABT Sınıf Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>169</v>
+        <v>549</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786253708689</t>
+          <t>9786254210525</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Personelleri İçin GYS Şube Müdürü Kadrosu İçin Deneme İlaveli Soru Bankası</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>475</v>
+        <v>399</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786253708672</t>
+          <t>9786254210518</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Personelleri İçin GYS Şube Müdürü Kadrosu İçin Çıkmış Sorularla Desteklenmiş Konu Anlatımı</t>
+          <t>Yargı Yayınları 2023 KPSS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>850</v>
+        <v>399</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786253708306</t>
+          <t>9786254213731</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>2026 Zihinsel Engelli Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
+          <t>Yargı Yayınları 2023 ÖABT Beden Eğitimi ve Spor Öğretmenliği Fairplay Serisi Sorun Cevaplayalım Soru Cevap Kitabı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>320</v>
+        <v>199</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786253708320</t>
+          <t>9786254213588</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>2026 Genel Görme ve İşitme 2 Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
+          <t>2023 KPSS Eğitim Bilimleri Öğretmenler Ekibi Program Geliştirme (Öğretim Teknolojileri ve Materyal Tasarımı - Sınıf Yönetimi) Tamamı Çözümlü 23 Deneme</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>320</v>
+        <v>99</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786253708313</t>
+          <t>9786253701116</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>2026 İşitme 1 Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
+          <t>2024 ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>320</v>
+        <v>329</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786253702878</t>
+          <t>9786254219818</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Orta Seviye Paragraf 10x20 Deneme</t>
+          <t>2024 ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>119</v>
+        <v>269</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786253701406</t>
+          <t>9786254219870</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>2024 YDS YÖKDİL YKSDİL İngilizce Akademik Sınavlara Çalışma Kılavuzu</t>
+          <t>ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>399</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254219115</t>
+          <t>9786254219771</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>KPSS A-Grubu Tüm Dersler Tamamı Çözümlü 5 Deneme</t>
+          <t>2024 ÖABT Sınıf Öğretmenliği Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>359</v>
+        <v>219</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786253700355</t>
+          <t>9786254219900</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>2024 Kaymakamlık KPSS ve Tüm Kurum Sınavları İçin İnsan Hakları Tamamı Açıklamalı Çözümlü Soru Bankası</t>
+          <t>KPSS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>152</v>
+        <v>589</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254212635</t>
+          <t>9786254219474</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 AYT Tıpkı Basım 2020 Çıkmış Sorular</t>
+          <t>2024 ÖABT İngilizce Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>26</v>
+        <v>189</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786253706494</t>
+          <t>9786254219481</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık Genel Kültür Güncel Bilgiler Soru Bankası</t>
+          <t>2024 ÖABT İngilizce Soru Bankası (Tam 1750 Soru) High Achievers</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>535</v>
+        <v>399</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254422027</t>
+          <t>9786253707453</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>TYT Hocaların Gözünden Kimya Soru Bankası</t>
+          <t>6. Sınıf Ders Arkadaşım Yıl Boyu Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>79</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254428159</t>
+          <t>9786253707422</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Candelas Essential English Reading C1 C2 Advanced İleri Seviye</t>
+          <t>6. Sınıf Matematik Yıl Boyu Soru Bankası</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>890</v>
+        <v>390</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052847794</t>
+          <t>9786253707415</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Essential English Reading A1 A2 Elementary Temel Seviye</t>
+          <t>5. Sınıf Sosyal Bilgiler Yıl Boyu Soru Bankası</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786253708429</t>
+          <t>9786253707439</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Okul Öncesi Öğretmenliği Son 6 Sınav Çıkmış Sorular</t>
+          <t>6. Sınıf Türkçe Yıl Boyu Soru Bankası</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>199</v>
+        <v>325</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786253708177</t>
+          <t>9786253707446</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Anka Ekibi Tarih Tamamı Çözümlü 15 Deneme</t>
+          <t>6. Sınıf Fen Bilimleri Yıl Boyu Soru Bankası</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>149</v>
+        <v>325</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786253708467</t>
+          <t>9786254219498</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>YKS KPSS DGS ALES MEB-AGS Orijinal Paragraf Tamamı Çözümlü 10 Deneme</t>
+          <t>2024 ÖABT İngilizce Öğretmenliği High Achievers Konu Anlatımı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>99</v>
+        <v>419</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786253708634</t>
+          <t>9786254219535</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>2026 YKS KPSS DGS ALES MEB-AGS Papatya Serisi Paragraf Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>299</v>
+        <v>999</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052842102</t>
+          <t>9786254219894</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Vip Kpss Öğretmenlik Mülakat Sınavının Anahtarı</t>
+          <t>2024 ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>39</v>
+        <v>279</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254216336</t>
+          <t>9786254219405</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür 5Yüz Tarih Konu Sıralamasına Göre Hazırlanmış Hazır Cevap</t>
+          <t>2024 ÖABT Türk Dili ve Edebiyatı Yaprak Test</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>79</v>
+        <v>169</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254216343</t>
+          <t>9786254219436</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür 5Yüz Coğrafya Konu Sıralamasına Göre Hazırlanmış Hazır Cevap</t>
+          <t>2024 ÖABT Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>39</v>
+        <v>649</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052843635</t>
+          <t>9786254219382</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ön Lisans 2006-2018 Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2024 ÖABT Türk Dili ve Edebiyatı Konu Anlatımı (2 Cilt)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>33</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052844717</t>
+          <t>9786254219412</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>KPSS A Grubu ve Tüm Kurum Sınavları İçin Hukuk-İktisat-Maliye-Muhasebe Çek Koparlı Yaprak Test</t>
+          <t>2024 ÖABT Türk Dili ve Edebiyatı Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>55</v>
+        <v>279</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052841600</t>
+          <t>9786254219450</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>KPSS A Grubu Muhasebe Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Fen Bilimleri Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052845066</t>
+          <t>9786254212079</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür Tarih Çek Kopartlı Yaprak Test</t>
+          <t>KPSS ALES DGS TYT MSÜ Benzersiz Paragraf Son 3 Yıl Çıkmış Sorular (2023 Sınavı Dahil)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>9.9</v>
+        <v>269</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052843611</t>
+          <t>9786254219641</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ön Lisans Genel Yetenek Genel Kültür Konu Konu 2006 2018 Çıkmış Sınav Soruları ve Çözümleri</t>
+          <t>2024 ÖABT Kimya Yaprak Test</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>59.9</v>
+        <v>149</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254214127</t>
+          <t>9786254219627</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>KPSS Hedef Serisi IYI Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Kimya Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>139</v>
+        <v>279</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254211195</t>
+          <t>9786254219610</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe 2013-2022 Tamamı Çözümlü Çıkmış Sorular Yargı Yayınları</t>
+          <t>2024 ÖABT Kimya Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>64</v>
+        <v>479</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>4444444443621</t>
+          <t>9786254219566</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>ÖABT DKAB DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
+          <t>2024 ÖABT Kimya Konu Anlatımı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>165</v>
+        <v>799</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786253700843</t>
+          <t>9786254219719</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>NDeep Serisi TYT-AYT Tarih Video Ders Notları</t>
+          <t>2024 ÖABT PDR Konu Anlatımı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>169</v>
+        <v>699</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786253700980</t>
+          <t>9786253704827</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS TYT AYT MSÜ 5Yüz Paragraf 10 Deneme</t>
+          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>94</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786253700768</t>
+          <t>9786253704483</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>NDeep Serisi AYT Matematik Video Ders Notları</t>
+          <t>2025 MEB-AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği Konu Anlatımı Fairplay Serisi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>219</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786253700836</t>
+          <t>9786253704674</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>NDeep Serisi TYT-AYT Geometri Video Ders Notları</t>
+          <t>2025 MEB-AGS ÖABT Fizik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>199</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786253700614</t>
+          <t>9786253704599</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>KPSS-ALES-DGS-TYT-AYT-MSÜ Tamamı Çözümlü Paragraf Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>149</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051572352</t>
+          <t>9786253704551</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 MEB-AGS ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>22.96</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052843604</t>
+          <t>9786253704780</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ön Lisans 15'li Çözümlü Deneme Sınavı</t>
+          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052849965</t>
+          <t>9786253704742</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Tam Marifetli Tarih Defterim</t>
+          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>19.9</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052849996</t>
+          <t>9786253704681</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>AYT Tam Marifetli Coğrafya Defterim</t>
+          <t>2025 MEB-AGS ÖABT Fizik Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>13.9</v>
+        <v>785</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052843598</t>
+          <t>9786253704605</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ön Lisans GY GK Son Çıkış Tamamı Çözümlü 5 Deneme</t>
+          <t>2025 MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>29</v>
+        <v>850</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052849941</t>
+          <t>9786253704568</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Tam Marifetli Felsefe Grubu Din Kültürü ve Ahlak Bilgisi Defterim</t>
+          <t>2025 MEB-AGS ÖABT Tarih Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>19.9</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052848203</t>
+          <t>9786253704797</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji 1001 Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Soru Bankası</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>32.5</v>
+        <v>915</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052846223</t>
+          <t>9786253704759</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>AYT Hocaların Gözünden Edebiyat Konu Anlatım Föyleri</t>
+          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>69</v>
+        <v>715</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052848258</t>
+          <t>9786253704711</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik 1001 Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Biyoloji Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>37.5</v>
+        <v>715</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052848234</t>
+          <t>9786253704698</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>AYT Tarih 1001 Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Fizik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>32.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052846759</t>
+          <t>9786253704612</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>AYT Organik Kimya Konu Anlatımlı Soru Bankası</t>
+          <t>MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>27.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052842966</t>
+          <t>9786253704575</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>AYT Eşit Ağırlık Tamamı Çözümlü 5 Fasikül Deneme</t>
+          <t>MEB-AGS ÖABT Tarih Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>37</v>
+        <v>220</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052845905</t>
+          <t>9786253704803</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Nokta Atış</t>
+          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>14.9</v>
+        <v>300</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052849590</t>
+          <t>9786253704766</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT MSÜ KPSS ALES İçin Tam Marifetli Paragraf Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>34</v>
+        <v>280</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052849934</t>
+          <t>9786253704728</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Tam Marifetli Geometri Defterim</t>
+          <t>2025 MEB-AGS ÖABT Biyoloji Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>18.5</v>
+        <v>280</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786253708566</t>
+          <t>9786253704520</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>YKS KPSS Orijinal Dil Bilgisi Konu Özetli Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Sosyal Bilgiler Öğretmenliği Son 5 Sınav Çıkmış Yıllar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786253708627</t>
+          <t>9786253704537</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>2026 YKS KPSS ALES DGS MEB-AGS Papatya Serisi Problemler Tamamı Çözümlü Soru Bankası</t>
+          <t>Yargı Yayınları 2025 MEB AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>399</v>
+        <v>185</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786253708474</t>
+          <t>9786253704155</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>2026 YKS KPSS DGS ALES MEB-AGS Papatya Serisi Paragraf Tamamı Çözümlü 15 Deneme</t>
+          <t>Yargı Yayınları 2025 MEB AGS İçin ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>149</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786253708412</t>
+          <t>9786253704179</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Okul Öncesi Öğretmenliği Kapsamlı Konu Anlatımı</t>
+          <t>Yargı Yayınları 2025 MEB AGS İçin ÖABT Okul Öncesi Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>690</v>
+        <v>249</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786253707927</t>
+          <t>9786253703219</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Yaprak Test</t>
+          <t>ÖABT Okul Öncesi Öğretmenliği Kindergarten Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786253708351</t>
+          <t>9786253703479</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>2026 Kaymakamlık KPSS ve Tüm Kurum Sınavları İçin İnsan Hakları Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Pedagogical Grammar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786253708573</t>
+          <t>9786253703486</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS MEB-AGS Orijinal Sözel Mantık Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Literature</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786253708580</t>
+          <t>9786253703462</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS MEB-AGS Orijinal Sayısal Mantık Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Cloze Test Grammar &amp; Reading Comprehension</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786253708603</t>
+          <t>9786253703493</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>KPSS ALES DGS MEB-AGS Orijinal Sayısal-Sözel Mantık Tamamı Çözümlü Soru Cevap Kitabı</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Methodology</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>299</v>
+        <v>230</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786253708122</t>
+          <t>9786253703509</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS MEB-AGS KPSS Tüm Ösym Sınavlarına Yönelik Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği Kapsamlı Pratik Ders Notları The Key Success Linguistics</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>499</v>
+        <v>159</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786253708146</t>
+          <t>9786253703189</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Vatandaşlık Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği The Key To Success Başucu Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>269</v>
+        <v>756</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786253708207</t>
+          <t>9786253703196</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ALES DGS TYT MSÜ Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ÖABT İngilizce Öğretmenliği The Key To Cloze Test And Paragraph Questions Tamamı Detaylı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>359</v>
+        <v>415</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786253703080</t>
+          <t>9786254219429</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Tamamı Çözümlü 5 Deneme</t>
+          <t>2024 ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>320</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786253708344</t>
+          <t>9786253704476</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>2026 Kaymakamlık-Adli ve İdari Hakimlik-Paem-Misyon Koruma-KPSS ve Diğer Tüm Kurum Sınavları İçin Cumhurbaşkanlığı Hükümet Sistemi Çözümlü Sorular</t>
+          <t>2025 MEB AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği Cross Serisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>180</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786253708337</t>
+          <t>9786254424359</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>2026 Kaymakamlık Sınavlarına Hazırlık 5 Deneme Sınavı</t>
+          <t>2022 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Konu Anlatımı 2 Cilt</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786253708450</t>
+          <t>9786253705060</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS T.C. Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin 3 Deneme</t>
+          <t>2025 MEB AGS ÖABT Biyoloji Öğretmenliği 10 Deneme</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786253708368</t>
+          <t>9786253705527</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS T.C. Milli Eğitim Bakanlığı Şube Müdürü Kadrosu İçin Soru Bankası</t>
+          <t>MEB-AGS ÖABT DKAB-İHL Din Kültürü ve Ahlak Bilgisi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>1100</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786253706869</t>
+          <t>9786253705534</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Bilgisi Video Ders Notları</t>
+          <t>MEB-AGS ÖABT DKAB-İHL Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>270</v>
+        <v>680</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786253706852</t>
+          <t>9786253705206</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Video Ders Notları</t>
+          <t>2025 MEB-AGS ÖABT Biyoloji Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>389</v>
+        <v>150</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786253706791</t>
+          <t>9786253705176</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Konu Anlatımı</t>
+          <t>2025 MEB-AGS ÖABT Türkçe Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>530</v>
+        <v>230</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786253702809</t>
+          <t>9786253702977</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Kelebek Serisi Sayısal Mantık Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖABT DKAB-DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>189</v>
+        <v>165</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786253708269</t>
+          <t>9786253705138</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS T.C. Adalet Bakanlığı Şube Müdürü Kadrosu İçin Çözümlü 5 Deneme</t>
+          <t>2025 MEB-AGS ÖABT Bir Nefes Tarih Öğretmenliği Kapsamlı Ders Notları</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786253706401</t>
+          <t>9786253708931</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
+          <t>Pomodoro Sıfırdan Zirveye KPSS ALES DGS MEB-AGS TYT-AYT Matematik Canlı Ders Kitabı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786253708283</t>
+          <t>9786253708818</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Adalet Bakanlığı Memur Merkez Teşkilat 5 Deneme</t>
+          <t>AYT Adayları ve Ara Sınıflar İçin Taktiklerle Logaritma Diziler Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786253708290</t>
+          <t>9786253708825</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Adalet Bakanlığı Zabıt Katibi 5 Deneme</t>
+          <t>AYT Adayları ve Ara Sınıflar İçin Taktiklerle Polinomlar 2. Dereceden Denklemler Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786253708276</t>
+          <t>9786253705053</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Adalet Bakanlığı Mübaşir 5 Deneme</t>
+          <t>2025 YDS YDT E-YDS YÖKDİL Fransızca Soru Bankası 2</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786253705473</t>
+          <t>9786253704209</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
+          <t>2025 YDS YÖKDİL YDT Akademik Az &amp; Öz Hızlı Gramer</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786253708023</t>
+          <t>9786253704049</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS GK-GY Tüm Dersler Tamamı Çözümlü Son 10 Yıl Çıkmış Sorular</t>
+          <t>2025 YDS YÖKDİL Reading Store Adım Adım Paragraf</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786253706807</t>
+          <t>9786253703998</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Bilgisi Konu Anlatımı</t>
+          <t>2025 YÖKDİL-YDT Konu Konu Gramer Testleri Orta Seviye 1000 Soru</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786253707491</t>
+          <t>9786253703981</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS ALES DGS Orijinal Paragraf 15 Yıl Çıkmış Sorular</t>
+          <t>2025 The Lord Of YDS</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>499</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786253706333</t>
+          <t>9786253703776</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Tüm Adaylar İçin Matematik Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca 5 Deneme</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786253706326</t>
+          <t>9786253703745</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Tüm Adaylar İçin Matematik Video Ders Notları</t>
+          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca Özgün Okuma Parçaları 200 Metin 1000 Soru</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>159</v>
+        <v>295</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786253705398</t>
+          <t>9786253703738</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tam Not Serisi Coğrafya Hem Konu Hem Soru Özet Ders Notu</t>
+          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca Kelime Kitabı Fiil-Deyim</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>210</v>
+        <v>799</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786253705411</t>
+          <t>9786253703592</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tam Not Serisi Vatandaşlık Hem Konu Hem Soru Özet Ders Notu</t>
+          <t>2025 YDS YÖKDİL YDT Fransızca Kelime Kitabı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786253704407</t>
+          <t>9786253703615</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>2025 YÖKDİL Sağlık Konu Anlatımı</t>
+          <t>2025 YDS Fransızca 10 Deneme</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>990</v>
+        <v>280</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786253707897</t>
+          <t>9786253704667</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık İnsan Hakları Soru Bankası</t>
+          <t>2025 YDS eYDS YÖKDİL YDT İngilizce Manifest Your Success Reading Comprehension Soru Bankası</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786253705725</t>
+          <t>9786253704650</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C Sağlık Bakanlığı Veri Hazırlama ve Kontrol İşletmeni Ünvanı İçin 5 Deneme</t>
+          <t>2025 YDS eYDS YÖKDİL YDT İngilizce Manifest Your Success Grammar &amp; Vocabulary</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>140</v>
+        <v>359</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052845998</t>
+          <t>9786253704193</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>YDS Translation 2 Orta Seviye Renkli Çeviriler Okuma Çalışması</t>
+          <t>2025 YDS Çözümlü Çıkmış 5 Deneme Fasikülü</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>85</v>
+        <v>480</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254215186</t>
+          <t>9786253704056</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>2025 YDS YÖKDİL Tamamı Çözümlü Tüm Soru Türleri Soru Bankası</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786253705718</t>
+          <t>9786253704063</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C Sağlık Bakanlığı Veri Hazırlama ve Kontrol İşletmeni İçin Soru Bankası</t>
+          <t>2025 YDS Tamamı Çözümlü Zoru Bankası +2 Deneme İlaveli</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>825</v>
+        <v>380</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786253705480</t>
+          <t>9786253704148</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Referans Fasikül Fasikül Tek Kitap 5 Karma Deneme</t>
+          <t>2025 YDS İngilizce Kapsamlı Pratik The Key To Success Grammar &amp; Reading Comprehension Ders Notları</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>319</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786253705251</t>
+          <t>9786253704131</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Türkiye Coğrafyası Tamamı Çözümlü 15 Deneme</t>
+          <t>2025 YDS İngilizce The Key To Success Language Proficiency Cloze Test &amp; Paragraph Questions Soru Bankası</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786253705244</t>
+          <t>9786253703349</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Tarih Tamamı Çözümlü 15 Deneme</t>
+          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Tamamı Çözümlü İktisat Soru Bankası</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>99</v>
+        <v>515</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786253705237</t>
+          <t>9786253703301</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Sayısal Yetenek Tamamı Çözümlü 15 Deneme</t>
+          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin İktisat Konu Anlatımı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>124</v>
+        <v>920</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786253705268</t>
+          <t>9786253703295</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Sözel Yetenek Tamamı Çözümlü 15 Deneme</t>
+          <t>2025 KPSS A-Grubu Tüm Kurum Sınavları İçin Kamu Hukuku Konu Anlatımı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>124</v>
+        <v>980</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786253705190</t>
+          <t>9786253703288</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği 5 Deneme</t>
+          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Özel Hukuk Konu Anlatımı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>180</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786253703226</t>
+          <t>9786253703356</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Kindergarten 10 Deneme</t>
+          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Tüm Dersler 10 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>390</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786253702281</t>
+          <t>9786253703783</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Tamamı Çözümlü Coğrafya Soru Bankası</t>
+          <t>2025 YDS YDT E-YDS YÖKDİL Gökhan Hoca İle Fransızca Soru Bankası</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>125</v>
+        <v>299</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786253708191</t>
+          <t>9786253703561</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Anka Ekibi Genel Kültür Tamamı Çözümlü Vatandaşlık 15 Deneme</t>
+          <t>2025 Adalet Bakanlığı Tamamı Çözümlü İdari İşler Müdürü Kadrosu İçin 5 Deneme</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>169</v>
+        <v>260</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786253708139</t>
+          <t>9786253703264</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS KPSS Anka Ekibi Tamamı Çözümlü Coğrafya Soru Bankası</t>
+          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Muhasebe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>329</v>
+        <v>890</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786253708108</t>
+          <t>9786253702496</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS TYT MSÜ Anka Ekibi Tamamı Çözümlü Türkçe Soru Bankası</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Vergi Hukuku - Vergi Usul Hukuku Ders Notları ve Soru Bankası</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>399</v>
+        <v>259</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786253708221</t>
+          <t>9786253702472</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Adalet Bakanlığı Şube Müdürü Merkez Teşkilat Kadrosu İçin Soru Bankası</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Ticaret Hukuku Ders Notları ve Soru Bankası</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>850</v>
+        <v>266</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786253707675</t>
+          <t>9786253702465</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Adalet Bakanlığı Şube Müdürü Merkez Teşkilat Kadrosu İçin Ders Notları</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Hukuk Yargılama Usulü Ders Notları ve Soru Bankası</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>1700</v>
+        <v>203</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254217722</t>
+          <t>9786253702434</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 Milli Eğitim Bakanlığı GYS Memurluk Kadrosu İçin 5 Deneme</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı İdari Yargılama Hukuku Ders Notları ve Soru Bankası</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>59.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786253704841</t>
+          <t>9786253702373</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Yaprak Test</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Borçlar Hukuku Genel ve Özel Hükümler Ders Notları ve Soru Bankası</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786253706005</t>
+          <t>9786253702410</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı İcra ve İflas Hukuku Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>647</v>
+        <v>196</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786253705879</t>
+          <t>9786253702397</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 MEB-AGS Anka Serisi Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası (10 Deneme İlaveli)</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Ceza Yargılama Usulü Hukuku Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786253705084</t>
+          <t>9786253702366</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Eğitimin Temelleri Türk Milli Eğitim Sistemi İle Mevzuatı ve Anayasa 15 Deneme</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Avukatlık Hukuku Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>220</v>
+        <v>189</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786253703578</t>
+          <t>9786253702403</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS GK-GY Tüm Dersler 5i Bir Arada Tek Kitap Çek Kopart Yaprak Test</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Hukuk Felsefesi ve Sosyoloji Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>329</v>
+        <v>98</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786253703103</t>
+          <t>9786253702489</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS 4 Adımda Sözel Mantık Video Ders Notu &amp; Soru Bankası</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı Türk Hukuk Tarihi Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786253701024</t>
+          <t>9786254217432</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>AYT NDeep Serisi Edebiyat Ders Notları</t>
+          <t>2025 YÖKDİL Sağlık Video Çevirili Makaleler</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>139</v>
+        <v>360</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786253708016</t>
+          <t>9786253702441</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS GK-GY Tüm Dersler Tamamı Çözümlü Son 5 Yıl Çıkmış Sorular</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı İş Hukuku Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>179</v>
+        <v>161</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786253707989</t>
+          <t>9786253708856</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS GK-GY Tüm Dersler Tamamı Çözümlü 10 Yıl Çıkmış Sorular (2016-2025)</t>
+          <t>Tüm Adaylar İçin Taktiklerle Trigonometri Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>299</v>
+        <v>210</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786253708009</t>
+          <t>9786253708801</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tarih Coğrafya Vatandaşlık 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tüm Adaylar İçin Taktiklerle Mantık Kümeler Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786253707958</t>
+          <t>9786253705213</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tarih 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2025 MEB-AGS ÖABT Fen Bilimleri Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786253707996</t>
+          <t>9786253700652</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Matematik 2016 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2024 YDT YÖKDİL YDS Vocabulary (Kelime) B1-B2 Soru Bankası (1000 Soru)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786253707965</t>
+          <t>9786253708795</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Coğrafya 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tüm Adaylar İçin Taktiklerle Limit - Türev - İntegral Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>99</v>
+        <v>360</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786253707941</t>
+          <t>9786254219917</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>KPSS ÖABT Türkçe Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>100</v>
+        <v>179</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786253707934</t>
+          <t>9786253702427</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı İdare Hukuku Ders Notları &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786253707972</t>
+          <t>9786254216589</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Vatandaşlık 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Yargı Yayınları 2023 ÖABT Türkçe Öğretmenliği Yol Haritası 2 Dil Bilim ve Dil Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>75</v>
+        <v>229</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786253705022</t>
+          <t>9786253708900</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anayasa ve Mevzuat Bilgisi Çek Kopart Yaprak Test</t>
+          <t>2026 ÖABT Türkçe Öğretmenliği Dil Bilim - Dil Bilgisi Konu Anlatımı Yol Haritası 2</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>119</v>
+        <v>725</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786253704162</t>
+          <t>9786253708917</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 MEB AGS İçin ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ÖABT Türkçe Öğretmenliği Eski Türk Edebiyatı Konu Anlatımı Yol Haritası 3</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>710</v>
+        <v>775</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786253701499</t>
+          <t>9786253708924</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>2024 GYS Adam Genel Kültür ve Güncel Bilgiler 657 Sayılı Devlet Memurları Kanunu Mülakat Kitabı</t>
+          <t>2026 ÖABT Türkçe Öğretmenliği Çocuk Edebiyatı Halk Edebiyatı Yeni Türk Edebiyatı Konu Anlatımı Yol Haritası 4</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>185</v>
+        <v>940</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786253707903</t>
+          <t>9786253708894</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Disiplin Soru Bankası</t>
+          <t>2026 ÖABT Türkçe Öğretmenliği Yazma Eğitimi - Konuşma Eğitimi - Okuma Eğitimi - Dinleme Eğitimi Konu Anlatımı Yol Haritası 1</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>260</v>
+        <v>725</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786253707880</t>
+          <t>9786253708658</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Radar Modüler Soru Bankası</t>
+          <t>2026 KPSS - Ortaöğretim - Ön Lisans - DHBT 1-2 Tüm Adaylar İçin Konu Anlatımı Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>1450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786253708054</t>
+          <t>9786253708665</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Soru Bankası</t>
+          <t>2026 KPSS - Ortaöğretim - Ön Lisans - DHBT 1-2 Tüm Adaylar İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>1440</v>
+        <v>475</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786253708030</t>
+          <t>9786253708740</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin 5 Deneme</t>
+          <t>2026 Rütbe Terfi Sınavlarına Hazırlık Yıldız 20 Deneme</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786253707866</t>
+          <t>9786254215315</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Modüler Konu Anlatım Seti</t>
+          <t>Yargı Yayınları 2023 Yıldız Serisi PAEM Misyon Koruma Rütbe Terfi ve Tüm Branş Sınavlarına Hazırlık Ceza Hukuku ve Genel Hükümler Konu Anlatımı (Modül 3)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>2990</v>
+        <v>139</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786253707873</t>
+          <t>9786253708764</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Soru Bankası</t>
+          <t>KPSS ALES DGS MEB-AGS Tamamı Çözümlü Sözel Mantık Soru Bankası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>980</v>
+        <v>310</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786253707736</t>
+          <t>9786253708757</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS TYT MSÜ Orijinal Dil Bilgisi Son 15 Yıl Çıkmış Sorular</t>
+          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 12 Deneme</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786253705091</t>
+          <t>9786253704636</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS 500 Soruluk Kamp Kitabı Eğitimin Temelleri Soru Bankası</t>
+          <t>MEB-AGS Anayasa ve Mevzuat Bilgisi Tamamı Çözümlü 38 Deneme</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>149</v>
+        <v>124</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786253705435</t>
+          <t>9786253708184</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Ders Notları (2 Cilt)</t>
+          <t>2026 KPSS Genel Kültür Anka Ekibi Tamamı Çözümlü Coğrafya 15 Deneme</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>1900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786253705442</t>
+          <t>9786253708153</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS T.C Adalet Bakanlığı Tüm Ünvanlar İçin Ortak Konular Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Anka Ekibi Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>530</v>
+        <v>375</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254216527</t>
+          <t>9786253704513</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 Adalet Bakanlığı GYS Şef (Merkez) Kadrosu İçin Konu Özetli Açıklamalı</t>
+          <t>Yargı Yayınları 2025 Kaymakamlık Sınavlarına Hazırlık Tamamı Açıklamalı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254421846</t>
+          <t>9786253703639</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Essential English Reading B1 B2 Intermediate Orta Seviye</t>
+          <t>2025 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık İnsan Hakları Soru Bankası</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>890</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786253707750</t>
+          <t>9786253703646</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS ALES DGS Orijinal Sayısal Mantık Son 15 Yıl Çıkmış Sorular</t>
+          <t>2025 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık Disiplin Soru Bankası</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>249</v>
+        <v>235</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786253707729</t>
+          <t>9786253703622</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS ALES DGS YGS TYT MSÜ Orijinal Problemler Son 15 Yıl Çıkmış Sorular</t>
+          <t>2025 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Radar Serisi Tamamı Çözümlü Modüler Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>179</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786253707743</t>
+          <t>9786253703684</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS ALES DGS Orijinal Sözel Mantık Son 15 Yıl Çıkmış Sorular</t>
+          <t>2025 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786253705336</t>
+          <t>9786253702120</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Yargı Ders Arkadaşım 8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Son Tur Soru Bankası</t>
+          <t>2025 Polis Misyon Sınavlarına Hazırlık Diplomat Serisi Diplomat Modüler Konu Anlatım Seti</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>159</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786253707828</t>
+          <t>9786253702687</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Son 6 Sınav Çıkmış Sorular</t>
+          <t>2025 Polis Misyon Sınavlarına Hazırlık Diplomat Serisi Rota Modüler Soru Bankası</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>150</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786253705657</t>
+          <t>9786253708771</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Genel Tekrar</t>
+          <t>KPSS ALES DGS MEB-AGS Tamamı Çözümlü Sayısal Mantık Soru Bankası</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>875</v>
+        <v>310</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786253705459</t>
+          <t>9786253708610</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Çözümlü Soru Bankası</t>
+          <t>MEB AGS Tüm Dersler Tamamı Çözümlü Çıkmış ve İkiz Sorular</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>840</v>
+        <v>560</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254213922</t>
+          <t>9786253708078</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>YÖKDİL Sağlık Kelime ve Çeviri Kitabı Yargı Yayınları</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Vatandaşlık Özet Ders Notu</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786253702755</t>
+          <t>9786253708405</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Kelebek Serisi Sayısal Sözel Mantık Konu Anlatımı</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Matematik-Geometri Özet Ders Notu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>349</v>
+        <v>220</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786253702236</t>
+          <t>9786253708061</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Tüm Adaylar İçin Haritalarla Coğrafya</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Tarih Özet Ders Notu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>239</v>
+        <v>270</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254219740</t>
+          <t>9786253708399</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT PDR Yaprak Test</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Coğrafya Özet Ders Notu</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>229</v>
+        <v>190</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786253705381</t>
+          <t>9786253708382</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Birebir Serisi Kolay-Orta-Zor Paragraf Soru Bankası</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Motto Serisi Türkçe Özet Ders Notu</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786253702960</t>
+          <t>9786253708641</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 T.C. MEB Şube Müdürü Soru Bankası Açıklamalı Çözümlü</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>399</v>
+        <v>500</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786253703172</t>
+          <t>9786253706951</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Tamamı Çözümlü Sayısal Mantık Soru Bankası</t>
+          <t>T.C. Adalet Bakanlığı Zabıt Katibi Mülakat El Kitabı Soru Cevaplı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>229</v>
+        <v>390</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786253703073</t>
+          <t>9786253706012</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS GK-GY Tamamı Çözümlü Modüler Soru Bankası Seti</t>
+          <t>2025 MEB-AGS Mevzuat Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>990</v>
+        <v>240</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786253707712</t>
+          <t>9786253708696</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS ALES DGS TYT MSÜ Orijinal Paragraf Son 3 Yıl Çıkmış Sorular</t>
+          <t>2026 MEB Personelleri İçin GYS Şube Müdürü Kadrosu İçin 5 Deneme</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786253705183</t>
+          <t>9786253708689</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
+          <t>2026 MEB Personelleri İçin GYS Şube Müdürü Kadrosu İçin Deneme İlaveli Soru Bankası</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>230</v>
+        <v>595</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786253702991</t>
+          <t>9786253708672</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS TYT AYT MSÜ Tamamı Video Çözümlü Paragraf Soru Bankası</t>
+          <t>2026 MEB Personelleri İçin GYS Şube Müdürü Kadrosu İçin Çıkmış Sorularla Desteklenmiş Konu Anlatımı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>330</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786253702250</t>
+          <t>9786253708306</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Tamamı Çözümlü Türkçe Soru Bankası</t>
+          <t>2026 Zihinsel Engelli Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786253704834</t>
+          <t>9786253708320</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 Genel Görme ve İşitme 2 Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>880</v>
+        <v>400</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254216541</t>
+          <t>9786253708313</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 Adalet Bakanlığı Mübaşir Kadrosu İçin Konu Özetli Açıklamalı Ders Notları Çıkmış ve Çıkması Muhtemel Sorular ve Cevaplar</t>
+          <t>2026 İşitme 1 Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>499</v>
+        <v>400</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786253706456</t>
+          <t>9786253702878</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Orta Seviye Paragraf 10x20 Deneme</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>325</v>
+        <v>119</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786253704285</t>
+          <t>9786253701406</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 YDS YÖKDİL YKSDİL İngilizce Akademik Sınavlara Çalışma Kılavuzu</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>379</v>
+        <v>399</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786253702885</t>
+          <t>9786254219115</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Zor Seviye Paragraf Soru Bankası (10 Deneme İlaveli)</t>
+          <t>KPSS A-Grubu Tüm Dersler Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>239</v>
+        <v>359</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786253702656</t>
+          <t>9786253700355</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS YGS TYT MSÜ Klas Serisi Orijinal Problemler Çıkmış Sorular</t>
+          <t>2024 Kaymakamlık KPSS ve Tüm Kurum Sınavları İçin İnsan Hakları Tamamı Açıklamalı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>99</v>
+        <v>152</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786253702663</t>
+          <t>9786254212635</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS TYT MSÜ Klas Serisi Orijinal Paragraf Son 3 Yıl Çıkmış Sorular</t>
+          <t>Yargı Yayınları 2023 AYT Tıpkı Basım 2020 Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>119</v>
+        <v>26</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786253702557</t>
+          <t>9786253706494</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>2025 ALES Vip Sayısal-Sözel Yetenek Tamamı Çözümlü Fasikül Fasikül 10 Deneme</t>
+          <t>2025 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık Genel Kültür Güncel Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>359</v>
+        <v>535</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786253702274</t>
+          <t>9786254422027</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Tamamı Çözümlü Tarih Soru Bankası</t>
+          <t>TYT Hocaların Gözünden Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>225</v>
+        <v>79</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786253701796</t>
+          <t>9786254428159</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2025 KPSS GK-GY 2015-2024 Tamamı Çözümlü Konu Konu Çıkmış Sorular</t>
+          <t>Candelas Essential English Reading C1 C2 Advanced İleri Seviye</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>199</v>
+        <v>890</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254217067</t>
+          <t>9786052847794</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 Adalet Bakanlığı GYS Ceza ve Tevkifevleri Genel Müdürlüğü İnfaz ve Koruma Başmemuru Kadrosu Alan Bilgisi İçin Açıklamalı Soru Bankası</t>
+          <t>Essential English Reading A1 A2 Elementary Temel Seviye</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>299</v>
+        <v>720</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786253707576</t>
+          <t>9786253708429</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 ÖABT MEB-AGS Okul Öncesi Öğretmenliği Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786253707606</t>
+          <t>9786253708177</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Tarih Tamamı Çözümlü 66 Deneme</t>
+          <t>2026 KPSS Genel Kültür Anka Ekibi Tarih Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786253707682</t>
+          <t>9786253708467</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme</t>
+          <t>YKS KPSS DGS ALES MEB-AGS Orijinal Paragraf Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>159</v>
+        <v>125</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786253705640</t>
+          <t>9786253708634</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Eğitimin Temelleri Türk Milli Eğitim Sistemi ile Mevzuatı 10 Deneme</t>
+          <t>2026 YKS KPSS DGS ALES MEB-AGS Papatya Serisi Paragraf Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786253705220</t>
+          <t>9786052842102</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Türkiye Coğrafyası Video Ders Notları</t>
+          <t>Vip Kpss Öğretmenlik Mülakat Sınavının Anahtarı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>269</v>
+        <v>39</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786253703851</t>
+          <t>9786254216336</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB EKYS Hazırlık Kılavuzu Konu Anlatımı</t>
+          <t>KPSS Genel Kültür 5Yüz Tarih Konu Sıralamasına Göre Hazırlanmış Hazır Cevap</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>1100</v>
+        <v>79</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254429453</t>
+          <t>9786254216343</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>YKS-DİL İngilizce Deneme Sınavları Mastering YDT 10 Deneme Sınavı</t>
+          <t>KPSS Genel Kültür 5Yüz Coğrafya Konu Sıralamasına Göre Hazırlanmış Hazır Cevap</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>249</v>
+        <v>39</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254423208</t>
+          <t>9786052843635</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Essential English Grammar A1 A2 Elementary Temel Seviye</t>
+          <t>KPSS Ön Lisans 2006-2018 Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>799</v>
+        <v>33</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786253704223</t>
+          <t>9786052844717</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Mevzuat Bilgisi ve Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS A Grubu ve Tüm Kurum Sınavları İçin Hukuk-İktisat-Maliye-Muhasebe Çek Koparlı Yaprak Test</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>279</v>
+        <v>55</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786253707293</t>
+          <t>9786052841600</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Fasikül Fasikül Son 10 Yıl Çıkmış Sorular</t>
+          <t>KPSS A Grubu Muhasebe Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>449</v>
+        <v>99</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786253707248</t>
+          <t>9786052845066</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü 7 Deneme</t>
+          <t>KPSS Genel Kültür Tarih Çek Kopartlı Yaprak Test</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>299</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786253702670</t>
+          <t>9786052843611</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Klas Serisi Orijinal Paragraf Son 15 Yıl Çıkmış Sorular</t>
+          <t>KPSS Lise Ön Lisans Genel Yetenek Genel Kültür Konu Konu 2006 2018 Çıkmış Sınav Soruları ve Çözümleri</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>349</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254216961</t>
+          <t>9786254214127</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Klas Serisi Orijinal Sayısal Mantık Çıkmış Sorular</t>
+          <t>KPSS Hedef Serisi IYI Tarih Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786253707545</t>
+          <t>9786254211195</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS Türkçe 2013-2022 Tamamı Çözümlü Çıkmış Sorular Yargı Yayınları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>499</v>
+        <v>64</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786253704292</t>
+          <t>4444444443621</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Anka Serisi Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
+          <t>ÖABT DKAB DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>199</v>
+        <v>165</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786253703325</t>
+          <t>9786253700843</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Tamamı Çözümlü Maliye Soru Bankası</t>
+          <t>NDeep Serisi TYT-AYT Tarih Video Ders Notları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>550</v>
+        <v>169</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786253702861</t>
+          <t>9786253700980</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Orta Seviye Paragraf Soru Bankası (5 Deneme İlaveli)</t>
+          <t>KPSS ALES DGS TYT AYT MSÜ 5Yüz Paragraf 10 Deneme</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>149</v>
+        <v>94</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254217999</t>
+          <t>9786253700768</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Klas Serisi Orijinal Sözel Mantık Çıkmış Sorular</t>
+          <t>NDeep Serisi AYT Matematik Video Ders Notları</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>99</v>
+        <v>219</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051573519</t>
+          <t>9786253700836</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Okullar İçin Osmanlı Türkçesi Sözlüğü</t>
+          <t>NDeep Serisi TYT-AYT Geometri Video Ders Notları</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786253707255</t>
+          <t>9786253700614</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü 10 Deneme</t>
+          <t>KPSS-ALES-DGS-TYT-AYT-MSÜ Tamamı Çözümlü Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>430</v>
+        <v>149</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786253703363</t>
+          <t>9786051572352</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>KPSS-A Grubu Tüm Kurum Sınavları İçin Tüm Dersler Tamamı Çözümlü 5 Deneme</t>
+          <t>ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>360</v>
+        <v>22.96</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786253707200</t>
+          <t>9786052843604</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Konu Anlatımlı Modüler Set (2 Cilt)</t>
+          <t>KPSS Lise Ön Lisans 15'li Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>1200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786253707552</t>
+          <t>9786052849965</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT AGS DKAB DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
+          <t>TYT AYT Tam Marifetli Tarih Defterim</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>440</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254210644</t>
+          <t>9786052849996</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>2024 DGS VİP Sayısal-Sözel Yetenek Konu Anlatımlı Set</t>
+          <t>AYT Tam Marifetli Coğrafya Defterim</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>899</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786253704261</t>
+          <t>9786052843598</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB-AGS Tüm Dersler Tamamı Çözümlü Tek Kitap Soru Bankası</t>
+          <t>KPSS Lise Ön Lisans GY GK Son Çıkış Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>99</v>
+        <v>29</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786253701352</t>
+          <t>9786052849941</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>2026 YDS YÖKDİL YKSDİL Overdose Vocabulary Kelimesiz Asla</t>
+          <t>TYT AYT Tam Marifetli Felsefe Grubu Din Kültürü ve Ahlak Bilgisi Defterim</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>650</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786253707316</t>
+          <t>9786052848203</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Son 7 Yıl Çıkmış Sorular (Ekonomik Baskı)</t>
+          <t>AYT Biyoloji 1001 Soru Bankası</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>159</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786253707309</t>
+          <t>9786052846223</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Son 5 Yıl Çıkmış Sorular (Ekonomik Baskı)</t>
+          <t>AYT Hocaların Gözünden Edebiyat Konu Anlatım Föyleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>129</v>
+        <v>69</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786253707149</t>
+          <t>9786052848258</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (Ekonomik Baskı)</t>
+          <t>AYT Matematik 1001 Soru Bankası</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>139</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786253707125</t>
+          <t>9786052848234</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VİP Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (6 Temmuz Dahil)</t>
+          <t>AYT Tarih 1001 Soru Bankası</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>359</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786253707163</t>
+          <t>9786052846759</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (Ekonomik Baskı)</t>
+          <t>AYT Organik Kimya Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>189</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786253707156</t>
+          <t>9786052842966</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VİP Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (6 Temmuz Dahil)</t>
+          <t>AYT Eşit Ağırlık Tamamı Çözümlü 5 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>270</v>
+        <v>37</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786253707286</t>
+          <t>9786052845905</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Son 7 Yıl Çıkmış Sorular</t>
+          <t>AYT Edebiyat Nokta Atış</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786253707262</t>
+          <t>9786052849590</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Son 3 Yıl Çıkmış Sorular</t>
+          <t>TYT AYT MSÜ KPSS ALES İçin Tam Marifetli Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>119</v>
+        <v>34</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786253707279</t>
+          <t>9786052849934</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Sayısal-Sözel Yetenek Son 5 Yıl Çıkmış Sorular</t>
+          <t>TYT AYT Tam Marifetli Geometri Defterim</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>199</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786253707477</t>
+          <t>9786253708566</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Tüm Adaylar İçin Tamamı Çözümlü Dev Kadrodan Kazandıran 5 Deneme</t>
+          <t>YKS KPSS Orijinal Dil Bilgisi Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>259</v>
+        <v>325</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786253706432</t>
+          <t>9786253708627</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans Türkçe Soru Bankası</t>
+          <t>2026 YKS KPSS ALES DGS MEB-AGS Papatya Serisi Problemler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786253706418</t>
+          <t>9786253708474</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans Fen Bilimleri Soru Bankası</t>
+          <t>2026 YKS KPSS DGS ALES MEB-AGS Papatya Serisi Paragraf Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786253706425</t>
+          <t>9786253708412</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans Matematik Soru Bankası</t>
+          <t>2026 MEB-AGS ÖABT Okul Öncesi Öğretmenliği Kapsamlı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>425</v>
+        <v>860</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786253707484</t>
+          <t>9786253707927</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT-AGS DKAB-DHBT-MBSTS Din Kültürü ve Ahlak Bilgisi Öğretmenliği Video Ders Notları</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Yaprak Test</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>599</v>
+        <v>425</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786253707460</t>
+          <t>9786253708351</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Bilgisi Tamamı Çözümlü 22 Deneme</t>
+          <t>2026 Kaymakamlık KPSS ve Tüm Kurum Sınavları İçin İnsan Hakları Soru Bankası</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>119</v>
+        <v>310</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786253706890</t>
+          <t>9786253708573</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS ALES DGS MEB-AGS Orijinal Sözel Mantık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>229</v>
+        <v>245</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786253706739</t>
+          <t>9786253708580</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Coğrafya Konu Anlatımı</t>
+          <t>KPSS ALES DGS MEB-AGS Orijinal Sayısal Mantık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786253707323</t>
+          <t>9786253708603</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Anayasa ve Mevzuat Bilgisi Video Ders Notları</t>
+          <t>KPSS ALES DGS MEB-AGS Orijinal Sayısal-Sözel Mantık Tamamı Çözümlü Soru Cevap Kitabı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>239</v>
+        <v>370</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254217562</t>
+          <t>9786253708122</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>2023 MEB GYS Şube Müdürlüğü Kadrosu İçin Deneme İlaveli Soru Bankası</t>
+          <t>2026 KPSS MEB-AGS KPSS Tüm Ösym Sınavlarına Yönelik Tarih Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>179</v>
+        <v>620</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786253706784</t>
+          <t>9786253708146</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Coğrafya Konu Anlatımı</t>
+          <t>2026 KPSS Genel Kültür Vatandaşlık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786253707101</t>
+          <t>9786253708207</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sayısal Yetenek Video Ders Notları</t>
+          <t>2026 MEB-AGS ALES DGS TYT MSÜ Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>279</v>
+        <v>450</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786253706708</t>
+          <t>9786253703080</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Konu Anlatımı</t>
+          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786253701697</t>
+          <t>9786253708344</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS VİP Sayısal-Sözel Yetenek Tamamı Çözümlü Son 3 Yıl Çıkmış Sorular</t>
+          <t>2026 Kaymakamlık-Adli ve İdari Hakimlik-Paem-Misyon Koruma-KPSS ve Diğer Tüm Kurum Sınavları İçin Cumhurbaşkanlığı Hükümet Sistemi Çözümlü Sorular</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>79</v>
+        <v>225</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052847145</t>
+          <t>9786253708337</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>TYT Türkiye Geneli Deneme 1</t>
+          <t>2026 Kaymakamlık Sınavlarına Hazırlık 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>18</v>
+        <v>375</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052847268</t>
+          <t>9786253708450</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>GYS Kamu Kurum ve Kuruluşlarında MÜDÜRÜM Konu Anlatımı</t>
+          <t>2025 GYS T.C. Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin 3 Deneme</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786253706968</t>
+          <t>9786253708368</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı İnfaz Koruma Memuru Mülakat El Kitabı (Soru-Cevaplı)</t>
+          <t>2025 GYS T.C. Milli Eğitim Bakanlığı Şube Müdürü Kadrosu İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786253706692</t>
+          <t>9786253706869</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı Mübaşir Mülakat El Kitabı (Soru-Cevaplı)</t>
+          <t>2026 MEB-AGS Mevzuat Bilgisi Video Ders Notları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786253707118</t>
+          <t>9786253706852</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Video Ders Notları</t>
+          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Video Ders Notları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>399</v>
+        <v>490</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786253706753</t>
+          <t>9786253706791</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sözel Yetenek Konu Anlatımı</t>
+          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>199</v>
+        <v>660</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786253707095</t>
+          <t>9786253702809</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS ALES Matematik Video Ders Notları</t>
+          <t>2025 KPSS ALES DGS Kelebek Serisi Sayısal Mantık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>399</v>
+        <v>189</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254219597</t>
+          <t>9786253708269</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Lise Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>2025 GYS T.C. Adalet Bakanlığı Şube Müdürü Kadrosu İçin Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>749</v>
+        <v>275</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254213977</t>
+          <t>9786253706401</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Academic Reading Master 40 Fasikül</t>
+          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler (2016-2024) Çıkmış Sorular Kitabı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>575</v>
+        <v>560</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786253707354</t>
+          <t>9786253708283</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Anayasa ve Mevzuat Bilgisi Tamamı Çözümlü 40 Deneme</t>
+          <t>2025 GYS Adalet Bakanlığı Memur Merkez Teşkilat 5 Deneme</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>179</v>
+        <v>250</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786253707347</t>
+          <t>9786253708290</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Bilgisi Soru-Cevap Genel Tekrar Kitabı</t>
+          <t>2025 GYS Adalet Bakanlığı Zabıt Katibi 5 Deneme</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>119</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786253707361</t>
+          <t>9786253708276</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Anayasa ve Mevzuat Bilgisi Çek Kopart Yaprak Test</t>
+          <t>2025 GYS Adalet Bakanlığı Mübaşir 5 Deneme</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786253707071</t>
+          <t>9786253705473</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sayısal Yetenek Soru Bankası</t>
+          <t>2025 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>499</v>
+        <v>110</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786253707033</t>
+          <t>9786253708023</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Sayısal Yetenek Tamamı Çözümlü 25 Deneme</t>
+          <t>2026 KPSS GK-GY Tüm Dersler Tamamı Çözümlü Son 10 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786253707330</t>
+          <t>9786253706807</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Bilgisi ve Soru Bankası</t>
+          <t>2026 MEB-AGS Mevzuat Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>399</v>
+        <v>490</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786253706937</t>
+          <t>9786253707491</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Bilgisi 10 Deneme İlaveli Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS AGS ALES DGS Orijinal Paragraf 15 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>269</v>
+        <v>620</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786253706920</t>
+          <t>9786253706333</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Tamamı Çözümlü Tarih Soru Bankası</t>
+          <t>2026 EKPSS Tüm Adaylar İçin Matematik Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786253707088</t>
+          <t>9786253706326</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
+          <t>2026 EKPSS Tüm Adaylar İçin Matematik Video Ders Notları</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786253707057</t>
+          <t>9786253705398</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü Matematik Soru Bankası</t>
+          <t>2026 E-KPSS Tam Not Serisi Coğrafya Hem Konu Hem Soru Özet Ders Notu</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>575</v>
+        <v>260</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786253707064</t>
+          <t>9786253705411</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Tamamı Çözümlü Matematik Soru Bankası</t>
+          <t>2026 E-KPSS Tam Not Serisi Vatandaşlık Hem Konu Hem Soru Özet Ders Notu</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>575</v>
+        <v>270</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786253707040</t>
+          <t>9786253704407</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Tamamı Çözümlü Matematik 20 Deneme</t>
+          <t>2025 YÖKDİL Sağlık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>319</v>
+        <v>990</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786253706944</t>
+          <t>9786253707897</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Soru Bankası</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık İnsan Hakları Soru Bankası</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>299</v>
+        <v>325</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786253706883</t>
+          <t>9786253705725</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Permütasyon Konu Anlatımlı Soru Bankası</t>
+          <t>2025 T.C Sağlık Bakanlığı Veri Hazırlama ve Kontrol İşletmeni Ünvanı İçin 5 Deneme</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>199</v>
+        <v>140</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786253706623</t>
+          <t>9786052845998</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Video Ders Notları</t>
+          <t>YDS Translation 2 Orta Seviye Renkli Çeviriler Okuma Çalışması</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>279</v>
+        <v>85</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786253706630</t>
+          <t>9786254215186</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tarih Video Ders Notları</t>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>179</v>
+        <v>390</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786253706838</t>
+          <t>9786253705718</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Tarih Video Ders Notları</t>
+          <t>2025 T.C Sağlık Bakanlığı Veri Hazırlama ve Kontrol İşletmeni İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>179</v>
+        <v>825</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786253706814</t>
+          <t>9786253705480</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Sözel Yetenek Video Ders Notları</t>
+          <t>2025 MEB-AGS Referans Fasikül Fasikül Tek Kitap 5 Karma Deneme</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786253706845</t>
+          <t>9786253705251</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Coğrafya Video Ders Notlar</t>
+          <t>2025 MEB-AGS Anka Serisi Türkiye Coğrafyası Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786253706876</t>
+          <t>9786253705244</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Fonksiyonlar Konu Anlatımlı Soru Bankası</t>
+          <t>2025 MEB-AGS Anka Serisi Tarih Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786253706906</t>
+          <t>9786253705237</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Tamamı Çözümlü Sayısal Soru Bankası</t>
+          <t>2025 MEB-AGS Anka Serisi Sayısal Yetenek Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>220</v>
+        <v>124</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786253706654</t>
+          <t>9786253705268</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Coğrafya Video Ders Notları</t>
+          <t>2025 MEB-AGS Anka Serisi Sözel Yetenek Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>279</v>
+        <v>124</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786253706777</t>
+          <t>9786253705190</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Tarih Konu Anlatımı</t>
+          <t>2025 MEB-AGS ÖABT Beden Eğitimi ve Spor Öğretmenliği 5 Deneme</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>299</v>
+        <v>180</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786253706715</t>
+          <t>9786253703226</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Konu Anlatımı</t>
+          <t>2025 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Kindergarten 10 Deneme</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>339</v>
+        <v>390</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786253706913</t>
+          <t>9786253702281</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Tamamı Çözümlü Coğrafya Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür Tamamı Çözümlü Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>289</v>
+        <v>125</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786253706821</t>
+          <t>9786253708191</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Sayısal Yetenek Video Ders Notları</t>
+          <t>2026 KPSS Anka Ekibi Genel Kültür Tamamı Çözümlü Vatandaşlık 15 Deneme</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786253706722</t>
+          <t>9786253708139</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tarih Konu Anlatımı</t>
+          <t>2026 MEB-AGS KPSS Anka Ekibi Tamamı Çözümlü Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>299</v>
+        <v>410</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786253706746</t>
+          <t>9786253708108</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür Vatandaşlık Konu Anlatımı</t>
+          <t>2026 KPSS TYT MSÜ Anka Ekibi Tamamı Çözümlü Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>179</v>
+        <v>500</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786253706760</t>
+          <t>9786253708221</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Öğretmen Adayları İçin Sayısal Yetenek 30 Günde Kamp Kitabı</t>
+          <t>2025 T.C. Adalet Bakanlığı Şube Müdürü Merkez Teşkilat Kadrosu İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>239</v>
+        <v>850</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786253706647</t>
+          <t>9786253707675</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Coğrafya Tamamı Çözümlü 33 Deneme</t>
+          <t>2025 T.C. Adalet Bakanlığı Şube Müdürü Merkez Teşkilat Kadrosu İçin Ders Notları</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>189</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786253706661</t>
+          <t>9786254217722</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Tüm Dersler Tamamı Çözümlü Modüler Soru Bankası Seti (5 Kitap)</t>
+          <t>Yargı Yayınları 2023 Milli Eğitim Bakanlığı GYS Memurluk Kadrosu İçin 5 Deneme</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>1440</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786253706586</t>
+          <t>9786253704841</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Video Ders Notları</t>
+          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Yaprak Test</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>219</v>
+        <v>240</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786253706562</t>
+          <t>9786253706005</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Vatandaşlık Video Ders Notları</t>
+          <t>2025 MEB-AGS Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>179</v>
+        <v>647</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786253706616</t>
+          <t>9786253705879</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Matematik 22 Deneme</t>
+          <t>Yargı Yayınları 2025 MEB-AGS Anka Serisi Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası (10 Deneme İlaveli)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>229</v>
+        <v>270</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786253706579</t>
+          <t>9786253705084</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Vatandaşlık 44 Deneme</t>
+          <t>2025 MEB-AGS Anka Serisi Eğitimin Temelleri Türk Milli Eğitim Sistemi İle Mevzuatı ve Anayasa 15 Deneme</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>179</v>
+        <v>220</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786253706609</t>
+          <t>9786253703578</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Türkçe 22 Deneme</t>
+          <t>2025 KPSS GK-GY Tüm Dersler 5i Bir Arada Tek Kitap Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>279</v>
+        <v>329</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786253706593</t>
+          <t>9786253703103</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Tarih 22 Deneme</t>
+          <t>2025 KPSS ALES DGS 4 Adımda Sözel Mantık Video Ders Notu &amp; Soru Bankası</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>169</v>
+        <v>129</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254217593</t>
+          <t>9786253701024</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yayınları 2023 MEB Memur Kadrosu İçin Konu Özetli Açıklamalı Soru Bankası</t>
+          <t>AYT NDeep Serisi Edebiyat Ders Notları</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>369</v>
+        <v>139</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786253706388</t>
+          <t>9786253708016</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS GK-GY Tüm Dersler Tamamı Çözümlü Son 5 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786253706395</t>
+          <t>9786253707989</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 KPSS GK-GY Tüm Dersler Tamamı Çözümlü 10 Yıl Çıkmış Sorular (2016-2025)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>199</v>
+        <v>375</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786253706371</t>
+          <t>9786253708009</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler Konu Anlatımı</t>
+          <t>2026 KPSS Genel Kültür Tarih Coğrafya Vatandaşlık 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786253706548</t>
+          <t>9786253707958</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Coğrafya Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür Tarih 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786253706517</t>
+          <t>9786253707996</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Tarih Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Türkçe Matematik 2016 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>279</v>
+        <v>220</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786253706555</t>
+          <t>9786253707965</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Vatandaşlık Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür Coğrafya 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>229</v>
+        <v>125</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786253706531</t>
+          <t>9786253707941</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Matematik 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786253706524</t>
+          <t>9786253707934</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Türkçe Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Türkçe 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786253706500</t>
+          <t>9786253707972</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Sınavlar İçin Haritalarla Coğrafya Grafiklerle ve Fotoğraflarla 400 Haritalı Soru</t>
+          <t>2026 KPSS Genel Kültür Vatandaşlık 2016 - 2026 Konu Konu Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>270</v>
+        <v>99</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786253706463</t>
+          <t>9786253705022</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Çarpanlara Ayırma Konu Anlatımlı Soru Bankası</t>
+          <t>2025 MEB-AGS Anayasa ve Mevzuat Bilgisi Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>249</v>
+        <v>119</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786253706470</t>
+          <t>9786253704162</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Rasyonel Sayılar Konu Anlatımlı Soru Bankası</t>
+          <t>Yargı Yayınları 2025 MEB AGS İçin ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>199</v>
+        <v>710</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786253706487</t>
+          <t>9786253701499</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Üslü Köklü Sayılar Konu Anlatımlı Soru Bankası</t>
+          <t>2024 GYS Adam Genel Kültür ve Güncel Bilgiler 657 Sayılı Devlet Memurları Kanunu Mülakat Kitabı</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>199</v>
+        <v>185</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786253706319</t>
+          <t>9786253707903</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS GK-GY Lise Ön Lisans Tüm Dersler Fasikül Fasikül Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 PAEM Komiser Yardımcılığı Misyon Koruma ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Disiplin Soru Bankası</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>349</v>
+        <v>325</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786253706302</t>
+          <t>9786253707880</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS GK-GY Lise Ön Lisans Tüm Dersler Tamamı Çözümlü 5 Deneme</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Radar Modüler Soru Bankası</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>147</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786253706272</t>
+          <t>9786253708054</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Tek Kitap Efsane Konu Anlatımı</t>
+          <t>2025 T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Soru Bankası</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>575</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786253706098</t>
+          <t>9786253708030</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Temel Problemler Konu Anlatımlı Soru Bankası</t>
+          <t>2025 T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin 5 Deneme</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>249</v>
+        <v>380</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786253706104</t>
+          <t>9786253707866</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Temel Geometri Konu Anlatımlı Soru Bankası</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Modüler Konu Anlatım Seti</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>249</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786253706203</t>
+          <t>9786253707873</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Tek Kitap Efsane Soru Bankası</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Yıldız Soru Bankası</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>399</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786253703004</t>
+          <t>9786253707736</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>YÖKDİL YDS YDT TOEFL IELTS E-Tep Adım Adım İngilizce Cümle &amp; Metin Çalışması A1 A2 B1 B2 C1 C2</t>
+          <t>2026 KPSS TYT MSÜ Orijinal Dil Bilgisi Son 15 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>525</v>
+        <v>125</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786253706197</t>
+          <t>9786253705091</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Tek Kitap Efsane Çek Kopart Yaprak Test</t>
+          <t>2025 MEB-AGS 500 Soruluk Kamp Kitabı Eğitimin Temelleri Soru Bankası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786253706173</t>
+          <t>9786253705435</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise Ön Lisans GK - GY Tüm Dersler Tamamı Çözümlü Modüler Soru Bankası Seti (5 Kitap)</t>
+          <t>2025 GYS T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Ders Notları (2 Cilt)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>910</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786253706111</t>
+          <t>9786253705442</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Taktiklerle Temel Matematik Konu Anlatımlı Soru Bankası</t>
+          <t>2025 GYS T.C Adalet Bakanlığı Tüm Ünvanlar İçin Ortak Konular Soru Bankası</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>249</v>
+        <v>530</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786253706081</t>
+          <t>9786254216527</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Konu Anlatımı Modüler Set (5 Kitap)</t>
+          <t>Yargı Yayınları 2023 Adalet Bakanlığı GYS Şef (Merkez) Kadrosu İçin Konu Özetli Açıklamalı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>999</v>
+        <v>575</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254429965</t>
+          <t>9786254421846</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>AYT Son 3 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Essential English Reading B1 B2 Intermediate Orta Seviye</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>72</v>
+        <v>890</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786253705794</t>
+          <t>9786253707750</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sayısal-Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS AGS ALES DGS Orijinal Sayısal Mantık Son 15 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786253705787</t>
+          <t>9786253707729</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sayısal-Sözel Yetenek Detaylı ve Kapsamlı Konu Anlatımı (2 Cilt)</t>
+          <t>2026 KPSS AGS ALES DGS YGS TYT MSÜ Orijinal Problemler Son 15 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>820</v>
+        <v>220</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786253705800</t>
+          <t>9786253707743</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sayısal-Sözel Yetenek Tamamı Çözümlü 7 Deneme</t>
+          <t>2026 KPSS AGS ALES DGS Orijinal Sözel Mantık Son 15 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786253705923</t>
+          <t>9786253705336</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Akılda Kalan Harita Tablo ve Grafiklerle Net Coğrafya</t>
+          <t>Yargı Ders Arkadaşım 8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Son Tur Soru Bankası</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>245</v>
+        <v>159</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786253705916</t>
+          <t>9786253707828</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Akılda Kalan Tablo ve Şemalarla Net Tarih</t>
+          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786253705817</t>
+          <t>9786253705657</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sayısal-Sözel Yetenek Tamamı Çözümlü Fasikül Fasikül 10 Deneme</t>
+          <t>2025 T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Genel Tekrar</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>420</v>
+        <v>875</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786253705954</t>
+          <t>9786253705459</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ön Lisans Genel Yetenek Türkçe Çek Kopart Yaprak Test</t>
+          <t>2025 GYS T.C Adalet Bakanlığı Yazı İşleri Müdürü Kadrosu İçin Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>89</v>
+        <v>840</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786253705961</t>
+          <t>9786254213922</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ön Lisans Genel Yetenek Matematik Çek Kopart Yaprak Test</t>
+          <t>YÖKDİL Sağlık Kelime ve Çeviri Kitabı Yargı Yayınları</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>99</v>
+        <v>590</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786253705978</t>
+          <t>9786253702755</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ön Lisans Genel Kültür Tarih Çek Kopart Yaprak Test</t>
+          <t>2025 KPSS ALES DGS Kelebek Serisi Sayısal Sözel Mantık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>89</v>
+        <v>349</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786253705985</t>
+          <t>9786253702236</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ön Lisans Genel Kültür Coğrafya Çek Kopart Yaprak Test</t>
+          <t>2025 KPSS Tüm Adaylar İçin Haritalarla Coğrafya</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>69</v>
+        <v>239</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786253705992</t>
+          <t>9786254219740</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ön Lisans Genel Kültür Vatandaşlık Çek Kopart Yaprak Test</t>
+          <t>2024 ÖABT PDR Yaprak Test</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>89</v>
+        <v>229</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786253705947</t>
+          <t>9786253705381</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sayısal-Sözel Yetenek Çek Kopart Yaprak Test</t>
+          <t>2025 KPSS Birebir Serisi Kolay-Orta-Zor Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>239</v>
+        <v>410</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786253705855</t>
+          <t>9786253702960</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Ekonomik Seri Son 7 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+          <t>2025 ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>119</v>
+        <v>399</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786253705862</t>
+          <t>9786253703172</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Ekonomik Seri Son 11 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+          <t>2025 KPSS ALES DGS Tamamı Çözümlü Sayısal Mantık Soru Bankası</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786253705824</t>
+          <t>9786253703073</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Son 7 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+          <t>2025 KPSS GK-GY Tamamı Çözümlü Modüler Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>229</v>
+        <v>990</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786253705848</t>
+          <t>9786253707712</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Son 11 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+          <t>2026 KPSS AGS ALES DGS TYT MSÜ Orijinal Paragraf Son 3 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>349</v>
+        <v>210</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786253705831</t>
+          <t>9786253705183</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Son 10 Sınav Fasikül Fasikül Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+          <t>2025 MEB-AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>449</v>
+        <v>230</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786253705909</t>
+          <t>9786253702991</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sayısal Yetenek Son 11 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+          <t>2025 KPSS ALES DGS TYT AYT MSÜ Tamamı Video Çözümlü Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>149</v>
+        <v>330</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786253705893</t>
+          <t>9786253702250</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES VIP Sözel Yetenek Son 11 Sınav Çıkmış Sorular</t>
+          <t>2025 KPSS Genel Yetenek Tamamı Çözümlü Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786253705886</t>
+          <t>9786253704834</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf LGS Türkçe Son 20 Yılda Sıklıkla Kullanılan Sihirli Sınav Kelimeleri</t>
+          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>340</v>
+        <v>880</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786253705589</t>
+          <t>9786254216541</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ön Lisans GK-GY Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>Yargı Yayınları 2023 Adalet Bakanlığı Mübaşir Kadrosu İçin Konu Özetli Açıklamalı Ders Notları Çıkmış ve Çıkması Muhtemel Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>312</v>
+        <v>499</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786253705558</t>
+          <t>9786253706456</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ön Lisans GK-GY Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>189</v>
+        <v>325</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786253705541</t>
+          <t>9786253704285</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ortaöğretim GK-GY Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>2025 MEB-AGS Anka Serisi Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>179</v>
+        <v>379</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786253705572</t>
+          <t>9786253702885</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ön Lisans GK-GY Fasikül Fasikül Orijinal Tamamı Çözümlü Çıkmış Son 10 Sınav</t>
+          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Zor Seviye Paragraf Soru Bankası (10 Deneme İlaveli)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>399</v>
+        <v>239</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786253705565</t>
+          <t>9786253702656</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Ortaöğretim GK-GY Fasikül Fasikül Orijinal Tamamı Çözümlü Çıkmış Son 10 Sınav</t>
+          <t>2025 KPSS ALES DGS YGS TYT MSÜ Klas Serisi Orijinal Problemler Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>399</v>
+        <v>99</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786253705602</t>
+          <t>9786253702663</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Önlisans Matematik Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>2025 KPSS ALES DGS TYT MSÜ Klas Serisi Orijinal Paragraf Son 3 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786253705596</t>
+          <t>9786253702557</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Önlisans Türkçe Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>2025 ALES Vip Sayısal-Sözel Yetenek Tamamı Çözümlü Fasikül Fasikül 10 Deneme</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>139</v>
+        <v>359</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786253705633</t>
+          <t>9786253702274</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Önlisans Vatandaşlık Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>2025 KPSS Genel Kültür Tamamı Çözümlü Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>69</v>
+        <v>225</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786253705626</t>
+          <t>9786253701796</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Önlisans Coğrafya Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>Yargı Yayınları 2025 KPSS GK-GY 2015-2024 Tamamı Çözümlü Konu Konu Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>79</v>
+        <v>199</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786253705619</t>
+          <t>9786254217067</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Lise-Önlisans Tarih Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+          <t>Yargı Yayınları 2023 Adalet Bakanlığı GYS Ceza ve Tevkifevleri Genel Müdürlüğü İnfaz ve Koruma Başmemuru Kadrosu Alan Bilgisi İçin Açıklamalı Soru Bankası</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786253705404</t>
+          <t>9786253707576</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tam Not Serisi Tarih Hem Konu Hem Soru Özet Ders Notu</t>
+          <t>2026 MEB-AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786253705350</t>
+          <t>9786253707606</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tam Not Serisi Türkçe Hem Konu Hem Soru Özet Ders Notu</t>
+          <t>2026 MEB-AGS Tarih Tamamı Çözümlü 66 Deneme</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
+          <t>9786253707682</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786253705640</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>2025 MEB-AGS Eğitimin Temelleri Türk Milli Eğitim Sistemi ile Mevzuatı 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786253705220</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>2025 MEB-AGS Anka Serisi Türkiye Coğrafyası Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786253703851</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>2025 MEB EKYS Hazırlık Kılavuzu Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786254429453</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>YKS-DİL İngilizce Deneme Sınavları Mastering YDT 10 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786254423208</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Essential English Grammar A1 A2 Elementary Temel Seviye</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786253704223</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>2025 MEB-AGS Mevzuat Bilgisi ve Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786253707293</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Fasikül Fasikül Son 10 Yıl Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786253707248</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786253702670</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS ALES DGS Klas Serisi Orijinal Paragraf Son 15 Yıl Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786254216961</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS ALES DGS Klas Serisi Orijinal Sayısal Mantık Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786253707545</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786253704292</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>2025 MEB-AGS Anka Serisi Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786253703325</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS-A Grubu Tüm Kurum Sınavları İçin Tamamı Çözümlü Maliye Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786253702861</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS YKS ALES DGS MSÜ Tamamı Çözümlü Panik Yok Orta Seviye Paragraf Soru Bankası (5 Deneme İlaveli)</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786254217999</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS ALES DGS Klas Serisi Orijinal Sözel Mantık Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786051573519</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Okullar İçin Osmanlı Türkçesi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786253707255</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786253703363</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>KPSS-A Grubu Tüm Kurum Sınavları İçin Tüm Dersler Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786253707200</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Konu Anlatımlı Modüler Set (2 Cilt)</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786253707552</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>2026 ÖABT AGS DKAB DHBT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786254210644</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>2024 DGS VİP Sayısal-Sözel Yetenek Konu Anlatımlı Set</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786253704261</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>2025 MEB-AGS Tüm Dersler Tamamı Çözümlü Tek Kitap Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786253701352</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>2026 YDS YÖKDİL YKSDİL Overdose Vocabulary Kelimesiz Asla</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786253707316</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Son 7 Yıl Çıkmış Sorular (Ekonomik Baskı)</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786253707309</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Son 5 Yıl Çıkmış Sorular (Ekonomik Baskı)</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786253707149</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (Ekonomik Baskı)</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786253707125</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VİP Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (6 Temmuz Dahil)</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786253707163</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES Sayısal-Sözel Yetenek Son 11 Sınav Çıkmış Sorular (Ekonomik Baskı)</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786253707156</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VİP Sayısal-Sözel Yetenek Son 7 Sınav Çıkmış Sorular (6 Temmuz Dahil)</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786253707286</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Son 7 Yıl Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786253707262</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Son 3 Yıl Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786253707279</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Sayısal-Sözel Yetenek Son 5 Yıl Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786253707477</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Tüm Adaylar İçin Tamamı Çözümlü Dev Kadrodan Kazandıran 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786253706432</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786253706418</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786253706425</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Ders Arkadaşım Sıfır Tolerans Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786253707484</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>2026 ÖABT-AGS DKAB-DHBT-MBSTS Din Kültürü ve Ahlak Bilgisi Öğretmenliği Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786253707460</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Mevzuat Bilgisi Tamamı Çözümlü 22 Deneme</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786253706890</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786253706739</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Coğrafya Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786253707323</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Anayasa ve Mevzuat Bilgisi Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786254217562</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>2023 MEB GYS Şube Müdürlüğü Kadrosu İçin Deneme İlaveli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786253706784</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Coğrafya Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786253707101</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Sayısal Yetenek Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786253706708</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Türkçe Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786253701697</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>2025 DGS VİP Sayısal-Sözel Yetenek Tamamı Çözümlü Son 3 Yıl Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786052847145</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkiye Geneli Deneme 1</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786052847268</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>GYS Kamu Kurum ve Kuruluşlarında MÜDÜRÜM Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786253706968</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>T.C. Adalet Bakanlığı İnfaz Koruma Memuru Mülakat El Kitabı (Soru-Cevaplı)</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786253706692</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>T.C. Adalet Bakanlığı Mübaşir Mülakat El Kitabı (Soru-Cevaplı)</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786253707118</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Matematik Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786253706753</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Sözel Yetenek Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786253707095</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS ALES Matematik Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786254219597</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>2024 ÖABT Lise Matematik Öğretmenliği Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786254213977</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Academic Reading Master 40 Fasikül</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786253707354</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Anayasa ve Mevzuat Bilgisi Tamamı Çözümlü 40 Deneme</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786253707347</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Mevzuat Bilgisi Soru-Cevap Genel Tekrar Kitabı</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786253707361</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Anayasa ve Mevzuat Bilgisi Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786253707071</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Sayısal Yetenek Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786253707033</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Sayısal Yetenek Tamamı Çözümlü 25 Deneme</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786253707330</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Mevzuat Bilgisi ve Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786253706937</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Mevzuat Bilgisi 10 Deneme İlaveli Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786253706920</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Tamamı Çözümlü Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786253707088</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786253707057</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>2026 DGS Tamamı Çözümlü Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786253707064</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES Tamamı Çözümlü Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786253707040</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Tamamı Çözümlü Matematik 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786253706944</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786253706883</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Permütasyon Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786253706623</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Türkçe Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786253706630</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tarih Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786253706838</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Tarih Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786253706814</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Sözel Yetenek Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786253706845</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Coğrafya Video Ders Notlar</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786253706876</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Fonksiyonlar Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786253706906</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Tamamı Çözümlü Sayısal Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786253706654</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Coğrafya Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786253706777</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Tarih Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786253706715</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Matematik Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786253706913</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Tamamı Çözümlü Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786253706821</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Sayısal Yetenek Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786253706722</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tarih Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786253706746</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Kültür Vatandaşlık Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786253706760</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB-AGS Öğretmen Adayları İçin Sayısal Yetenek 30 Günde Kamp Kitabı</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786253706647</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Coğrafya Tamamı Çözümlü 33 Deneme</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786253706661</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Tüm Dersler Tamamı Çözümlü Modüler Soru Bankası Seti (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786253706586</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Matematik Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786253706562</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Vatandaşlık Video Ders Notları</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786253706616</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Matematik 22 Deneme</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786253706579</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Vatandaşlık 44 Deneme</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786253706609</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Türkçe 22 Deneme</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786253706593</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Tarih 22 Deneme</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786254217593</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Yargı Yayınları 2023 MEB Memur Kadrosu İçin Konu Özetli Açıklamalı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786253706388</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786253706395</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786253706371</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tüm Adaylar İçin EKPSS GK-GY Tüm Dersler Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786253706548</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786253706517</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786253706555</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Kültür Tamamı Çözümlü Vatandaşlık Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786253706531</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786253706524</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Genel Yetenek Tamamı Çözümlü Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786253706500</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tüm Sınavlar İçin Haritalarla Coğrafya Grafiklerle ve Fotoğraflarla 400 Haritalı Soru</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786253706463</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Çarpanlara Ayırma Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786253706470</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Rasyonel Sayılar Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786253706487</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Üslü Köklü Sayılar Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786253706319</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS GK-GY Lise Ön Lisans Tüm Dersler Fasikül Fasikül Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786253706302</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS GK-GY Lise Ön Lisans Tüm Dersler Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786253706272</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Tek Kitap Efsane Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786253706098</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Temel Problemler Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786253706104</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Temel Geometri Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786253706203</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Tek Kitap Efsane Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786253703004</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL YDS YDT TOEFL IELTS E-Tep Adım Adım İngilizce Cümle &amp; Metin Çalışması A1 A2 B1 B2 C1 C2</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786253706197</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Tek Kitap Efsane Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786253706173</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise Ön Lisans GK - GY Tüm Dersler Tamamı Çözümlü Modüler Soru Bankası Seti (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786253706111</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Adaylar İçin Taktiklerle Temel Matematik Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786253706081</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise Ön Lisans GK-GY Tüm Dersler Konu Anlatımı Modüler Set (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786254429965</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>AYT Son 3 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786253705794</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sayısal-Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786253705787</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sayısal-Sözel Yetenek Detaylı ve Kapsamlı Konu Anlatımı (2 Cilt)</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786253705800</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sayısal-Sözel Yetenek Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786253705923</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>2026 EKPSS Akılda Kalan Harita Tablo ve Grafiklerle Net Coğrafya</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786253705916</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>2026 EKPSS Akılda Kalan Tablo ve Şemalarla Net Tarih</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786253705817</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sayısal-Sözel Yetenek Tamamı Çözümlü Fasikül Fasikül 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786253705954</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ön Lisans Genel Yetenek Türkçe Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786253705961</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ön Lisans Genel Yetenek Matematik Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786253705978</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ön Lisans Genel Kültür Tarih Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786253705985</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ön Lisans Genel Kültür Coğrafya Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786253705992</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ön Lisans Genel Kültür Vatandaşlık Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786253705947</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sayısal-Sözel Yetenek Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786253705855</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES Ekonomik Seri Son 7 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786253705862</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES Ekonomik Seri Son 11 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786253705824</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Son 7 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786253705848</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Son 11 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786253705831</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Son 10 Sınav Fasikül Fasikül Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786253705909</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sayısal Yetenek Son 11 Sınav Çıkmış Sorular (13 Nisan 2025 Sınavı Dahil)</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786253705893</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>2026 ALES VIP Sözel Yetenek Son 11 Sınav Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786253705886</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>8.Sınıf LGS Türkçe Son 20 Yılda Sıklıkla Kullanılan Sihirli Sınav Kelimeleri</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786253705589</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ön Lisans GK-GY Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786253705558</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Ön Lisans GK-GY Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786253705541</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ortaöğretim GK-GY Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786253705572</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Ön Lisans GK-GY Fasikül Fasikül Orijinal Tamamı Çözümlü Çıkmış Son 10 Sınav</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786253705565</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Ortaöğretim GK-GY Fasikül Fasikül Orijinal Tamamı Çözümlü Çıkmış Son 10 Sınav</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786253705602</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Önlisans Matematik Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786253705596</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Önlisans Türkçe Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786253705633</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Önlisans Vatandaşlık Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786253705626</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Önlisans Coğrafya Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786253705619</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>2026 KPSS Lise-Önlisans Tarih Orijinal 2010-2024 Konu Konu Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786253705404</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>2026 E-KPSS Tam Not Serisi Tarih Hem Konu Hem Soru Özet Ders Notu</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786253705350</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>2026 E-KPSS Tam Not Serisi Türkçe Hem Konu Hem Soru Özet Ders Notu</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
           <t>9786253705510</t>
         </is>
       </c>
-      <c r="B781" s="1" t="inlineStr">
+      <c r="B931" s="1" t="inlineStr">
         <is>
           <t>2026 E-KPSS Tam Not Serisi Matematik Hem Konu Hem Soru Özet Ders Notu</t>
         </is>
       </c>
-      <c r="C781" s="1">
-        <v>250</v>
+      <c r="C931" s="1">
+        <v>310</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>