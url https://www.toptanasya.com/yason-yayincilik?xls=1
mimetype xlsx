--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,3415 +85,3760 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059869300</t>
+          <t>9786259346656</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gibi Ol</t>
+          <t>Yürürken</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>33</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059869270</t>
+          <t>9786259346649</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gibi Ol</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>33</v>
+        <v>335</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256306837</t>
+          <t>9786259346625</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Birileri</t>
+          <t>Bana Geceyi Sordular</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>129</v>
+        <v>174</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256306714</t>
+          <t>9786259346632</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Uçurtmalar</t>
+          <t>Bulut Koleksiyonu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>126</v>
+        <v>174</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256306820</t>
+          <t>9786259346618</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hanzala</t>
+          <t>Suriye Alevi Soykırımı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>126</v>
+        <v>910</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256306813</t>
+          <t>9786256306950</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şia ve Sünni Gölgesindeki İslam</t>
+          <t>Ben de Mebus Olabilir miyim Amca?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>271</v>
+        <v>610</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256306790</t>
+          <t>9786259346601</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dile Düşen Dizeler</t>
+          <t>Gökyüzünde Dans</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>142</v>
+        <v>126</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256306783</t>
+          <t>9786256306998</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Her Kalem Bir İz</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>151</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256306806</t>
+          <t>9786256306875</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kan Ağlarsın</t>
+          <t>Yeterlilik Üzerine</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>173</v>
+        <v>126</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256306776</t>
+          <t>9786256306974</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Benötesi Refleksoloji İle Kendin Ol</t>
+          <t>Alan ve Si̇hi̇rli̇ Küp</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256306745</t>
+          <t>9786256306967</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Kırılan Şehir Yeniden Yazılan Öyküler</t>
+          <t>Sözler Öz Olsun 3 - Maniler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>126</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256306752</t>
+          <t>9786256306929</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklardan Gelen Sesler</t>
+          <t>Eskiden Zamanlar Ölümsüzdü Şimdi Ölümler Zamansız</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256306738</t>
+          <t>9786256306943</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Susturulmuş Kadınların Çığlığı</t>
+          <t>Staj Günlükleri – Zevk Tanrıçası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>126</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256306721</t>
+          <t>9786256306936</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sesin Seni Çağırıyor</t>
+          <t>İçsel Sıkıntının Gebeliği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>165</v>
+        <v>354</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256306684</t>
+          <t>9786256306868</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar Arılar Kelebekler</t>
+          <t>Yağmurdan Sonra</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256306660</t>
+          <t>9786256306851</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Likya Sardunya Kırmızısı 2</t>
+          <t>Anadolu Kalbi'nin Uyanışı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>126</v>
+        <v>234</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256306677</t>
+          <t>9786256306882</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Çıkmayan Civciv</t>
+          <t>Sevda Hükümlüsü Gerçek Bir Sevda Hikayesi</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256306707</t>
+          <t>9786256306912</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Dodosta'nın Seyir Defteri</t>
+          <t>Absürt Bir Gece</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256306691</t>
+          <t>9786059317061</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki Şarkı</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>128</v>
+        <v>234</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256306615</t>
+          <t>9786059317054</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Denekler - Seçilmiş Altı Ruh</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256306653</t>
+          <t>9786256306844</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin, Ben</t>
+          <t>Bir Sevdanın Kanadından</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>192</v>
+        <v>129</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256306622</t>
+          <t>9786256306905</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Ruhu</t>
+          <t>Eski Hikayeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>237</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256306646</t>
+          <t>9786256306769</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öykünün Kanatları</t>
+          <t>Emlakçılığa Altın Adım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256306608</t>
+          <t>9786059869300</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gemide Dikenli İnsan Yalanlar Önemsizdi</t>
+          <t>Güneş Gibi Ol</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>126</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256306578</t>
+          <t>9786059869270</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Biriktirdiklerim 2 Umut Senin Tercihinde</t>
+          <t>Deniz Gibi Ol</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>179</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256306561</t>
+          <t>9786256306837</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarım ve Düşüncelerim</t>
+          <t>İçimizden Birileri</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256306592</t>
+          <t>9786256306714</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Sakrementi</t>
+          <t>Kanadı Kırık Uçurtmalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>148</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256306530</t>
+          <t>9786256306820</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Göl Şahit</t>
+          <t>Hanzala</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>167</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256306585</t>
+          <t>9786256306813</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Politika Yazı-Yorum</t>
+          <t>Şia ve Sünni Gölgesindeki İslam</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>319</v>
+        <v>271</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256306455</t>
+          <t>9786256306790</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Lüfer</t>
+          <t>Dile Düşen Dizeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>198</v>
+        <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256306516</t>
+          <t>9786256306783</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Buçuk</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>151</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256306523</t>
+          <t>9786256306806</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sıla’ya Mektup</t>
+          <t>Kan Ağlarsın</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256306509</t>
+          <t>9786256306776</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hisler Bahçesi</t>
+          <t>Benötesi Refleksoloji İle Kendin Ol</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>142</v>
+        <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256306264</t>
+          <t>9786256306745</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Güneyden Bir Mektup Var</t>
+          <t>Zamanı Kırılan Şehir Yeniden Yazılan Öyküler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>126</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256306479</t>
+          <t>9786256306752</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Hatıraları Anadolu ve Suriye’de Hatıralar</t>
+          <t>Karanlıklardan Gelen Sesler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256306493</t>
+          <t>9786256306738</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşık</t>
+          <t>Susturulmuş Kadınların Çığlığı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256306486</t>
+          <t>9786256306721</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Sesin Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>182</v>
+        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256306462</t>
+          <t>9786256306684</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Avukatımı İstiyorum</t>
+          <t>Karıncalar Arılar Kelebekler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>329</v>
+        <v>126</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256306431</t>
+          <t>9786256306660</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Töz</t>
+          <t>Likya Sardunya Kırmızısı 2</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256306424</t>
+          <t>9786256306677</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güller</t>
+          <t>Yumurtadan Çıkmayan Civciv</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>142</v>
+        <v>126</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059869492</t>
+          <t>9786256306707</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Toprak Gibi Ol</t>
+          <t>Kaptan Dodosta'nın Seyir Defteri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>33</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256306400</t>
+          <t>9786256306691</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gördüğün Zaman Hücrede Dün - Bugün - Yarın</t>
+          <t>Sıradaki Şarkı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>373</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256306448</t>
+          <t>9786256306615</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Kalem</t>
+          <t>Denekler - Seçilmiş Altı Ruh</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>129</v>
+        <v>273</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256306318</t>
+          <t>9786256306653</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İm</t>
+          <t>Hoş Geldin, Ben</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>129</v>
+        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256306271</t>
+          <t>9786256306622</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Binası</t>
+          <t>Gerçeğin Ruhu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>204</v>
+        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256306417</t>
+          <t>9786256306646</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Projemiz Var</t>
+          <t>Öykünün Kanatları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256306394</t>
+          <t>9786256306608</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Duygusuz Düşünce</t>
+          <t>Küçük Gemide Dikenli İnsan Yalanlar Önemsizdi</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256306356</t>
+          <t>9786256306578</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İki dünya</t>
+          <t>Biriktirdiklerim 2 Umut Senin Tercihinde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>126</v>
+        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256306363</t>
+          <t>9786256306561</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlere</t>
+          <t>Yaşadıklarım ve Düşüncelerim</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256306349</t>
+          <t>9786256306592</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Karanlık</t>
+          <t>İtiraf Sakrementi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>385</v>
+        <v>148</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256306240</t>
+          <t>9786256306530</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Göl Şahit</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256306370</t>
+          <t>9786256306585</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hayal, Biraz Gerçek...</t>
+          <t>Politika Yazı-Yorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>319</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256306257</t>
+          <t>9786256306455</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sal Gitsin</t>
+          <t>Mevsim Lüfer</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059317931</t>
+          <t>9786256306516</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Erenlerin Anadolu Serüveni</t>
+          <t>Buçuk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256306288</t>
+          <t>9786256306523</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>How May I Assist You? The Hotel Diaries</t>
+          <t>Sıla’ya Mektup</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>237</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256306295</t>
+          <t>9786256306509</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aşk Özünden Can Gözünden</t>
+          <t>Hisler Bahçesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>226</v>
+        <v>142</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256306301</t>
+          <t>9786256306264</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Yollar</t>
+          <t>Güneyden Bir Mektup Var</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>329</v>
+        <v>126</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256306219</t>
+          <t>9786256306479</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde Bir Destan: Rüstem'in Hikayesi</t>
+          <t>Seyahat Hatıraları Anadolu ve Suriye’de Hatıralar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>102</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256306233</t>
+          <t>9786256306493</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>A Breath Of Love - A Breath Of Life</t>
+          <t>Yaklaşık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>173</v>
+        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256306196</t>
+          <t>9786256306486</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalp Tamircisi</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>115</v>
+        <v>182</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256306189</t>
+          <t>9786256306462</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Can Otu</t>
+          <t>Avukatımı İstiyorum</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>154</v>
+        <v>329</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256306172</t>
+          <t>9786256306431</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Şiirler</t>
+          <t>Töz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>138</v>
+        <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256306158</t>
+          <t>9786256306424</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Sonbaharım</t>
+          <t>Beyaz Güller</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>115</v>
+        <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256306165</t>
+          <t>9786059869492</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Tarihi</t>
+          <t>Toprak Gibi Ol</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>247</v>
+        <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053243632</t>
+          <t>9786256306400</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sınavlar İçin Dua Kitabı</t>
+          <t>Gördüğün Zaman Hücrede Dün - Bugün - Yarın</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>27</v>
+        <v>373</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256306202</t>
+          <t>9786256306448</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Falını Arayan Adam</t>
+          <t>Uykusuz Kalem</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>129</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256306134</t>
+          <t>9786256306318</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Şehir</t>
+          <t>İm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256306141</t>
+          <t>9786256306271</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Müptezel</t>
+          <t>Tiyatro Binası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>186</v>
+        <v>204</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256306127</t>
+          <t>9786256306417</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Müzik</t>
+          <t>Bir Projemiz Var</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>102</v>
+        <v>126</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256306059</t>
+          <t>9786256306394</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Açık Büfe</t>
+          <t>Duygusuz Düşünce</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>188</v>
+        <v>126</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256306042</t>
+          <t>9786256306356</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hayatı ve Erdebil Dergahı’ndan Gelen Cemname</t>
+          <t>İki dünya</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>214</v>
+        <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256306004</t>
+          <t>9786256306363</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ortasında Asker ve Sivillerin Hikayeleri</t>
+          <t>Ölümsüzlere</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>221</v>
+        <v>129</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256306011</t>
+          <t>9786256306349</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Biz Demeye Alışalım</t>
+          <t>İçimdeki Karanlık</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>214</v>
+        <v>385</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257988988</t>
+          <t>9786256306240</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ümit Hep Var!</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>109</v>
+        <v>167</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257988971</t>
+          <t>9786256306370</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Taşikardi</t>
+          <t>Biraz Hayal, Biraz Gerçek...</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>109</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257988964</t>
+          <t>9786256306257</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yüzümüz Atatürk</t>
+          <t>Sal Gitsin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>102</v>
+        <v>315</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257988940</t>
+          <t>9786059317931</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hisli Hayaller Kumpanyası</t>
+          <t>Erenlerin Anadolu Serüveni</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257988926</t>
+          <t>9786256306288</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Erdebil Dergahından Anadolu Alevilerine Gönderilen Bin Bir Öğüt</t>
+          <t>How May I Assist You? The Hotel Diaries</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>387</v>
+        <v>237</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257988919</t>
+          <t>9786256306295</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Öykülerim</t>
+          <t>Aşk Özünden Can Gözünden</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>135</v>
+        <v>226</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257988902</t>
+          <t>9786256306301</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşmadan Ölüme Durdurmalı Zamanı</t>
+          <t>Zorlu Yollar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>102</v>
+        <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257988896</t>
+          <t>9786256306219</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Dünyam</t>
+          <t>Zamanın Ötesinde Bir Destan: Rüstem'in Hikayesi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257988858</t>
+          <t>9786256306233</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sevlaç</t>
+          <t>A Breath Of Love - A Breath Of Life</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>102</v>
+        <v>173</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257988889</t>
+          <t>9786256306196</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Farkeyle</t>
+          <t>Kırık Kalp Tamircisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>181</v>
+        <v>115</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257988865</t>
+          <t>9786256306189</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dili</t>
+          <t>Can Otu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>267</v>
+        <v>154</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257988872</t>
+          <t>9786256306172</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Dökülenler</t>
+          <t>Uykusuz Şiirler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>102</v>
+        <v>138</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257988841</t>
+          <t>9786256306158</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Makine ve İnsan</t>
+          <t>Anne Ben Sonbaharım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>102</v>
+        <v>115</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257988834</t>
+          <t>9786256306165</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Türkiye'nin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>135</v>
+        <v>247</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257988780</t>
+          <t>9786053243632</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Darbe Arası Türkiye</t>
+          <t>Sınavlar İçin Dua Kitabı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>195</v>
+        <v>27</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257988650</t>
+          <t>9786256306202</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dava Adamı Alparslan Türkeş</t>
+          <t>Falını Arayan Adam</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>326</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257988636</t>
+          <t>9786256306134</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Konakta Açan Gül</t>
+          <t>Ağlayan Şehir</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>148</v>
+        <v>127</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257988643</t>
+          <t>9786256306141</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Mucizesi</t>
+          <t>Müptezel</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>115</v>
+        <v>186</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059481786</t>
+          <t>9786256306127</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Canım Buğulandı</t>
+          <t>Sessiz Müzik</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>109</v>
+        <v>174</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257988193</t>
+          <t>9786256306059</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Ben Gibi</t>
+          <t>Açık Büfe</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>128</v>
+        <v>188</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257988216</t>
+          <t>9786256306042</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mavistanbul'a Yolculuklar</t>
+          <t>Hz. Peygamber’in Hayatı ve Erdebil Dergahı’ndan Gelen Cemname</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>102</v>
+        <v>214</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059481687</t>
+          <t>9786256306004</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldızın Mührü</t>
+          <t>Hayatın Ortasında Asker ve Sivillerin Hikayeleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>274</v>
+        <v>221</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059481649</t>
+          <t>9786256306011</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Biz Demeye Alışalım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>102</v>
+        <v>214</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059481663</t>
+          <t>9786257988988</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Asrın Büyük Lideri</t>
+          <t>Ümit Hep Var!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>135</v>
+        <v>109</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059481427</t>
+          <t>9786257988971</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>3. Basamak</t>
+          <t>Taşikardi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>128</v>
+        <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257988018</t>
+          <t>9786257988964</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tırnak İçine Sığar mı?</t>
+          <t>Yüzümüz Atatürk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>122</v>
+        <v>102</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059481816</t>
+          <t>9786257988940</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Bilal</t>
+          <t>Hisli Hayaller Kumpanyası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>188</v>
+        <v>115</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059481700</t>
+          <t>9786257988926</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tekerrür</t>
+          <t>Erdebil Dergahından Anadolu Alevilerine Gönderilen Bin Bir Öğüt</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>102</v>
+        <v>387</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059481861</t>
+          <t>9786257988919</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Yüreğim</t>
+          <t>Hayatım ve Öykülerim</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>102</v>
+        <v>135</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052237373</t>
+          <t>9786257988902</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Arkasında</t>
+          <t>Yaklaşmadan Ölüme Durdurmalı Zamanı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>168</v>
+        <v>102</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059481779</t>
+          <t>9786257988896</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bal’a Hapsolan Balık</t>
+          <t>Bu Benim Dünyam</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059481441</t>
+          <t>9786257988858</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Her Neyse</t>
+          <t>Sevlaç</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059869164</t>
+          <t>9786257988889</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Okunacak En Büyük Kitap İnsandır</t>
+          <t>Farkeyle</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059481540</t>
+          <t>9786257988865</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırtına</t>
+          <t>Sevgi Dili</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>214</v>
+        <v>267</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059481656</t>
+          <t>9786257988872</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Kulesi</t>
+          <t>Yüreğimden Dökülenler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>162</v>
+        <v>102</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059481533</t>
+          <t>9786257988841</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gülümse</t>
+          <t>Makine ve İnsan</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059317306</t>
+          <t>9786257988834</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yakmak</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059317214</t>
+          <t>9786257988780</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İki Gelinin Hatıraları</t>
+          <t>Darbe Arası Türkiye</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>247</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059317207</t>
+          <t>9786257988650</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dostluk ve Yaşlılık</t>
+          <t>Dava Adamı Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>109</v>
+        <v>326</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059317177</t>
+          <t>9786257988636</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Amcamın Rüyası</t>
+          <t>Konakta Açan Gül</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059481526</t>
+          <t>9786257988643</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçi</t>
+          <t>Doğanın Mucizesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>102</v>
+        <v>115</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059481519</t>
+          <t>9786059481786</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Deniz'e Dökülen Mısra'lar</t>
+          <t>Canım Buğulandı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>393</v>
+        <v>109</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059317658</t>
+          <t>9786257988193</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Ve Sen Ben Gibi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>142</v>
+        <v>128</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059317610</t>
+          <t>9786257988216</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Mavistanbul'a Yolculuklar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059481496</t>
+          <t>9786059481687</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kalanı Umurumda Değil</t>
+          <t>Ay Yıldızın Mührü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>102</v>
+        <v>274</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059481014</t>
+          <t>9786059481649</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Enerjisinin Ekonomik Büyümeye Etkisi</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>109</v>
+        <v>102</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059197991</t>
+          <t>9786059481663</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Asrın Büyük Lideri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059197786</t>
+          <t>9786059481427</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>3. Basamak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>274</v>
+        <v>128</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059197830</t>
+          <t>9786257988018</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>İnsan Tırnak İçine Sığar mı?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>115</v>
+        <v>122</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059481472</t>
+          <t>9786059481816</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ortak Aklımıza Ne Oldu?</t>
+          <t>Aşk-ı Bilal</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>148</v>
+        <v>188</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059197465</t>
+          <t>9786059481700</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Tekerrür</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>326</v>
+        <v>102</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059317436</t>
+          <t>9786059481861</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard - Toplu Eserler - 1</t>
+          <t>Avucumda Yüreğim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>274</v>
+        <v>102</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059197946</t>
+          <t>9786052237373</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Kazanırken</t>
+          <t>Güneşin Arkasında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>307</v>
+        <v>168</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059869928</t>
+          <t>9786059481779</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Başarının Anahtarı</t>
+          <t>Bal’a Hapsolan Balık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>195</v>
+        <v>102</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059317238</t>
+          <t>9786059481441</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>Her Neyse</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059869232</t>
+          <t>9786059869164</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Giden Tek Yol Aşktır</t>
+          <t>Okunacak En Büyük Kitap İnsandır</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>201</v>
+        <v>181</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059869201</t>
+          <t>9786059481540</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı</t>
+          <t>İçimdeki Fırtına</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>162</v>
+        <v>214</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059481373</t>
+          <t>9786059481656</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Gölgesi</t>
+          <t>Gözetleme Kulesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>142</v>
+        <v>162</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059317528</t>
+          <t>9786059481533</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği</t>
+          <t>Gülümse</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059197878</t>
+          <t>9786059317306</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Serserileri</t>
+          <t>Ateş Yakmak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059197458</t>
+          <t>9786059317214</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Hikayeleri</t>
+          <t>İki Gelinin Hatıraları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>201</v>
+        <v>247</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059317665</t>
+          <t>9786059317207</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Dostluk ve Yaşlılık</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>188</v>
+        <v>109</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059317184</t>
+          <t>9786059317177</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Apartman</t>
+          <t>Amcamın Rüyası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>201</v>
+        <v>148</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059317252</t>
+          <t>9786059481526</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürekli Soytarı</t>
+          <t>Kafamın İçi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059317412</t>
+          <t>9786059481519</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserler 2</t>
+          <t>Deniz'e Dökülen Mısra'lar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>326</v>
+        <v>393</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059197694</t>
+          <t>9786059317658</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>109</v>
+        <v>142</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059197793</t>
+          <t>9786059317610</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sadık ve Safdil</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059197373</t>
+          <t>9786059481496</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Sayfası</t>
+          <t>Kalanı Umurumda Değil</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>228</v>
+        <v>102</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059317771</t>
+          <t>9786059481014</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri</t>
+          <t>Rüzgar Enerjisinin Ekonomik Büyümeye Etkisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>234</v>
+        <v>109</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059317757</t>
+          <t>9786059197991</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Öyküler 2</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059317726</t>
+          <t>9786059197786</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kafka Öyküler 1 (Ciltli)</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>228</v>
+        <v>274</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059197885</t>
+          <t>9786059197830</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Meyhane</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>115</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059197656</t>
+          <t>9786059481472</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Candide</t>
+          <t>Ortak Aklımıza Ne Oldu?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>115</v>
+        <v>148</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059197137</t>
+          <t>9786059197465</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-U Talat Ve Fitnat</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>115</v>
+        <v>326</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059869812</t>
+          <t>9786059317436</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Kanunları</t>
+          <t>Soren Kierkegaard - Toplu Eserler - 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>274</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059869850</t>
+          <t>9786059197946</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Ekmeğimi Kazanırken</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>214</v>
+        <v>307</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059869843</t>
+          <t>9786059869928</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemi</t>
+          <t>Başarının Anahtarı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>168</v>
+        <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059317702</t>
+          <t>9786059317238</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Adam Olarak Portresi</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>228</v>
+        <v>102</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059197601</t>
+          <t>9786059869232</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Allah'a Giden Tek Yol Aşktır</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>155</v>
+        <v>201</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059869584</t>
+          <t>9786059869201</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cinler</t>
+          <t>Bilinçaltı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>208</v>
+        <v>162</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059197281</t>
+          <t>9786059481373</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Gençler İçin Kısaltılmış Metin)</t>
+          <t>Hitler'in Gölgesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>221</v>
+        <v>142</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059197014</t>
+          <t>9786059317528</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri Antolojisi</t>
+          <t>Bir Yanılsamanın Geleceği</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>214</v>
+        <v>128</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059869744</t>
+          <t>9786059197878</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Hz. Ali</t>
+          <t>Demiryolu Serserileri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>247</v>
+        <v>135</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059869720</t>
+          <t>9786059197458</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dahiler ve Veda Mektupları</t>
+          <t>Kızılderili Hikayeleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>168</v>
+        <v>201</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059869737</t>
+          <t>9786059317665</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıktan Uzakta</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>221</v>
+        <v>188</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059869102</t>
+          <t>9786059317184</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hızır Hikayeleri</t>
+          <t>Apartman</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>214</v>
+        <v>201</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257988483</t>
+          <t>9786059317252</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değildi</t>
+          <t>Yufka Yürekli Soytarı</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059481762</t>
+          <t>9786059317412</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Kendim</t>
+          <t>Toplu Eserler 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>148</v>
+        <v>326</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257988001</t>
+          <t>9786059197694</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sevildiğine Say</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>128</v>
+        <v>109</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257988599</t>
+          <t>9786059197793</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Keçi Boynuzu</t>
+          <t>Sadık ve Safdil</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>155</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059481748</t>
+          <t>9786059197373</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Adam</t>
+          <t>Bir Aşk Sayfası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>155</v>
+        <v>228</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257988490</t>
+          <t>9786059317771</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çıkışı Bulan Var Mı ?</t>
+          <t>Hapishane Defterleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>115</v>
+        <v>234</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257988438</t>
+          <t>9786059317757</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık ve Dönüşüm</t>
+          <t>Edgar Allan Poe Öyküler 2</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>102</v>
+        <v>162</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257988384</t>
+          <t>9786059317726</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Kokladım Ben</t>
+          <t>Kafka Öyküler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>188</v>
+        <v>228</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257988179</t>
+          <t>9786059197885</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Yaptığım Herşey İbadettir</t>
+          <t>Meyhane</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>102</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059197984</t>
+          <t>9786059197656</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Aynası</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>102</v>
+        <v>115</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257988087</t>
+          <t>9786059197137</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Ruh Hali</t>
+          <t>Taaşşuk-U Talat Ve Fitnat</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>102</v>
+        <v>115</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059481953</t>
+          <t>9786059869812</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hameşa</t>
+          <t>Masonluğun Kanunları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>128</v>
+        <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052494929</t>
+          <t>9786059869850</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Çağrı Destanı</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>102</v>
+        <v>214</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257988575</t>
+          <t>9786059869843</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Barış Kalemleri</t>
+          <t>Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>102</v>
+        <v>168</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257988407</t>
+          <t>9786059317702</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Aşık Duygularım</t>
+          <t>Sanatçının Genç Adam Olarak Portresi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>102</v>
+        <v>228</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257988223</t>
+          <t>9786059197601</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>122</v>
+        <v>155</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257988360</t>
+          <t>9786059869584</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Cinler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>115</v>
+        <v>208</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059481199</t>
+          <t>9786059197281</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Derdim</t>
+          <t>Mukaddime (Gençler İçin Kısaltılmış Metin)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>128</v>
+        <v>221</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257988391</t>
+          <t>9786059197014</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kaç Şiir Ötemdesin?</t>
+          <t>Aşk Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>155</v>
+        <v>214</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059481625</t>
+          <t>9786059869744</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sevgi E(k)mekti</t>
+          <t>Mektuplar Hz. Ali</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>102</v>
+        <v>247</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257988278</t>
+          <t>9786059869720</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kirli İttifak</t>
+          <t>Dahiler ve Veda Mektupları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>128</v>
+        <v>168</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257988506</t>
+          <t>9786059869737</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ebemkuşağı</t>
+          <t>Kalabalıktan Uzakta</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>162</v>
+        <v>221</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257988537</t>
+          <t>9786059869102</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tanrısızı</t>
+          <t>Hızır Hikayeleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>102</v>
+        <v>214</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257988513</t>
+          <t>9786257988483</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Belgesi Olarak Amasya Tamimi ve Kongreler</t>
+          <t>Öyle Değildi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>221</v>
+        <v>102</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257988247</t>
+          <t>9786059481762</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve İsyan</t>
+          <t>Ben ve Kendim</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>102</v>
+        <v>148</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257988148</t>
+          <t>9786257988001</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığımın Başkenti Aşk</t>
+          <t>Sevildiğine Say</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>102</v>
+        <v>128</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257988049</t>
+          <t>9786257988599</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İşte Öyle…</t>
+          <t>Keçi Boynuzu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>102</v>
+        <v>175</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257988032</t>
+          <t>9786059481748</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanemden Dökülen Nağmeler</t>
+          <t>Şiirden Adam</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>102</v>
+        <v>155</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257988476</t>
+          <t>9786257988490</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yaşamında ve Corona’da Yurdum İnsanı</t>
+          <t>Çıkışı Bulan Var Mı ?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257988131</t>
+          <t>9786257988438</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Farkındalık ve Dönüşüm</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257988445</t>
+          <t>9786257988384</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Aşk</t>
+          <t>Gökyüzü Kokladım Ben</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>102</v>
+        <v>188</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257988452</t>
+          <t>9786257988179</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kırmış Kalemini Şair</t>
+          <t>Aşk İle Yaptığım Herşey İbadettir</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>142</v>
+        <v>102</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059481731</t>
+          <t>9786059197984</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Kaptan</t>
+          <t>Yüreğimin Aynası</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059317795</t>
+          <t>9786257988087</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Her Koşulda Aşk</t>
+          <t>Şiirin Ruh Hali</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257988285</t>
+          <t>9786059481953</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Sevgiliye Şiirler</t>
+          <t>Hameşa</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>142</v>
+        <v>128</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257988353</t>
+          <t>9786052494929</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sitemdap</t>
+          <t>Özgürlüğe Çağrı Destanı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>148</v>
+        <v>102</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059481328</t>
+          <t>9786257988575</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Son Çırpınış</t>
+          <t>Işıklı Barış Kalemleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>307</v>
+        <v>102</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257988063</t>
+          <t>9786257988407</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yarımağa Sokağı - Yarım Asırlık Gönül Hikayesi</t>
+          <t>Aşk ve Aşık Duygularım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>208</v>
+        <v>102</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059481977</t>
+          <t>9786257988223</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Mutlu Ölüm</t>
+          <t>Ne Düşündüğünü Biliyorum</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>109</v>
+        <v>122</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257988230</t>
+          <t>9786257988360</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ms’im Komutanım!</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>102</v>
+        <v>115</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059317368</t>
+          <t>9786059481199</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Her Nedense Çiğdem</t>
+          <t>Derdim</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>102</v>
+        <v>128</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059481915</t>
+          <t>9786257988391</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Fecaat</t>
+          <t>Kaç Şiir Ötemdesin?</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>102</v>
+        <v>155</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059481892</t>
+          <t>9786059481625</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlak Zaman İzlenimleri</t>
+          <t>Sevgi E(k)mekti</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059481908</t>
+          <t>9786257988278</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gülüşün Mavistan</t>
+          <t>Kirli İttifak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>109</v>
+        <v>128</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257988094</t>
+          <t>9786257988506</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yüzüm</t>
+          <t>Ebemkuşağı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>102</v>
+        <v>162</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257988070</t>
+          <t>9786257988537</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Mı Zor? Yaşayamamak Mı?</t>
+          <t>Tanrısızı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257988100</t>
+          <t>9786257988513</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Bak</t>
+          <t>Siyaset Belgesi Olarak Amasya Tamimi ve Kongreler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>128</v>
+        <v>221</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059481939</t>
+          <t>9786257988247</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meçhulden Esintiler</t>
+          <t>Hüzün ve İsyan</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257988155</t>
+          <t>9786257988148</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Derin Sorgu</t>
+          <t>Yalnızlığımın Başkenti Aşk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>247</v>
+        <v>102</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059481847</t>
+          <t>9786257988049</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hangi Yürekte?</t>
+          <t>İşte Öyle…</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>254</v>
+        <v>102</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257988025</t>
+          <t>9786257988032</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Aşklar</t>
+          <t>Gönül Hanemden Dökülen Nağmeler</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059481830</t>
+          <t>9786257988476</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Gün Görmemiş Şairden Gün Görmemiş Şiirler</t>
+          <t>Yaşamında ve Corona’da Yurdum İnsanı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>135</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059481724</t>
+          <t>9786257988131</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bela</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>142</v>
+        <v>102</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257988377</t>
+          <t>9786257988445</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihin</t>
+          <t>Yalnızca Aşk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>128</v>
+        <v>102</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257988254</t>
+          <t>9786257988452</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sakin Sabahlar Ülkesi İçin (Kore)</t>
+          <t>Kırmış Kalemini Şair</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>168</v>
+        <v>142</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052496930</t>
+          <t>9786059481731</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Saklı Satırlar</t>
+          <t>Bekleme Kaptan</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257988056</t>
+          <t>9786059317795</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Ezgileri</t>
+          <t>Her Koşulda Aşk</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>208</v>
+        <v>135</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059481984</t>
+          <t>9786257988285</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yalnızdır Sevgimiz</t>
+          <t>Olmayan Sevgiliye Şiirler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>102</v>
+        <v>142</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059481885</t>
+          <t>9786257988353</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Adım Öğretmen</t>
+          <t>Sitemdap</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>109</v>
+        <v>148</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257988766</t>
+          <t>9786059481328</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Efemine Feminist</t>
+          <t>Son Çırpınış</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>126</v>
+        <v>307</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256306110</t>
+          <t>9786257988063</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kafamda Ben, Sen, O Var</t>
+          <t>Yarımağa Sokağı - Yarım Asırlık Gönül Hikayesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>102</v>
+        <v>208</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059481793</t>
+          <t>9786059481977</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İnsan Psikolojisi</t>
+          <t>Hoş Geldin Mutlu Ölüm</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>168</v>
+        <v>109</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256306097</t>
+          <t>9786257988230</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Anlamalı Anlam Ölü</t>
+          <t>Ms’im Komutanım!</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256306080</t>
+          <t>9786059317368</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Exen Kayarsa Eğer</t>
+          <t>Her Nedense Çiğdem</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>228</v>
+        <v>102</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256306035</t>
+          <t>9786059481915</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Yolda Yürüyorum</t>
+          <t>Fecaat</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>234</v>
+        <v>102</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
+          <t>9786059481892</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Yuvarlak Zaman İzlenimleri</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786059481908</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Gülüşün Mavistan</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786257988094</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Yüzüm</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786257988070</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak Mı Zor? Yaşayamamak Mı?</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786257988100</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Kendime İyi Bak</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059481939</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Meçhulden Esintiler</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786257988155</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Derin Sorgu</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786059481847</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Hangi Yürekte?</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786257988025</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Sahipsiz Aşklar</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059481830</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Gün Görmemiş Şairden Gün Görmemiş Şiirler</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786059481724</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Bela</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786257988377</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Zihin</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786257988254</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Sabahlar Ülkesi İçin (Kore)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786052496930</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Satırlar</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786257988056</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Ezgileri</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786059481984</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızdır Sevgimiz</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059481885</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Adım Öğretmen</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786257988766</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Efemine Feminist</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786256306110</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Kafamda Ben, Sen, O Var</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059481793</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786256306097</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Anlamalı Anlam Ölü</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786256306080</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Exen Kayarsa Eğer</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786256306035</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Dikenli Yolda Yürüyorum</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
           <t>9786257988520</t>
         </is>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B249" s="1" t="inlineStr">
         <is>
           <t>Labirent</t>
         </is>
       </c>
-      <c r="C226" s="1">
+      <c r="C249" s="1">
         <v>208</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>