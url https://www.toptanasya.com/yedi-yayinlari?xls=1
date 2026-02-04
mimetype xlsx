--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -109,51 +109,51 @@
         <is>
           <t>9786259684710</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Güzel Bir Ölüm</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259684703</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Sağanak Altında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259926131</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>İstasyonlar Arası Günler</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259926193</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
@@ -169,321 +169,321 @@
         <is>
           <t>9786259926186</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Adamım Jeeves</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786259926179</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Yağmurlarla Gelen İlona</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259926162</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Villette</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259926155</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Ana Cadde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259926148</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Shirley</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786259926117</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kara Saatin Devirleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786259926124</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yuvaya Dönüş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786259926100</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Ördekler, Newburyport</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>890</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057381392</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Bir İnsan Yüreği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057381385</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Ölüm Başpiskopos için Geliyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057381378</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Ebenezer Le Page’in Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057381354</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Güzel ve Lanetli</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057381347</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Leonard ve Hevesli Paul</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057381330</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Gerileyiş ve Çöküş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057381323</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Hiçbir Zaman Burada Değildin</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057381316</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Çiftlik</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057381309</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tramp Steamer’ın Son Durağı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057496188</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Sıfırkent</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057496195</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Oscar ve Lucinda</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057496171</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Agnes Grey</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057496157</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Flaş Haber!</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057496140</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
@@ -529,196 +529,196 @@
         <is>
           <t>9786057496119</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Brideshead’e Son Gidiş</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057496102</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Bir Taraftarın Notları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786058050099</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Koruyucu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786058050082</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Kenti</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786058050075</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Sır Ortağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>72</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786058050006</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Winesburg Ohio</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786058050013</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Çıplak Tekillik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786058050068</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Kaplumbağa Günlüğü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786058050051</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Kaçırılan</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786058050044</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Casterbridge Başkanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786058050037</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Tropik Güncesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786057496164</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Wildfell Konağı Kiracısı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>