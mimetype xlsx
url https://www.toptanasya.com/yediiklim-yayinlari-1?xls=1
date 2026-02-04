--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -85,5770 +85,5845 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254318139</t>
+          <t>9786258537260</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Türk Halk Edebiyatı Konu Anlatımı</t>
+          <t>2026 PAEM Komiser Yardımcılığı Sınavlarına Hazırlık Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254317651</t>
+          <t>9786254316319</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Muvaffak Türk Dili Ve Edebiyatı Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>669</v>
+        <v>149</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254316487</t>
+          <t>9786255836120</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Son 6 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Pathway To YÖKDİL Sosyal Bilimler Glory Tamamı Video Çözümlü 5 Özgün Deneme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258537024</t>
+          <t>9786255836144</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>YDS YÖKDİL YDT Master Reading Soru Bankası</t>
+          <t>Pathway To YÖKDİL Fen Bilimleri Glory Tamamı Video Çözümlü 5 Özgün Deneme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255781413</t>
+          <t>9786255836137</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Serisi Matematik 30 Deneme Sınavı Tamamı Video Çözümlü</t>
+          <t>Pathway To YÖKDİL Sağlık Bilimleri Glory Tamamı Video Çözümlü 5 Özgün Deneme</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258537017</t>
+          <t>9786255836113</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>YDS YDT YÖKDİL Test Camp Soru Bankası</t>
+          <t>YDT 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>539</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254318825</t>
+          <t>9786255836090</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>DHBT I-II Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>YÖKDİL Sosyal Bilimler Video Çözümlü Özgün Sorular 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255781994</t>
+          <t>9786255836083</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Tarih Öğretmenliği Beyin Fırtınası Soru Cevap</t>
+          <t>YÖKDİL Sağlık Bilimleri Video Çözümlü Özgün Sorular 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258537000</t>
+          <t>9786258537154</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Beyin Fırtınası Soru Cevap</t>
+          <t>2026 MEB AGS ÖABT Ortaöğretim Matematik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>449</v>
+        <v>399</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254318689</t>
+          <t>9786258537147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 15 Deneme</t>
+          <t>MEB AGS ÖABT 2026 İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>139</v>
+        <v>399</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254318412</t>
+          <t>9786258537192</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS Eğitimin Temelleri ve Temel Kavramlar Türk Milli Eğitim Sisteminin Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>449</v>
+        <v>249</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254318405</t>
+          <t>9786258537185</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya - Siyaset Bilimi ve Diğer Sosyal Bilim Alanları Konu Anlatımı</t>
+          <t>2026 MEB AGS Mevzuat ve Anayasa Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>429</v>
+        <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254318160</t>
+          <t>9786258537178</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Muvaffak Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS ÖYT Sınıf Yönetimi TYMM Program Okuryazarlığı Ölçme ve Değerlendirme Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>499</v>
+        <v>339</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254317163</t>
+          <t>9786258537161</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Atölye Tarih Video Ders Notları</t>
+          <t>2026 MEB AGS Gelişim Psikolojisi Öğrenme Psikolojisi ve Rehberlik Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254315763</t>
+          <t>9786258537239</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Spor Kütüphanesi Beden Eğitimi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS Eğitimin Temelleri ve Temel Kavramlar Türk Milli Eğitim Sisteminin Genel Yapısı, Eğitim ve Öğretim Teknolojileri Video Ders Notları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>649</v>
+        <v>149</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255781987</t>
+          <t>9786258537222</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Fen Bilimleri Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 MEB AGS Mevzuat ve Anayasa Video Anlatımlı Ders Notu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255781840</t>
+          <t>9786258537215</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Anayasa ve Mevzuat Tamamı Çözümlü 33 Deneme</t>
+          <t>2026 MEB AGS ÖYT Sınıf Yönetimi TYMM Program Okuryazarlığı Ölçme ve Değerlendirme Video Anlatımlı Ders Notu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254318733</t>
+          <t>9786258537208</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Sınıf Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
+          <t>2026 MEB-AGS Gelişim Psikolojisi, Öğrenme Psikolojisi ve Rehberlik Video Anlatımlı Ders Notu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>399</v>
+        <v>339</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254318764</t>
+          <t>9786258537109</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Tarihin İzinde Eşsiz 5'li Deneme</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>189</v>
+        <v>899</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052894484</t>
+          <t>9786258537093</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>2020 ÖABT Sınıf Öğretmenliği Konu Anlatımlı Modüler Set (Ciltli)</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052899663</t>
+          <t>9786254316494</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖABT Fen Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası 2 Cilt</t>
+          <t>2025 KPSS Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>349</v>
+        <v>109</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254318382</t>
+          <t>9786254314292</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2024 Eğitim Bilimleri Atölye Serisi Öğretim Yöntem Ve Teknikleri Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>279</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254318801</t>
+          <t>9786255781277</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>279</v>
+        <v>899</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254318924</t>
+          <t>9786255836175</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>YDS YÖKDİL YDT Sıfırdan Sınava Tamamı Videolu Ders Notları 2. Kitap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254318856</t>
+          <t>9786254315909</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>KPSS-ALES-DGS Yedi Adımda Temelden Zirveye Geometri Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254318849</t>
+          <t>9786254312656</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>Tüm Adaylar İçin 10 Adımda Paragraf Video Konu Anlatımlı ve Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254318832</t>
+          <t>9786258537086</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Fizik Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>289</v>
+        <v>429</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254318795</t>
+          <t>9786254314285</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2024 Eğitim Bilimleri Atölye Serisi Ölçme Ve Değerlendirme Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>289</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254315060</t>
+          <t>9786254314025</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Sınıf Öğretmenliği Sözel Konu Anlatımı (3 Cilt)</t>
+          <t>2024 KPSS Eğitim Bilimleri Mega Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254312311</t>
+          <t>9786254317569</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>2023 ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası Seti (2 Cilt)</t>
+          <t>TYT Yedi Adımda Temel Dil Bilgisi Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>499</v>
+        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254319242</t>
+          <t>9786254317682</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Sınıf Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 Yedi Adımda Temelden Zirveye TYT Problemler Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>349</v>
+        <v>269</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254319303</t>
+          <t>9786254317231</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 KPSS Genel Yetenek Matematik Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>289</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254319099</t>
+          <t>9786052899564</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT VİP Lise Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2022 ÖABT Tarih Öğretmenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254319082</t>
+          <t>9786052899731</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT VİP İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>ÖABT Sosyal Bilgiler Öğretmenliği Tarih Ders Notu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254319044</t>
+          <t>9786052899694</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Tarih Beyin Fırtınası (Soru-Cevap)</t>
+          <t>ÖABT Türk Dili ve Edebiyatı Öğretmenliği Eser İçerikli Soru Bankası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>279</v>
+        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254315855</t>
+          <t>9786052899717</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Yedi Adımda Temelden Zirveye Dil Bilgisi Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
+          <t>ÖABT Sosyal Bilgiler Öğretmenliği Tarih Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255781765</t>
+          <t>9786254311093</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Hakan Bileyen ile Türkiye Coğrafyası Tamamı Çözümlü 40 Deneme Sınavı</t>
+          <t>KPSS Eğitim Bilimleri Ölçme ve Değerlendirme Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>129</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255781963</t>
+          <t>9786052899403</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Modüler Set Tamamı Çözümlü Soru Bankası 3 Modül</t>
+          <t>ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255781970</t>
+          <t>9786052899359</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
+          <t>ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>999</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254318566</t>
+          <t>9786255836168</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>2025 E-YDS YÖKDİL YDS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>YDS YÖKDİL YDT Sıfırdan Sınava Tamamı Videolu Ders Notları 1. Kitap</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254318245</t>
+          <t>9786254318535</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Okul Öncesi Öğretmenliği Hasan Sanlı İle Kavram Haritaları Konu Anlatımı</t>
+          <t>Yediiklim Yayınları KPSS MEB AGS 4 x 4 Öğreten Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255781697</t>
+          <t>9786254313479</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>YDS YÖKDİL YDT Master Grammar Soru Bankası</t>
+          <t>YDS - YÖKDİL Quiz Time Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>399</v>
+        <v>649</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255781918</t>
+          <t>9786254318528</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı 2 Cilt</t>
+          <t>2025 MEB AGS ÖABT Rehberlik Hasan Sanlı ile Kavram Zihin Haritaları ve Özet Konu Anlatımı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1999</v>
+        <v>329</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255781437</t>
+          <t>9786258537055</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB GYS Şube Müdürlüğü Konu Anlatımı</t>
+          <t>2026 ALES Sayısal Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular (23 Kasım 2025 ALES-3 Ekli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>599</v>
+        <v>349</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255781857</t>
+          <t>9786258537048</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ALES Sayısal Sözel Yetenek Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular (23 Kasım 2025 Ales-3 Ekli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>799</v>
+        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255781864</t>
+          <t>9786258537031</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2026 MEB GYS Şube Müdürlüğü Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>349</v>
+        <v>209</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255781925</t>
+          <t>9786258537079</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası 2 Cilt</t>
+          <t>2026 ALES Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular (23 Kasım 2025 ALES-3 Ekli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1499</v>
+        <v>219</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255781710</t>
+          <t>9786258537062</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2026 ALES Sayısal Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular (23 Kasım 2025 ALES-3 Ekli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255781819</t>
+          <t>9786258537024</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>MBSTS Safir Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>YDS YÖKDİL YDT Master Reading Soru Bankası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255781826</t>
+          <t>9786255781413</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>DHBT I-II Ortaöğretim - Ön Lisans - Lisans Safir Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 KPSS Atölye Serisi Matematik 30 Deneme Sınavı Tamamı Video Çözümlü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255781833</t>
+          <t>9786258537017</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS ÖABT Din Kültürü Ve Ahlak Bilgisi Safir Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>YDS YDT YÖKDİL Test Camp Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>149</v>
+        <v>539</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255781789</t>
+          <t>9786254318825</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Börü Tarih Tamamı Çözümlü 19 Deneme Sınavı</t>
+          <t>DHBT I-II Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>199</v>
+        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254318252</t>
+          <t>9786255781994</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Misyon Koruma Sınavlarına Hazırlık İngilizce Özet Konu Anlatımı (Örnek Soru Çözümü - Konu Kavrama Testleri)</t>
+          <t>2026 MEB AGS ÖABT Tarih Öğretmenliği Beyin Fırtınası Soru Cevap</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254317712</t>
+          <t>9786258537000</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>MBSTS Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Beyin Fırtınası Soru Cevap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>289</v>
+        <v>449</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254315756</t>
+          <t>9786254318689</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>2025 MEB AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>899</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254315428</t>
+          <t>9786254318412</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim 2024 ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya Konu Anlatımı</t>
+          <t>2025 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254315404</t>
+          <t>9786254318405</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim 2024 ÖABT Sosyal Bilgiler Öğretmenliği Tarih Konu Anlatımı</t>
+          <t>2025 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya - Siyaset Bilimi ve Diğer Sosyal Bilim Alanları Konu Anlatımı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>599</v>
+        <v>429</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254317866</t>
+          <t>9786254318160</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı Tamamı Çözümlü 5 Deneme</t>
+          <t>2025 MEB AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Muvaffak Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>199</v>
+        <v>499</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254317347</t>
+          <t>9786254317163</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Coğrafya Hakan Bileyen İle Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür Atölye Tarih Video Ders Notları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254316517</t>
+          <t>9786254315763</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2024 ÖABT Spor Kütüphanesi Beden Eğitimi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>209</v>
+        <v>649</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254317927</t>
+          <t>9786255781987</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>2025 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık TCK, CMK, PVSK, GKDK Cumhurbaşkanlığı Kararnameleri ve İlgili Güncel Mevzuat Değişiklikleri Konu Anlatım Seti ( 4 Modül )</t>
+          <t>2026 MEB AGS Fen Bilimleri Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254317965</t>
+          <t>9786255781840</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>2025 Polis Rütbe Terfi Sınavlarına Hazırlık TCK, CMK, PVSK, GKDK Cumhurbaşkanlığı Kararnameleri ve İlgili Güncel Mevzuat Değişiklikleri Tamamı Çözümlü 15 Deneme Sınavı</t>
+          <t>2026 MEB AGS Anayasa ve Mevzuat Tamamı Çözümlü 33 Deneme</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>309</v>
+        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255781680</t>
+          <t>9786254318733</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Hasan Sanlı ile Rehberlik Kavram Zihin Haritaları ve Özet Konu Anlatımı</t>
+          <t>2025 MEB AGS ÖABT Sınıf Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255781642</t>
+          <t>9786254318764</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2025 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Tarihin İzinde Eşsiz 5'li Deneme</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254316623</t>
+          <t>9786052894484</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Konu Anlatımlı Modüler Set</t>
+          <t>2020 ÖABT Sınıf Öğretmenliği Konu Anlatımlı Modüler Set (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>949</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255781758</t>
+          <t>9786052899663</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>KPSS GK Tüm Adaylar İçin Tamamı Çözümlü Pir-i Tarih 18 Deneme</t>
+          <t>2022 ÖABT Fen Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası 2 Cilt</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255781802</t>
+          <t>9786254318382</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS ÖABT Beşeri Coğrafya Ders Notu</t>
+          <t>2025 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>449</v>
+        <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255781703</t>
+          <t>9786254318801</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>YDS YÖKDİL YDT Sahibinden Stratejiler</t>
+          <t>2025 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>649</v>
+        <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255781598</t>
+          <t>9786254318924</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>AGS ÖABT Türk Dili Ve Edebiyatı Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 MEB AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255781611</t>
+          <t>9786254318856</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>AGS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255781604</t>
+          <t>9786254318849</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>AGS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 MEB AGS ÖABT Biyoloji Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254316692</t>
+          <t>9786254318832</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Vatandaşlık Tamamı Çözümlü 20 Deneme</t>
+          <t>2025 MEB AGS ÖABT Fizik Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>69</v>
+        <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254316708</t>
+          <t>9786254318795</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Coğrafya Tamamı Çözümlü 20 Deneme</t>
+          <t>2025 MEB AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>94</v>
+        <v>289</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254319396</t>
+          <t>9786254315060</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Sayısal Yetenek 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kampı</t>
+          <t>2024 ÖABT Sınıf Öğretmenliği Sözel Konu Anlatımı (3 Cilt)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>119</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254319051</t>
+          <t>9786254312311</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Beyin Fırtınası (Soru-Cevap)</t>
+          <t>2023 ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası Seti (2 Cilt)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>469</v>
+        <v>499</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255781574</t>
+          <t>9786254319242</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>2025 MEB AGS ÖABT Sınıf Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255781741</t>
+          <t>9786254319303</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>YDS YÖKDİL Ön Hazırlık Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>649</v>
+        <v>289</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255781581</t>
+          <t>9786254319099</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>KPSS 2026 Genel Kültür Adem Asra ile Coğrafya Tamamı Video Çözümlü 26 Deneme</t>
+          <t>2025 MEB AGS ÖABT VİP Lise Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255781628</t>
+          <t>9786254319082</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Beden Eğitimi Öğretmenliği Konu Anlatımı</t>
+          <t>2025 MEB AGS ÖABT VİP İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>899</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255781635</t>
+          <t>9786254319044</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Beden Eğitimi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖABT Tarih Beyin Fırtınası (Soru-Cevap)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>849</v>
+        <v>279</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255781727</t>
+          <t>9786254315855</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Rehberlik Konu Anlatımı</t>
+          <t>Tüm Adaylar İçin Yedi Adımda Temelden Zirveye Dil Bilgisi Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>799</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255781673</t>
+          <t>9786255781765</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Rehberlik Tamamı Çözümlü Soru Bankası</t>
+          <t>MEB AGS Hakan Bileyen ile Türkiye Coğrafyası Tamamı Çözümlü 40 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>399</v>
+        <v>149</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255781383</t>
+          <t>9786255781963</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Tarih Konu Anlatımı</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Modüler Set Tamamı Çözümlü Soru Bankası 3 Modül</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>799</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255781390</t>
+          <t>9786255781970</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya Siyaset Bilimi ve Diğer Sosyal Bilim Alanları Konu Anlatımı</t>
+          <t>MEB AGS ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>569</v>
+        <v>999</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255781772</t>
+          <t>9786254318566</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Coğrafya Tamamı Çözümlü 20 Deneme</t>
+          <t>2025 E-YDS YÖKDİL YDS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>119</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255781796</t>
+          <t>9786254318245</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB GYS Şube Müdürlüğü Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖABT Okul Öncesi Öğretmenliği Hasan Sanlı İle Kavram Haritaları Konu Anlatımı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>499</v>
+        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255781017</t>
+          <t>9786255781697</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>YDT 15 Özgün Deneme</t>
+          <t>YDS YÖKDİL YDT Master Grammar Soru Bankası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255781000</t>
+          <t>9786255781918</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>YDS 15 Özgün Deneme Tamamı Video Çözümlü</t>
+          <t>2026 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı 2 Cilt</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>499</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255781567</t>
+          <t>9786255781437</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Fasikül Fasikül 3 Yıldız Deneme</t>
+          <t>2026 MEB GYS Şube Müdürlüğü Konu Anlatımı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>169</v>
+        <v>599</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254313516</t>
+          <t>9786255781857</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>YDS - YÖKDİL Stratejileri Soru Gruplarına Göre Konu Anlatımlı Soru Bankası</t>
+          <t>MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>799</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254316470</t>
+          <t>9786255781864</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Son 4 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>109</v>
+        <v>349</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254316654</t>
+          <t>9786255781925</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Bumerang Coğrafya Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası 2 Cilt</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>149</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254316739</t>
+          <t>9786255781710</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Türkçe Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>139</v>
+        <v>349</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254316715</t>
+          <t>9786255781819</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Tarih Tamamı Çözümlü 20 Deneme</t>
+          <t>MBSTS Safir Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254316005</t>
+          <t>9786255781826</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Genel Yetenek Sual Türkçe Tamamı Video Çözümlü 15 Deneme</t>
+          <t>DHBT I-II Ortaöğretim - Ön Lisans - Lisans Safir Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255781451</t>
+          <t>9786255781833</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Ortaöğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>MEB AGS ÖABT Din Kültürü Ve Ahlak Bilgisi Safir Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255781444</t>
+          <t>9786255781789</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>2026 KPSS Börü Tarih Tamamı Çözümlü 19 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254319860</t>
+          <t>9786254318252</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS - AGS Genel Kültür Coğrafya Çek Kopart Yaprak Test</t>
+          <t>2025 PAEM Misyon Koruma Sınavlarına Hazırlık İngilizce Özet Konu Anlatımı (Örnek Soru Çözümü - Konu Kavrama Testleri)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>119</v>
+        <v>209</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254319853</t>
+          <t>9786254317712</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS - AGS Genel Kültür Tarih Çek Kopart Yaprak Test</t>
+          <t>MBSTS Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>119</v>
+        <v>289</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254319204</t>
+          <t>9786254315756</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans Vatandaşlık Çek Kopart Yaprak Test</t>
+          <t>ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>64</v>
+        <v>899</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254319198</t>
+          <t>9786254315428</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans Coğrafya Çek Kopart Yaprak Test</t>
+          <t>Yediiklim 2024 ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya Konu Anlatımı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>84</v>
+        <v>399</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254317576</t>
+          <t>9786254315404</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Adaylar İçin Hükümdar Tarih Ders Notu</t>
+          <t>Yediiklim 2024 ÖABT Sosyal Bilgiler Öğretmenliği Tarih Konu Anlatımı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>219</v>
+        <v>599</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255836717</t>
+          <t>9786254317866</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS Coğrafya Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255836700</t>
+          <t>9786254317347</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS Coğrafya Konu Anlatımı</t>
+          <t>2025 KPSS Genel Kültür Coğrafya Hakan Bileyen İle Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255836632</t>
+          <t>9786254316517</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS AGS Haritalarla Türkiye Coğrafyası Hem Konu Hem Soru</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>249</v>
+        <v>209</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255836656</t>
+          <t>9786254317927</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>KPSS AGS Coğrafya Hedef 18'de 18 Konu Özetli Soru Bankası</t>
+          <t>2025 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık TCK, CMK, PVSK, GKDK Cumhurbaşkanlığı Kararnameleri ve İlgili Güncel Mevzuat Değişiklikleri Konu Anlatım Seti ( 4 Modül )</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>299</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254319969</t>
+          <t>9786254317965</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>2026 Genel Yetenek Türkçe Soru Dünyası</t>
+          <t>2025 Polis Rütbe Terfi Sınavlarına Hazırlık TCK, CMK, PVSK, GKDK Cumhurbaşkanlığı Kararnameleri ve İlgili Güncel Mevzuat Değişiklikleri Tamamı Çözümlü 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>219</v>
+        <v>309</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255836007</t>
+          <t>9786255781680</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>2026 Genel Kültür Vatandaşlık Soru Dünyası</t>
+          <t>2026 MEB AGS ÖABT Hasan Sanlı ile Rehberlik Kavram Zihin Haritaları ve Özet Konu Anlatımı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>179</v>
+        <v>399</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254319839</t>
+          <t>9786255781642</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Süper 5 li Deneme</t>
+          <t>2026 MEB AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254319846</t>
+          <t>9786254316623</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Vatandaşlık Çek Kopart Yaprak Test</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Konu Anlatımlı Modüler Set</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>109</v>
+        <v>949</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254319754</t>
+          <t>9786255781758</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Atölye Tarih Video Ders Notları</t>
+          <t>KPSS GK Tüm Adaylar İçin Tamamı Çözümlü Pir-i Tarih 18 Deneme</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254319730</t>
+          <t>9786255781802</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Atölye Serisi Türkçe Video Ders Notları</t>
+          <t>MEB AGS ÖABT Beşeri Coğrafya Ders Notu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>199</v>
+        <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254319761</t>
+          <t>9786255781703</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Genel Kültür Coğrafya Video Ders Notları</t>
+          <t>YDS YÖKDİL YDT Sahibinden Stratejiler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>239</v>
+        <v>849</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254319464</t>
+          <t>9786255781598</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sayısal - Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
+          <t>AGS ÖABT Türk Dili Ve Edebiyatı Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254319471</t>
+          <t>9786255781611</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sayısal Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
+          <t>AGS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254319419</t>
+          <t>9786255781604</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans İşin Özü Tek Kitap Tamamı Renkli Konu Anlatımı</t>
+          <t>AGS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>389</v>
+        <v>349</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254319228</t>
+          <t>9786254316692</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Genel Yetenek Genel Kültür Tüm Adaylar İçin Konu Anlatımı</t>
+          <t>2025 KPSS Genel Kültür Vatandaşlık Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>499</v>
+        <v>69</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254319150</t>
+          <t>9786254316708</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Genel Yetenek Genel Kültür Tüm Adaylar İçin Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür Coğrafya Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>399</v>
+        <v>94</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254317750</t>
+          <t>9786254319396</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sözel Yetenek Çek Kopart Yaprak Test</t>
+          <t>2025 MEB AGS Sayısal Yetenek 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kampı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254317408</t>
+          <t>9786254319051</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>AGS KPSS ALES DGS Savaş Doğan Serisi Paragraf Tamamı Video Konu Anlatımlı ve Tamamı QR Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Beyin Fırtınası (Soru-Cevap)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>349</v>
+        <v>469</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254317392</t>
+          <t>9786255781574</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Tarih Hükümdar Soru Bankası</t>
+          <t>AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254316975</t>
+          <t>9786255781741</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>2026 Master Serisi ALES Sözel Yetenek Konu Anlatımı</t>
+          <t>YDS YÖKDİL Ön Hazırlık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>219</v>
+        <v>899</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254316968</t>
+          <t>9786255781581</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>2026 Master Serisi ALES Sayısal Yetenek Konu Anlatımı</t>
+          <t>KPSS 2026 Genel Kültür Adem Asra ile Coğrafya Tamamı Video Çözümlü 26 Deneme</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>449</v>
+        <v>192</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255836694</t>
+          <t>9786255781628</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Beden Eğitimi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>599</v>
+        <v>899</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255836076</t>
+          <t>9786255781635</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>YÖKDİL Fen Bilimleri Tamamı Video Çözümlü 5 Deneme</t>
+          <t>2026 MEB AGS ÖABT Beden Eğitimi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>249</v>
+        <v>849</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255781284</t>
+          <t>9786255781727</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Rehberlik Konu Anlatımı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>699</v>
+        <v>799</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254315916</t>
+          <t>9786255781673</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yedi Adımda Temelden Zirveye Sayısal Mantık Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS ÖABT Rehberlik Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255781185</t>
+          <t>9786255781383</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Tarih Konu Anlatımı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>179</v>
+        <v>799</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255781215</t>
+          <t>9786255781390</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Coğrafya Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya Siyaset Bilimi ve Diğer Sosyal Bilim Alanları Konu Anlatımı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>109</v>
+        <v>569</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255781192</t>
+          <t>9786255781772</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 KPSS Coğrafya Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255781208</t>
+          <t>9786255781796</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tarih Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 MEB GYS Şube Müdürlüğü Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>139</v>
+        <v>499</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254319723</t>
+          <t>9786255781017</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Bumerang Vatandaşlık Tamamı Çözümlü Soru Bankası</t>
+          <t>YDT 15 Özgün Deneme</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>119</v>
+        <v>499</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254314964</t>
+          <t>9786255781000</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>AGS KPSS ALES DGS YKS Tüm Adaylar İçin Paragraf Tamamı Video Çözümlü Soru Bankası</t>
+          <t>YDS 15 Özgün Deneme Tamamı Video Çözümlü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>229</v>
+        <v>499</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255781024</t>
+          <t>9786255781567</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Soru Bankası Tamamı Çözümlü</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Fasikül Fasikül 3 Yıldız Deneme</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>999</v>
+        <v>199</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255781055</t>
+          <t>9786254313516</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Muvaffak Türk Dili Ve Edebiyatı Öğretmenliği Soru Bankası Tamamı Çözümlü</t>
+          <t>YDS - YÖKDİL Stratejileri Soru Gruplarına Göre Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>799</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255781550</t>
+          <t>9786254316470</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür Tarih 15 Deneme Tamamı Çözümlü</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Son 4 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>249</v>
+        <v>109</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255781314</t>
+          <t>9786254316654</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 12 Deneme</t>
+          <t>2025 KPSS Genel Kültür Bumerang Coğrafya Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254319365</t>
+          <t>9786254316739</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Mevzuat Anayasa 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kamp</t>
+          <t>2025 KPSS Genel Yetenek Türkçe Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254319358</t>
+          <t>9786254316715</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kampı</t>
+          <t>2025 KPSS Genel Kültür Tarih Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254319211</t>
+          <t>9786254316005</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 10 Deneme</t>
+          <t>2024 KPSS Genel Yetenek Sual Türkçe Tamamı Video Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>329</v>
+        <v>149</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254318863</t>
+          <t>9786255781451</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim Yayınları Bilgi Cepte 1982 Anayasası Bilgi Kartı (Soru-Cevap)</t>
+          <t>2026 MEB AGS ÖABT Ortaöğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>109</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254318559</t>
+          <t>9786255781444</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>699</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254318344</t>
+          <t>9786254319860</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim Yayınları 2025 MEB AGS Ahenk Serisi Türk Milli Eğitim Sisteminin Genel Yapısı Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS - AGS Genel Kültür Coğrafya Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254316944</t>
+          <t>9786254319853</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS MSÜ TYT Dil Bilgisi Tamamı Video Çözümlü Tüm Sınavlar için 30 Deneme</t>
+          <t>2026 KPSS - AGS Genel Kültür Tarih Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255781499</t>
+          <t>9786254319204</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Konu Anlatımı Seti 4 Modül</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans Vatandaşlık Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>2199</v>
+        <v>79</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254318542</t>
+          <t>9786254319198</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans Coğrafya Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>669</v>
+        <v>99</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254318269</t>
+          <t>9786254317576</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Türkçe Öğretmenliği Anlama ve Anlatma Teknikleri Dil Bilimi Yeni Türk Dili Çocuk Edebiyatı Sözlü ve Yazılı Anlatımı Konu Anlatımı</t>
+          <t>2026 Tüm Adaylar İçin Hükümdar Tarih Ders Notu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>449</v>
+        <v>219</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254316333</t>
+          <t>9786255836717</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Modüler Set (Sayısal Bölüm-Sözel Bölüm-Deneme)</t>
+          <t>2026 KPSS AGS Coğrafya Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>649</v>
+        <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254312991</t>
+          <t>9786255836700</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>2023 T.C. Millî Eğitim Bakanlığı Uzman Öğretmenlik Soru Bankası</t>
+          <t>2026 KPSS AGS Coğrafya Konu Anlatımı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>109</v>
+        <v>299</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255836892</t>
+          <t>9786255836632</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Tüm Adaylar İçin Dil Bilgisi Tamamı Çözümlü Çıkmış Sorular Konularına Göre Düzenlenmiş</t>
+          <t>2026 KPSS AGS Haritalarla Türkiye Coğrafyası Hem Konu Hem Soru</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>119</v>
+        <v>249</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255781062</t>
+          <t>9786255836656</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
+          <t>KPSS AGS Coğrafya Hedef 18'de 18 Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>639</v>
+        <v>349</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255781031</t>
+          <t>9786254319969</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Hasan Sanlı ile Kavram Haritaları Konu Anlatımı</t>
+          <t>2026 Genel Yetenek Türkçe Soru Dünyası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>549</v>
+        <v>279</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254317552</t>
+          <t>9786255836007</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>TYT Yedi Adımda Temel Matematik Video Konu Anlatımlı Video Çözümlü Soru Bankası 1. Kitap</t>
+          <t>2026 Genel Kültür Vatandaşlık Soru Dünyası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255781505</t>
+          <t>9786254319839</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>2026 Polis Rütbe Terfi Sınavlarına Hazırlık Tamamı Çözümlü 15 Deneme Sınavı</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Süper 5 li Deneme</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>349</v>
+        <v>189</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786255781406</t>
+          <t>9786254319846</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Serisi Türkçe Sual Tamamı Video Çözümlü 15 Deneme Sınavı</t>
+          <t>2026 KPSS Genel Kültür Vatandaşlık Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786255781420</t>
+          <t>9786254319754</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Serisi Coğrafya Seizma Tamamı Çözümlü 12 Deneme Sınavı</t>
+          <t>2026 KPSS Genel Kültür Atölye Tarih Video Ders Notları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>139</v>
+        <v>349</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786255781222</t>
+          <t>9786254319730</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Vatandaşlık Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 KPSS Genel Yetenek Atölye Serisi Türkçe Video Ders Notları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>99</v>
+        <v>249</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786255781260</t>
+          <t>9786254319761</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Ortaöğretim Matematik Öğretmenliği Diferansiyel Denklemler Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Atölye Genel Kültür Coğrafya Video Ders Notları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255781239</t>
+          <t>9786254319464</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Matematik Öğretmenliği Analiz Tamamı Çözümlü Soru Bankası</t>
+          <t>ALES Master Serisi Sayısal - Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>399</v>
+        <v>349</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786255781246</t>
+          <t>9786254319471</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Matematik Öğretmenliği Cebir Tamamı Çözümlü Soru Bankası</t>
+          <t>ALES Master Serisi Sayısal Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>349</v>
+        <v>209</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786255781253</t>
+          <t>9786254319419</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Matematik Öğretmenliği Olasılık ve Geometri Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans İşin Özü Tek Kitap Tamamı Renkli Konu Anlatımı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>599</v>
+        <v>449</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254318214</t>
+          <t>9786254319228</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Tamamı Çözümlü 7 Fasikül Fasikül Deneme Sınavı</t>
+          <t>2026 E-KPSS Genel Yetenek Genel Kültür Tüm Adaylar İçin Konu Anlatımı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>279</v>
+        <v>599</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254316241</t>
+          <t>9786254319150</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Sayısal Yetenek Konu Anlatımı</t>
+          <t>2026 E-KPSS Genel Yetenek Genel Kültür Tüm Adaylar İçin Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>279</v>
+        <v>499</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786255781291</t>
+          <t>9786254317750</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Fasikül Fasikül 7 Deneme Sınavı Tamamı Çözümlü</t>
+          <t>2026 ALES Sözel Yetenek Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>349</v>
+        <v>129</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255781307</t>
+          <t>9786254317408</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Fasikül Fasikül 8 Deneme Tamamı Çözümlü</t>
+          <t>AGS KPSS ALES DGS Savaş Doğan Serisi Paragraf Tamamı Video Konu Anlatımlı ve Tamamı QR Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254319389</t>
+          <t>9786254317392</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Tarih 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kampı</t>
+          <t>2026 KPSS Tarih Hükümdar Soru Bankası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>99</v>
+        <v>359</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254318641</t>
+          <t>9786254316975</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Konu Anlatımı</t>
+          <t>2026 Master Serisi ALES Sözel Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>899</v>
+        <v>219</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254317859</t>
+          <t>9786254316968</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>2026 Master Serisi ALES Sayısal Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>499</v>
+        <v>449</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254312250</t>
+          <t>9786255836694</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim 2023 PAEM ve Misyon Koruma 7 Deneme Çözümlü</t>
+          <t>2026 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Konu Anlatımı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>149</v>
+        <v>699</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254319341</t>
+          <t>9786255836076</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖSYM Ne Sorar Tamamı Çözümlü 8 Fasikül Deneme Sınavı</t>
+          <t>YÖKDİL Fen Bilimleri Tamamı Video Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254318573</t>
+          <t>9786255781284</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>699</v>
+        <v>799</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255781376</t>
+          <t>9786254315916</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>Yedi Adımda Temelden Zirveye Sayısal Mantık Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>649</v>
+        <v>249</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786255781048</t>
+          <t>9786255781185</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Türk Dili Ve Edebiyatı Öğretmenliği Berceste Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Türkçe Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>699</v>
+        <v>219</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254319495</t>
+          <t>9786255781215</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Ahenk Tarih Tamamı Çözümlü 30 Deneme</t>
+          <t>2026 KPSS Genel Kültür Coğrafya Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254318627</t>
+          <t>9786255781192</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>2025 MEBS AGS ÖABT Fen Bilimleri Öğretmenliği Konu Anlatımı (2 Cilt)</t>
+          <t>2026 KPSS Genel Yetenek Matematik Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>1399</v>
+        <v>199</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254318108</t>
+          <t>9786255781208</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
+          <t>2026 KPSS Genel Kültür Tarih Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>499</v>
+        <v>179</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254317668</t>
+          <t>9786254319723</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Berceste Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür Bumerang Vatandaşlık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>579</v>
+        <v>149</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254316463</t>
+          <t>9786254314964</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>2025 Genel Yetenek Dil Bilgisi Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>AGS KPSS ALES DGS YKS Tüm Adaylar İçin Paragraf Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>89</v>
+        <v>279</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254317521</t>
+          <t>9786255781024</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Sosyal Bilgiler Öğretmenliği Coğrafya Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Soru Bankası Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>399</v>
+        <v>999</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254317279</t>
+          <t>9786255781055</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Vatandaşlık Temel Öğrenme Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS ÖABT Muvaffak Türk Dili Ve Edebiyatı Öğretmenliği Soru Bankası Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>139</v>
+        <v>999</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254317286</t>
+          <t>9786255781550</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Coğrafya Temel Öğrenme Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS Genel Kültür Tarih 15 Deneme Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254318757</t>
+          <t>9786255781314</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Hakan Bileyen ile Türkiye Coğrafyası Tamamı Çözümlü 40 Deneme Sınavı</t>
+          <t>2026 MEB-AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 12 Deneme</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786255836915</t>
+          <t>9786254318863</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü Soru Bankası</t>
+          <t>Yediiklim Yayınları Bilgi Cepte 1982 Anayasası Bilgi Kartı (Soru-Cevap)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>349</v>
+        <v>109</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786255781161</t>
+          <t>9786254318344</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Mevzuat Anayasa Tamamı Yazılı ve Video Çözümlü 26 Deneme</t>
+          <t>Yediiklim Yayınları 2025 MEB AGS Ahenk Serisi Türk Milli Eğitim Sisteminin Genel Yapısı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>109</v>
+        <v>199</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786255781086</t>
+          <t>9786254316944</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 11 Deneme</t>
+          <t>2026 KPSS MSÜ TYT Dil Bilgisi Tamamı Video Çözümlü Tüm Sınavlar için 30 Deneme</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>349</v>
+        <v>119</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786255836991</t>
+          <t>9786255781499</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>KPSS AGS Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 PAEM Komiser Yardımcılığı ve Rütbe Terfi Sınavlarına Hazırlık Konu Anlatımı Seti 4 Modül</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>399</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786255836403</t>
+          <t>9786255836892</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS Ahenk Serisi Matematik Tamamı Yazılı ve Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Tüm Adaylar İçin Dil Bilgisi Tamamı Çözümlü Çıkmış Sorular Konularına Göre Düzenlenmiş</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786255836687</t>
+          <t>9786255781062</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 17 Deneme</t>
+          <t>2026 MEB AGS ÖABT Coğrafya Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786255781338</t>
+          <t>9786255781031</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Okul Öncesi Öğretmenliği Hasan Sanlı ile Kavram Haritaları Konu Anlatımı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>849</v>
+        <v>549</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255781079</t>
+          <t>9786254317552</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>TYT Yedi Adımda Temel Matematik Video Konu Anlatımlı Video Çözümlü Soru Bankası 1. Kitap</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>649</v>
+        <v>269</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786255781321</t>
+          <t>9786255781505</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 Polis Rütbe Terfi Sınavlarına Hazırlık Tamamı Çözümlü 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>849</v>
+        <v>349</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786255781345</t>
+          <t>9786255781406</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Atölye Serisi Türkçe Sual Tamamı Video Çözümlü 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>799</v>
+        <v>179</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786255836984</t>
+          <t>9786255781420</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Matematik Sayısal Yetenek Tamamı Video Çözümlü 40 Deneme</t>
+          <t>2026 KPSS Atölye Serisi Coğrafya Seizma Tamamı Çözümlü 12 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786255781178</t>
+          <t>9786255781222</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS KPSS ALES DGS Sayısal Sözel Mantık Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür Vatandaşlık Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786255836793</t>
+          <t>9786255781260</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Son 4 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>ÖABT Ortaöğretim Matematik Öğretmenliği Diferansiyel Denklemler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786255836809</t>
+          <t>9786255781239</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Son 6 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>ÖABT Matematik Öğretmenliği Analiz Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254318320</t>
+          <t>9786255781246</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Ahenk Serisi Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>ÖABT Matematik Öğretmenliği Cebir Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254318610</t>
+          <t>9786254316241</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>2025 MEBS AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası (2 Cilt)</t>
+          <t>2025 DGS Sayısal Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254318498</t>
+          <t>9786255781291</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim Yayınları 2025 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Fasikül Fasikül 7 Deneme Sınavı Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>699</v>
+        <v>419</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254318122</t>
+          <t>9786255781307</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Türk Dili ve Edebiyatı Öğretmenliği Eski Türk Dili - Yeni Türk Dili Konu Anlatımı</t>
+          <t>2026 MEB AGS Fasikül Fasikül 8 Deneme Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>419</v>
+        <v>389</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254317941</t>
+          <t>9786254312250</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür KAYI Tarih Tamamı Çözümlü 15 Deneme</t>
+          <t>Yediiklim 2023 PAEM ve Misyon Koruma 7 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>164</v>
+        <v>149</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254317699</t>
+          <t>9786254319341</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Kültür Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖSYM Ne Sorar Tamamı Çözümlü 8 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254317767</t>
+          <t>9786254318573</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü Deneme 5 Sınavı</t>
+          <t>2025 MEB AGS ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>164</v>
+        <v>699</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254317637</t>
+          <t>9786255781376</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Türkçe Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>349</v>
+        <v>649</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254317477</t>
+          <t>9786255781048</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Türk Dili Ve Edebiyatı Öğretmenliği Berceste Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>749</v>
+        <v>699</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254317248</t>
+          <t>9786254319495</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Türkçe Çek Kopart Yaprak Test</t>
+          <t>MEB AGS Ahenk Tarih Tamamı Çözümlü 30 Deneme</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254315954</t>
+          <t>9786254318757</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Coğrafya Çek Kopart Yaprak Test</t>
+          <t>MEB AGS Hakan Bileyen ile Türkiye Coğrafyası Tamamı Çözümlü 40 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254317255</t>
+          <t>9786255836915</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Tarih Çek Kopart Yaprak Test</t>
+          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254317330</t>
+          <t>9786255781161</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
+          <t>2026 MEB-AGS Mevzuat Anayasa Tamamı Yazılı ve Video Çözümlü 26 Deneme</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>364</v>
+        <v>139</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254316876</t>
+          <t>9786255781086</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Sayısal Mantık Konu Anlatımı</t>
+          <t>2026 MEB AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü 11 Deneme</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>109</v>
+        <v>349</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254316685</t>
+          <t>9786255836991</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Bumerang Türkçe Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS AGS Tarih Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254316302</t>
+          <t>9786255836403</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü Konularına Göre Çıkmış Sorular</t>
+          <t>2026 MEB-AGS Ahenk Serisi Matematik Tamamı Yazılı ve Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254315213</t>
+          <t>9786255836687</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü 17 Deneme</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>649</v>
+        <v>379</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786255781154</t>
+          <t>9786255781338</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Vatandaşlık Tamamı Video Çözümlü 26 Deneme Sınavı</t>
+          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>99</v>
+        <v>849</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786255836908</t>
+          <t>9786255781079</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>2026 MEB-AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>199</v>
+        <v>649</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786255836830</t>
+          <t>9786255781321</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2026 MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>139</v>
+        <v>849</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786255836816</t>
+          <t>9786255781345</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2026 MEB-AGS ÖABT Türkçe Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>249</v>
+        <v>799</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786255781369</t>
+          <t>9786255836984</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS Ahenk Serisi Matematik Sayısal Yetenek Tamamı Video Çözümlü 40 Deneme</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>849</v>
+        <v>249</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786255781352</t>
+          <t>9786255781178</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
+          <t>2026 AGS KPSS ALES DGS Sayısal Sözel Mantık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>849</v>
+        <v>219</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786255836885</t>
+          <t>9786255836793</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Vatandaşlık Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Son 4 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>89</v>
+        <v>189</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786255836861</t>
+          <t>9786255836809</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Tarih Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Son 6 Yıl Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>119</v>
+        <v>239</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786255836878</t>
+          <t>9786254317941</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Coğrafya Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
+          <t>KPSS Genel Kültür KAYI Tarih Tamamı Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>99</v>
+        <v>164</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786255836847</t>
+          <t>9786254317699</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
+          <t>KPSS Genel Kültür Tarih Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786255836854</t>
+          <t>9786254316876</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
+          <t>2025 KPSS ALES DGS Sayısal Mantık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>139</v>
+        <v>109</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786255836427</t>
+          <t>9786254316685</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Genel Yetenek Bumerang Türkçe Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786255836823</t>
+          <t>9786254316302</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2025 DGS Sayısal-Sözel Yetenek Tamamı Çözümlü Konularına Göre Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254318511</t>
+          <t>9786254315213</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim Yayınları 2025 MEB AGS ÖABT Rehberlik Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>369</v>
+        <v>649</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254318337</t>
+          <t>9786255781154</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim Yayınları 2025 MEB AGS Ahenk Serisi Eğitimin Temelleri - Eğitimle İlgili Temel Kavramlar ve Kuramlar Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Vatandaşlık Tamamı Video Çözümlü 26 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254315374</t>
+          <t>9786255836908</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>2024 ÖABT Türkçe Öğretmenliği Alan Eğitimi Konu Anlatımı</t>
+          <t>MEB-AGS ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254317828</t>
+          <t>9786255836830</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>AYT Yedi Adımda Temelden Zirveye Matematik Tamamı Video Konu Anlatımlı ve Tamamı Video Çözümlü Soru Bankası 1. Kitap</t>
+          <t>2026 KPSS Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254318719</t>
+          <t>9786255836816</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Türkiye Yüzyılı Maarif Modeli Tamamı Çözümlü Konu Anlatımlı Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>164</v>
+        <v>299</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254318665</t>
+          <t>9786255781369</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Tarih Tamamı Çözümlü 30 Deneme</t>
+          <t>2026 MEB-AGS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>109</v>
+        <v>849</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254318115</t>
+          <t>9786255781352</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Coğrafya Öğretmenliği Soru Bankası</t>
+          <t>2026 MEB-AGS ÖABT Tarih Öğretmenliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>399</v>
+        <v>849</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254318313</t>
+          <t>9786255836885</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Ahenk Serisi Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür Vatandaşlık Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>169</v>
+        <v>109</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254318207</t>
+          <t>9786255836861</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi İle Mevzuat Tamamı Çözümlü 24 Deneme</t>
+          <t>2026 KPSS Genel Kültür Tarih Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254316210</t>
+          <t>9786255836878</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür Coğrafya Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786255781093</t>
+          <t>9786255836847</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Eski Türk Dili, Yeni Türk Dili Konu Anlatımı</t>
+          <t>2026 KPSS Genel Yetenek Türkçe Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>609</v>
+        <v>189</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786255781147</t>
+          <t>9786255836854</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Türkçe Anlama ve Anlatma Teknikleri, Dil Bilimi, Yeni Türk Dili, Çocuk Edebiyatı, Sözlü ve Yazılı Anlatım Konu Anlatımı</t>
+          <t>2026 KPSS Genel Yetenek Matematik Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786255781130</t>
+          <t>9786255836427</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Türkçe Türk Halk, Eski Türk, Yeni Türk Edebiyatı Konu Anlatımı</t>
+          <t>2026 MEB AGS Ahenk Serisi Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>609</v>
+        <v>249</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786255781109</t>
+          <t>9786255836823</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Türk Halk Edebiyatı Konu Anlatımı</t>
+          <t>2026 KPSS Genel Yetenek Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>439</v>
+        <v>229</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786255781116</t>
+          <t>9786254318511</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Eski Türk Edebiyatı Konu Anlatımı</t>
+          <t>Yediiklim Yayınları 2025 MEB AGS ÖABT Rehberlik Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>349</v>
+        <v>369</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786255781123</t>
+          <t>9786255781093</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Yeni Türk Edebiyatı Konu Anlatımı</t>
+          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Eski Türk Dili, Yeni Türk Dili Konu Anlatımı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>649</v>
+        <v>609</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254318221</t>
+          <t>9786255781147</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ÖABT MEB-AGS Türkçe Anlama ve Anlatma Teknikleri, Dil Bilimi, Yeni Türk Dili, Çocuk Edebiyatı, Sözlü ve Yazılı Anlatım Konu Anlatımı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>299</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254317644</t>
+          <t>9786255781130</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Atölye Serisi Vatandaşlık Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 ÖABT MEB-AGS Türkçe Türk Halk, Eski Türk, Yeni Türk Edebiyatı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>119</v>
+        <v>609</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254316999</t>
+          <t>9786255781109</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>2025 ALES Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Türk Halk Edebiyatı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>189</v>
+        <v>439</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254316418</t>
+          <t>9786255781116</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Lisans Türkçe Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
+          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Eski Türk Edebiyatı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786255836939</t>
+          <t>9786255781123</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı MBSTS Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ÖABT MEB-AGS Türk Dili ve Edebiyatı Yeni Türk Edebiyatı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>439</v>
+        <v>649</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786255836953</t>
+          <t>9786254318221</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı DHBT I-II Ortaöğretim - Ön Lisans - Lisans Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS ÖABT Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>439</v>
+        <v>299</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786255836960</t>
+          <t>9786254317644</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı DHBT I-II Ortaöğretim - Önlisans - Lisans Tamamı Çözümlü 7 Deneme</t>
+          <t>2025 KPSS Genel Kültür Atölye Serisi Vatandaşlık Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>259</v>
+        <v>119</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254318085</t>
+          <t>9786254316999</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Tarih - Türkiye Coğrafyası - Anayasa Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 ALES Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254317354</t>
+          <t>9786254316418</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Atölye Serisi Coğrafya Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Genel Yetenek Lisans Türkçe Konularına Göre Tamamı Çözümlü Son 11 Yıl Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254317293</t>
+          <t>9786255836939</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür Tarih Temel Öğrenme Tamamı Çözümlü Soru Bankası</t>
+          <t>Diyanet İşleri Başkanlığı MBSTS Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>199</v>
+        <v>439</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255836922</t>
+          <t>9786255836953</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı MBSTS Ders Notu</t>
+          <t>Diyanet İşleri Başkanlığı DHBT I-II Ortaöğretim - Ön Lisans - Lisans Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>699</v>
+        <v>439</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255836977</t>
+          <t>9786255836960</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı MBSTS Tamamı Çözümlü 7 Deneme</t>
+          <t>Diyanet İşleri Başkanlığı DHBT I-II Ortaöğretim - Önlisans - Lisans Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>329</v>
+        <v>259</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786255836946</t>
+          <t>9786254318085</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı DHBT I-II Ortaöğretim - Ön Lisans - Lisans Ders Notu</t>
+          <t>2025 MEB AGS Tarih - Türkiye Coğrafyası - Anayasa Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>699</v>
+        <v>299</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254318351</t>
+          <t>9786254317354</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yediiklim Yayınları 2025 MEB AGS Ahenk Serisi Mevzuat - Anayasa Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür Atölye Serisi Coğrafya Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254316630</t>
+          <t>9786254317293</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Modüler Set Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür Tarih Temel Öğrenme Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>899</v>
+        <v>199</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254316883</t>
+          <t>9786255836922</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Sayısal Mantık Çıkmış Sorular ve Çözümleri</t>
+          <t>Diyanet İşleri Başkanlığı MBSTS Ders Notu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>154</v>
+        <v>699</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254311963</t>
+          <t>9786255836977</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar için Yedi Adımda Temel Matematik Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
+          <t>Diyanet İşleri Başkanlığı MBSTS Tamamı Çözümlü 7 Deneme</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254315275</t>
+          <t>9786255836946</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin Yedi Adımda Temelden Zirveye Problemler ve Sayısal Mantık Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
+          <t>Diyanet İşleri Başkanlığı DHBT I-II Ortaöğretim - Ön Lisans - Lisans Ders Notu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>299</v>
+        <v>699</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786255836786</t>
+          <t>9786254318351</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB AGS Nokta Atışı Psikolojik Danışmanlık ve Rehberlik Tamamı Çözümlü 5 Deneme</t>
+          <t>Yediiklim Yayınları 2025 MEB AGS Ahenk Serisi Mevzuat - Anayasa Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>249</v>
+        <v>139</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254319129</t>
+          <t>9786254316630</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Genel Kültür Konu Anlatımı Modüler Set</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Modüler Set Soru Bankası</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1199</v>
+        <v>899</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254316272</t>
+          <t>9786254316883</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Prestij Serisi Sayısal-Sözel Yetenek Tamamı PDF Çözümlü Soru Bankası</t>
+          <t>2025 KPSS ALES DGS Sayısal Mantık Çıkmış Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>249</v>
+        <v>154</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254313523</t>
+          <t>9786254311963</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS - ALES - DGS Sözel Mantık Konu Anlatımı</t>
+          <t>Tüm Adaylar için Yedi Adımda Temel Matematik Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254313448</t>
+          <t>9786254315275</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS - ALES - DGS Mantık Sayısal Sözel Tamamı Çözümlü 50 Deneme</t>
+          <t>Tüm Adaylar İçin Yedi Adımda Temelden Zirveye Problemler ve Sayısal Mantık Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254318702</t>
+          <t>9786255836786</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Türkiye Coğrafyası Tamamı Çözümlü 30 Deneme</t>
+          <t>2026 ÖABT MEB AGS Nokta Atışı Psikolojik Danışmanlık ve Rehberlik Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>99</v>
+        <v>249</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254316722</t>
+          <t>9786254319129</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Matematik Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Genel Kültür Konu Anlatımı Modüler Set</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>129</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254316869</t>
+          <t>9786254316272</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS ALES DGS Sayısal-Sözel Mantık Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 DGS Prestij Serisi Sayısal-Sözel Yetenek Tamamı PDF Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255836649</t>
+          <t>9786254313523</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>2026 YDS YÖKDİL YDT Tüm Soru Tipleri Tamamı Özgün Mini 15 Deneme</t>
+          <t>2025 KPSS - ALES - DGS Sözel Mantık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>289</v>
+        <v>129</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254317736</t>
+          <t>9786254313448</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Premium Dil Bilgisi Soru Bankası Tamamı PDF Çözümlü</t>
+          <t>2025 KPSS - ALES - DGS Mantık Sayısal Sözel Tamamı Çözümlü 50 Deneme</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>399</v>
+        <v>119</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254316159</t>
+          <t>9786254318702</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>2024 YÖK Görevde Yükselme ve Unvan Değişikliği Konu Anlatımı</t>
+          <t>2025 MEB AGS Türkiye Coğrafyası Tamamı Çözümlü 30 Deneme</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>449</v>
+        <v>99</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255836670</t>
+          <t>9786254316722</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Tamamı Çözümlü 22 Deneme Sınavı</t>
+          <t>2025 KPSS Genel Yetenek Matematik Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>249</v>
+        <v>129</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255836663</t>
+          <t>9786254316869</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS ALES DGS Sayısal-Sözel Mantık Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>329</v>
+        <v>139</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254318672</t>
+          <t>9786255836649</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme</t>
+          <t>2026 YDS YÖKDİL YDT Tüm Soru Tipleri Tamamı Özgün Mini 15 Deneme</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>109</v>
+        <v>289</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255836724</t>
+          <t>9786254317736</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS ALES DGS Tüm Adaylar İçin Anlam ve Sözel Mantık Tamamı Çözümlü Sorularla Genel Tekrar</t>
+          <t>Premium Dil Bilgisi Soru Bankası Tamamı PDF Çözümlü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255836731</t>
+          <t>9786254316159</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS TYT MSÜ Tüm Adaylar İçin Dil Bilgisi Tamamı Çözümlü Sorularla Genel Tekrar</t>
+          <t>2024 YÖK Görevde Yükselme ve Unvan Değişikliği Konu Anlatımı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>149</v>
+        <v>449</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254317729</t>
+          <t>9786255836670</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Premium Paragraf Soru Bankası Tamamı PDF Çözümlü</t>
+          <t>2026 KPSS Genel Yetenek Türkçe Tamamı Çözümlü 22 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254313424</t>
+          <t>9786255836663</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Matematik Serisi Tamamı Çözümlü Problemler Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Türkçe Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255836595</t>
+          <t>9786254318672</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Tarih Konu Anlatımı</t>
+          <t>2025 MEB AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>279</v>
+        <v>109</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255836588</t>
+          <t>9786255836724</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Sözel Yetenek Konu Anlatımı</t>
+          <t>2026 KPSS ALES DGS Tüm Adaylar İçin Anlam ve Sözel Mantık Tamamı Çözümlü Sorularla Genel Tekrar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254315930</t>
+          <t>9786255836731</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yedi Adımda Temelden Zirveye Sözel Mantık Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS TYT MSÜ Tüm Adaylar İçin Dil Bilgisi Tamamı Çözümlü Sorularla Genel Tekrar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255836380</t>
+          <t>9786254317729</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>2026 Tüm Adaylar İçin Problemler Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Premium Paragraf Soru Bankası Tamamı PDF Çözümlü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>179</v>
+        <v>399</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786255836526</t>
+          <t>9786254313424</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>DGS Tamamı Çözümlü Süper 5'li Deneme</t>
+          <t>Keyifli Matematik Serisi Tamamı Çözümlü Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255836571</t>
+          <t>9786255836595</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Sayısal Yetenek Konu Anlatımı</t>
+          <t>2026 MEB AGS Tarih Konu Anlatımı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>279</v>
+        <v>339</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255836601</t>
+          <t>9786255836588</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Türkiye Coğrafyası Konu Anlatımı</t>
+          <t>2026 MEB AGS Sözel Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786255836618</t>
+          <t>9786254315930</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi - Mevzuat - Anayasa Tamamı Çözümlü Soru Bankası</t>
+          <t>Yedi Adımda Temelden Zirveye Sözel Mantık Video Konu Anlatımlı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786255836540</t>
+          <t>9786255836380</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 Tüm Adaylar İçin Problemler Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255836625</t>
+          <t>9786255836526</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS KPSS ALES DGS Sayısal Sözel Mantık Tamamı Çözümlü 50 Deneme</t>
+          <t>DGS Tamamı Çözümlü Süper 5'li Deneme</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255836496</t>
+          <t>9786255836571</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2026 MEB AGS Sayısal Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786255836458</t>
+          <t>9786255836601</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS Türkiye Coğrafyası Konu Anlatımı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>219</v>
+        <v>239</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786255836502</t>
+          <t>9786255836618</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü 3 Yıldız Deneme</t>
+          <t>2026 MEB AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi - Mevzuat - Anayasa Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255836519</t>
+          <t>9786255836540</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Fasikül Fasikül 7 Deneme</t>
+          <t>2026 MEB AGS Tarih Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>279</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786255836441</t>
+          <t>9786255836625</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 AGS KPSS ALES DGS Sayısal Sözel Mantık Tamamı Çözümlü 50 Deneme</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>279</v>
+        <v>189</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255836373</t>
+          <t>9786255836496</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS KPSS ALES DGS Sayısal Mantık Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Konularına Göre Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786255836366</t>
+          <t>9786255836458</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS KPSS ALES DGS Sözel Mantık Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2026 DGS Prestij Serisi Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>109</v>
+        <v>279</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786255836489</t>
+          <t>9786255836502</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular</t>
+          <t>2026 DGS Tamamı Çözümlü 3 Yıldız Deneme</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786255836557</t>
+          <t>9786255836519</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Fasikül Fasikül 7 Deneme</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786255836533</t>
+          <t>9786255836441</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 DGS Prestij Serisi Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>149</v>
+        <v>339</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786255836564</t>
+          <t>9786255836373</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 AGS KPSS ALES DGS Sayısal Mantık Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786255836397</t>
+          <t>9786255836366</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>AGS KPSS ALES DGS Tüm Adaylar İçin Paragraf Tamamı PDF Çözümlü Tüm Paragraf Soruları Çıkmış Sorular</t>
+          <t>2026 AGS KPSS ALES DGS Sözel Mantık Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786255836342</t>
+          <t>9786255836489</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Matematik Video Ders Notları</t>
+          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>279</v>
+        <v>229</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786255836359</t>
+          <t>9786255836557</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Sözel Yetenek Video Ders Notları</t>
+          <t>2026 MEB AGS Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>179</v>
+        <v>339</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786255836434</t>
+          <t>9786255836533</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>239</v>
+        <v>189</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786255836472</t>
+          <t>9786255836564</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Çek Kopart Yaprak Test</t>
+          <t>2026 MEB AGS Türkiye Coğrafyası Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786255836465</t>
+          <t>9786255836397</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Tamamı PDF Çözümlü Soru Bankası</t>
+          <t>AGS KPSS ALES DGS Tüm Adaylar İçin Paragraf Tamamı PDF Çözümlü Tüm Paragraf Soruları Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786255836274</t>
+          <t>9786255836342</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Eğitimin Temelleri Eğitimle İlgili Temel Kavramlar ve Kuramlar Video Ders Notları</t>
+          <t>2026 MEB AGS Ahenk Serisi Matematik Video Ders Notları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>219</v>
+        <v>339</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786255836298</t>
+          <t>9786255836359</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Eğitimin Temelleri Eğitimle İlgili Temel Kavramlar ve Kuramlar Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 MEB AGS Ahenk Serisi Sözel Yetenek Video Ders Notları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786255836199</t>
+          <t>9786255836434</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
+          <t>2026 MEB AGS Ahenk Serisi Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786255836182</t>
+          <t>9786255836472</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
+          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786255836212</t>
+          <t>9786255836465</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
+          <t>2026 DGS Prestij Serisi Sayısal Sözel Yetenek Tamamı PDF Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>229</v>
+        <v>349</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786255836205</t>
+          <t>9786255836274</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sayısal Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
+          <t>2026 MEB AGS Ahenk Serisi Eğitimin Temelleri Eğitimle İlgili Temel Kavramlar ve Kuramlar Video Ders Notları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786255836267</t>
+          <t>9786255836298</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Mevzuat - Anayasa Video Ders Notları</t>
+          <t>2026 MEB AGS Ahenk Serisi Eğitimin Temelleri Eğitimle İlgili Temel Kavramlar ve Kuramlar Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786255836328</t>
+          <t>9786255836199</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Mevzuat - Anayasa Tamamı Çözümlü Soru Bankası</t>
+          <t>ALES Master Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786255836304</t>
+          <t>9786255836182</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Türk Milli Eğitim Sisteminin Genel Yapısı Tamamı Çözümlü Soru Bankası</t>
+          <t>ALES Master Serisi Sayısal Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>179</v>
+        <v>349</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786255836014</t>
+          <t>9786255836212</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Tüm Dersler Soru Yağmuru</t>
+          <t>ALES Master Serisi Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>399</v>
+        <v>229</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786255836281</t>
+          <t>9786255836205</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Ahenk Serisi Türk Milli Eğitim Sisteminin Genel Yapısı Video Ders Notları</t>
+          <t>ALES Master Serisi Sayısal Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>219</v>
+        <v>209</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786255836250</t>
+          <t>9786255836267</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Prestij Serisi Tamamı Renkli Konu Anlatımı Modüler Set</t>
+          <t>2026 MEB AGS Ahenk Serisi Mevzuat - Anayasa Video Ders Notları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>729</v>
+        <v>199</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254319013</t>
+          <t>9786255836328</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>AGS KPSS ALES DGS YKS Tüm Adaylar İçin Paragraf Tamamı Video Çözümlü 20 Deneme</t>
+          <t>2026 MEB AGS Ahenk Serisi Mevzuat - Anayasa Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>129</v>
+        <v>179</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254319891</t>
+          <t>9786255836304</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>2026 Master Serisi ALES Sayısal-Sözel Yetenek Tamamı Çözümlü Fasikül 7 Deneme</t>
+          <t>2026 MEB AGS Ahenk Serisi Türk Milli Eğitim Sisteminin Genel Yapısı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>279</v>
+        <v>179</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786255836069</t>
+          <t>9786255836014</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>2026 Master Serisi ALES Sayısal-Sözel Yetenek Modüler Set+5 Deneme (3 Kitap)</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Tüm Dersler Soru Yağmuru</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>729</v>
+        <v>449</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254319976</t>
+          <t>9786255836281</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Soru Dünyası</t>
+          <t>2026 MEB AGS Ahenk Serisi Türk Milli Eğitim Sisteminin Genel Yapısı Video Ders Notları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254319990</t>
+          <t>9786255836250</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS - AGS Genel Kültür Tarih Soru Dünyası</t>
+          <t>2026 DGS Prestij Serisi Tamamı Renkli Konu Anlatımı Modüler Set</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>299</v>
+        <v>729</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254319983</t>
+          <t>9786254319013</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS - AGS Coğrafya Tamamı Video Çözümlü Soru Dünyası</t>
+          <t>AGS KPSS ALES DGS YKS Tüm Adaylar İçin Paragraf Tamamı Video Çözümlü 20 Deneme</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>219</v>
+        <v>149</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786255836021</t>
+          <t>9786254319891</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS ÖSYM NE SORAR Genel Yetenek Genel Kültür Tamamı Çözümlü Fasikül 8 Deneme</t>
+          <t>2026 Master Serisi ALES Sayısal-Sözel Yetenek Tamamı Çözümlü Fasikül 7 Deneme</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254319631</t>
+          <t>9786255836069</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>ALES Sayısal - Sözel Yetenek Soru Bankası</t>
+          <t>2026 Master Serisi ALES Sayısal-Sözel Yetenek Modüler Set+5 Deneme (3 Kitap)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>399</v>
+        <v>729</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254319938</t>
+          <t>9786254319976</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Matematik Soru Dünyası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>239</v>
+        <v>269</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254319273</t>
+          <t>9786254319990</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS - AGS Genel Kültür Tarih Soru Dünyası</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>239</v>
+        <v>349</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254319945</t>
+          <t>9786254319983</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Sayısal - Sözel Yetenek Tamamı Çözümlü Süper 5`li Deneme</t>
+          <t>2026 KPSS - AGS Coğrafya Tamamı Video Çözümlü Soru Dünyası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>149</v>
+        <v>279</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254319686</t>
+          <t>9786255836021</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Bumerang Türkçe Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS ÖSYM NE SORAR Genel Yetenek Genel Kültür Tamamı Çözümlü Fasikül 8 Deneme</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254319716</t>
+          <t>9786254319631</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Bumerang Tarih Tamamı Çözümlü Soru Bankası</t>
+          <t>ALES Sayısal - Sözel Yetenek Soru Bankası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>269</v>
+        <v>499</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254319709</t>
+          <t>9786254319938</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Bumerang Coğrafya Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ALES Sayısal Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254319693</t>
+          <t>9786254319273</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Bumerang Matematik Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ALES Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>219</v>
+        <v>799</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254319877</t>
+          <t>9786254319945</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Matematik Çek Kopart Yaprak Test</t>
+          <t>2026 ALES Sayısal - Sözel Yetenek Tamamı Çözümlü Süper 5`li Deneme</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254319884</t>
+          <t>9786254319686</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Türkçe Çek Kopart Yaprak Test</t>
+          <t>2026 KPSS Genel Yetenek Bumerang Türkçe Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>119</v>
+        <v>299</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254319662</t>
+          <t>9786254319716</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Konu Anlatımı Modüler Set ( 5 Kitap)</t>
+          <t>2026 KPSS Genel Kültür Bumerang Tarih Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254319778</t>
+          <t>9786254319709</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Serisi Genel Kültür Vatandaşlık Video Ders Notları</t>
+          <t>2026 KPSS Genel Kültür Bumerang Coğrafya Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>139</v>
+        <v>229</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254319792</t>
+          <t>9786254319693</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Serisi Genel Kültür Vatandaşlık Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Bumerang Matematik Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>179</v>
+        <v>279</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254319808</t>
+          <t>9786254319877</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Atölye Tarih Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Matematik Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254319822</t>
+          <t>9786254319884</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Atölye Serisi Türkçe Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Türkçe Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>239</v>
+        <v>149</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254319785</t>
+          <t>9786254319662</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür Atölye Serisi Coğrafya Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Konu Anlatımı Modüler Set ( 5 Kitap)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>199</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254319815</t>
+          <t>9786254319778</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Atölye Serisi Genel Yetenek Matematik Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Atölye Serisi Genel Kültür Vatandaşlık Video Ders Notları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254319747</t>
+          <t>9786254319792</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Matematik Atölye Video Ders Notları</t>
+          <t>2026 KPSS Atölye Serisi Genel Kültür Vatandaşlık Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254319679</t>
+          <t>9786254319808</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS GY-GK Tamamı Hem Yazılı Hem Video Çözümlü Modüler Set Soru Bankası (5 Kitap)</t>
+          <t>2026 KPSS Genel Kültür Atölye Tarih Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>1249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254319600</t>
+          <t>9786254319822</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS ÖSYM Ne Sorar Ortaöğretim Ön Lisans Tamamı Çözümlü Fasikül 8 Deneme</t>
+          <t>2026 KPSS Genel Yetenek Atölye Serisi Türkçe Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254319624</t>
+          <t>9786254319785</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim - Önlisans Genel Yetenek Genel Kültür Tamamı Çözümlü 3 Yıldız Fasikül Deneme</t>
+          <t>2026 KPSS Genel Kültür Atölye Serisi Coğrafya Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254319617</t>
+          <t>9786254319815</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim - Önlisans Genel Yetenek Genel Kültür Tamamı Çözümlü Süper 5 Deneme</t>
+          <t>2026 KPSS Atölye Serisi Genel Yetenek Matematik Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254319532</t>
+          <t>9786254319747</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tüm Adaylar İçin Genel Kültür Tarih Tamamı Çözümlü 30 Deneme Sınavı</t>
+          <t>2026 KPSS Matematik Atölye Video Ders Notları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254319549</t>
+          <t>9786254319679</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tüm Adaylar İçin Genel Kültür Vatandaşlık Tamamı Çözümlü 30 Deneme Sınavı</t>
+          <t>2026 KPSS GY-GK Tamamı Hem Yazılı Hem Video Çözümlü Modüler Set Soru Bankası (5 Kitap)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>119</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254319501</t>
+          <t>9786254319600</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tüm Adaylar İçin Genel Kültür Coğrafya Tamamı Çözümlü 30 Deneme Sınavı</t>
+          <t>2026 KPSS ÖSYM Ne Sorar Ortaöğretim Ön Lisans Tamamı Çözümlü Fasikül 8 Deneme</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>79</v>
+        <v>299</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254319518</t>
+          <t>9786254319624</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tüm Adaylar İçin Genel Yetenek Türkçe Tamamı Çözümlü 30 Deneme Sınavı</t>
+          <t>2026 KPSS Ortaöğretim - Önlisans Genel Yetenek Genel Kültür Tamamı Çözümlü 3 Yıldız Fasikül Deneme</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254319525</t>
+          <t>9786254319617</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tüm Adaylar İçin Genel Yetenek Matematik Tamamı Çözümlü 30 Deneme Sınavı</t>
+          <t>2026 KPSS Ortaöğretim - Önlisans Genel Yetenek Genel Kültür Tamamı Çözümlü Süper 5 Deneme</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254319587</t>
+          <t>9786254319532</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Kültür Tarih Tamamı Çözümlü 14 Deneme</t>
+          <t>2026 E-KPSS Tüm Adaylar İçin Genel Kültür Tarih Tamamı Çözümlü 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254319594</t>
+          <t>9786254319549</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Kültür Vatandaşlık Tamamı Çözümlü 14 Deneme</t>
+          <t>2026 E-KPSS Tüm Adaylar İçin Genel Kültür Vatandaşlık Tamamı Çözümlü 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>89</v>
+        <v>149</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254319556</t>
+          <t>9786254319501</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Kültür Coğrafya Tamamı Çözümlü 14 Deneme</t>
+          <t>2026 E-KPSS Tüm Adaylar İçin Genel Kültür Coğrafya Tamamı Çözümlü 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254319563</t>
+          <t>9786254319518</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Türkçe Tamamı Çözümlü 14 Deneme</t>
+          <t>2026 E-KPSS Tüm Adaylar İçin Genel Yetenek Türkçe Tamamı Çözümlü 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254319570</t>
+          <t>9786254319525</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Matematik Tamamı Çözümlü 14 Deneme</t>
+          <t>2026 E-KPSS Tüm Adaylar İçin Genel Yetenek Matematik Tamamı Çözümlü 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254319488</t>
+          <t>9786254319587</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Kültür Tarih Tamamı Çözümlü 14 Deneme</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254319235</t>
+          <t>9786254319594</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Tüm Adaylar İçin 500 Soru'da Tamamı Hem Video Çözümlü Hem Yazılı Çözümlü Sözel Mantık Soru Bankası</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Kültür Vatandaşlık Tamamı Çözümlü 14 Deneme</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>199</v>
+        <v>109</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254319457</t>
+          <t>9786254319556</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>ALES Master Serisi Sayısal - Sözel Yetenek Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Kültür Coğrafya Tamamı Çözümlü 14 Deneme</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>239</v>
+        <v>109</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254319402</t>
+          <t>9786254319563</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Sözel Yetenek 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kampı</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Türkçe Tamamı Çözümlü 14 Deneme</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254319426</t>
+          <t>9786254319570</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans İşin Özü Tek Kitap Soru Bankası</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Matematik Tamamı Çözümlü 14 Deneme</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>369</v>
+        <v>169</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254319136</t>
+          <t>9786254319488</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Genel Kültür Tamamı Çözümlü Soru Bankası Modüler Set</t>
+          <t>ALES Master Serisi Sözel Yetenek Tamamı Çözümlü Son 10 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>999</v>
+        <v>229</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254319327</t>
+          <t>9786254319235</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Genel Yetenek Genel Kültür Tüm Adaylar İçin Tamamı Çözümlü 10 Deneme</t>
+          <t>Tüm Adaylar İçin 500 Soru'da Tamamı Hem Video Çözümlü Hem Yazılı Çözümlü Sözel Mantık Soru Bankası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254319334</t>
+          <t>9786254319457</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS GY-GK Tüm Adaylar İçin Çek Kopart Yaprak Test</t>
+          <t>ALES Master Serisi Sayısal - Sözel Yetenek Tamamı Çözümlü Son 6 Sınav Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>219</v>
+        <v>239</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254319181</t>
+          <t>9786254319402</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans Tarih Çek Kopart Yaprak Test</t>
+          <t>2025 MEB AGS Sözel Yetenek 300 Soruda Tamamı Video Çözümlü Genel Tekrar Kampı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>89</v>
+        <v>139</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254319167</t>
+          <t>9786254319426</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans Türkçe Çek Kopart Yaprak Test</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans İşin Özü Tek Kitap Soru Bankası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>89</v>
+        <v>449</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254319174</t>
+          <t>9786254319136</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim-Önlisans Matematik Çek Kopart Yaprak Test</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Genel Kültür Tamamı Çözümlü Soru Bankası Modüler Set</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>109</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254319075</t>
+          <t>9786254319327</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Ortaöğretim - Ön Lisans Memur Ol Soru Bankası</t>
+          <t>2026 E-KPSS Genel Yetenek Genel Kültür Tüm Adaylar İçin Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>449</v>
+        <v>229</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254319068</t>
+          <t>9786254319334</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Genel Kültür Memur Ol Konu Anlatımı</t>
+          <t>2026 E-KPSS GY-GK Tüm Adaylar İçin Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>499</v>
+        <v>279</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254319105</t>
+          <t>9786254319181</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Türkiye Coğrafyası Tamamı Çözümlü 41 Deneme</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans Tarih Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>179</v>
+        <v>99</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254319006</t>
+          <t>9786254319167</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>2026 Ön Lisans Genel Yetenek - Genel Kültür Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans Türkçe Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>199</v>
+        <v>109</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254318993</t>
+          <t>9786254319174</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>2026 Ortaöğretim Genel Yetenek - Genel Kültür Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2026 KPSS Ortaöğretim-Önlisans Matematik Çek Kopart Yaprak Test</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254318986</t>
+          <t>9786254319075</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>2026 Ortaöğretim-Önlisans Genel Yetenek Genel Kültür 5+5 Tamamı Çözümlü Son 10 Sınav Fasikül Fasikül Çıkmış Sorular</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Ortaöğretim - Ön Lisans Memur Ol Soru Bankası</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254318962</t>
+          <t>9786254319068</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ortaöğretim - Ön Lisans Genel Kültür Vatandaşlık Tamamı Çözümlü Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2026 KPSS Ortaöğretim Ön Lisans Genel Yetenek Genel Kültür Memur Ol Konu Anlatımı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>79</v>
+        <v>549</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254318948</t>
+          <t>9786254319105</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>KPSS 2026 Ortaöğretim - Ön Lisans Tarih Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2025 MEB AGS Türkiye Coğrafyası Tamamı Çözümlü 41 Deneme</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254318955</t>
+          <t>9786254319006</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>KPSS 2026 Ortaöğretim - Ön Lisans Coğrafya Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2026 Ön Lisans Genel Yetenek - Genel Kültür Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular (2024 Soruları Dahil)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>89</v>
+        <v>229</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254318931</t>
+          <t>9786254318993</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>KPSS 2026 Ortaöğretim-Ön Lisans Türkçe Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2026 Ortaöğretim Genel Yetenek - Genel Kültür Tamamı Çözümlü Son 5 Sınav Çıkmış Sorular (2024 Soruları Dahil)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254318979</t>
+          <t>9786254318986</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>KPSS 2026 Ortaöğretim - Ön Lisans Matematik Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
+          <t>2026 Ortaöğretim-Önlisans Genel Yetenek Genel Kültür 5+5 Tamamı Çözümlü Son 10 Sınav Fasikül Fasikül Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>139</v>
+        <v>449</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254319037</t>
+          <t>9786254318962</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi 1001 Soru Cevap</t>
+          <t>2026 KPSS Ortaöğretim - Ön Lisans Genel Kültür Vatandaşlık Tamamı Çözümlü Çıkmış Sorular (2024 Soruları Dahil)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>164</v>
+        <v>99</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254318870</t>
+          <t>9786254318948</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Bilgi Cepte 222 Sayılı İlköğretim ve Eğitim Kanunu Bilgi Kartı (Soru-Cevap)</t>
+          <t>KPSS 2026 Ortaöğretim - Ön Lisans Tarih Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>69</v>
+        <v>149</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254318894</t>
+          <t>9786254318955</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS Bilgi Cepte 7528 Sayılı Öğretmenlik Meslek Kanunu Bilgi Kartı (Soru-Cevap)</t>
+          <t>KPSS 2026 Ortaöğretim - Ön Lisans Coğrafya Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>89</v>
+        <v>109</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
+          <t>9786254318931</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2026 Ortaöğretim-Ön Lisans Türkçe Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786254318979</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2026 Ortaöğretim - Ön Lisans Matematik Konularına Göre Çıkmış Sorular (2024 Soruları Dahil)</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786254319037</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>MEB AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi 1001 Soru Cevap</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786254318870</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB AGS Bilgi Cepte 222 Sayılı İlköğretim ve Eğitim Kanunu Bilgi Kartı (Soru-Cevap)</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786254318894</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>2026 MEB AGS Bilgi Cepte 7528 Sayılı Öğretmenlik Meslek Kanunu Bilgi Kartı (Soru-Cevap)</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
           <t>9786254318887</t>
         </is>
       </c>
-      <c r="B383" s="1" t="inlineStr">
+      <c r="B388" s="1" t="inlineStr">
         <is>
           <t>2026 MEB AGS Bilgi Cepte 1739 Sayılı Milli Eğitim Temel Kanunu Bilgi Kartı (Soru-Cevap)</t>
         </is>
       </c>
-      <c r="C383" s="1">
+      <c r="C388" s="1">
         <v>69</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>