--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -85,9985 +85,10105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256270985</t>
+          <t>9786255839251</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kral Öldü</t>
+          <t>Türk Askeri Tarihçileri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255839213</t>
+          <t>9786255839848</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Savaş - Teoriden Pratiğe</t>
+          <t>Sorularla Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255839121</t>
+          <t>9786255839879</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kaç Gözü Var?</t>
+          <t>Aztekler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255839053</t>
+          <t>9786255839893</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 6. Kitap</t>
+          <t>Asurlular</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>800</v>
+        <v>325</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255839060</t>
+          <t>9786255839886</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 7. Kitap</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255839077</t>
+          <t>9786255839831</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 8. Kitap</t>
+          <t>Türk Tarihine Yön Veren Metinler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255839084</t>
+          <t>9786255839855</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 9. Kitap</t>
+          <t>Valki Direnişi ve Katliamı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255839091</t>
+          <t>9786255839817</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 10. Kitap</t>
+          <t>Gezgin Prenses</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255839008</t>
+          <t>9786256270985</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 1. Kitap</t>
+          <t>Kral Öldü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255839015</t>
+          <t>9786255839213</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 2. Kitap</t>
+          <t>Savaş - Teoriden Pratiğe</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>800</v>
+        <v>490</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255839022</t>
+          <t>9786255839121</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 3. Kitap</t>
+          <t>Türklerin Kaç Gözü Var?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255839039</t>
+          <t>9786255839053</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 4. Kitap</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 6. Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255839046</t>
+          <t>9786255839060</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 5. Kitap</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 7. Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059787345</t>
+          <t>9786255839077</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Çanakkale Savaşı</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 8. Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055200756</t>
+          <t>9786255839084</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Seyir Defteri</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 9. Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257705080</t>
+          <t>9786255839091</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Woman and Family in İstanbul</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 10. Kitap</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057800725</t>
+          <t>9786255839008</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mütareke ve İşgalden Milli Mücadele’ye Mustafa Kemal Paşa 1918-1920</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 1. Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055200251</t>
+          <t>9786255839015</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfoloji ve İnsan</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 2. Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256270961</t>
+          <t>9786255839022</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Merterspor</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 3. Kitap</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256270930</t>
+          <t>9786255839039</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Yalanlar ve Algoritmalar</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 4. Kitap</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256270916</t>
+          <t>9786255839046</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cadılığın Tarihi</t>
+          <t>Günümüz Türkçesiyle: Evliya Çelebi Seyahatnamesi 5. Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256270923</t>
+          <t>9786059787345</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tarihte 100 Büyük Komutan</t>
+          <t>Sorularla Çanakkale Savaşı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256270862</t>
+          <t>9786055200756</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Suskun Tanrılar Mağarası</t>
+          <t>Ölümün Seyir Defteri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256270855</t>
+          <t>9786257705080</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kutülamare ve Irak Cephesi Tarihçesi</t>
+          <t>Woman and Family in İstanbul</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256270954</t>
+          <t>9786057800725</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Doğu Cephesi Günlüğü ve Filistin Hatıraları (Ciltli)</t>
+          <t>Mütareke ve İşgalden Milli Mücadele’ye Mustafa Kemal Paşa 1918-1920</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256270909</t>
+          <t>9786055200251</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Seddülbahir Muharebeleri</t>
+          <t>Jeomorfoloji ve İnsan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>800</v>
+        <v>520</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256270725</t>
+          <t>9786256270961</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Papalık ve Doğu (1204-1571) 6 Cilt Takım</t>
+          <t>Merterspor</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>3900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256270657</t>
+          <t>9786256270930</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Katibi Divanı</t>
+          <t>Casuslar Yalanlar ve Algoritmalar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256270800</t>
+          <t>9786256270916</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Askeri Tarihi</t>
+          <t>Cadılığın Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256270848</t>
+          <t>9786256270923</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kudüs Tarihi</t>
+          <t>Tarihte 100 Büyük Komutan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256270794</t>
+          <t>9786256270862</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Surp Yerrortutyun Katolik Ermeni Kilisesi</t>
+          <t>Suskun Tanrılar Mağarası</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256270442</t>
+          <t>9786256270855</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi</t>
+          <t>Kutülamare ve Irak Cephesi Tarihçesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>490</v>
+        <v>165</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256270664</t>
+          <t>9786256270954</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Kökenleri</t>
+          <t>Doğu Cephesi Günlüğü ve Filistin Hatıraları (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>590</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256270671</t>
+          <t>9786256270909</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ramses</t>
+          <t>Seddülbahir Muharebeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756480175</t>
+          <t>9786256270725</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi 1300 - 1912 (5 Cilt) (Ciltli)</t>
+          <t>Papalık ve Doğu (1204-1571) 6 Cilt Takım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>5000</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258396829</t>
+          <t>9786256270657</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Engin Sularında Prof. Dr. Vahdettin Engin’e Armağan</t>
+          <t>Katibi Divanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258396072</t>
+          <t>9786256270800</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dedemin İzinde Tarih Serisi (5 Kitap Kutulu)</t>
+          <t>Osmanlı Askeri Tarihi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257477864</t>
+          <t>9786256270848</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti (3 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Kısa Kudüs Tarihi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257477185</t>
+          <t>9786256270794</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi İstanbul 1. Kitap (2 Cilt Kutulu) (Ciltli)</t>
+          <t>Surp Yerrortutyun Katolik Ermeni Kilisesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257477925</t>
+          <t>9786256270442</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Türkler (Ciltli)</t>
+          <t>Osmanlı Devleti Tarihi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057800428</t>
+          <t>9786256270664</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz</t>
+          <t>Zaferin Kökenleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>590</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057800121</t>
+          <t>9786256270671</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Bey ve Kayılar</t>
+          <t>Büyük Ramses</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052070239</t>
+          <t>9789756480175</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi 1774 - 1912 (5 Cilt) (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu Tarihi 1300 - 1912 (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>5000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052070802</t>
+          <t>9786258396829</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bakıp da Göremediklerimizle İstanbul</t>
+          <t>Tarihin Engin Sularında Prof. Dr. Vahdettin Engin’e Armağan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055200640</t>
+          <t>9786258396072</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kayseri Şehri ve Kayserililer</t>
+          <t>Dedemin İzinde Tarih Serisi (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055200633</t>
+          <t>9786257477864</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>500 Yılın Ardından Piri Reis</t>
+          <t>Demokrat Parti (3 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055200763</t>
+          <t>9786257477185</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı : İrtica-906 Mehmed Akif Ersoy</t>
+          <t>Evliya Çelebi Seyahatnamesi İstanbul 1. Kitap (2 Cilt Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055200831</t>
+          <t>9786257477925</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Rumeli Uç Beyleri</t>
+          <t>İslamiyet Öncesi Türkler (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055200824</t>
+          <t>9786057800428</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşunun 50. Yıldönümünde Bartın Limanı Tarihi</t>
+          <t>Tepegöz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055200343</t>
+          <t>9786057800121</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Kapısı Sultanbeyli Tarihi</t>
+          <t>Ertuğrul Bey ve Kayılar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055200381</t>
+          <t>9786052070239</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şah'ın Ülkesinde</t>
+          <t>Osmanlı İmparatorluğu Tarihi 1774 - 1912 (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052070475</t>
+          <t>9786052070802</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy Kronolojisi</t>
+          <t>Bakıp da Göremediklerimizle İstanbul</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052070147</t>
+          <t>9786055200640</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi İlköğretimde Ahlak Eğitimi</t>
+          <t>Kayseri Şehri ve Kayserililer</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052070086</t>
+          <t>9786055200633</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-Rusya İlişkilerinde Abhazya</t>
+          <t>500 Yılın Ardından Piri Reis</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059787253</t>
+          <t>9786055200763</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Ayntab Şehri</t>
+          <t>Kod Adı : İrtica-906 Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059787147</t>
+          <t>9786055200831</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Osmanlılar ve Rumeli Uç Beyleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059787116</t>
+          <t>9786055200824</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Doğu Hilafetinin Memleketleri</t>
+          <t>Kuruluşunun 50. Yıldönümünde Bartın Limanı Tarihi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055200817</t>
+          <t>9786055200343</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>1915 Gelibolu Harbi Günlüğü</t>
+          <t>İstanbul'un Kapısı Sultanbeyli Tarihi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059787700</t>
+          <t>9786055200381</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hacı Zeynelabidin Tagiyev</t>
+          <t>Şah'ın Ülkesinde</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055200367</t>
+          <t>9786052070475</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kronolojik 20. Yüzyıl Siyasi Tarihi (Ciltli)</t>
+          <t>Kadıköy Kronolojisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055200350</t>
+          <t>9786052070147</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Balkanların Acı Yüzü</t>
+          <t>2. Abdülhamid Dönemi İlköğretimde Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756480496</t>
+          <t>9786052070086</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yarim İstanbul</t>
+          <t>Osmanlı-Rusya İlişkilerinde Abhazya</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756480755</t>
+          <t>9786059787253</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Viyana’da Osmanlı Diplomasisi</t>
+          <t>16. Yüzyılda Ayntab Şehri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756480106</t>
+          <t>9786059787147</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna’da Osmanlılar Kamaniçe Seferi ve Organizasyonu (1672)</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756480311</t>
+          <t>9786059787116</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türklük İncelemeleri</t>
+          <t>Doğu Hilafetinin Memleketleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756480830</t>
+          <t>9786055200817</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Yunanistan’da Batı Meselesi</t>
+          <t>1915 Gelibolu Harbi Günlüğü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>530</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054052165</t>
+          <t>9786059787700</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gündoğumu</t>
+          <t>Hacı Zeynelabidin Tagiyev</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756480472</t>
+          <t>9786055200367</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mecmua (Ciltli)</t>
+          <t>Kronolojik 20. Yüzyıl Siyasi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054052974</t>
+          <t>9786055200350</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Anadolu Seferi ve Ankara Savaşı</t>
+          <t>Balkanların Acı Yüzü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756480502</t>
+          <t>9789756480496</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gör Dediği</t>
+          <t>Yarim İstanbul</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756480144</t>
+          <t>9789756480755</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Azınlıklar</t>
+          <t>Viyana’da Osmanlı Diplomasisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756480137</t>
+          <t>9789756480106</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tahtacılar</t>
+          <t>Ukrayna’da Osmanlılar Kamaniçe Seferi ve Organizasyonu (1672)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799756480235</t>
+          <t>9789756480311</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm Altaylar'dan Anadolu’ya Kamizm</t>
+          <t>Türklük İncelemeleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756480656</t>
+          <t>9789756480830</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Ordusu</t>
+          <t>Türkiye’de ve Yunanistan’da Batı Meselesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799756480297</t>
+          <t>9786054052165</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sultana Öğütler</t>
+          <t>Türkiye’de Gündoğumu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055200046</t>
+          <t>9789756480472</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sör Siyonist</t>
+          <t>Yeni Mecmua (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054052738</t>
+          <t>9786054052974</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Söğütlü Jandarma Onbaşı Ali’nin Milli Mücadele Anıları</t>
+          <t>Timur’un Anadolu Seferi ve Ankara Savaşı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756480069</t>
+          <t>9789756480502</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı İmparatorluğu 2</t>
+          <t>Tarihin Gör Dediği</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756480052</t>
+          <t>9789756480144</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı İmparatorluğu 1</t>
+          <t>Azınlıklar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756480649</t>
+          <t>9789756480137</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Çanakkale Muharebeleri 1</t>
+          <t>Tahtacılar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756480854</t>
+          <t>9799756480235</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Son Haçlı Seferi</t>
+          <t>Şamanizm Altaylar'dan Anadolu’ya Kamizm</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054052813</t>
+          <t>9789756480656</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Selanik ve İstanbul’da Yahudi Bankerler</t>
+          <t>Sultanın Ordusu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756480687</t>
+          <t>9799756480297</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Sonrası Dönemde Anadolu’da Eyyubiler</t>
+          <t>Sultana Öğütler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756480434</t>
+          <t>9786055200046</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı İmparatorluğu 5</t>
+          <t>Sör Siyonist</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756480533</t>
+          <t>9786054052738</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rauf Orbay ve Hamidiye</t>
+          <t>Söğütlü Jandarma Onbaşı Ali’nin Milli Mücadele Anıları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054052585</t>
+          <t>9789756480069</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pazarlık</t>
+          <t>Sorularla Osmanlı İmparatorluğu 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756480342</t>
+          <t>9789756480052</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Toprak Türk Basınına Göre (1923-1926) Musul Meselesi</t>
+          <t>Sorularla Osmanlı İmparatorluğu 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054052325</t>
+          <t>9789756480649</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Meselesi</t>
+          <t>Sorularla Çanakkale Muharebeleri 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9799756480112</t>
+          <t>9789756480854</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Özü’den Tuna’ya Kazaklar 1</t>
+          <t>Son Haçlı Seferi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054052516</t>
+          <t>9786054052813</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrası ile Lozan</t>
+          <t>Selanik ve İstanbul’da Yahudi Bankerler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756480083</t>
+          <t>9789756480687</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Soğuk Elçisi Cellat</t>
+          <t>Selahaddin Sonrası Dönemde Anadolu’da Eyyubiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054052059</t>
+          <t>9789756480434</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğlu ve Aydınların Anlatımıyla İmparatorluğun Yüzük Taşı II. Abdülhamid</t>
+          <t>Sorularla Osmanlı İmparatorluğu 5</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054052233</t>
+          <t>9789756480533</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Hayaleti</t>
+          <t>Rauf Orbay ve Hamidiye</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054052806</t>
+          <t>9786054052585</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gayrimüslim Tarihinden Notlar</t>
+          <t>Pazarlık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054052028</t>
+          <t>9789756480342</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ile Anadolu Beylikleri Arasında Psikolojik Mücadele</t>
+          <t>Paylaşılamayan Toprak Türk Basınına Göre (1923-1926) Musul Meselesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756480588</t>
+          <t>9786054052325</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Balıkesir</t>
+          <t>Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756480762</t>
+          <t>9799756480112</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sürgün İskan, Suç ve Ceza</t>
+          <t>Özü’den Tuna’ya Kazaklar 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054052462</t>
+          <t>9786054052516</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Kadın Saltanatı (Ciltli)</t>
+          <t>Öncesi ve Sonrası ile Lozan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9799756480167</t>
+          <t>9789756480083</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Rus İlişkileri Tarihi Ahmed Cavid Bey’in Müntehabatı (Ciltli)</t>
+          <t>Ölümün Soğuk Elçisi Cellat</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054052646</t>
+          <t>9786054052059</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi (7 Kitap Takım-Kutulu) (Ciltli)</t>
+          <t>Osmanoğlu ve Aydınların Anlatımıyla İmparatorluğun Yüzük Taşı II. Abdülhamid</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>5500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756480953</t>
+          <t>9786054052233</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Tortum Sancağı (1549 -1650)</t>
+          <t>Osmanlı’nın Hayaleti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054052882</t>
+          <t>9786054052806</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rusçuk</t>
+          <t>Osmanlı’nın Gayrimüslim Tarihinden Notlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054052509</t>
+          <t>9786054052028</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Akdeniz Dünyası</t>
+          <t>Osmanlılar ile Anadolu Beylikleri Arasında Psikolojik Mücadele</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756480441</t>
+          <t>9789756480588</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Zehir ve Cinayet</t>
+          <t>Osmanlı’dan Cumhuriyete Balıkesir</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756480595</t>
+          <t>9789756480762</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Okçu Milletin Tarihi</t>
+          <t>Osmanlı’da Sürgün İskan, Suç ve Ceza</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054052837</t>
+          <t>9786054052462</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları 1. Kitap</t>
+          <t>Osmanlı’da Kadın Saltanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055200060</t>
+          <t>9799756480167</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Neriman Nerimanov</t>
+          <t>Osmanlı Rus İlişkileri Tarihi Ahmed Cavid Bey’in Müntehabatı (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>430</v>
+        <v>900</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756480915</t>
+          <t>9786054052646</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’le Trablusgarp’tan Cumhuriyet’e</t>
+          <t>Osmanlı İmparatorluğu Tarihi (7 Kitap Takım-Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756480847</t>
+          <t>9789756480953</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Moskova’nın Rövanşı</t>
+          <t>Osmanlı İdaresinde Tortum Sancağı (1549 -1650)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9799756480358</t>
+          <t>9786054052882</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Moğol Hakimiyeti Doğu ve Güneydoğu Anadolu’da</t>
+          <t>Rusçuk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756480038</t>
+          <t>9786054052509</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet İstanbul’unda Kadın ve Sosyal Değişim</t>
+          <t>Osmanlı Dönemi Akdeniz Dünyası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054052479</t>
+          <t>9789756480441</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Tarihten?</t>
+          <t>Ortaçağda Zehir ve Cinayet</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756480908</t>
+          <t>9789756480595</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kapancızade Hamit Bey</t>
+          <t>Okçu Milletin Tarihi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054052745</t>
+          <t>9786054052837</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Devrinde Çin’de Osmanlı Tüfeği ve Osmanlılar</t>
+          <t>Nasreddin Hoca Fıkraları 1. Kitap</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756480779</t>
+          <t>9786055200060</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İzmir ve Çevresinde Yunan İşgali ve Rum Mezalimi</t>
+          <t>Neriman Nerimanov</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054052387</t>
+          <t>9789756480915</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı Cavit Bey (Ciltli)</t>
+          <t>Mustafa Kemal’le Trablusgarp’tan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054052912</t>
+          <t>9789756480847</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Gayrimüslimler</t>
+          <t>Moskova’nın Rövanşı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756480786</t>
+          <t>9799756480358</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam Alemi ve İngiliz Misyonerler</t>
+          <t>Moğol Hakimiyeti Doğu ve Güneydoğu Anadolu’da</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054052080</t>
+          <t>9789756480038</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İpsiz Recep Emice</t>
+          <t>Meşrutiyet İstanbul’unda Kadın ve Sosyal Değişim</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054052035</t>
+          <t>9786054052479</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fişlenen Türkiye</t>
+          <t>Kim Korkar Tarihten?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054052158</t>
+          <t>9789756480908</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Kapancızade Hamit Bey</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054052127</t>
+          <t>9786054052745</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Harpte Türklerle Birlikte</t>
+          <t>Kanuni Devrinde Çin’de Osmanlı Tüfeği ve Osmanlılar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799756480259</t>
+          <t>9789756480779</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İran Türklüğü</t>
+          <t>İzmir ve Çevresinde Yunan İşgali ve Rum Mezalimi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059787802</t>
+          <t>9786054052387</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kutulamare Zaferi 1916 (Ciltli)</t>
+          <t>İttihatçı Cavit Bey (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059787710</t>
+          <t>9786054052912</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mehmetçik Kore’de</t>
+          <t>İstanbullu Gayrimüslimler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057800336</t>
+          <t>9789756480786</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Büyük Olayların Kısa Tarihi 1 - 2</t>
+          <t>İslam Alemi ve İngiliz Misyonerler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059787680</t>
+          <t>9786054052080</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>İpsiz Recep Emice</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059787123</t>
+          <t>9786054052035</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Keşifler ve Coğrafya</t>
+          <t>Fişlenen Türkiye</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059787406</t>
+          <t>9786054052158</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletleri Birliği (Ciltli)</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059787161</t>
+          <t>9786054052127</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Harpte Türklerle Birlikte</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055200480</t>
+          <t>9799756480259</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Şehirleri</t>
+          <t>İran Türklüğü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055200497</t>
+          <t>9786059787802</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>Kutulamare Zaferi 1916 (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059787864</t>
+          <t>9786059787710</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kore Savaşında Türk Ordusu (Korece)</t>
+          <t>Mehmetçik Kore’de</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059787635</t>
+          <t>9786057800336</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kutulamare: Osmanlı’nın Unutulan Son Zaferi</t>
+          <t>Büyük Olayların Kısa Tarihi 1 - 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059787529</t>
+          <t>9786059787680</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Revan Türkleri (Rusça)</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059787512</t>
+          <t>9786059787123</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Revan Türkleri</t>
+          <t>Keşifler ve Coğrafya</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059787260</t>
+          <t>9786059787406</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin 1. Dünya Savaşı'na Girişi</t>
+          <t>Türk Devletleri Birliği (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055200534</t>
+          <t>9786059787161</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mersin Limanı Tarihi</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055200626</t>
+          <t>9786055200480</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Bir İngiliz Gelin</t>
+          <t>Sultanların Şehirleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756480960</t>
+          <t>9786055200497</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>15 - 16. Yüzyıllarda Osmanlı Maliyesi ve Defter Sistemi</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059787369</t>
+          <t>9786059787864</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Savaş Günleri</t>
+          <t>Kore Savaşında Türk Ordusu (Korece)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059787208</t>
+          <t>9786059787635</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Arslanı</t>
+          <t>Kutulamare: Osmanlı’nın Unutulan Son Zaferi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054052066</t>
+          <t>9786059787529</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Filistin Cephesi’nden Adana’ya Mustafa Kemal Paşa</t>
+          <t>Revan Türkleri (Rusça)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756480410</t>
+          <t>9786059787512</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Bellini</t>
+          <t>Revan Türkleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055200114</t>
+          <t>9786059787260</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Türkler</t>
+          <t>Osmanlı Devleti'nin 1. Dünya Savaşı'na Girişi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054052455</t>
+          <t>9786055200534</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hac Kitabı (Ciltli)</t>
+          <t>Mersin Limanı Tarihi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756480717</t>
+          <t>9786055200626</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Irak Seferi ve Esaret</t>
+          <t>Osmanlı'da Bir İngiliz Gelin</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756480618</t>
+          <t>9789756480960</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Düşman Geliyor Top Başına</t>
+          <t>15 - 16. Yüzyıllarda Osmanlı Maliyesi ve Defter Sistemi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756480014</t>
+          <t>9786059787369</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dünyada İlkler</t>
+          <t>İstanbul’da Savaş Günleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9799756480365</t>
+          <t>9786059787208</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Diaspora’da Ermeni Kimliği</t>
+          <t>Selçuklu Arslanı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055200176</t>
+          <t>9786054052066</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çin’den Görünen Osmanlı</t>
+          <t>Filistin Cephesi’nden Adana’ya Mustafa Kemal Paşa</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054052073</t>
+          <t>9789756480410</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’ndan Alınan Dersler</t>
+          <t>Fatih ve Bellini</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756480625</t>
+          <t>9786055200114</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Devler Ülkesinde Devler Savaşı Çanakkale</t>
+          <t>Faili Meçhul Türkler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756480663</t>
+          <t>9786054052455</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinden Mektuplar - Hatıralar</t>
+          <t>Hac Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055200572</t>
+          <t>9789756480717</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Adalet Kitabı</t>
+          <t>Irak Seferi ve Esaret</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055200268</t>
+          <t>9789756480618</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ayıcı Arif</t>
+          <t>Düşman Geliyor Top Başına</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055200459</t>
+          <t>9789756480014</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Fetvanın Gücü</t>
+          <t>Dünyada İlkler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055200435</t>
+          <t>9799756480365</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - Safevi Münasebetleri</t>
+          <t>Diaspora’da Ermeni Kimliği</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257705141</t>
+          <t>9786055200176</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Risaletü İbn Fadlan fi Yasfi’r-Rihle</t>
+          <t>Çin’den Görünen Osmanlı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257477031</t>
+          <t>9786054052073</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbarat Tarihi</t>
+          <t>Çanakkale Savaşı’ndan Alınan Dersler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055200428</t>
+          <t>9789756480625</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Mustafa ve Şehzade Bayezid Nasıl Öldürüldüler?</t>
+          <t>Devler Ülkesinde Devler Savaşı Çanakkale</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257705097</t>
+          <t>9789756480663</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Istanbul in Flames</t>
+          <t>Çanakkale Cephesinden Mektuplar - Hatıralar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057800145</t>
+          <t>9786055200572</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bozkırların İlk İmparatorluğu - Hunlar (Ciltli)</t>
+          <t>Adalet Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057800206</t>
+          <t>9786055200268</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bilge Türk - Tonyukuk (Ciltli)</t>
+          <t>Ayıcı Arif</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756480335</t>
+          <t>9786055200459</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kara Muharebeleri</t>
+          <t>Fetvanın Gücü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756480885</t>
+          <t>9786055200435</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Cephaneniz Yoksa Süngünüz Var</t>
+          <t>Osmanlı - Safevi Münasebetleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054052639</t>
+          <t>9786257705141</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk</t>
+          <t>Risaletü İbn Fadlan fi Yasfi’r-Rihle</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054052349</t>
+          <t>9786257477031</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Büyük Efendi’nin Sarayı</t>
+          <t>Türk İstihbarat Tarihi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054052332</t>
+          <t>9786055200428</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi ve Kayık Kültürü</t>
+          <t>Şehzade Mustafa ve Şehzade Bayezid Nasıl Öldürüldüler?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756480465</t>
+          <t>9786257705097</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Düşüşü</t>
+          <t>Ottoman Istanbul in Flames</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756480397</t>
+          <t>9786057800145</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da İsyan Osmanlı - İngiliz Rekabeti Bosna- Hersek ve Bulgaristan’daki Ayaklanmalar (1875 - 1876)</t>
+          <t>Bozkırların İlk İmparatorluğu - Hunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054052042</t>
+          <t>9786057800206</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Arap İhtilali Ve Şam Mahkemesi</t>
+          <t>Bilge Türk - Tonyukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054052004</t>
+          <t>9789756480335</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar İle Beylikler Arasında Anadolu’da Meşruiyet Mücadelesi</t>
+          <t>Çanakkale Kara Muharebeleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055200169</t>
+          <t>9789756480885</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Allahaısmarladık ( Özel Baskı) (Ciltli)</t>
+          <t>Cephaneniz Yoksa Süngünüz Var</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054052486</t>
+          <t>9786054052639</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Cinci Hocası</t>
+          <t>Büyük Türk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756480700</t>
+          <t>9786054052349</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler'den Osmanlılar'a Mekke-Medine Tarihi</t>
+          <t>Büyük Efendi’nin Sarayı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756480151</t>
+          <t>9786054052332</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Sonlarında Avrupa’da Türkler</t>
+          <t>Boğaziçi ve Kayık Kültürü</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756480892</t>
+          <t>9789756480465</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>18. ve 19. Yüzyıllarda Karadeniz’de Bir Kıyı Kenti Akçakoca</t>
+          <t>Bizans’ın Düşüşü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756480670</t>
+          <t>9789756480397</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>15-16. Yüzyıllarda Karaağaç-ı Gölhisar (Acıpayam) Kazası</t>
+          <t>Balkanlar’da İsyan Osmanlı - İngiliz Rekabeti Bosna- Hersek ve Bulgaristan’daki Ayaklanmalar (1875 - 1876)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057800640</t>
+          <t>9786054052042</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Milli Mücadele Tarihi</t>
+          <t>Arap İhtilali Ve Şam Mahkemesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057800602</t>
+          <t>9786054052004</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Teravih-i Gazavat-ı Sultan Murad-ı Salis</t>
+          <t>Osmanlılar İle Beylikler Arasında Anadolu’da Meşruiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057800022</t>
+          <t>9786055200169</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Kılıç (Ciltli)</t>
+          <t>Allahaısmarladık ( Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057800213</t>
+          <t>9786054052486</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un Kanadı (Ciltli)</t>
+          <t>Abdülhamid’in Cinci Hocası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1000</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057800183</t>
+          <t>9789756480700</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut ile Değerler Eğitimi (5 Kitap)</t>
+          <t>Abbasiler'den Osmanlılar'a Mekke-Medine Tarihi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057800169</t>
+          <t>9789756480151</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l Letaifi'l Alaiyye fi'l-fedaili's-seniyye - Alaeddin Keykubat'a Sunulan Siyasetname</t>
+          <t>19. Yüzyıl Sonlarında Avrupa’da Türkler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057800008</t>
+          <t>9789756480892</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>31 Mart İhtilali'nin Tarihçesi</t>
+          <t>18. ve 19. Yüzyıllarda Karadeniz’de Bir Kıyı Kenti Akçakoca</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052070451</t>
+          <t>9789756480670</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kanal Seferi’nden Çanakkale’ye</t>
+          <t>15-16. Yüzyıllarda Karaağaç-ı Gölhisar (Acıpayam) Kazası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059787543</t>
+          <t>9786057800640</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’da Venedik Papalık ve Türkler</t>
+          <t>Sorularla Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052070697</t>
+          <t>9786057800602</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman</t>
+          <t>Teravih-i Gazavat-ı Sultan Murad-ı Salis</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052070291</t>
+          <t>9786057800022</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu: Kıyametin Kapısı</t>
+          <t>Kur'an ve Kılıç (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052070703</t>
+          <t>9786057800213</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Din ve Devlet</t>
+          <t>Simurg’un Kanadı (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059787987</t>
+          <t>9786057800183</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Kamu Düzeni</t>
+          <t>Dede Korkut ile Değerler Eğitimi (5 Kitap)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059787758</t>
+          <t>9786057800169</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacı (Ciltli)</t>
+          <t>Kitabu'l Letaifi'l Alaiyye fi'l-fedaili's-seniyye - Alaeddin Keykubat'a Sunulan Siyasetname</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052070857</t>
+          <t>9786057800008</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Göktanrı'nın Gölgesi</t>
+          <t>31 Mart İhtilali'nin Tarihçesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059787932</t>
+          <t>9786052070451</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Altaylardan Kafkaslara Türk Devletleri</t>
+          <t>Kanal Seferi’nden Çanakkale’ye</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256270459</t>
+          <t>9786059787543</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kâmil Bey’in Günlükleri</t>
+          <t>Orta Çağ’da Venedik Papalık ve Türkler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256270329</t>
+          <t>9786052070697</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Taç Mahal’in Mumları</t>
+          <t>Kuruluş Osman</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256270398</t>
+          <t>9786052070291</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Batı’yı Batı Yapan 10 Yalan</t>
+          <t>Ortadoğu: Kıyametin Kapısı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256270350</t>
+          <t>9786052070703</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yunanistan Tarihi</t>
+          <t>Orta Çağ'da Din ve Devlet</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256270237</t>
+          <t>9786059787987</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kitâbü’l Coğrafya</t>
+          <t>Anadolu'da Kamu Düzeni</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256270411</t>
+          <t>9786059787758</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tarihi</t>
+          <t>Hayat Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256270435</t>
+          <t>9786052070857</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma (Ciltli)</t>
+          <t>Oğuz Kağan - Göktanrı'nın Gölgesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256270404</t>
+          <t>9786059787932</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma</t>
+          <t>Altaylardan Kafkaslara Türk Devletleri</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256777859</t>
+          <t>9786256270459</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Nargin</t>
+          <t>Ahmet Kâmil Bey’in Günlükleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256270299</t>
+          <t>9786256270329</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Üç Kıtasından Hatıralar</t>
+          <t>Taç Mahal’in Mumları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256270275</t>
+          <t>9786256270398</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Batı’yı Batı Yapan 10 Yalan</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256270251</t>
+          <t>9786256270350</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Giresunlu Osman Ağa</t>
+          <t>Kısa Yunanistan Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256270305</t>
+          <t>9786256270237</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sorularla I. Dünya Savaşı Tarihi</t>
+          <t>Kitâbü’l Coğrafya</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256270268</t>
+          <t>9786256270411</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>At Sırtında Ermenistan</t>
+          <t>Ermeni Tarihi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256270312</t>
+          <t>9786256270435</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıl Süren Esaret</t>
+          <t>Kızılelma (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256270244</t>
+          <t>9786256270404</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Molla Lutfi</t>
+          <t>Kızılelma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256270220</t>
+          <t>9786256777859</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Subaşızadeler (Ciltli)</t>
+          <t>Nargin</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756480243</t>
+          <t>9786256270299</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Tersten Okumak</t>
+          <t>Osmanlı’nın Üç Kıtasından Hatıralar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057800961</t>
+          <t>9786256270275</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Selçuklu Tarihi</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057800954</t>
+          <t>9786256270251</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı ve Türkiye</t>
+          <t>Giresunlu Osman Ağa</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756480823</t>
+          <t>9786256270305</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Türkmen Aşiretleri</t>
+          <t>Sorularla I. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052070055</t>
+          <t>9786256270268</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Hikayeleri</t>
+          <t>At Sırtında Ermenistan</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756480458</t>
+          <t>9786256270312</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Coğrafya</t>
+          <t>Beş Yıl Süren Esaret</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258260045</t>
+          <t>9786256270244</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu - Alt Başlık	Cehenneme Dönüşen Cennet</t>
+          <t>Molla Lutfi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052070048</t>
+          <t>9786256270220</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bizans Devrinde Boğaziçi</t>
+          <t>Subaşızadeler (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257705073</t>
+          <t>9789756480243</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Saltanatı</t>
+          <t>Tarihi Tersten Okumak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256777842</t>
+          <t>9786057800961</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Şapka ve Kılık Kıyafet İnkılabı</t>
+          <t>Sorularla Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256777446</t>
+          <t>9786057800954</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’den IV. Murad’a Tarih Kayıtları</t>
+          <t>1. Dünya Savaşı ve Türkiye</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052070383</t>
+          <t>9789756480823</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk - Fatih Sultan Mehmed</t>
+          <t>Anadolu’da Türkmen Aşiretleri</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756480946</t>
+          <t>9786052070055</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Türk Kanuni ve Dönemi</t>
+          <t>Haçlı Hikayeleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257705356</t>
+          <t>9789756480458</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım</t>
+          <t>Tarihi Coğrafya</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257705387</t>
+          <t>9786258260045</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yemen Yolunda</t>
+          <t>Orta Doğu - Alt Başlık	Cehenneme Dönüşen Cennet</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057800893</t>
+          <t>9786052070048</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Turgutoğulları</t>
+          <t>Bizans Devrinde Boğaziçi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052070574</t>
+          <t>9786257705073</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kaza Teşkilatı</t>
+          <t>Kadınlar Saltanatı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057800626</t>
+          <t>9786256777842</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk ve İran Edebiyatlarında Münazaralar</t>
+          <t>Şapka ve Kılık Kıyafet İnkılabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256777491</t>
+          <t>9786256777446</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ben Troyalıyım</t>
+          <t>Kanuni’den IV. Murad’a Tarih Kayıtları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256777828</t>
+          <t>9786052070383</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Derin Zamandan Notlar</t>
+          <t>Büyük Türk - Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256777453</t>
+          <t>9789756480946</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratta Yöntemler</t>
+          <t>Yenilmez Türk Kanuni ve Dönemi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256777507</t>
+          <t>9786257705356</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şehre Dokunmak</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256777460</t>
+          <t>9786257705387</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Orta Avrupa'da Osmanlılar Macarlar ve Habsburglar</t>
+          <t>Yemen Yolunda</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256777477</t>
+          <t>9786057800893</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Harp Teknikleri</t>
+          <t>Turgutoğulları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256777422</t>
+          <t>9786052070574</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Örgütleri</t>
+          <t>Osmanlı Kaza Teşkilatı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052070659</t>
+          <t>9786057800626</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Cadılar</t>
+          <t>Klasik Türk ve İran Edebiyatlarında Münazaralar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054052981</t>
+          <t>9786256777491</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Esir Bir Rus Diplomatın Gözünden İstanbul</t>
+          <t>Ben Troyalıyım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256777323</t>
+          <t>9786256777828</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Viking Sırları</t>
+          <t>Derin Zamandan Notlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256777354</t>
+          <t>9786256777453</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bir Cihan Hükümdarı Fatih Sultan Mehmed (Ciltli)</t>
+          <t>İstihbaratta Yöntemler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256777439</t>
+          <t>9786256777507</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbarat Tarihi</t>
+          <t>Şehre Dokunmak</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256777279</t>
+          <t>9786256777460</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 10.Kitap (Ciltli)</t>
+          <t>Orta Avrupa'da Osmanlılar Macarlar ve Habsburglar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256777156</t>
+          <t>9786256777477</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>James Porter’ın İstanbul Büyükelçiliği</t>
+          <t>Moğolların Harp Teknikleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256777170</t>
+          <t>9786256777422</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Rus İstihbaratı</t>
+          <t>İstihbarat Örgütleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256777132</t>
+          <t>9786052070659</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa’dan Kuva-yı Milliye’ye Yahya Kaptan</t>
+          <t>Kadınlar ve Cadılar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256777262</t>
+          <t>9786054052981</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Kilise Tarihi</t>
+          <t>Esir Bir Rus Diplomatın Gözünden İstanbul</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256777316</t>
+          <t>9786256777323</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratın Dönüşümü</t>
+          <t>Viking Sırları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256777309</t>
+          <t>9786256777354</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Amerika’da Bir Fenerbahçeli</t>
+          <t>Bir Cihan Hükümdarı Fatih Sultan Mehmed (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258260861</t>
+          <t>9786256777439</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle - Evliya Çelebi Seyahatnamesi 9. Kitap 2 Cilt ( Kutulu)</t>
+          <t>Türk İstihbarat Tarihi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256777217</t>
+          <t>9786256777279</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Kaynaklarında İnanılmaz Türk - Mustafa Kemal Atatürk</t>
+          <t>Evliya Çelebi Seyahatnamesi 10.Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>320</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256777200</t>
+          <t>9786256777156</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mimar Mehmet Ağa Cafer Efendi Risale-i Mi’marriye Sultanahmet Camii Mimarı</t>
+          <t>James Porter’ın İstanbul Büyükelçiliği</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258260236</t>
+          <t>9786256777170</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Toplumunda Kadın</t>
+          <t>Rus İstihbaratı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256777149</t>
+          <t>9786256777132</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çin Kültürü - En Eski Çağlardan Günümüze</t>
+          <t>Teşkilat-ı Mahsusa’dan Kuva-yı Milliye’ye Yahya Kaptan</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256777231</t>
+          <t>9786256777262</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu Sınır Ötesi Harekatları</t>
+          <t>Orta Çağ Kilise Tarihi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258260847</t>
+          <t>9786256777316</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Boraltan</t>
+          <t>İstihbaratın Dönüşümü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256777101</t>
+          <t>9786256777309</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Resimli Osmanlı Fal Kitabı</t>
+          <t>Amerika’da Bir Fenerbahçeli</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258260687</t>
+          <t>9786258260861</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle - Evliya Çelebi Seyahatnamesi 8. Kitap 2 Cilt</t>
+          <t>Günümüz Türkçesiyle - Evliya Çelebi Seyahatnamesi 9. Kitap 2 Cilt ( Kutulu)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>1200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258260779</t>
+          <t>9786256777217</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Kısa Tarihi</t>
+          <t>Amerikan Kaynaklarında İnanılmaz Türk - Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258260267</t>
+          <t>9786256777200</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ninemin İzinde Tarih Serisi - Piri Reis</t>
+          <t>Mimar Mehmet Ağa Cafer Efendi Risale-i Mi’marriye Sultanahmet Camii Mimarı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257477758</t>
+          <t>9786258260236</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ninemin İzinde Tarih Serisi - Evliya Çelebi</t>
+          <t>Eski Türk Toplumunda Kadın</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258260984</t>
+          <t>9786256777149</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ninemin İzinde Tarih Serisi - Ali Kuşçu</t>
+          <t>Çin Kültürü - En Eski Çağlardan Günümüze</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258260991</t>
+          <t>9786256777231</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ninemin İzinde Tarih Serisi - Barbaros Hayreddin Paşa</t>
+          <t>Türk Ordusu Sınır Ötesi Harekatları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258260250</t>
+          <t>9786258260847</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ninemin İzinde Tarih Serisi - Mimar Sinan</t>
+          <t>Boraltan</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258260830</t>
+          <t>9786256777101</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane</t>
+          <t>Resimli Osmanlı Fal Kitabı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256777118</t>
+          <t>9786258260687</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Devletlerinde Suç Ve Ceza</t>
+          <t>Günümüz Türkçesiyle - Evliya Çelebi Seyahatnamesi 8. Kitap 2 Cilt</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>270</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258260717</t>
+          <t>9786258260779</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi 1300 -1912 (5 Cilt)</t>
+          <t>Savaşın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>3000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258260199</t>
+          <t>9786258260267</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Türk İslam Şehirleri 1</t>
+          <t>Ninemin İzinde Tarih Serisi - Piri Reis</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258260816</t>
+          <t>9786257477758</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İbn Battutaa Seyahatnamesi</t>
+          <t>Ninemin İzinde Tarih Serisi - Evliya Çelebi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258260854</t>
+          <t>9786258260984</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mana Yarım Kalmasın</t>
+          <t>Ninemin İzinde Tarih Serisi - Ali Kuşçu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258260823</t>
+          <t>9786258260991</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’nın Gizli Tarihi</t>
+          <t>Ninemin İzinde Tarih Serisi - Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>340</v>
+        <v>75</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258260243</t>
+          <t>9786258260250</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Gizemli Tarihi</t>
+          <t>Ninemin İzinde Tarih Serisi - Mimar Sinan</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>340</v>
+        <v>75</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258260427</t>
+          <t>9786258260830</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 7. Kitap (2 Cilt Kutulu) (Ciltli)</t>
+          <t>Kütüphane</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258260601</t>
+          <t>9786256777118</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitaptan Kimler Zevk Alı? Herkes! - Dünya’daki Hayatın Çok Kısa Tarihi</t>
+          <t>Orta Çağ Devletlerinde Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258260205</t>
+          <t>9786258260717</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Türk İslam Şehirleri II</t>
+          <t>Osmanlı İmparatorluğu Tarihi 1300 -1912 (5 Cilt)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>230</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258260649</t>
+          <t>9786258260199</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Coğrafya</t>
+          <t>Orta Çağ Türk İslam Şehirleri 1</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258260670</t>
+          <t>9786258260816</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma</t>
+          <t>İbn Battutaa Seyahatnamesi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258260342</t>
+          <t>9786258260854</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa'sında Aşk, Tutku, Entrika ve Romantizm</t>
+          <t>Mana Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258260359</t>
+          <t>9786258260823</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rusya Tarihi</t>
+          <t>Ayasofya’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258260366</t>
+          <t>9786258260243</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Tarihi</t>
+          <t>Kudüs’ün Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258260663</t>
+          <t>9786258260427</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dünya Askeri Tarihi</t>
+          <t>Evliya Çelebi Seyahatnamesi 7. Kitap (2 Cilt Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258260373</t>
+          <t>9786258260601</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 6. Kitap (2 Cilt Kutulu)</t>
+          <t>Bu Kitaptan Kimler Zevk Alı? Herkes! - Dünya’daki Hayatın Çok Kısa Tarihi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258260311</t>
+          <t>9786258260205</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 5. Kitap (2 Cilt Kutulu)</t>
+          <t>Orta Çağ Türk İslam Şehirleri II</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>1200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258260298</t>
+          <t>9786258260649</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Memlük Tarihi</t>
+          <t>Tarihi Coğrafya</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>230</v>
+        <v>520</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258260304</t>
+          <t>9786258260670</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Kızılelma</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258260144</t>
+          <t>9786258260342</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Cariye Yaşamları</t>
+          <t>Orta Çağ Avrupa'sında Aşk, Tutku, Entrika ve Romantizm</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258396911</t>
+          <t>9786258260359</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca El Kitabı II</t>
+          <t>Kısa Rusya Tarihi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258396881</t>
+          <t>9786258260366</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca El Kitabı I</t>
+          <t>Antik Mısır Tarihi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059787475</t>
+          <t>9786258260663</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kırsal Yerleşmeleri</t>
+          <t>Dünya Askeri Tarihi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258260076</t>
+          <t>9786258260373</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Küresel Askeri Tarih</t>
+          <t>Evliya Çelebi Seyahatnamesi 6. Kitap (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258260052</t>
+          <t>9786258260311</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Haritaların Dili</t>
+          <t>Evliya Çelebi Seyahatnamesi 5. Kitap (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258260212</t>
+          <t>9786258260298</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrasında Türkiye - Abd İlişkilerinde Orta Doğu Ve Lider Diplomasisi</t>
+          <t>Sorularla Memlük Tarihi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258260229</t>
+          <t>9786258260304</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Sıralamanın Meraklı Tarihi</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258260182</t>
+          <t>9786258260144</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>3. Ahmed'in Hatt-ı Hümayünları</t>
+          <t>Osmanlı’da Cariye Yaşamları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258260175</t>
+          <t>9786258396911</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sultan Ve Diplomasi - 3. Ahmed'in Hatt-ı Hümayünlarında</t>
+          <t>Osmanlıca El Kitabı II</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258260168</t>
+          <t>9786258396881</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Sağlık - 3. Ahmed'in Hatt-ı Hümayünlarında</t>
+          <t>Osmanlıca El Kitabı I</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258260090</t>
+          <t>9786059787475</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 4. Kitap (2 Cilt Kutulu)</t>
+          <t>Türkiye'nin Kırsal Yerleşmeleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258396980</t>
+          <t>9786258260076</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Maske ve Keleş</t>
+          <t>Küresel Askeri Tarih</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258396997</t>
+          <t>9786258260052</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hitler Hakkında 101 Önemli Soru</t>
+          <t>Haritaların Dili</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258260014</t>
+          <t>9786258260212</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ahsenü't - Tekasim</t>
+          <t>Soğuk Savaş Sonrasında Türkiye - Abd İlişkilerinde Orta Doğu Ve Lider Diplomasisi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258396942</t>
+          <t>9786258260229</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Tarihi</t>
+          <t>Alfabetik Sıralamanın Meraklı Tarihi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258260021</t>
+          <t>9786258260182</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Hayatın Coğrafyasını Keşfetmek</t>
+          <t>3. Ahmed'in Hatt-ı Hümayünları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258260120</t>
+          <t>9786258260175</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'üm</t>
+          <t>Sultan Ve Diplomasi - 3. Ahmed'in Hatt-ı Hümayünlarında</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258260069</t>
+          <t>9786258260168</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kısa İngiltere Tarihi</t>
+          <t>Sultan ve Sağlık - 3. Ahmed'in Hatt-ı Hümayünlarında</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258396706</t>
+          <t>9786258260090</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 3. Kitap (2 Cilt Kutulu)</t>
+          <t>Evliya Çelebi Seyahatnamesi 4. Kitap (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258396966</t>
+          <t>9786258396980</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Uygurlıkları -1 / Sümerler</t>
+          <t>Maske ve Keleş</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258396836</t>
+          <t>9786258396997</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Kaos</t>
+          <t>Hitler Hakkında 101 Önemli Soru</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258396805</t>
+          <t>9786258260014</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İngiliz İstihbaratı Ve Osmanlı İmparatorluğu</t>
+          <t>Ahsenü't - Tekasim</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258396959</t>
+          <t>9786258396942</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Uygarlıkları - 3 / Babiller</t>
+          <t>Ana Hatlarıyla İslam Tarihi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258396973</t>
+          <t>9786258260021</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Uygarlıkları - 2 / Asurlar</t>
+          <t>Gençlerle Hayatın Coğrafyasını Keşfetmek</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257477017</t>
+          <t>9786258260120</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kısa Tarihi</t>
+          <t>Atatürk'üm</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258396782</t>
+          <t>9786258260069</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Sultans</t>
+          <t>Kısa İngiltere Tarihi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257477987</t>
+          <t>9786258396706</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Türkiyesi</t>
+          <t>Evliya Çelebi Seyahatnamesi 3. Kitap (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>270</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258396898</t>
+          <t>9786258396966</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Ordu: Ordu Bilgisi</t>
+          <t>Mezopotamya Uygurlıkları -1 / Sümerler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258396812</t>
+          <t>9786258396836</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet Numunehane-i Osmani</t>
+          <t>Balkanlar’da Kaos</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258396904</t>
+          <t>9786258396805</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bozoğlan’ın Hikayeleri</t>
+          <t>İngiliz İstihbaratı Ve Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>165</v>
+        <v>440</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258396928</t>
+          <t>9786258396959</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Düşüşü</t>
+          <t>Mezopotamya Uygarlıkları - 3 / Babiller</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258396867</t>
+          <t>9786258396973</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Doğuşu Anadolu Selçuklu Devleti</t>
+          <t>Mezopotamya Uygarlıkları - 2 / Asurlar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>410</v>
+        <v>90</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258396850</t>
+          <t>9786257477017</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası'nda Ölümle Dans</t>
+          <t>Türklerin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258396799</t>
+          <t>9786258396782</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Empire</t>
+          <t>Ottoman Sultans</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258396775</t>
+          <t>9786257477987</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözüyle Büyük İstanbul Kolerası</t>
+          <t>Abdülhamid Türkiyesi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057800015</t>
+          <t>9786258396898</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Divan</t>
+          <t>Savaş ve Ordu: Ordu Bilgisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258396096</t>
+          <t>9786258396812</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed - Dedemin İzinde Tarih Serisi</t>
+          <t>Dersaadet Numunehane-i Osmani</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258396126</t>
+          <t>9786258396904</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid - Dedemin İzinde Tarih Serisi</t>
+          <t>Bozoğlan’ın Hikayeleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>90</v>
+        <v>165</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258396102</t>
+          <t>9786258396928</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - Dedemin İzinde Tarih Serisi</t>
+          <t>Bizans'ın Düşüşü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258396119</t>
+          <t>9786258396867</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim - Dedemin İzinde Tarih Serisi</t>
+          <t>Türkiye’nin Doğuşu Anadolu Selçuklu Devleti</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>90</v>
+        <v>410</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258396089</t>
+          <t>9786258396850</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi - Dedemin İzinde Tarih Serisi</t>
+          <t>Orta Çağ Avrupası'nda Ölümle Dans</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258396003</t>
+          <t>9786258396799</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kısa Azerbaycan Tarihi</t>
+          <t>Ottoman Empire</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257477260</t>
+          <t>9786258396775</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Tarihi Meseleleri</t>
+          <t>Bir Çocuğun Gözüyle Büyük İstanbul Kolerası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057800060</t>
+          <t>9786057800015</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası - 5 Cilt Takım Kutulu</t>
+          <t>Türkçe Divan</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055200466</t>
+          <t>9786258396096</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Gazi</t>
+          <t>Fatih Sultan Mehmed - Dedemin İzinde Tarih Serisi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257705806</t>
+          <t>9786258396126</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gırnati Seyahatnamesi</t>
+          <t>Sultan Abdülhamid - Dedemin İzinde Tarih Serisi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257477697</t>
+          <t>9786258396102</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi 2. Kitap 2 Cilt (Kutulu)</t>
+          <t>Kanuni Sultan Süleyman - Dedemin İzinde Tarih Serisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258396041</t>
+          <t>9786258396119</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa</t>
+          <t>Yavuz Sultan Selim - Dedemin İzinde Tarih Serisi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257477772</t>
+          <t>9786258396089</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl Savaşları</t>
+          <t>Osman Gazi - Dedemin İzinde Tarih Serisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257477970</t>
+          <t>9786258396003</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fransa Tarihi</t>
+          <t>Kısa Azerbaycan Tarihi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257477956</t>
+          <t>9786257477260</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Sesi</t>
+          <t>Fenerbahçe Tarihi Meseleleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257477932</t>
+          <t>9786057800060</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Makedonya Müslümanları</t>
+          <t>Türk Dünyası - 5 Cilt Takım Kutulu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257477857</t>
+          <t>9786055200466</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası’nda Gündelik Yaşam</t>
+          <t>Sultan ve Gazi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257477918</t>
+          <t>9786257705806</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Türkler</t>
+          <t>Gırnati Seyahatnamesi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257477116</t>
+          <t>9786257477697</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi İstanbul 1.Kitap 2 Cilt (Kutulu)</t>
+          <t>Evliya Çelebi Seyahatnamesi 2. Kitap 2 Cilt (Kutulu)</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257477819</t>
+          <t>9786258396041</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Santa Maria Draperis</t>
+          <t>Barbarossa</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257477178</t>
+          <t>9786257477772</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Memluk Devleti'nin Son Yılları: Kansu Gavri ve Osmanlılar (1501-1516)</t>
+          <t>Yüzyıl Savaşları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257477079</t>
+          <t>9786257477970</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bir Haçlı'nın Rüyası: Philippe de Mezieres ve Haçlılar</t>
+          <t>Fransa Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257705981</t>
+          <t>9786257477956</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ferah: Cerbe Fetihnamesi</t>
+          <t>Şehrin Sesi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257477062</t>
+          <t>9786257477932</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İlk Mareşali: Hz.Muhammed</t>
+          <t>Makedonya Müslümanları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257705417</t>
+          <t>9786257477857</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Sultanlığa Çöl Panteri Baybars</t>
+          <t>Orta Çağ Avrupası’nda Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257477024</t>
+          <t>9786257477918</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Casusu Yakalamak</t>
+          <t>İslamiyet Öncesi Türkler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257705394</t>
+          <t>9786257477116</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sorularla 2. Dünya Savaşı Tarihi</t>
+          <t>Evliya Çelebi Seyahatnamesi İstanbul 1.Kitap 2 Cilt (Kutulu)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257477048</t>
+          <t>9786257477819</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbinden Sonra Şarkta Almanya</t>
+          <t>Santa Maria Draperis</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257705486</t>
+          <t>9786257477178</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Anlamak İçin Yakın Tarih Dersleri (Ciltli)</t>
+          <t>Memluk Devleti'nin Son Yılları: Kansu Gavri ve Osmanlılar (1501-1516)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257705424</t>
+          <t>9786257477079</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya Coğrafyası</t>
+          <t>Bir Haçlı'nın Rüyası: Philippe de Mezieres ve Haçlılar</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257705400</t>
+          <t>9786257705981</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlerinde Gizli Kuvvetler</t>
+          <t>Ferah: Cerbe Fetihnamesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257705448</t>
+          <t>9786257477062</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Katibinin Gözünden Sultan Salahaddin Eyyubi</t>
+          <t>İslam'ın İlk Mareşali: Hz.Muhammed</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257705370</t>
+          <t>9786257705417</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’nin Sigetvar’daki Türbe Kasabası</t>
+          <t>Kölelikten Sultanlığa Çöl Panteri Baybars</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257705363</t>
+          <t>9786257477024</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Anlamak İçin Yakın Tarih Dersleri</t>
+          <t>Casusu Yakalamak</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059787994</t>
+          <t>9786257705394</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tanrılardan Krallara Vikingler 2. Cilt</t>
+          <t>Sorularla 2. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257705301</t>
+          <t>9786257477048</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Soylu Katil Brutus</t>
+          <t>Balkan Harbinden Sonra Şarkta Almanya</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257705042</t>
+          <t>9786257705486</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Çevre Tarihi</t>
+          <t>Geleceği Anlamak İçin Yakın Tarih Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257705295</t>
+          <t>9786257705424</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Marmara’nın Öte Yakasında</t>
+          <t>Kadim Dünya Coğrafyası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057800831</t>
+          <t>9786257705400</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kanunları ve Devlet Teşkilatı</t>
+          <t>Savaş Günlerinde Gizli Kuvvetler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257705059</t>
+          <t>9786257705448</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Hz. Ali'si</t>
+          <t>Katibinin Gözünden Sultan Salahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257705240</t>
+          <t>9786257705370</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar</t>
+          <t>Kanuni’nin Sigetvar’daki Türbe Kasabası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257705257</t>
+          <t>9786257705363</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Katibinin Gözünden Sultan Baybars</t>
+          <t>Geleceği Anlamak İçin Yakın Tarih Dersleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257705158</t>
+          <t>9786059787994</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Tanrılardan Krallara Vikingler 2. Cilt</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257705165</t>
+          <t>9786257705301</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Soylu Katil Brutus</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057800770</t>
+          <t>9786257705042</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Arapların Kısa Tarihi</t>
+          <t>Çevre Tarihi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257705172</t>
+          <t>9786257705295</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu ve Atabeglikler Tarihi Üzerine Araştırmalar</t>
+          <t>Marmara’nın Öte Yakasında</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057800510</t>
+          <t>9786057800831</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Mizanü’l-Hakk Fi İhtiyari’l-Ehakk</t>
+          <t>Osmanlı Kanunları ve Devlet Teşkilatı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257705134</t>
+          <t>9786257705059</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mirza Makhdum Between Two Worlds</t>
+          <t>Türklerin Hz. Ali'si</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257705127</t>
+          <t>9786257705240</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Heimskringla:The History Of The Northern Kings</t>
+          <t>Korsanlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257705196</t>
+          <t>9786257705257</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Farewell</t>
+          <t>Katibinin Gözünden Sultan Baybars</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257705219</t>
+          <t>9786257705158</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l Letaifi’l Alaiyye Fi’l-Fedaili’s-Seniyye</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257705066</t>
+          <t>9786257705165</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>La Politique D'ottomanisme Dans Les Manuels Scolaires Ottomans (1874-1894)</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257705028</t>
+          <t>9786057800770</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>The Rivalry Between Russia and Great Britain in Eastern Rumelia 1878-1885</t>
+          <t>Arapların Kısa Tarihi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052070956</t>
+          <t>9786257705172</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>The Image of Peter the Great and Frederick the Great in the Eighteenth Century Ottoman History Sources</t>
+          <t>Selçuklu ve Atabeglikler Tarihi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257705103</t>
+          <t>9786057800510</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Medieval Religious Conquests: Comparative Analysis of India and Scandinavia</t>
+          <t>Mizanü’l-Hakk Fi İhtiyari’l-Ehakk</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257705004</t>
+          <t>9786257705134</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>The Origin of Gagauzes in the Early Historical Periods</t>
+          <t>Mirza Makhdum Between Two Worlds</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057800299</t>
+          <t>9786257705127</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>The Situation and Political Position of Hungarian Kingdom During the Mongol Invasion</t>
+          <t>Heimskringla:The History Of The Northern Kings</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057800312</t>
+          <t>9786257705196</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Understanding of Democracy in The Turkish Public Opinion During 1930 Municipality Election and 1946 General Election in Turkey</t>
+          <t>Farewell</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057800824</t>
+          <t>9786257705219</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cicero'nun Düşünce Dünyası</t>
+          <t>Kitabu’l Letaifi’l Alaiyye Fi’l-Fedaili’s-Seniyye</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057800909</t>
+          <t>9786257705066</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Maarifperver Sultan 2.Abdülhamit</t>
+          <t>La Politique D'ottomanisme Dans Les Manuels Scolaires Ottomans (1874-1894)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057800046</t>
+          <t>9786257705028</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bilge Türk - Tonyukuk</t>
+          <t>The Rivalry Between Russia and Great Britain in Eastern Rumelia 1878-1885</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057800992</t>
+          <t>9786052070956</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Gölgesinde</t>
+          <t>The Image of Peter the Great and Frederick the Great in the Eighteenth Century Ottoman History Sources</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057800930</t>
+          <t>9786257705103</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>CHP Parti Müfettişliği ve Raporlarla Bursa Teşkilatı (1936-1945)</t>
+          <t>Medieval Religious Conquests: Comparative Analysis of India and Scandinavia</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057800978</t>
+          <t>9786257705004</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ticaret Seferleri</t>
+          <t>The Origin of Gagauzes in the Early Historical Periods</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052070185</t>
+          <t>9786057800299</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İktidardan Sürgüne</t>
+          <t>The Situation and Political Position of Hungarian Kingdom During the Mongol Invasion</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057800794</t>
+          <t>9786057800312</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İbn Cübeyr Seyahatnamesi</t>
+          <t>Understanding of Democracy in The Turkish Public Opinion During 1930 Municipality Election and 1946 General Election in Turkey</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057800985</t>
+          <t>9786057800824</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sultan'ın Muhafızları</t>
+          <t>Cicero'nun Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057800565</t>
+          <t>9786057800909</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Maarifperver Sultan 2.Abdülhamit</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057800916</t>
+          <t>9786057800046</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Haluk Hoca'nın İzinde</t>
+          <t>Bilge Türk - Tonyukuk</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057800763</t>
+          <t>9786057800992</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Şark Kütüphanesi</t>
+          <t>Savaşın Gölgesinde</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057800923</t>
+          <t>9786057800930</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Cinsiyet</t>
+          <t>CHP Parti Müfettişliği ve Raporlarla Bursa Teşkilatı (1936-1945)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057800633</t>
+          <t>9786057800978</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Osmanlı Ticaret Seferleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057800848</t>
+          <t>9786052070185</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’den Yemen’e</t>
+          <t>İktidardan Sürgüne</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057800855</t>
+          <t>9786057800794</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatoru 4. Romanos Diogenes 1068-1071</t>
+          <t>İbn Cübeyr Seyahatnamesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057800862</t>
+          <t>9786057800985</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tarihü’l-İhtimam Bi-Fethi Dari’s-Selam</t>
+          <t>Sultan'ın Muhafızları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057800749</t>
+          <t>9786057800565</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Düşünce</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052070918</t>
+          <t>9786057800916</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa’sında Kölelik</t>
+          <t>Haluk Hoca'nın İzinde</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057800756</t>
+          <t>9786057800763</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Gözüyle Gürcistan ve Çevresi</t>
+          <t>Şark Kütüphanesi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059787833</t>
+          <t>9786057800923</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Hayat Bilgisi</t>
+          <t>Mitoloji ve Cinsiyet</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057800244</t>
+          <t>9786057800633</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir’in Siyasi Faaliyetleri (1938-1948)</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057800732</t>
+          <t>9786057800848</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Şehir Kokusu</t>
+          <t>Rumeli’den Yemen’e</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057800695</t>
+          <t>9786057800855</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Şekillendirme ve Türk Rus İlişkileri</t>
+          <t>Bizans İmparatoru 4. Romanos Diogenes 1068-1071</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057800718</t>
+          <t>9786057800862</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Ebabilleri</t>
+          <t>Tarihü’l-İhtimam Bi-Fethi Dari’s-Selam</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052070925</t>
+          <t>9786057800749</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslamiyet</t>
+          <t>Jeopolitik Düşünce</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057800671</t>
+          <t>9786052070918</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un Kanadı</t>
+          <t>Orta Çağ Avrupa’sında Kölelik</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>3990000031455</t>
+          <t>9786057800756</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Viking Kitapları 4'lü Set</t>
+          <t>Seyyahların Gözüyle Gürcistan ve Çevresi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>775</v>
+        <v>190</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057800619</t>
+          <t>9786059787833</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hilafetinin İlk Asırları</t>
+          <t>Gençlerle Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057800688</t>
+          <t>9786057800244</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yemen’de Bir Bulgar Hekim 1877-1878</t>
+          <t>Kazım Karabekir’in Siyasi Faaliyetleri (1938-1948)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057800589</t>
+          <t>9786057800732</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Liderler</t>
+          <t>Şehir Kokusu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057800664</t>
+          <t>9786057800695</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Operatör Emin Erkul - Milli Mücadele ve Cumhuriyet Devrine Ait Hatıralar</t>
+          <t>Jeopolitik Şekillendirme ve Türk Rus İlişkileri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057800541</t>
+          <t>9786057800718</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Bozkırın Ebabilleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057800572</t>
+          <t>9786052070925</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi’nde Fatih Sultan Mehmed</t>
+          <t>Türkler ve İslamiyet</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057800657</t>
+          <t>9786057800671</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Sosyalist Cumhuriyetler Birliği Tarihi</t>
+          <t>Simurg’un Kanadı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057800534</t>
+          <t>3990000031455</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bozkırların İlk İmparatorluğu Hunlar</t>
+          <t>Viking Kitapları 4'lü Set</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>300</v>
+        <v>775</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057800596</t>
+          <t>9786057800619</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kayıp Köyleri</t>
+          <t>Osmanlı Hilafetinin İlk Asırları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052070710</t>
+          <t>9786057800688</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Destursuz Bağa Girenler</t>
+          <t>Yemen’de Bir Bulgar Hekim 1877-1878</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052070826</t>
+          <t>9786057800589</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan'ın Hazin Yılları</t>
+          <t>Türk Tarihinde Liderler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057800459</t>
+          <t>9786057800664</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bizans Sanatında Kadın</t>
+          <t>Operatör Emin Erkul - Milli Mücadele ve Cumhuriyet Devrine Ait Hatıralar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057800152</t>
+          <t>9786057800541</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Halifelik Kurumu ve Tarihi</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052070901</t>
+          <t>9786057800572</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Türk İskan Sistemi</t>
+          <t>Evliya Çelebi Seyahatnamesi’nde Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057800558</t>
+          <t>9786057800657</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sufilerinde Mi’yar Geleneği ve Şeyh Muhammed Nazmi’nin Mi’yar-ı Tarikat-ı İlahi Adlı Eseri</t>
+          <t>Sovyet Sosyalist Cumhuriyetler Birliği Tarihi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057800527</t>
+          <t>9786057800534</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kayıkçıları</t>
+          <t>Bozkırların İlk İmparatorluğu Hunlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057800480</t>
+          <t>9786057800596</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Oğlu</t>
+          <t>Türkiye'nin Kayıp Köyleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057800275</t>
+          <t>9786052070710</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi - Ciltsiz (7 Kitap Takım)</t>
+          <t>Destursuz Bağa Girenler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>6000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057800497</t>
+          <t>9786052070826</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Askeri İstihbarat</t>
+          <t>Doğu Türkistan'ın Hazin Yılları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052070932</t>
+          <t>9786057800459</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlı Devlet Yönetimi - Tezakir (4 Kitap Takım)</t>
+          <t>Bizans Sanatında Kadın</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>1100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057800398</t>
+          <t>9786057800152</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Buyuruldu Mecmuası</t>
+          <t>Halifelik Kurumu ve Tarihi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057800176</t>
+          <t>9786052070901</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Türk İskan Sistemi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057800435</t>
+          <t>9786057800558</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bursa'ya Gidiş ve Dönüş</t>
+          <t>Osmanlı Sufilerinde Mi’yar Geleneği ve Şeyh Muhammed Nazmi’nin Mi’yar-ı Tarikat-ı İlahi Adlı Eseri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052070819</t>
+          <t>9786057800527</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Alaeddin Keykubat’a Sunulan Siyasetname</t>
+          <t>İstanbul Kayıkçıları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057800138</t>
+          <t>9786057800480</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Sultanları</t>
+          <t>Bozkırın Oğlu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057800404</t>
+          <t>9786057800275</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han</t>
+          <t>Osmanlı İmparatorluğu Tarihi - Ciltsiz (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052070192</t>
+          <t>9786057800497</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyin Kuzgunları Vikingler</t>
+          <t>Osmanlı Devleti'nde Askeri İstihbarat</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057800053</t>
+          <t>9786052070932</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'da Avrupa</t>
+          <t>19. Yüzyılda Osmanlı Devlet Yönetimi - Tezakir (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>480</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054052240</t>
+          <t>9786057800398</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletinin Tarihi (2 Kitap Takım Kutulu)</t>
+          <t>Buyuruldu Mecmuası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052070994</t>
+          <t>9786057800176</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Güçlük Nerede?</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054052448</t>
+          <t>9786057800435</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Asaf Ataseven (Ciltli)</t>
+          <t>Bursa'ya Gidiş ve Dönüş</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052070130</t>
+          <t>9786052070819</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz'de İsyan Mübadele ve Propaganda</t>
+          <t>Alaeddin Keykubat’a Sunulan Siyasetname</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052070895</t>
+          <t>9786057800138</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar Kudüs'te</t>
+          <t>Selçuklu Sultanları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052070871</t>
+          <t>9786057800404</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türk Memlüklerin Faziletleri</t>
+          <t>Boğaç Han</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052070888</t>
+          <t>9786052070192</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kim Etti Sana Bu Karı Teklif</t>
+          <t>Kuzeyin Kuzgunları Vikingler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052070840</t>
+          <t>9786057800053</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Onun Yolunda Biz</t>
+          <t>Ortaçağ'da Avrupa</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052070864</t>
+          <t>9786054052240</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Süvari Teğmen Safiyyüddin Efendi’nin Çanakkale ve Kafkas Cephesi Harp Hatıratı</t>
+          <t>Türk Milletinin Tarihi (2 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052070598</t>
+          <t>9786052070994</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt-i İstanbul</t>
+          <t>Güçlük Nerede?</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052070833</t>
+          <t>9786054052448</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Current Issues in International Relations 1</t>
+          <t>Prof. Dr. Asaf Ataseven (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052070741</t>
+          <t>9786052070130</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Safevi Devleti'nin Askeri Teşkilatı</t>
+          <t>Karadeniz'de İsyan Mübadele ve Propaganda</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052070482</t>
+          <t>9786052070895</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kralın Esir Askerleri</t>
+          <t>Haçlılar Kudüs'te</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052070796</t>
+          <t>9786052070871</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları (Ciltli)</t>
+          <t>Türk Memlüklerin Faziletleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052070734</t>
+          <t>9786052070888</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İki Din İki Fetih</t>
+          <t>Kim Etti Sana Bu Karı Teklif</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052070765</t>
+          <t>9786052070840</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Eleftherios Venizelos</t>
+          <t>Onun Yolunda Biz</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052070772</t>
+          <t>9786052070864</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Eski, Yeni ve Ötesi</t>
+          <t>Süvari Teğmen Safiyyüddin Efendi’nin Çanakkale ve Kafkas Cephesi Harp Hatıratı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052070604</t>
+          <t>9786052070598</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Tanrılardan Krallara Vikingler</t>
+          <t>Sergüzeşt-i İstanbul</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052070673</t>
+          <t>9786052070833</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Doğunun ve Batının Hakimleri Selçuklular</t>
+          <t>Current Issues in International Relations 1</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052070727</t>
+          <t>9786052070741</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları</t>
+          <t>Safevi Devleti'nin Askeri Teşkilatı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052070758</t>
+          <t>9786052070482</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Tehcir Gerçeği ve Kütahya Ermenileri</t>
+          <t>Kralın Esir Askerleri</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052070635</t>
+          <t>9786052070796</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Harac</t>
+          <t>Osmanlı Padişahları (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052070680</t>
+          <t>9786052070734</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>İki Din İki Fetih</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052070444</t>
+          <t>9786052070765</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Halit Refiğ</t>
+          <t>Eleftherios Venizelos</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052070628</t>
+          <t>9786052070772</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Son Haçlı Seferi</t>
+          <t>Eski, Yeni ve Ötesi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052070581</t>
+          <t>9786052070604</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selimşah</t>
+          <t>Tanrılardan Krallara Vikingler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052070666</t>
+          <t>9786052070673</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı Arasında Şehir</t>
+          <t>Doğunun ve Batının Hakimleri Selçuklular</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052070611</t>
+          <t>9786052070727</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Vaftize</t>
+          <t>Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052070642</t>
+          <t>9786052070758</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Tehcir Gerçeği ve Kütahya Ermenileri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052070567</t>
+          <t>9786052070635</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda İstihbarat</t>
+          <t>Kitabü'l Harac</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052070543</t>
+          <t>9786052070680</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052070505</t>
+          <t>9786052070444</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Tarihi Coğrafya</t>
+          <t>Halit Refiğ</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052070307</t>
+          <t>9786052070628</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Saray Sakinlerinin Konuştuğu Özel Lisan İşaret Dili</t>
+          <t>Son Haçlı Seferi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052070550</t>
+          <t>9786052070581</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat'ı Aramak</t>
+          <t>Yavuz Sultan Selimşah</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052070499</t>
+          <t>9786052070666</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Destanları</t>
+          <t>Doğu ve Batı Arasında Şehir</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052070529</t>
+          <t>9786052070611</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatan Kimin?</t>
+          <t>Esaretten Vaftize</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052070512</t>
+          <t>9786052070642</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052070536</t>
+          <t>9786052070567</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Rus Hükümeti</t>
+          <t>Selçuklularda İstihbarat</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052070413</t>
+          <t>9786052070543</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihine Giriş</t>
+          <t>Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052070468</t>
+          <t>9786052070505</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kutülamare’de Kuşatma ve Zafer</t>
+          <t>Kaynaklarıyla Tarihi Coğrafya</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052070208</t>
+          <t>9786052070307</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Venedik Elçilerinin Raporlarına Göre Osmanlı'nın İhtişamlı Yılları</t>
+          <t>Osmanlı Saray Sakinlerinin Konuştuğu Özel Lisan İşaret Dili</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052070437</t>
+          <t>9786052070550</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Ab-ı Hayat'ı Aramak</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052070420</t>
+          <t>9786052070499</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bizi Çağırıyor</t>
+          <t>Dede Korkut Destanları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052070116</t>
+          <t>9786052070529</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Yazılı Kültürü ve Edebiyatı</t>
+          <t>Bu Vatan Kimin?</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052070024</t>
+          <t>9786052070512</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Hamidiye Ticaret Mekteb-i Alisi</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052070352</t>
+          <t>9786052070536</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Rus Hükümeti</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052070406</t>
+          <t>9786052070413</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Kılıç</t>
+          <t>Sanat Tarihine Giriş</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052070390</t>
+          <t>9786052070468</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bir Cihan Hükümdarı Fatih Sultan Mehmed</t>
+          <t>Kutülamare’de Kuşatma ve Zafer</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052070376</t>
+          <t>9786052070208</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Türk Moğol Tarihi</t>
+          <t>Venedik Elçilerinin Raporlarına Göre Osmanlı'nın İhtişamlı Yılları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052070314</t>
+          <t>9786052070437</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Avrupa Tarihi</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052070369</t>
+          <t>9786052070420</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Komitenin Ruhu Talat Paşa</t>
+          <t>Tarih Bizi Çağırıyor</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052070345</t>
+          <t>9786052070116</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Viking Mitolojisi</t>
+          <t>Türklerin Yazılı Kültürü ve Edebiyatı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052070321</t>
+          <t>9786052070024</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası ve Fahreddin Paşa</t>
+          <t>Hamidiye Ticaret Mekteb-i Alisi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052070123</t>
+          <t>9786052070352</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sultan Kalavun ve Oğlu</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052070222</t>
+          <t>9786052070406</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İran’da Türklerin Bin Yılı</t>
+          <t>Kur'an ve Kılıç</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059787956</t>
+          <t>9786052070390</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bir Yahudi Doktorun Harem, Saray ve İstanbul Hatıraları</t>
+          <t>Bir Cihan Hükümdarı Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052070093</t>
+          <t>9786052070376</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ruhuma Dokunan Şehirler</t>
+          <t>Türk Moğol Tarihi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052070109</t>
+          <t>9786052070314</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kudüs-i Şerif</t>
+          <t>Sorularla Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059787963</t>
+          <t>9786052070369</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hattın Çelebisi Hasan Çelebi (Ciltli)</t>
+          <t>Komitenin Ruhu Talat Paşa</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052070062</t>
+          <t>9786052070345</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türkiye Cumhuriyeti Tarihi</t>
+          <t>Viking Mitolojisi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059787970</t>
+          <t>9786052070321</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Döneminde Bir İngiliz Gazetecinin Türkiye Anıları</t>
+          <t>Medine Müdafaası ve Fahreddin Paşa</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059787727</t>
+          <t>9786052070123</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Faziletleri</t>
+          <t>Sultan Kalavun ve Oğlu</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052070031</t>
+          <t>9786052070222</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Suriye Sendromu</t>
+          <t>İran’da Türklerin Bin Yılı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052070000</t>
+          <t>9786059787956</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bölge Planlama ve Türkiye'de Mekansal Planlama Yaklaşımları</t>
+          <t>Bir Yahudi Doktorun Harem, Saray ve İstanbul Hatıraları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059787949</t>
+          <t>9786052070093</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Yakınçağ Tarihi</t>
+          <t>Ruhuma Dokunan Şehirler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059787895</t>
+          <t>9786052070109</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kısa Osmanlı Tarihi (Ciltli)</t>
+          <t>Kudüs-i Şerif</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059787888</t>
+          <t>9786059787963</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Barbarlıktan Medeniyete Vikingler</t>
+          <t>Hattın Çelebisi Hasan Çelebi (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059787871</t>
+          <t>9786052070062</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kısa Osmanlı Tarihi</t>
+          <t>Sorularla Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059787857</t>
+          <t>9786059787970</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bizans İstanbul'u</t>
+          <t>Sultan Abdülhamid Döneminde Bir İngiliz Gazetecinin Türkiye Anıları</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059787611</t>
+          <t>9786059787727</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ebü’l Fida Coğrafyası</t>
+          <t>Türklerin Faziletleri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059787819</t>
+          <t>9786052070031</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kadim Gemi</t>
+          <t>Suriye Sendromu</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059787840</t>
+          <t>9786052070000</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Peçesi Düşen Osmanlı (Korece)</t>
+          <t>Bölge Planlama ve Türkiye'de Mekansal Planlama Yaklaşımları</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059787826</t>
+          <t>9786059787949</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Cizvit Cemaati ve Gizli Talimatları</t>
+          <t>Ana Hatlarıyla Yakınçağ Tarihi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059787789</t>
+          <t>9786059787895</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kutulamare Zaferi 1916</t>
+          <t>Herkes İçin Kısa Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059787796</t>
+          <t>9786059787888</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kutulamare: Kuşatma ve Esaretin Adı</t>
+          <t>Barbarlıktan Medeniyete Vikingler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059787659</t>
+          <t>9786059787871</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacı</t>
+          <t>Herkes İçin Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059787734</t>
+          <t>9786059787857</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehirciliği ve Vakıflar</t>
+          <t>Bizans İstanbul'u</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059787741</t>
+          <t>9786059787611</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan’ın Gurbette Kiliseye Çevrilen Eseri</t>
+          <t>Ebü’l Fida Coğrafyası</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059787673</t>
+          <t>9786059787819</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Kadim Gemi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059787703</t>
+          <t>9786059787840</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Son Sultanı 2. Abdülhamid</t>
+          <t>Peçesi Düşen Osmanlı (Korece)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059787697</t>
+          <t>9786059787826</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Olmanın Dayanılmaz Ağırlığı</t>
+          <t>Cizvit Cemaati ve Gizli Talimatları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059787604</t>
+          <t>9786059787789</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Du Loir Seyahatnamesi</t>
+          <t>Kutulamare Zaferi 1916</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059787451</t>
+          <t>9786059787796</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Bir Katibin Kaleminden İstanbul'un 12 Yılı</t>
+          <t>Kutulamare: Kuşatma ve Esaretin Adı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059787499</t>
+          <t>9786059787659</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Rumları ve Yunanistan</t>
+          <t>Hayat Ağacı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059787642</t>
+          <t>9786059787734</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Büyük Olayların Kısa Tarihi 2</t>
+          <t>Osmanlı Şehirciliği ve Vakıflar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786059787666</t>
+          <t>9786059787741</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Bizans İmparatorluğu</t>
+          <t>Mimar Sinan’ın Gurbette Kiliseye Çevrilen Eseri</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059787505</t>
+          <t>9786059787673</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Bin 900 Yetmiş 4 - Mağusa Kartalı</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059787574</t>
+          <t>9786059787703</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Bir Devrin Son Sultanı 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059787420</t>
+          <t>9786059787697</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Ziraat</t>
+          <t>İmparatorluk Olmanın Dayanılmaz Ağırlığı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786059787581</t>
+          <t>9786059787604</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Saray'da Üç Uzun Yıl</t>
+          <t>Du Loir Seyahatnamesi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059787482</t>
+          <t>9786059787451</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yarası</t>
+          <t>Bir Katibin Kaleminden İstanbul'un 12 Yılı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059787550</t>
+          <t>9786059787499</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Müzedeki Sır</t>
+          <t>Karadeniz Rumları ve Yunanistan</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059787567</t>
+          <t>9786059787642</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Büyük Olayların Kısa Tarihi 2</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059787536</t>
+          <t>9786059787666</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Büyük Frederik Anti-Makyavel</t>
+          <t>Sorularla Bizans İmparatorluğu</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059787468</t>
+          <t>9786059787505</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Atlı Şehirliler</t>
+          <t>Bin 900 Yetmiş 4 - Mağusa Kartalı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059787444</t>
+          <t>9786059787574</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kutulamare’de Esaret : Esir Bir İngiliz Generalin Kaleminden</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059787383</t>
+          <t>9786059787420</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Türk Sorunu</t>
+          <t>Osmanlı'da Ziraat</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059787314</t>
+          <t>9786059787581</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türk-Ermeni İlişkilerinin Yarını</t>
+          <t>Saray'da Üç Uzun Yıl</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059787390</t>
+          <t>9786059787482</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Alahimanet Bosno</t>
+          <t>Hayatın Yarası</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059787376</t>
+          <t>9786059787550</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Danişmendli Türkmenleri</t>
+          <t>Müzedeki Sır</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059787352</t>
+          <t>9786059787567</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türk-Kürt-Ermeni İlişkileri</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059787338</t>
+          <t>9786059787536</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yavuz’un Mısır’ı Fethi</t>
+          <t>Büyük Frederik Anti-Makyavel</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786055200800</t>
+          <t>9786059787468</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Yitik Çocukları</t>
+          <t>Atlı Şehirliler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059787222</t>
+          <t>9786059787444</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hizmetinde Bir Mühtedi - Humbaracı Ahmed Paşa</t>
+          <t>Kutulamare’de Esaret : Esir Bir İngiliz Generalin Kaleminden</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059787192</t>
+          <t>9786059787383</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sansür ve İktidar</t>
+          <t>Avrupa’nın Türk Sorunu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059787307</t>
+          <t>9786059787314</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Baltacı ve Katerina</t>
+          <t>Türk-Ermeni İlişkilerinin Yarını</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059787277</t>
+          <t>9786059787390</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İbret - Mersin'de İki Düğün</t>
+          <t>Alahimanet Bosno</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059787246</t>
+          <t>9786059787376</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Turhan Sultan</t>
+          <t>Danişmendli Türkmenleri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059787130</t>
+          <t>9786059787352</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferlerinde Kuşatma</t>
+          <t>Türk-Kürt-Ermeni İlişkileri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059787154</t>
+          <t>9786059787338</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Büyük Olayların Kısa Tarihi</t>
+          <t>Yavuz’un Mısır’ı Fethi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055200541</t>
+          <t>9786055200800</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Son Dünya Düzeni</t>
+          <t>Bozkırın Yitik Çocukları</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055200794</t>
+          <t>9786059787222</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Tarihi Devamlılık</t>
+          <t>Osmanlı Hizmetinde Bir Mühtedi - Humbaracı Ahmed Paşa</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786055200718</t>
+          <t>9786059787192</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlar Osmanlılar Safeviler</t>
+          <t>Sansür ve İktidar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055200664</t>
+          <t>9786059787307</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir Ay</t>
+          <t>Baltacı ve Katerina</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786055200671</t>
+          <t>9786059787277</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlar Tarihi</t>
+          <t>İbret - Mersin'de İki Düğün</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055200701</t>
+          <t>9786059787246</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Amerikan Misyonerliği</t>
+          <t>Turhan Sultan</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786055200787</t>
+          <t>9786059787130</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Yılancızade Hasan Bey, Yunanlıların Uşak’ı İşgali ve Esaret Sancısı</t>
+          <t>Haçlı Seferlerinde Kuşatma</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786055200527</t>
+          <t>9786059787154</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Coğrafya: Temelleri Gelişimi ve Yapısıyla</t>
+          <t>Büyük Olayların Kısa Tarihi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055200596</t>
+          <t>9786055200541</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı</t>
+          <t>Son Dünya Düzeni</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055200695</t>
+          <t>9786055200794</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Süveyş Kanalı</t>
+          <t>Osmanlı’dan Cumhuriyet’e Tarihi Devamlılık</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055200510</t>
+          <t>9786055200718</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Belgeleri Okuma Kılavuzu</t>
+          <t>Kızılbaşlar Osmanlılar Safeviler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055200473</t>
+          <t>9786055200664</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Peçesi Düşen Osmanlı (Çince)</t>
+          <t>İstanbul'da Bir Ay</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786055200039</t>
+          <t>9786055200671</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hilalin Gölgesi</t>
+          <t>Kızılbaşlar Tarihi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055200299</t>
+          <t>9786055200701</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Haçlı Seferleri Tarihi</t>
+          <t>Anadolu'da Amerikan Misyonerliği</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786054052172</t>
+          <t>9786055200787</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Rusçuk Ayanı</t>
+          <t>Yılancızade Hasan Bey, Yunanlıların Uşak’ı İşgali ve Esaret Sancısı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786055200503</t>
+          <t>9786055200527</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bir Haçlının Hatıraları</t>
+          <t>Tarihi Coğrafya: Temelleri Gelişimi ve Yapısıyla</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786055200688</t>
+          <t>9786055200596</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Mekteb-i Sultani</t>
+          <t>Türk Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055200619</t>
+          <t>9786055200695</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Osmanlı Devleti</t>
+          <t>Süveyş Kanalı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055200138</t>
+          <t>9786055200510</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Allahaısmarladık</t>
+          <t>Osmanlı Arşiv Belgeleri Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786054052929</t>
+          <t>9786055200473</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Alahimanet Bosna</t>
+          <t>Peçesi Düşen Osmanlı (Çince)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786054052400</t>
+          <t>9786055200039</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Pazarlık</t>
+          <t>Hilalin Gölgesi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789756480519</t>
+          <t>9786055200299</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Venedik Elçileri</t>
+          <t>Sorularla Haçlı Seferleri Tarihi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786054052790</t>
+          <t>9786054052172</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Rusçuk Ayanı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055200725</t>
+          <t>9786055200503</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Büyümeyen Çocuk</t>
+          <t>Bir Haçlının Hatıraları</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055200411</t>
+          <t>9786055200688</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Eski Türk Tarihi</t>
+          <t>Mekteb-i Sultani</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055200749</t>
+          <t>9786055200619</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Koptuğunda</t>
+          <t>20. Yüzyılda Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055200589</t>
+          <t>9786055200138</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>10. Asırda İslam Coğrafyası</t>
+          <t>Allahaısmarladık</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786055200732</t>
+          <t>9786054052929</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Siyasetçi : Kasım Gülek</t>
+          <t>Alahimanet Bosna</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055200770</t>
+          <t>9786054052400</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Şah Türbesi</t>
+          <t>Pazarlık</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786059787185</t>
+          <t>9789756480519</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Lawrence Efsanesi</t>
+          <t>Doğu’da Venedik Elçileri</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786059787321</t>
+          <t>9786054052790</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786055200565</t>
+          <t>9786055200725</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>İzmir Kentinde Siyasi Protesto Kültürü (1908-1912)</t>
+          <t>Büyümeyen Çocuk</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786055200275</t>
+          <t>9786055200411</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Nobeller, Nobel Ödülü ve Bakü Petrolleri</t>
+          <t>Sorularla Eski Türk Tarihi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786054052011</t>
+          <t>9786055200749</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>1453 İstanbul Kuşatması</t>
+          <t>Kıyamet Koptuğunda</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786054052141</t>
+          <t>9786055200589</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı İmparatorluğu (Ciltli)</t>
+          <t>10. Asırda İslam Coğrafyası</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>1000</v>
+        <v>420</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786055200404</t>
+          <t>9786055200732</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kimdir?</t>
+          <t>Sıradışı Bir Siyasetçi : Kasım Gülek</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786055200398</t>
+          <t>9786055200770</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Sarayında Bir Romalı</t>
+          <t>Süleyman Şah Türbesi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786059787215</t>
+          <t>9786059787185</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış - Ölüme Yürüyüş</t>
+          <t>Lawrence Efsanesi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786059787239</t>
+          <t>9786059787321</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Valide Kösem Sultan</t>
+          <t>Yalnız Kurt</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055200312</t>
+          <t>9786055200565</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Rehberi</t>
+          <t>İzmir Kentinde Siyasi Protesto Kültürü (1908-1912)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786054052868</t>
+          <t>9786055200275</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ortam Sorunları Coğrafyası</t>
+          <t>Nobeller, Nobel Ödülü ve Bakü Petrolleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789756480571</t>
+          <t>9786054052011</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Öncesi Osmanlı Tarihi Araştırma Rehberi</t>
+          <t>1453 İstanbul Kuşatması</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786055200084</t>
+          <t>9786054052141</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Harita’ya Davet</t>
+          <t>Sorularla Osmanlı İmparatorluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786055200008</t>
+          <t>9786055200404</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya’ya Davet</t>
+          <t>Osmanlı Kimdir?</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786055200305</t>
+          <t>9786055200398</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bir Asrı</t>
+          <t>Atilla'nın Sarayında Bir Romalı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786054052318</t>
+          <t>9786059787215</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Zamanında Doğu ve Batı</t>
+          <t>Sarıkamış - Ölüme Yürüyüş</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9799756480129</t>
+          <t>9786059787239</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı İmparatorluğu 4</t>
+          <t>Muhteşem Valide Kösem Sultan</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786055200329</t>
+          <t>9786055200312</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Son Sözü Aleykümesselam</t>
+          <t>Osmanlı Türkçesi Rehberi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786054052547</t>
+          <t>9786054052868</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Türk</t>
+          <t>Türkiye Ortam Sorunları Coğrafyası</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786054052356</t>
+          <t>9789756480571</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yavuz’un Küpesi</t>
+          <t>Tanzimat Öncesi Osmanlı Tarihi Araştırma Rehberi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786054052899</t>
+          <t>9786055200084</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Yavuz ve Midilli (Ciltli)</t>
+          <t>Harita’ya Davet</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786054052431</t>
+          <t>9786055200008</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Payitaht İstanbul’un İşgali</t>
+          <t>Coğrafya’ya Davet</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055200206</t>
+          <t>9786055200305</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Tarihinde Refik Halid Karay</t>
+          <t>Türkiye’nin Bir Asrı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786054052752</t>
+          <t>9786054052318</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarih Yazımı</t>
+          <t>Haçlı Seferleri Zamanında Doğu ve Batı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789756480564</t>
+          <t>9799756480129</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Beş Sene</t>
+          <t>Sorularla Osmanlı İmparatorluğu 4</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055200145</t>
+          <t>9786055200329</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi</t>
+          <t>Atatürk'ün Son Sözü Aleykümesselam</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786054052905</t>
+          <t>9786054052547</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Truva’nın İntikamı</t>
+          <t>Yenilmez Türk</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786054052110</t>
+          <t>9786054052356</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Truva’nın İntikamı</t>
+          <t>Yavuz’un Küpesi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786054052103</t>
+          <t>9786054052899</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’un Gizli Raporlarında Osmanlı İmparatorluğu</t>
+          <t>Yavuz ve Midilli (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786055200053</t>
+          <t>9786054052431</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Medya ile İmtihanı</t>
+          <t>Yaralı Payitaht İstanbul’un İşgali</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786054052578</t>
+          <t>9786055200206</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Siyasi Tefrika Birinci Millet Meclisi</t>
+          <t>Yakın Dönem Türk Tarihinde Refik Halid Karay</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786054052097</t>
+          <t>9786054052752</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Bizi Türklerden Koru</t>
+          <t>Türkiye’de Tarih Yazımı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789756480991</t>
+          <t>9789756480564</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid ve İstanbul’u</t>
+          <t>Türkiye’de Beş Sene</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789756480793</t>
+          <t>9786055200145</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Osmanlı İmparatorluğu 6</t>
+          <t>Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786054052493</t>
+          <t>9786054052905</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Son Kızılbaş Şah İsmail</t>
+          <t>Truva’nın İntikamı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789756480694</t>
+          <t>9786054052110</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Gözüyle Sultanlar ve Savaşlar</t>
+          <t>Truva’nın İntikamı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055200237</t>
+          <t>9786054052103</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Sahte Mesih</t>
+          <t>Tolstoy’un Gizli Raporlarında Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786055200121</t>
+          <t>9786055200053</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Pargalı’nın Ölümü</t>
+          <t>Tarihin Medya ile İmtihanı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789756480809</t>
+          <t>9786054052578</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Empire Unveiled</t>
+          <t>Tarihi ve Siyasi Tefrika Birinci Millet Meclisi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789756480540</t>
+          <t>9786054052097</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıya Sığınanlar</t>
+          <t>Tanrım Bizi Türklerden Koru</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786054052950</t>
+          <t>9789756480991</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Wikileaks Raporları</t>
+          <t>Sultan 2. Abdülhamid ve İstanbul’u</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789756480403</t>
+          <t>9789756480793</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Hayaleti</t>
+          <t>Sorularla Osmanlı İmparatorluğu 6</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786054052769</t>
+          <t>9786054052493</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Büyükşehir Belediye Yönetimi İstanbul Şehremaneti</t>
+          <t>Son Kızılbaş Şah İsmail</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786054052615</t>
+          <t>9789756480694</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Dönemi Osmanlı İmparatorluğu’nda Gündelik Hayat</t>
+          <t>Seyyahların Gözüyle Sultanlar ve Savaşlar</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786054052202</t>
+          <t>9786055200237</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Askeri İsyanlar ve Darbeler</t>
+          <t>Sahte Mesih</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786054052820</t>
+          <t>9786055200121</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Orta Zamanın Türkleri</t>
+          <t>Pargalı’nın Ölümü</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786054052592</t>
+          <t>9789756480809</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Nisan'ın İki Günü</t>
+          <t>Ottoman Empire Unveiled</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786054052851</t>
+          <t>9789756480540</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları 3. Kitap</t>
+          <t>Osmanlıya Sığınanlar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786054052844</t>
+          <t>9786054052950</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları 2. Kitap</t>
+          <t>Osmanlı’nın Wikileaks Raporları</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786054052554</t>
+          <t>9789756480403</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman</t>
+          <t>Osmanlı’nın Hayaleti</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786054052622</t>
+          <t>9786054052769</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de İlk İşgaller İlk Direnişler</t>
+          <t>Osmanlı’da Büyükşehir Belediye Yönetimi İstanbul Şehremaneti</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789756480861</t>
+          <t>9786054052615</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Sofrasındaki Osmanlı</t>
+          <t>Kanuni Dönemi Osmanlı İmparatorluğu’nda Gündelik Hayat</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786055200077</t>
+          <t>9786054052202</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyübi</t>
+          <t>Osmanlı İmparatorluğu’nda Askeri İsyanlar ve Darbeler</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786055200022</t>
+          <t>9786054052820</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Basınında Kıyamet Alameti Türkler</t>
+          <t>Orta Zamanın Türkleri</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786055200190</t>
+          <t>9786054052592</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kazan Şarkiyatçılığı’nın Kaderi (20. Yüzyıl)</t>
+          <t>Nisan'ın İki Günü</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786054052523</t>
+          <t>9786054052851</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kapitülasyonların Kaldırılması</t>
+          <t>Nasreddin Hoca Fıkraları 3. Kitap</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786054052608</t>
+          <t>9786054052844</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’nin Veziriazamı Pargalı İbrahim Paşa</t>
+          <t>Nasreddin Hoca Fıkraları 2. Kitap</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786054052967</t>
+          <t>9786054052554</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Venedik Elçilerinin Raporlarına Göre Kanuni ve Şehzade Mustafa</t>
+          <t>Muhteşem Süleyman</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786054052875</t>
+          <t>9786054052622</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kanuni ve Pargalı İbrahim Paşa</t>
+          <t>Milli Mücadele’de İlk İşgaller İlk Direnişler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786054052936</t>
+          <t>9789756480861</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mavnaları</t>
+          <t>Kurtlar Sofrasındaki Osmanlı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789756480601</t>
+          <t>9786055200077</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ölüm Sarıkamış Günlüğü</t>
+          <t>Kudüs Fatihi Selahaddin Eyyübi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789756480427</t>
+          <t>9786055200022</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Müteferrika ya da İlk Osmanlı Matbaa Serüveni</t>
+          <t>Avrupa Basınında Kıyamet Alameti Türkler</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786054052226</t>
+          <t>9786055200190</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İbn Fadlan Seyahatnamesi</t>
+          <t>Kazan Şarkiyatçılığı’nın Kaderi (20. Yüzyıl)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786054052998</t>
+          <t>9786054052523</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Hasan Melikzade Zerdabi ve Ekinci Gazetesi</t>
+          <t>Kapitülasyonların Kaldırılması</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789756480526</t>
+          <t>9786054052608</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Halife ve Sultan</t>
+          <t>Kanuni’nin Veziriazamı Pargalı İbrahim Paşa</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786055200152</t>
+          <t>9786054052967</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar Önünde Sultan Baybars</t>
+          <t>Venedik Elçilerinin Raporlarına Göre Kanuni ve Şehzade Mustafa</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786055200213</t>
+          <t>9786054052875</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Gündelik Hayattan Renklerle</t>
+          <t>Kanuni ve Pargalı İbrahim Paşa</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786054052776</t>
+          <t>9786054052936</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Fransa’ya Osmanlı Tokadı</t>
+          <t>İstanbul Mavnaları</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054052189</t>
+          <t>9789756480601</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Filistin’e Veda</t>
+          <t>Sessiz Ölüm Sarıkamış Günlüğü</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786059787925</t>
+          <t>9789756480427</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kaynaklarına Göre Moğollar</t>
+          <t>İbrahim Müteferrika ya da İlk Osmanlı Matbaa Serüveni</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789756480922</t>
+          <t>9786054052226</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>İbn Fadlan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786055200015</t>
+          <t>9786054052998</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Kalbine Seyahat</t>
+          <t>Hasan Melikzade Zerdabi ve Ekinci Gazetesi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789756480816</t>
+          <t>9789756480526</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Das Osmanische Reich: Unverhüllt</t>
+          <t>Halife ve Sultan</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786054052783</t>
+          <t>9786055200152</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah ve Alamut</t>
+          <t>Haçlılar Önünde Sultan Baybars</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789756480977</t>
+          <t>9786055200213</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Çıkarların Gölgesinde Haçlı Seferleri</t>
+          <t>Eski İstanbul Gündelik Hayattan Renklerle</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257705974</t>
+          <t>9786054052776</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Gerçeği</t>
+          <t>Fransa’ya Osmanlı Tokadı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786054052943</t>
+          <t>9786054052189</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinde Türklerin Genel Karargahında</t>
+          <t>Filistin’e Veda</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786054052219</t>
+          <t>9786059787925</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Aynası Osmanlı</t>
+          <t>Ermeni Kaynaklarına Göre Moğollar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786054052370</t>
+          <t>9789756480922</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Cizreli İzzeddin Şir Bey ve İsyanı</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789756480939</t>
+          <t>9786055200015</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Misyonerleri</t>
+          <t>Doğu’nun Kalbine Seyahat</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786054052134</t>
+          <t>9789756480816</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Efendileri</t>
+          <t>Das Osmanische Reich: Unverhüllt</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054052424</t>
+          <t>9786054052783</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çemberinde Azerbaycan</t>
+          <t>Hasan Sabbah ve Alamut</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055200091</t>
+          <t>9789756480977</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Asayiş</t>
+          <t>Çıkarların Gölgesinde Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789756480380</t>
+          <t>9786257705974</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya ve İran’a Seyahat</t>
+          <t>Çanakkale Gerçeği</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789756480281</t>
+          <t>9786054052943</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve Dış Politika</t>
+          <t>Çanakkale Cephesinde Türklerin Genel Karargahında</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055200282</t>
+          <t>9786054052219</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hunları</t>
+          <t>Cumhuriyet’in Aynası Osmanlı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
+          <t>9786054052370</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Cizreli İzzeddin Şir Bey ve İsyanı</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9789756480939</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Misyonerleri</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786054052134</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırın Efendileri</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786054052424</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Çemberinde Azerbaycan</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786055200091</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Asayiş</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9789756480380</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’ya ve İran’a Seyahat</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9789756480281</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdülhamid ve Dış Politika</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786055200282</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Hunları</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
           <t>9786055200336</t>
         </is>
       </c>
-      <c r="B664" s="1" t="inlineStr">
+      <c r="B672" s="1" t="inlineStr">
         <is>
           <t>Atatürk’ün Saklanan Şeceresi</t>
         </is>
       </c>
-      <c r="C664" s="1">
+      <c r="C672" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>