--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,4570 +85,4585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059780056</t>
+          <t>9786259750194</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 09 : Uzaydan Çöp Düşer mi?</t>
+          <t>Dedektif Reptır - Çalışmayana İpucu Yok</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>9.26</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059780063</t>
+          <t>9786059780056</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 10 : Binalar Yürür mü?</t>
+          <t>Yok Daha Neler! 09 : Uzaydan Çöp Düşer mi?</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059780049</t>
+          <t>9786059780063</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 8 : Gökyüzü Şarkı Söyler mi?</t>
+          <t>Yok Daha Neler! 10 : Binalar Yürür mü?</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055011048</t>
+          <t>9786059780049</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Düş Yolcusu</t>
+          <t>Yok Daha Neler! 8 : Gökyüzü Şarkı Söyler mi?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055394530</t>
+          <t>9786055011048</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamber Öğüdü</t>
+          <t>Düş Yolcusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>4.63</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055394561</t>
+          <t>9786055394530</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değer Eğitimi - Vitaminli Masallar (Ciltli)</t>
+          <t>Çocuklar İçin Peygamber Öğüdü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>49</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055011215</t>
+          <t>9786055394561</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Yedi Adım</t>
+          <t>Hikayelerle Değer Eğitimi - Vitaminli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>18.43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059484374</t>
+          <t>9786055011215</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Masalları</t>
+          <t>Dostluğa Yedi Adım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>53</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059484893</t>
+          <t>9786059484374</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Pırıl Pırıl Maceralar</t>
+          <t>Hayvan Masalları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>87</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059484329</t>
+          <t>9786059484893</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yedi Krallık</t>
+          <t>Uzay Macerası - Pırıl Pırıl Maceralar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>116</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059484183</t>
+          <t>9786059484329</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Gizli Defteri</t>
+          <t>Yedi Krallık</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059484473</t>
+          <t>9786059484183</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina'dan Edison'a Sıra Dışı Mucitler - Popüler Bilgi Serisi</t>
+          <t>Bir Genç Kızın Gizli Defteri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>95</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059484442</t>
+          <t>9786059484473</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dehalarla Tanışma Rehberi - Popüler Bilgi Serisi</t>
+          <t>İbni Sina'dan Edison'a Sıra Dışı Mucitler - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059484480</t>
+          <t>9786059484442</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çivisi Çıkmış Dünya - Popüler Bilgi Serisi</t>
+          <t>Dehalarla Tanışma Rehberi - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059484497</t>
+          <t>9786059484480</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kaşifler - Popüler Bilgi Serisi</t>
+          <t>Çivisi Çıkmış Dünya - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059484336</t>
+          <t>9786059484497</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Napolyon'a Büyük Liderler - Popüler Bilgi Serisi</t>
+          <t>Çılgın Kaşifler - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059484435</t>
+          <t>9786059484336</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Dünya - Popüler Bilgi Serisi</t>
+          <t>Atatürk'ten Napolyon'a Büyük Liderler - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059484428</t>
+          <t>9786059484435</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Einstein’dan Tesla’ya Bilim İnsanları - Popüler Bilgi Serisi</t>
+          <t>Bir Zamanlar Dünya - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059780025</t>
+          <t>9786059484428</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 6 - Uzayda Tatil Yapabilir miyim?</t>
+          <t>Einstein’dan Tesla’ya Bilim İnsanları - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>9.26</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059484176</t>
+          <t>9786059780025</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Ronaldo - Futbol Akademisi</t>
+          <t>Yok Daha Neler! 6 - Uzayda Tatil Yapabilir miyim?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>155</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059484169</t>
+          <t>9786059484176</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Neymar - Futbol Akademisi</t>
+          <t>Dersimiz: Ronaldo - Futbol Akademisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>155</v>
+        <v>186</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055011895</t>
+          <t>9786059484169</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Avcı Hayvanlar</t>
+          <t>Dersimiz: Neymar - Futbol Akademisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055011925</t>
+          <t>9786055011895</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Akıl Almaz İcatlar</t>
+          <t>Bildiğin Gibi Değil - Avcı Hayvanlar</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055394950</t>
+          <t>9786055011925</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Kaçış</t>
+          <t>Bildiğin Gibi Değil - Akıl Almaz İcatlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055011871</t>
+          <t>9786055394950</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 3 : Sesim Cam Kırabilir mi?</t>
+          <t>Özgürlüğe Kaçış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055011864</t>
+          <t>9786055011871</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 2: Kaslarım Lastikten Daha mı Esnek?</t>
+          <t>Yok Daha Neler! 3 : Sesim Cam Kırabilir mi?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055011857</t>
+          <t>9786055011864</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 4 : Kalbim Elektirikle mi Çalışıyor?</t>
+          <t>Yok Daha Neler! 2: Kaslarım Lastikten Daha mı Esnek?</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055011888</t>
+          <t>9786055011857</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 1: Vücudum Bilgisayardan Hızlı mı?</t>
+          <t>Yok Daha Neler! 4 : Kalbim Elektirikle mi Çalışıyor?</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055011840</t>
+          <t>9786055011888</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 5 : Bitkiler Hava Tahmini Yapabilir mi?</t>
+          <t>Yok Daha Neler! 1: Vücudum Bilgisayardan Hızlı mı?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055394523</t>
+          <t>9786055011840</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yol</t>
+          <t>Yok Daha Neler! 5 : Bitkiler Hava Tahmini Yapabilir mi?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055394691</t>
+          <t>9786055394523</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Değer Eğitimi - Etkinlikli Gökyüzü Masalları (Ciltli)</t>
+          <t>Başarıya Giden Yol</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055011185</t>
+          <t>9786055394691</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ederim Allahım - Etkinlikli</t>
+          <t>Masallarla Değer Eğitimi - Etkinlikli Gökyüzü Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>18.43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257964012</t>
+          <t>9786055011185</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Pöpüler Bilgi Serisi (10 Kitap Takım)</t>
+          <t>Teşekkür Ederim Allahım - Etkinlikli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257964784</t>
+          <t>9786257964012</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı Seti (5 Kitap Takım) (Ciltli)</t>
+          <t>Pöpüler Bilgi Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>795</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257964906</t>
+          <t>9786257964784</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Öf - X</t>
+          <t>Korku Kapanı Seti (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>49</v>
+        <v>795</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257964739</t>
+          <t>9786257964906</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlüğü - Korku Kapanı (Ciltli)</t>
+          <t>Öf - X</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>49</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056953330</t>
+          <t>9786257964739</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bahçemdeki Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
+          <t>Karantina Günlüğü - Korku Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056953316</t>
+          <t>9786056953330</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Masalları - Masallarla Değerler Eğitimi (Ciltli)</t>
+          <t>Bahçemdeki Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056953347</t>
+          <t>9786056953316</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
+          <t>Gökyüzü Masalları - Masallarla Değerler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9788789695570</t>
+          <t>9786056953347</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çocuk Hikayeleri Seti (3 Kitap Takım)</t>
+          <t>Rengarenk Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>8008002002390</t>
+          <t>9788789695570</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar Serisi (10 Kitap Takım)</t>
+          <t>Eğlenceli Çocuk Hikayeleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059484404</t>
+          <t>8008002002390</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti Masalları - Eğlenceli Masallar Dizisi</t>
+          <t>İz Bırakanlar Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>43</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059484398</t>
+          <t>9786059484404</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Masal Vadisi - Eğlenceli Masallar Dizisi</t>
+          <t>Uyku Vakti Masalları - Eğlenceli Masallar Dizisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>53</v>
+        <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059780452</t>
+          <t>9786059484398</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Macerası - Doğu ile Batı'nın Eğlenceli Gezileri</t>
+          <t>Masal Vadisi - Eğlenceli Masallar Dizisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.88</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059780612</t>
+          <t>9786059780452</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Çanakkale Macerası - Doğu ile Batı'nın Eğlenceli Gezileri</t>
+          <t>Bir İstanbul Macerası - Doğu ile Batı'nın Eğlenceli Gezileri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>23</v>
+        <v>13.88</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059484879</t>
+          <t>9786059780612</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aşıklıoğlu Hüseyin</t>
+          <t>Bir Çanakkale Macerası - Doğu ile Batı'nın Eğlenceli Gezileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059484848</t>
+          <t>9786059484879</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ata’mla İzmir’de</t>
+          <t>Aşıklıoğlu Hüseyin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>129</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259750187</t>
+          <t>9786059484848</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü (7 Kitap Takım)</t>
+          <t>Ata’mla İzmir’de</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>993</v>
+        <v>129</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259750149</t>
+          <t>9786259750187</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Öz Saygı Sorunları</t>
+          <t>Sevimli Canavar Günlüğü (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>149</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259750125</t>
+          <t>9786259750149</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Mahallenin Zorbası</t>
+          <t>Sevimli Canavar Günlüğü - Öz Saygı Sorunları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259750118</t>
+          <t>9786259750125</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Kankalarla Sıkıntılar</t>
+          <t>Sevimli Canavar Günlüğü - Mahallenin Zorbası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259750101</t>
+          <t>9786259750118</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Duygu Patlaması</t>
+          <t>Sevimli Canavar Günlüğü - Kankalarla Sıkıntılar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259750132</t>
+          <t>9786259750101</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Çok Endişeliyim Günlük</t>
+          <t>Sevimli Canavar Günlüğü - Duygu Patlaması</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>129</v>
+        <v>169</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259750156</t>
+          <t>9786259750132</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Firavunun Düşüşü</t>
+          <t>Sevimli Canavar Günlüğü - Çok Endişeliyim Günlük</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259750163</t>
+          <t>9786259750156</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Viking Kraliçesi</t>
+          <t>Firavunun Düşüşü</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258120189</t>
+          <t>9786259750163</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Doru Etkinlik ve Boyama Seti</t>
+          <t>Viking Kraliçesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>565</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059484930</t>
+          <t>9786258120189</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve Zekai</t>
+          <t>Doru Etkinlik ve Boyama Seti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>87</v>
+        <v>565</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059484909</t>
+          <t>9786059484930</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vampir Evreninin Şifresi - Vampir Can</t>
+          <t>Mehmet Akif Ersoy ve Zekai</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>87</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059484312</t>
+          <t>9786059484909</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vampirlerin Şafağı</t>
+          <t>Vampir Evreninin Şifresi - Vampir Can</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>116</v>
+        <v>87</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059484206</t>
+          <t>9786059484312</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Korsan Adası</t>
+          <t>Vampirlerin Şafağı</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>116</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059484190</t>
+          <t>9786059484206</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ruhlar</t>
+          <t>Korsan Adası</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>116</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055011765</t>
+          <t>9786059484190</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değer Eğitimi - Bahçemdeki Masallar (Ciltli)</t>
+          <t>Hayalet Ruhlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>255</v>
+        <v>116</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059780308</t>
+          <t>9786055011765</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ders Ders Bulmaca 1</t>
+          <t>Hikayelerle Değer Eğitimi - Bahçemdeki Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059484152</t>
+          <t>9786059780308</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Messi - Futbol Akademisi</t>
+          <t>Ders Ders Bulmaca 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055011956</t>
+          <t>9786059484152</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Nesli Tükenmekte Olan Hayvanlar</t>
+          <t>Dersimiz: Messi - Futbol Akademisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>103</v>
+        <v>155</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055394516</t>
+          <t>9786055011956</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Milli Şairimiz Akif Dede</t>
+          <t>Bildiğin Gibi Değil - Nesli Tükenmekte Olan Hayvanlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>87</v>
+        <v>103</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257964173</t>
+          <t>9786055394516</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucit Muço - Buluşlar Gemisinde</t>
+          <t>Milli Şairimiz Akif Dede</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>116</v>
+        <v>87</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257964760</t>
+          <t>9786257964173</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dehaları Set (10 Kitap Takım)</t>
+          <t>Küçük Mucit Muço - Buluşlar Gemisinde</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1190</v>
+        <v>116</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257964777</t>
+          <t>9786257964760</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektifler Set (5 Kitap Takım) (Ciltli)</t>
+          <t>Bilimin Dehaları Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1150</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257964722</t>
+          <t>9786257964777</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Sırrı - Çılgın Dedektifler Baran İle Beren (Ciltli)</t>
+          <t>Çılgın Dedektifler Set (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>230</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257964265</t>
+          <t>9786257964722</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar (10 Kitap Takım)</t>
+          <t>Madalyonun Sırrı - Çılgın Dedektifler Baran İle Beren (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9788789695587</t>
+          <t>9786257964265</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikaye Seti (4 Kitap Takım)</t>
+          <t>İz Bırakanlar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>212</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059484381</t>
+          <t>9788789695587</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Macera Masalları - Eğlenceli Masallar Dizisi</t>
+          <t>Çocuklar İçin Hikaye Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>142</v>
+        <v>212</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059484367</t>
+          <t>9786059484381</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Masal - Eğlenceli Masallar Dizisi</t>
+          <t>Macera Masalları - Eğlenceli Masallar Dizisi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257964456</t>
+          <t>9786059484367</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe Macerası - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
+          <t>Bir Demet Masal - Eğlenceli Masallar Dizisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>142</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258120936</t>
+          <t>9786257964456</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yusufname/Gizemli Hazine</t>
+          <t>Göbeklitepe Macerası - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>129</v>
+        <v>276</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258120981</t>
+          <t>9786258120936</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Deniz Başka Bir Ülkeye Taşınıyor</t>
+          <t>Yusufname/Gizemli Hazine</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258120998</t>
+          <t>9786258120981</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Kırlangıç - Cezeri’nin Hazinesi</t>
+          <t>Deniz Başka Bir Ülkeye Taşınıyor</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>159</v>
+        <v>143</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258120929</t>
+          <t>9786258120998</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Hırsızları</t>
+          <t>Kod Adı Kırlangıç - Cezeri’nin Hazinesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>129</v>
+        <v>159</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258120974</t>
+          <t>9786258120929</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama</t>
+          <t>Kimlik Hırsızları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>79</v>
+        <v>129</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258120967</t>
+          <t>9786258120974</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Tren</t>
+          <t>Çocuklar İçin Kodlama</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>79</v>
+        <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258120943</t>
+          <t>9786258120967</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Dikkatim Fena Dağıldı!</t>
+          <t>Görevimiz Tren</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>129</v>
+        <v>95</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258120950</t>
+          <t>9786258120943</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Günlüğü - Tabletsiz Yaşayamam!</t>
+          <t>Sevimli Canavar Günlüğü - Dikkatim Fena Dağıldı!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258120783</t>
+          <t>9786258120950</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan İskender (3 Kitap)</t>
+          <t>Sevimli Canavar Günlüğü - Tabletsiz Yaşayamam!</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>477</v>
+        <v>149</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258120790</t>
+          <t>9786258120783</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı Seti (5 Kitap)</t>
+          <t>Tozkoparan İskender (3 Kitap)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>950</v>
+        <v>477</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258120806</t>
+          <t>9786258120790</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Macera Gemisi (3 Kitap)</t>
+          <t>Korku Kapanı Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>570</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258120837</t>
+          <t>9786258120806</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İlmin Altın Çağı (3 Kitap)</t>
+          <t>Fantastik Macera Gemisi (3 Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>357</v>
+        <v>684</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258120905</t>
+          <t>9786258120837</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Gemi</t>
+          <t>İlmin Altın Çağı (3 Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>79</v>
+        <v>417</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258120912</t>
+          <t>9786258120905</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Uzay</t>
+          <t>Görevimiz Gemi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>79</v>
+        <v>95</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258120899</t>
+          <t>9786258120912</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Görev HTML</t>
+          <t>Çocuklar İçin Uzay</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>95</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258120875</t>
+          <t>9786258120899</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Araba</t>
+          <t>Görev HTML</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>79</v>
+        <v>216</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258120882</t>
+          <t>9786258120875</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yapay Zeka</t>
+          <t>Görevimiz Araba</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>79</v>
+        <v>95</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258120844</t>
+          <t>9786258120882</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi - Messi</t>
+          <t>Çocuklar İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>155</v>
+        <v>95</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258120868</t>
+          <t>9786258120844</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi - Neymar</t>
+          <t>Futbol Akademisi - Messi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>155</v>
+        <v>186</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258120851</t>
+          <t>9786258120868</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi - Ronaldo</t>
+          <t>Futbol Akademisi - Neymar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>155</v>
+        <v>186</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258120813</t>
+          <t>9786258120851</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İlmin Altın Çağı Cezeri</t>
+          <t>Futbol Akademisi - Ronaldo</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>119</v>
+        <v>186</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258120820</t>
+          <t>9786258120813</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İlmin Altın Çağı Biruni</t>
+          <t>İlmin Altın Çağı Cezeri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258120776</t>
+          <t>9786258120820</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan İskender- Çöl Aslanı</t>
+          <t>İlmin Altın Çağı Biruni</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258120233</t>
+          <t>9786258120776</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar - Milli Mücadele Kahramanları</t>
+          <t>Tozkoparan İskender- Çöl Aslanı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>595</v>
+        <v>159</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258120219</t>
+          <t>9786258120233</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar - İlim Sevdalıları</t>
+          <t>İz Bırakanlar - Milli Mücadele Kahramanları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>595</v>
+        <v>695</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258120738</t>
+          <t>9786258120219</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Odaklanma Etkinlikleri</t>
+          <t>İz Bırakanlar - İlim Sevdalıları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>117</v>
+        <v>695</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258120752</t>
+          <t>9786258120738</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Matematik Etkinlikleri</t>
+          <t>Dikkat ve Odaklanma Etkinlikleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258120745</t>
+          <t>9786258120752</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Labirent Çalışmaları</t>
+          <t>Matematik Etkinlikleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258120721</t>
+          <t>9786258120745</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zeka ve Mantık Etkinlikleri</t>
+          <t>Labirent Çalışmaları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258120769</t>
+          <t>9786258120721</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Kayıp Zaman</t>
+          <t>Zeka ve Mantık Etkinlikleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258120714</t>
+          <t>9786258120769</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Tehlikeli Yolculuk</t>
+          <t>Korku Kapanı - Kayıp Zaman</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258120677</t>
+          <t>9786258120714</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Macera Gemisi</t>
+          <t>Korku Kapanı - Tehlikeli Yolculuk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258120684</t>
+          <t>9786258120677</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Fantastik Macera Gemisi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258120691</t>
+          <t>9786258120684</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Fantastik Macera Gemisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258120622</t>
+          <t>9786258120691</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İlmin Altın Çağı İbni Sina</t>
+          <t>Fantastik Macera Gemisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>119</v>
+        <v>228</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258120646</t>
+          <t>9786258120622</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Cesaret Çıkmazı</t>
+          <t>İlmin Altın Çağı İbni Sina</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258120653</t>
+          <t>9786258120646</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Karantina Günlüğü</t>
+          <t>Korku Kapanı - Cesaret Çıkmazı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258120639</t>
+          <t>9786258120653</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı</t>
+          <t>Korku Kapanı - Karantina Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258120660</t>
+          <t>9786258120639</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ben - İstiklal Marşı Şairim Mehmet Akif</t>
+          <t>Korku Kapanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>159</v>
+        <v>228</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258120615</t>
+          <t>9786258120660</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Elif ve Arkadaşları - Kapadokya</t>
+          <t>Ben - İstiklal Marşı Şairim Mehmet Akif</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>135</v>
+        <v>189</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258120110</t>
+          <t>9786258120615</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Acayip Kolay</t>
+          <t>Elif ve Arkadaşları - Kapadokya</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258120608</t>
+          <t>9786258120110</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan İskender - Simurg Ateşi</t>
+          <t>Acayip Kolay</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>159</v>
+        <v>126</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258120592</t>
+          <t>9786258120608</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Dehaları - Görev Algoritma</t>
+          <t>Tozkoparan İskender - Simurg Ateşi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>159</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258120202</t>
+          <t>9786258120592</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar - Gönül Mimarları Set</t>
+          <t>Teknoloji Dehaları - Görev Algoritma</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>595</v>
+        <v>216</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258120226</t>
+          <t>9786258120202</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar - Osmanlı Padişahları</t>
+          <t>İz Bırakanlar - Gönül Mimarları Set</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>595</v>
+        <v>695</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258120196</t>
+          <t>9786258120226</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Acayip Günlük</t>
+          <t>İz Bırakanlar - Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>159</v>
+        <v>695</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258120158</t>
+          <t>9786258120196</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Doru Etkinlik ve Boyama – Meyveler ve Sebzeler</t>
+          <t>Acayip Günlük</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>113</v>
+        <v>189</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258120172</t>
+          <t>9786258120158</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Doru Etkinlik ve Boyama - Çizgi Alıştırmaları</t>
+          <t>Doru Etkinlik ve Boyama – Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>113</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258120141</t>
+          <t>9786258120172</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Doru Etkinlik ve Boyama - Sayılar</t>
+          <t>Doru Etkinlik ve Boyama - Çizgi Alıştırmaları</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>113</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258120134</t>
+          <t>9786258120141</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Doru Etkinlik ve Boyama - Şekiller</t>
+          <t>Doru Etkinlik ve Boyama - Sayılar</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>113</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258120165</t>
+          <t>9786258120134</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Doru Etkinlik ve Boyama - Hayvanlar</t>
+          <t>Doru Etkinlik ve Boyama - Şekiller</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>113</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258120127</t>
+          <t>9786258120165</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çilli Balerin</t>
+          <t>Doru Etkinlik ve Boyama - Hayvanlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>139</v>
+        <v>113</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258120103</t>
+          <t>9786258120127</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>TRT - Tozkoparan İskender</t>
+          <t>Çilli Balerin</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>159</v>
+        <v>167</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257964920</t>
+          <t>9786258120103</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>TRT - Tozkoparan İskender</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>114</v>
+        <v>159</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257964982</t>
+          <t>9786257964920</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tarihi</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>105</v>
+        <v>137</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257964999</t>
+          <t>9786257964982</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yıkanmak İstemeyen Çocuk</t>
+          <t>Yıldız Tarihi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>95</v>
+        <v>139</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257964975</t>
+          <t>9786257964999</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlenin Maceraları</t>
+          <t>Yıkanmak İstemeyen Çocuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257964937</t>
+          <t>9786257964975</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cesur Dünya</t>
+          <t>Böğürtlenin Maceraları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>245</v>
+        <v>239</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257964968</t>
+          <t>9786257964937</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kulübü</t>
+          <t>Cesur Dünya</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>245</v>
+        <v>294</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257964951</t>
+          <t>9786257964968</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Sihirbaz</t>
+          <t>Sırlar Kulübü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>245</v>
+        <v>294</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257964944</t>
+          <t>9786257964951</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siyah Pantolon Hikayesi</t>
+          <t>Kaybolan Sihirbaz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>125</v>
+        <v>294</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257964913</t>
+          <t>9786257964944</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Karagöz İle Hacivat</t>
+          <t>Siyah Pantolon Hikayesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>82</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257964890</t>
+          <t>9786257964913</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Oh - X</t>
+          <t>Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>49</v>
+        <v>99</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257964883</t>
+          <t>9786257964890</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Oh - X</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>224</v>
+        <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257964876</t>
+          <t>9786257964883</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>194</v>
+        <v>269</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257964852</t>
+          <t>9786257964876</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe - Çocuk Klasikleri 34</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>96</v>
+        <v>233</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257964807</t>
+          <t>9786257964852</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre - Çocuk Klasikleri 28</t>
+          <t>Yalnız Efe - Çocuk Klasikleri 34</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>66</v>
+        <v>116</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257964869</t>
+          <t>9786257964807</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler - Çocuk Klasikleri 33</t>
+          <t>Vatan Yahut Silistre - Çocuk Klasikleri 28</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257964814</t>
+          <t>9786257964869</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları - Çocuk Klasikleri 32</t>
+          <t>Üç Silahşörler - Çocuk Klasikleri 33</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>96</v>
+        <v>119</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257964838</t>
+          <t>9786257964814</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar - Çocuk Klasikleri 29</t>
+          <t>Keloğlan Masalları - Çocuk Klasikleri 32</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>109</v>
+        <v>116</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257964821</t>
+          <t>9786257964838</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Falaka - Çocuk Klasikleri 30</t>
+          <t>İnsan Ne ile Yaşar - Çocuk Klasikleri 29</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>72</v>
+        <v>131</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257964845</t>
+          <t>9786257964821</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar - Çocuk Klasikleri 31</t>
+          <t>Falaka - Çocuk Klasikleri 30</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257964791</t>
+          <t>9786257964845</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Liesl Shurtliff Serisi (4 Kitap Takım) (Ciltli)</t>
+          <t>Değirmenimden Mektuplar - Çocuk Klasikleri 31</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1020</v>
+        <v>106</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257964746</t>
+          <t>9786257964791</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yolculuk - Korku Kapanı (Ciltli)</t>
+          <t>Liesl Shurtliff Serisi (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257964753</t>
+          <t>9786257964746</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitapları (10 Kitap Takım)</t>
+          <t>Tehlikeli Yolculuk - Korku Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1100</v>
+        <v>294</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257964661</t>
+          <t>9786257964753</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Boyama Kitapları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>77</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257964678</t>
+          <t>9786257964661</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>114</v>
+        <v>93</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257964692</t>
+          <t>9786257964678</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Guliver'in Gezileri</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>105</v>
+        <v>137</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257964708</t>
+          <t>9786257964692</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Yolculuk</t>
+          <t>Guliver'in Gezileri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>77</v>
+        <v>126</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257964685</t>
+          <t>9786257964708</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Ay'a Yolculuk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257964715</t>
+          <t>9786257964685</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Graham Bell - Bilimin Dehaları</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257964654</t>
+          <t>9786257964715</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Bilimin Dehaları</t>
+          <t>Graham Bell - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257964630</t>
+          <t>9786257964654</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Marie Curie - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>88</v>
+        <v>139</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257964647</t>
+          <t>9786257964630</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>134</v>
+        <v>106</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257964586</t>
+          <t>9786257964647</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>103</v>
+        <v>162</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257964616</t>
+          <t>9786257964586</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Küredeki Deniz Kızı</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257964623</t>
+          <t>9786257964616</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Bilimin Dehaları</t>
+          <t>Küredeki Deniz Kızı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257964593</t>
+          <t>9786257964623</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dehaları - Bill Gates</t>
+          <t>Stephen Hawking - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257964609</t>
+          <t>9786257964593</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dehaları - Galileo Galilei</t>
+          <t>Bilimin Dehaları - Bill Gates</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257964531</t>
+          <t>9786257964609</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Bilimin Dehaları</t>
+          <t>Bilimin Dehaları - Galileo Galilei</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257964579</t>
+          <t>9786257964531</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Steve Jobs - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>59</v>
+        <v>139</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257964555</t>
+          <t>9786257964579</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>178</v>
+        <v>72</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257964562</t>
+          <t>9786257964555</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>59</v>
+        <v>214</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257964548</t>
+          <t>9786257964562</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>59</v>
+        <v>72</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257964524</t>
+          <t>9786257964548</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Arşimet - Bilimin Dehaları</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>119</v>
+        <v>72</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257964517</t>
+          <t>9786257964524</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Bilimin Dehaları</t>
+          <t>Arşimet - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257964500</t>
+          <t>9786257964517</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Bilimin Dehaları</t>
+          <t>Isaac Newton - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257964487</t>
+          <t>9786257964500</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Aletler - Mühendis Olacak Çocuk!</t>
+          <t>Albert Einstein - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257964449</t>
+          <t>9786257964487</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Konaktaki Yangın - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
+          <t>Sihirli Aletler - Mühendis Olacak Çocuk!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>179</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257964432</t>
+          <t>9786257964449</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Kitaplar - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
+          <t>Konaktaki Yangın - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>230</v>
+        <v>276</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257964494</t>
+          <t>9786257964432</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Kayıp Zaman (Ciltli)</t>
+          <t>Kaybolan Kitaplar - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>245</v>
+        <v>276</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257964463</t>
+          <t>9786257964494</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayvanlar - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
+          <t>Korku Kapanı - Kayıp Zaman (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>230</v>
+        <v>294</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257964470</t>
+          <t>9786257964463</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (15 Kitap Takım)</t>
+          <t>Kayıp Hayvanlar - Çılgın Dedektifler Baran ile Beren (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1371</v>
+        <v>276</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257964425</t>
+          <t>9786257964470</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - Bilimin Dehaları</t>
+          <t>Çocuk Klasikleri (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>119</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257964357</t>
+          <t>9786257964425</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar ve Meslekler 2 Boyama Kitabı</t>
+          <t>Nikola Tesla - Bilimin Dehaları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>110</v>
+        <v>139</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257964364</t>
+          <t>9786257964357</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar ve Meslekler 1 Boyama Kitabı</t>
+          <t>Taşıtlar ve Meslekler 2 Boyama Kitabı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257964333</t>
+          <t>9786257964364</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Renkler 2 Boyama Kitabı</t>
+          <t>Taşıtlar ve Meslekler 1 Boyama Kitabı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257964340</t>
+          <t>9786257964333</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Renkler 1 Boyama Kitabı</t>
+          <t>Şekiller ve Renkler 2 Boyama Kitabı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257964326</t>
+          <t>9786257964340</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler Boyama Kitabı</t>
+          <t>Şekiller ve Renkler 1 Boyama Kitabı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257964289</t>
+          <t>9786257964326</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Boyama Kitabı</t>
+          <t>Sebzeler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257964296</t>
+          <t>9786257964289</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Boyama Kitabı</t>
+          <t>Sayılar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257964302</t>
+          <t>9786257964296</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar 2 Boyama Kitabı</t>
+          <t>Meyveler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257964319</t>
+          <t>9786257964302</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar 1 Boyama Kitabı</t>
+          <t>Hayvanlar 2 Boyama Kitabı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257964272</t>
+          <t>9786257964319</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Harfler Boyama Kitabı</t>
+          <t>Hayvanlar 1 Boyama Kitabı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257964395</t>
+          <t>9786257964272</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Harfler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>96</v>
+        <v>132</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257964388</t>
+          <t>9786257964395</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>88</v>
+        <v>116</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257964371</t>
+          <t>9786257964388</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>139</v>
+        <v>106</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257964401</t>
+          <t>9786257964371</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>64</v>
+        <v>167</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257964418</t>
+          <t>9786257964401</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>96</v>
+        <v>77</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257964258</t>
+          <t>9786257964418</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Jack - Jack ve Fasulye Sırığının Gerçek Hayat Hikayesi (Ciltli)</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>255</v>
+        <v>116</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257964241</t>
+          <t>9786257964258</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Grump - Huysuz İle Pamuk Prenses ve Yedi Cücelerin Gerçek Hayat Hikayesi (Ciltli)</t>
+          <t>Jack - Jack ve Fasulye Sırığının Gerçek Hayat Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257964234</t>
+          <t>9786257964241</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Grump - Huysuz İle Pamuk Prenses ve Yedi Cücelerin Gerçek Hayat Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>85</v>
+        <v>309</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257964210</t>
+          <t>9786257964234</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 2</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>59</v>
+        <v>102</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257964197</t>
+          <t>9786257964210</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Hikayeler - 2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>118</v>
+        <v>71</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257964203</t>
+          <t>9786257964197</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>59</v>
+        <v>142</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257964227</t>
+          <t>9786257964203</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>107</v>
+        <v>72</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257964036</t>
+          <t>9786257964227</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Prizma’nın Çok Şekil Maceraları Seti (5 Kitap Takım)</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1100</v>
+        <v>129</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257964029</t>
+          <t>9786257964036</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar Seti (20 Kitap Takım)</t>
+          <t>Prizma’nın Çok Şekil Maceraları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>2380</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257964067</t>
+          <t>9786257964029</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ata’mla Serisi (5 Kitap Takım)</t>
+          <t>İz Bırakanlar Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>500</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257964043</t>
+          <t>9786257964067</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Değerler Eğitimi (5 Kitap Set)</t>
+          <t>Ata’mla Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257964111</t>
+          <t>9786257964043</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Doğu’yla Batının Macerası Seti (6 Kitap)</t>
+          <t>Masallarla Değerler Eğitimi (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1134</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257964180</t>
+          <t>9786257964111</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Galaksi Savaşları</t>
+          <t>Doğu’yla Batının Macerası Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>189</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257964074</t>
+          <t>9786257964180</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Cesaret Çıkmazı</t>
+          <t>Galaksi Savaşları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>245</v>
+        <v>227</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257964128</t>
+          <t>9786257964074</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Korku Kapanı - Cesaret Çıkmazı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>95</v>
+        <v>245</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257964135</t>
+          <t>9786257964128</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'den Masallar</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>88</v>
+        <v>114</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257964159</t>
+          <t>9786257964135</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Andersen’den Masallar</t>
+          <t>La Fontaine'den Masallar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>85</v>
+        <v>106</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257964142</t>
+          <t>9786257964159</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 1</t>
+          <t>Andersen’den Masallar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>59</v>
+        <v>102</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257964166</t>
+          <t>9786257964142</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Hikayeler 1</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>133</v>
+        <v>71</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257964081</t>
+          <t>9786257964166</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Rump -  Rumpelstiltskin'in Gerçek Hayat Hikayesi (Ciltli)</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786056953323</t>
+          <t>9786257964081</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
+          <t>Rump -  Rumpelstiltskin'in Gerçek Hayat Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786056953354</t>
+          <t>9786056953323</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Vitaminli Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
+          <t>Mevlana'dan Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786056953392</t>
+          <t>9786056953354</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>RED - Kırmızı Başlıklı Kız’ın Gerçek Hayat Hikayesi (Ciltli)</t>
+          <t>Vitaminli Masallar - Masallarla Değerler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786056953385</t>
+          <t>9786056953392</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kartal Yavrusu</t>
+          <t>RED - Kırmızı Başlıklı Kız’ın Gerçek Hayat Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>87</v>
+        <v>309</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786056953378</t>
+          <t>9786056953385</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşcu - İz Bırakanlar</t>
+          <t>Yalnız Kartal Yavrusu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>119</v>
+        <v>87</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786056953361</t>
+          <t>9786056953378</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - İz Bırakanlar</t>
+          <t>Ali Kuşcu - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257964005</t>
+          <t>9786056953361</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler Serisi (10 Kitap Takım)</t>
+          <t>Evliya Çelebi - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1490</v>
+        <v>139</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786056953309</t>
+          <t>9786257964005</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - İz Bırakanlar</t>
+          <t>Yok Daha Neler Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>119</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059484992</t>
+          <t>9786056953309</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin - İz Bırakanlar</t>
+          <t>Piri Reis - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059484947</t>
+          <t>9786059484992</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy - İz Bırakanlar</t>
+          <t>Akşemseddin - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059484985</t>
+          <t>9786059484947</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli - İz Bırakanlar</t>
+          <t>Mehmet Akif Ersoy - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059484978</t>
+          <t>9786059484985</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - İz Bırakanlar</t>
+          <t>Hacı Bektaş Veli - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059484961</t>
+          <t>9786059484978</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - İz Bırakanlar</t>
+          <t>Mimar Sinan - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059484923</t>
+          <t>9786059484961</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı - Zeka Labirenti</t>
+          <t>Yunus Emre - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>245</v>
+        <v>139</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059484954</t>
+          <t>9786059484923</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi - İz Bırakanlar</t>
+          <t>Korku Kapanı - Zeka Labirenti</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>119</v>
+        <v>294</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059484916</t>
+          <t>9786059484954</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmet Çelebi - İz Bırakanlar</t>
+          <t>Mevlana Celaleddin Rumi - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059484886</t>
+          <t>9786059484916</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe - İz Bırakanlar</t>
+          <t>Hezarfen Ahmet Çelebi - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059484862</t>
+          <t>9786059484886</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun - İz Bırakanlar</t>
+          <t>Yörük Ali Efe - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059484855</t>
+          <t>9786059484862</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - İz Bırakanlar</t>
+          <t>Nene Hatun - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059484831</t>
+          <t>9786059484855</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam - İz Bırakanlar</t>
+          <t>Seyit Onbaşı - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059484800</t>
+          <t>9786059484831</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ata’mla Sakarya’da</t>
+          <t>Sütçü İmam - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>129</v>
+        <v>139</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059484824</t>
+          <t>9786059484800</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - İz Bırakanlar</t>
+          <t>Ata’mla Sakarya’da</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>119</v>
+        <v>155</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059484794</t>
+          <t>9786059484824</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ata’mla Meclis'te</t>
+          <t>Mustafa Kemal Atatürk - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>129</v>
+        <v>139</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059484817</t>
+          <t>9786059484794</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Baca Kasabası'nın Çöpadam'ı</t>
+          <t>Ata’mla Meclis'te</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>273</v>
+        <v>155</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059484763</t>
+          <t>9786059484817</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Alfie Green ve Arı-Şişe Çetesi</t>
+          <t>Baca Kasabası'nın Çöpadam'ı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>79</v>
+        <v>329</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059484756</t>
+          <t>9786059484763</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Alfie Green ve Kurbağa Dolu Küvet</t>
+          <t>Alfie Green ve Arı-Şişe Çetesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>79</v>
+        <v>95</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059484749</t>
+          <t>9786059484756</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Konaktaki Yangın - Çılgın Dedektifler Baran ile Beren</t>
+          <t>Alfie Green ve Kurbağa Dolu Küvet</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>129</v>
+        <v>95</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059484770</t>
+          <t>9786059484749</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ata’mla Çanakkale’de</t>
+          <t>Konaktaki Yangın - Çılgın Dedektifler Baran ile Beren</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059484787</t>
+          <t>9786059484770</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ata’mla Bandırma Vapuru’nda</t>
+          <t>Ata’mla Çanakkale’de</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059484732</t>
+          <t>9786059484787</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Kitaplar - Çılgın Dedektifler Baran ile Beren</t>
+          <t>Ata’mla Bandırma Vapuru’nda</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059484596</t>
+          <t>9786059484732</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Alfie Green ve Sihirli Armağan</t>
+          <t>Kaybolan Kitaplar - Çılgın Dedektifler Baran ile Beren</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>79</v>
+        <v>129</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059484558</t>
+          <t>9786059484596</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Galeride Kargaşa - Prizma’nın Çok Şekil Maceraları (Ciltli)</t>
+          <t>Alfie Green ve Sihirli Armağan</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059484541</t>
+          <t>9786059484558</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid - İz Bırakanlar</t>
+          <t>Galeride Kargaşa - Prizma’nın Çok Şekil Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>119</v>
+        <v>264</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059484534</t>
+          <t>9786059484541</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - İz Bırakanlar</t>
+          <t>Yıldırım Bayezid - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059484510</t>
+          <t>9786059484534</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim - İz Bırakanlar</t>
+          <t>Kanuni Sultan Süleyman - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059484503</t>
+          <t>9786059484510</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Doğu'yla Batı'nın İzmir Maceraları</t>
+          <t>Yavuz Sultan Selim - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059484459</t>
+          <t>9786059484503</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Olaylar - Popüler Bilgi Serisi</t>
+          <t>Doğu'yla Batı'nın İzmir Maceraları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>95</v>
+        <v>229</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059484350</t>
+          <t>9786059484459</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dünya'yı Keşfediyorum - Popüler Bilgi Serisi</t>
+          <t>İnanılmaz Olaylar - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059484466</t>
+          <t>9786059484350</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mucize İnşaatlar - Popüler Bilgi Serisi</t>
+          <t>Dünya'yı Keşfediyorum - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059484077</t>
+          <t>9786059484466</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kral</t>
+          <t>Mucize İnşaatlar - Popüler Bilgi Serisi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>234</v>
+        <v>95</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059484145</t>
+          <t>9786059484077</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Doğu'yla Batı'nın Ankara Macerası</t>
+          <t>Ölümsüz Kral</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>189</v>
+        <v>281</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059484121</t>
+          <t>9786059484145</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Prizma’nın Çok Şekil Maceraları - Kayıp Aranıyor (Ciltli)</t>
+          <t>Doğu'yla Batı'nın Ankara Macerası</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>229</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059484107</t>
+          <t>9786059484121</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi - İz Bırakanlar</t>
+          <t>Prizma’nın Çok Şekil Maceraları - Kayıp Aranıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>119</v>
+        <v>264</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059484138</t>
+          <t>9786059484107</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet - İz Bırakanlar</t>
+          <t>Ertuğrul Gazi - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059484114</t>
+          <t>9786059484138</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Prizma'nın Çok Şekil Maceraları - Orman Kampı Macerası (Ciltli)</t>
+          <t>Fatih Sultan Mehmet - İz Bırakanlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>139</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059484084</t>
+          <t>9786059484114</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Prizma'nın Çok Şekil Maceraları - Orman Kampı Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>99</v>
+        <v>264</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059484091</t>
+          <t>9786059484084</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059484053</t>
+          <t>9786059484091</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Macerası</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059484046</t>
+          <t>9786059484053</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Doğu'yla Batı'nın Bursa Macerası</t>
+          <t>İstanbul Macerası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059484039</t>
+          <t>9786059484046</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Doğu'yla Batı'nın Konya Macerası</t>
+          <t>Doğu'yla Batı'nın Bursa Macerası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786056706028</t>
+          <t>9786059484039</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Süper Bitkiler</t>
+          <t>Doğu'yla Batı'nın Konya Macerası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786056706011</t>
+          <t>9786056706028</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Süper Besinler</t>
+          <t>Süper Bitkiler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059484008</t>
+          <t>9786056706011</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Süper Yıldızlar</t>
+          <t>Süper Besinler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786056706097</t>
+          <t>9786059484008</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Süper Yeryüzü</t>
+          <t>Süper Yıldızlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786056706073</t>
+          <t>9786056706097</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Süper Organlar</t>
+          <t>Süper Yeryüzü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786056706080</t>
+          <t>9786056706073</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Süper Kuvvetler</t>
+          <t>Süper Organlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786056706066</t>
+          <t>9786056706080</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Süper Gökyüzü</t>
+          <t>Süper Kuvvetler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786056706059</t>
+          <t>9786056706066</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Süper Elektrik</t>
+          <t>Süper Gökyüzü</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786056706042</t>
+          <t>9786056706059</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Süper Ekonomi</t>
+          <t>Süper Elektrik</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786056706035</t>
+          <t>9786056706042</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Süper Dönüşüm</t>
+          <t>Süper Ekonomi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055011932</t>
+          <t>9786056706035</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Muhteşem Mekanlar</t>
+          <t>Süper Dönüşüm</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>103</v>
+        <v>179</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055011918</t>
+          <t>9786055011932</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Göçmen Hayvanlar</t>
+          <t>Bildiğin Gibi Değil - Muhteşem Mekanlar</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>103</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055011901</t>
+          <t>9786055011918</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Evcil Hayvanlar</t>
+          <t>Bildiğin Gibi Değil - Göçmen Hayvanlar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>30</v>
+        <v>103</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055011963</t>
+          <t>9786055011901</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Yırtıcı Hayvanlar</t>
+          <t>Bildiğin Gibi Değil - Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>103</v>
+        <v>30</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055394905</t>
+          <t>9786055011963</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Niçinli Masallar - Salyangoz Suyangoz ve Arkadaşları</t>
+          <t>Bildiğin Gibi Değil - Yırtıcı Hayvanlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>117</v>
+        <v>103</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055394813</t>
+          <t>9786055394905</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Niçinli Masallar - Adres Soran Kırlangıç</t>
+          <t>Niçinli Masallar - Salyangoz Suyangoz ve Arkadaşları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055394851</t>
+          <t>9786055394813</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Niçinli Masallar - Gözlüğünü Kaybeden Hipopotam</t>
+          <t>Niçinli Masallar - Adres Soran Kırlangıç</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059780292</t>
+          <t>9786055394851</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Süper Mozaik Kitabım - Sporla Sağlıklıyım</t>
+          <t>Niçinli Masallar - Gözlüğünü Kaybeden Hipopotam</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>125</v>
+        <v>139</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059780261</t>
+          <t>9786059780292</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Süper Mozaik Kitabım - Okulumu Seviyorum</t>
+          <t>Süper Mozaik Kitabım - Sporla Sağlıklıyım</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059780278</t>
+          <t>9786059780261</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Süper Mozaik Kitabım - Hayvanlarla Dostum</t>
+          <t>Süper Mozaik Kitabım - Okulumu Seviyorum</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059780254</t>
+          <t>9786059780278</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Geometrik Boyama - Desen Desen Boyuyorum</t>
+          <t>Süper Mozaik Kitabım - Hayvanlarla Dostum</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059780315</t>
+          <t>9786059780254</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ders Ders Bulmaca 2</t>
+          <t>Geometrik Boyama - Desen Desen Boyuyorum</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059484015</t>
+          <t>9786059780315</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Safari Avı (Ciltli)</t>
+          <t>Ders Ders Bulmaca 2</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055011970</t>
+          <t>9786059484015</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Şaşırtıcı Sporlar</t>
+          <t>Muhteşem Safari Avı (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>103</v>
+        <v>264</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055011949</t>
+          <t>9786055011970</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Sıra Dışı Meslekler</t>
+          <t>Bildiğin Gibi Değil - Şaşırtıcı Sporlar</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>103</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055011994</t>
+          <t>9786055011949</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil - Olağanüstü Taşıtlar</t>
+          <t>Bildiğin Gibi Değil - Sıra Dışı Meslekler</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>103</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059780032</t>
+          <t>9786055011994</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler! 7: Çöller Dans Eder mi?</t>
+          <t>Bildiğin Gibi Değil - Olağanüstü Taşıtlar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055394837</t>
+          <t>9786059780032</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun Buku - Nasıllı Masallar</t>
+          <t>Yok Daha Neler! 7: Çöller Dans Eder mi?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>117</v>
+        <v>17</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055394868</t>
+          <t>9786055394837</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kırpık - Nasıllı Masallar</t>
+          <t>Bukalemun Buku - Nasıllı Masallar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055394882</t>
+          <t>9786055394868</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kuşu - Nasıllı Masallar</t>
+          <t>Kaplumbağa Kırpık - Nasıllı Masallar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055394875</t>
+          <t>9786055394882</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Koko - Nasıllı Masallar</t>
+          <t>Uyku Kuşu - Nasıllı Masallar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055394820</t>
+          <t>9786055394875</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Balık Şehzade/ Nasıllı Masallar</t>
+          <t>Kelebek Koko - Nasıllı Masallar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>117</v>
+        <v>139</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059484060</t>
+          <t>9786055394820</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Doğu ile Batının Çanakkale Macerası</t>
+          <t>Balık Şehzade/ Nasıllı Masallar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059780070</t>
+          <t>9786059484060</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değer Eğitimi - Bir Yarış Macerası / Mevlana'dan Yedi Öğüt</t>
+          <t>Doğu ile Batının Çanakkale Macerası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>255</v>
+        <v>229</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059780087</t>
+          <t>9786059780070</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değer Eğitimi - Bir Dünya Hediye / Teşekkür Ederim Allahım (Ciltli)</t>
+          <t>Hikayelerle Değer Eğitimi - Bir Yarış Macerası / Mevlana'dan Yedi Öğüt</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059484022</t>
+          <t>9786059780087</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Prensi (Ciltli)</t>
+          <t>Hikayelerle Değer Eğitimi - Bir Dünya Hediye / Teşekkür Ederim Allahım (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055394912</t>
+          <t>9786059484022</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Niçinli Masallar - Zıplamayı Unutan Kurbağa</t>
+          <t>Tuhaflıklar Prensi (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>117</v>
+        <v>264</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
+          <t>9786055394912</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Niçinli Masallar - Zıplamayı Unutan Kurbağa</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
           <t>9786055394844</t>
         </is>
       </c>
-      <c r="B303" s="1" t="inlineStr">
+      <c r="B304" s="1" t="inlineStr">
         <is>
           <t>Niçinli Masallar - Bıyıklarını Kesen Şaşkın Kedi</t>
         </is>
       </c>
-      <c r="C303" s="1">
-        <v>117</v>
+      <c r="C304" s="1">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>