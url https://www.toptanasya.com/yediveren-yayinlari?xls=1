--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,5520 +85,5520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052695272</t>
+          <t>9786052695302</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonuna Kadar</t>
+          <t>Dijital Tsunami</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>298</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052693964</t>
+          <t>9786052695272</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İyilikle Değişir Dünya</t>
+          <t>Yolun Sonuna Kadar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>298</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052692240</t>
+          <t>9786052693964</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler (Ciltli)</t>
+          <t>İyilikle Değişir Dünya</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052692493</t>
+          <t>9786052692240</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tam Benlik</t>
+          <t>Paranormal Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>69.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052692783</t>
+          <t>9786052692493</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nuriye Hanım</t>
+          <t>Tam Benlik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>176</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058816077</t>
+          <t>9786052692783</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
+          <t>Nuriye Hanım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>10</v>
+        <v>176</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052690710</t>
+          <t>9786058816077</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sancak - İstiklal</t>
+          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>285</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052690413</t>
+          <t>9786052690710</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Takma Kafana Salla Gitsin</t>
+          <t>Sancak - İstiklal</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>39</v>
+        <v>285</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8008002002277</t>
+          <t>9786052690413</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (3 Kitap Takım)</t>
+          <t>Takma Kafana Salla Gitsin</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>65</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8008002002345</t>
+          <t>8008002002277</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Murat Tunalı Seti (6 Kitap Takım)</t>
+          <t>Bilal Civelek Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>115</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8008002002284</t>
+          <t>8008002002345</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Işık Seti (3 Kitap Takım)</t>
+          <t>Murat Tunalı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>67</v>
+        <v>115</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052690857</t>
+          <t>8008002002284</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alişan Kapaklıkaya Seti (8 Kitap Takım)</t>
+          <t>Mehmet Işık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2448</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000031164</t>
+          <t>9786052690857</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Seti (5 Kitap Takım)</t>
+          <t>Alişan Kapaklıkaya Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>128</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>8008002002321</t>
+          <t>3990000031164</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sözlük Seti (7 Kitap Takım)</t>
+          <t>Abdülhamid Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>8008002002260</t>
+          <t>8008002002321</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (4 Kitap Takım)</t>
+          <t>Sözlük Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>82</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059514552</t>
+          <t>8008002002260</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Özel Çocuk Eğitimi ve Gelişimi</t>
+          <t>Bilal Civelek Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>285</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059514538</t>
+          <t>9786059514552</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kanatları</t>
+          <t>A'dan Z'ye Özel Çocuk Eğitimi ve Gelişimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>54</v>
+        <v>285</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052690475</t>
+          <t>9786059514538</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Doğru Zamanlar Ajandası (Ciltli)</t>
+          <t>Aşkın Kanatları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>40</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052690390</t>
+          <t>9786052690475</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Motivasyon</t>
+          <t>Doğru Zamanlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059514354</t>
+          <t>9786052690390</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bilinçaltını Yönet</t>
+          <t>Pozitif Motivasyon</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>179</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059514804</t>
+          <t>9786059514354</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>90’larda Çocuk Olmak</t>
+          <t>Mucize Bilinçaltını Yönet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059514422</t>
+          <t>9786059514804</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Enerjini Fulle</t>
+          <t>90’larda Çocuk Olmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>189</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059514521</t>
+          <t>9786059514422</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Keşkesiz Yaşamak</t>
+          <t>Yaşam Enerjini Fulle</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059514439</t>
+          <t>9786059514521</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2018 Doğru Zamanlar Ajandası (Ciltli)</t>
+          <t>Keşkesiz Yaşamak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>32.41</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055011055</t>
+          <t>9786059514439</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>A4 Yalnızlığı</t>
+          <t>2018 Doğru Zamanlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>13</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055011529</t>
+          <t>9786055011055</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar Ölümsüzsün</t>
+          <t>A4 Yalnızlığı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055011383</t>
+          <t>9786055011529</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin?</t>
+          <t>Ölünceye Kadar Ölümsüzsün</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055394684</t>
+          <t>9786055011383</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Borç Tuzağı ve Faiz Lobisi</t>
+          <t>Sen Kimsin?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055011062</t>
+          <t>9786055394684</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>Borç Tuzağı ve Faiz Lobisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055394769</t>
+          <t>9786055011062</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir’in Lezzet Yolculuğu (Ciltli)</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>32.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055394929</t>
+          <t>9786055394769</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir’in Lezzet Yolculuğu</t>
+          <t>Davetsiz Misafir’in Lezzet Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058820340</t>
+          <t>9786055394929</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Telkin Ve Hipnozla Öğrenme Teknikleri</t>
+          <t>Davetsiz Misafir’in Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058820302</t>
+          <t>9786058820340</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Mektuplar</t>
+          <t>Telkin Ve Hipnozla Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058832732</t>
+          <t>9786058820302</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Çıldırdı</t>
+          <t>Tarihi Değiştiren Mektuplar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>9.26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058816060</t>
+          <t>9786058832732</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Son Dem</t>
+          <t>Şeytan Çıldırdı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055394448</t>
+          <t>9786058816060</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşa Kariyerin Olsun</t>
+          <t>Son Dem</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055394165</t>
+          <t>9786055394448</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim Yolculuğu</t>
+          <t>Sağlıklı Yaşa Kariyerin Olsun</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055394226</t>
+          <t>9786055394165</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Eserleri Nasıl Yazıldı?</t>
+          <t>Ruhsal Gelişim Yolculuğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>8.33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055394042</t>
+          <t>9786055394226</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünmenin Büyüsü</t>
+          <t>Risale-i Nur Eserleri Nasıl Yazıldı?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058816091</t>
+          <t>9786055394042</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ne Zor Şeymiş Yaşamak - 1</t>
+          <t>Pozitif Düşünmenin Büyüsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055394134</t>
+          <t>9786058816091</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sağlıktır</t>
+          <t>Ne Zor Şeymiş Yaşamak - 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058820371</t>
+          <t>9786055394134</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Şifresi</t>
+          <t>Mutluluk Sağlıktır</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055394387</t>
+          <t>9786058820371</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Kuşları - Dersim Yanıyor</t>
+          <t>Mutluluğun Şifresi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>42</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055394233</t>
+          <t>9786055394387</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sera Hatun</t>
+          <t>Mustafa Kemal’in Kuşları - Dersim Yanıyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056204777</t>
+          <t>9786055394233</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mazideki Adamlar</t>
+          <t>Sera Hatun</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000016616</t>
+          <t>9786056204777</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Hz. İsa ve Meryem</t>
+          <t>Mazideki Adamlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055394271</t>
+          <t>3990000016616</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyi Hissetmek</t>
+          <t>Kuran’da Hz. İsa ve Meryem</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058820333</t>
+          <t>9786055394271</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşk</t>
+          <t>Kendini İyi Hissetmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058820326</t>
+          <t>9786058820333</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Filistine Gömün</t>
+          <t>Kayıp Aşk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055394608</t>
+          <t>9786058820326</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Parça</t>
+          <t>Kalbimi Filistine Gömün</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000016617</t>
+          <t>9786055394608</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Jesus et Marie</t>
+          <t>Senden Bir Parça</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058816046</t>
+          <t>3990000016617</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christus und der Heiligen Maria (Rusça)</t>
+          <t>Jesus et Marie</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058816039</t>
+          <t>9786058816046</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christus und der Heiligen Maria</t>
+          <t>Jesus Christus und der Heiligen Maria (Rusça)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058816053</t>
+          <t>9786058816039</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christ And Mary</t>
+          <t>Jesus Christus und der Heiligen Maria</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055394349</t>
+          <t>9786058816053</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi</t>
+          <t>Jesus Christ And Mary</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059780728</t>
+          <t>9786055394349</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sanatı</t>
+          <t>İslam Ekonomisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058816084</t>
+          <t>9786059780728</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İğneli Tahtın Sultanları</t>
+          <t>İnsan Sanatı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20.37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058820395</t>
+          <t>9786058816084</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair - Özlü Sözler</t>
+          <t>İğneli Tahtın Sultanları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056204760</t>
+          <t>9786058820395</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Güzel Geçim</t>
+          <t>Hayata Dair - Özlü Sözler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>12.96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055394004</t>
+          <t>9786056204760</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Yol Haritası</t>
+          <t>Evlilikte Güzel Geçim</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058832794</t>
+          <t>9786055394004</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Başarılı Konuşma Sanatı</t>
+          <t>Evliliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>99</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055394011</t>
+          <t>9786058832794</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçimi ve Evliliğe Hazırlık</t>
+          <t>Etkili ve Başarılı Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>14.81</v>
+        <v>99</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058820364</t>
+          <t>9786055394011</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Eş Seçimi ve Evliliğe Hazırlık</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055394127</t>
+          <t>9786058820364</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mevlana Nefesi</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058820388</t>
+          <t>9786055394127</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Duanın Gücü</t>
+          <t>Dünyada Mevlana Nefesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056204784</t>
+          <t>9786058820388</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Denizler Sultanı Barbaros Hayrettin Paşa</t>
+          <t>Duanın Gücü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055394141</t>
+          <t>9786056204784</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Dünya İçin Dinlerin Kardeşliği</t>
+          <t>Denizler Sultanı Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055394356</t>
+          <t>9786055394141</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Babanın Etkisi</t>
+          <t>Daha İyi Bir Dünya İçin Dinlerin Kardeşliği</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056204715</t>
+          <t>9786055394356</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşları</t>
+          <t>Çocuk Eğitiminde Babanın Etkisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12.04</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056204722</t>
+          <t>9786056204715</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Boris’in Sırrı</t>
+          <t>Çakıl Taşları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055394189</t>
+          <t>9786056204722</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Yaşamak</t>
+          <t>Boris’in Sırrı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>20</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055394363</t>
+          <t>9786055394189</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüdüm</t>
+          <t>Bilgece Yaşamak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055394417</t>
+          <t>9786055394363</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Başarının Gücü</t>
+          <t>Ben Büyüdüm</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055394257</t>
+          <t>9786055394417</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Başarının Dili Olsa da Konuşsa</t>
+          <t>Başarının Gücü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055394172</t>
+          <t>9786055394257</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Aile Faktörü</t>
+          <t>Başarının Dili Olsa da Konuşsa</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058820357</t>
+          <t>9786055394172</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Başarı Rehberi</t>
+          <t>Başarıda Aile Faktörü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055394646</t>
+          <t>9786058820357</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Barış Dili</t>
+          <t>Başarı Rehberi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>27</v>
+        <v>56</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059514446</t>
+          <t>9786055394646</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan Çocuk Eğitimi</t>
+          <t>Barış Dili</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>59</v>
+        <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058832763</t>
+          <t>9786059514446</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dinsiz mi?</t>
+          <t>Bağırıp Çağırmadan Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7.41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056204746</t>
+          <t>9786058832763</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Beden Dili</t>
+          <t>Atatürk Dinsiz mi?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>34</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055394493</t>
+          <t>9786056204746</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Zemheri</t>
+          <t>Aşkın Beden Dili</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055394479</t>
+          <t>9786055394493</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşk Acısı Nasıl Geçer</t>
+          <t>Aşk-ı Zemheri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058832787</t>
+          <t>9786055394479</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>Aşk Acısı Nasıl Geçer</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>12.04</v>
+        <v>33</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055394158</t>
+          <t>9786058832787</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anlaşmanın Dili</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>31</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055394592</t>
+          <t>9786055394158</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aldatmaca</t>
+          <t>Anlaşmanın Dili</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055394202</t>
+          <t>9786055394592</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Çocuk Eğitiminde Şiddet Sizsiniz</t>
+          <t>Aldatmaca</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058832725</t>
+          <t>9786055394202</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Diyorlar</t>
+          <t>Aile ve Çocuk Eğitiminde Şiddet Sizsiniz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11.11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059780018</t>
+          <t>9786058832725</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Rabbim</t>
+          <t>Adına Aşk Diyorlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055011277</t>
+          <t>9786059780018</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim</t>
+          <t>Yüreğimde Rabbim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>17.59</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055011369</t>
+          <t>9786055011277</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Aldatır?</t>
+          <t>Anneme Söz Verdim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>32</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055011345</t>
+          <t>9786055011369</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Şiddet ve Şiddet Ortamında Çocuklar</t>
+          <t>Erkekler Neden Aldatır?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055394400</t>
+          <t>9786055011345</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Terkedilmiş Köy</t>
+          <t>Aile İçi Şiddet ve Şiddet Ortamında Çocuklar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055394936</t>
+          <t>9786055394400</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Can Damarı</t>
+          <t>Terkedilmiş Köy</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055011147</t>
+          <t>9786055394936</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Sağlığın Can Damarı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055011130</t>
+          <t>9786055011147</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>70</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055011123</t>
+          <t>9786055011130</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15.74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055011116</t>
+          <t>9786055011123</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055011109</t>
+          <t>9786055011116</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058832701</t>
+          <t>9786055011109</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Atatürk</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056204708</t>
+          <t>9786058832701</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Umut Tükenmedikçe</t>
+          <t>Unutulan Atatürk</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055394486</t>
+          <t>9786056204708</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Altın Çağı</t>
+          <t>Umut Tükenmedikçe</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058832756</t>
+          <t>9786055394486</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Derin Tarihi</t>
+          <t>Türklerin Altın Çağı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>36</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055394264</t>
+          <t>9786058832756</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Türkiye’nin Derin Tarihi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>18.52</v>
+        <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055394240</t>
+          <t>9786055394264</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteye Giden Başarı Yolu</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>29</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055011468</t>
+          <t>9786055394240</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sen Tonu</t>
+          <t>Üniversiteye Giden Başarı Yolu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055394714</t>
+          <t>9786055011468</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Umudun Zamanı</t>
+          <t>Yalnızlığın Sen Tonu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>119</v>
+        <v>60</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055394776</t>
+          <t>9786055394714</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mevlana Etkisi</t>
+          <t>Şimdi Umudun Zamanı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>39</v>
+        <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055394639</t>
+          <t>9786055394776</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Gıybet Ettik</t>
+          <t>Dünyada Mevlana Etkisi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055394622</t>
+          <t>9786055394639</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Dinimizi Nasıl Öğretiriz</t>
+          <t>Eyvah Gıybet Ettik</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055394615</t>
+          <t>9786055394622</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Aşkın Hayat</t>
+          <t>Çocuklarımıza Dinimizi Nasıl Öğretiriz</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055394660</t>
+          <t>9786055394615</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Esma Terapisi</t>
+          <t>Mevlana Aşkın Hayat</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052690598</t>
+          <t>9786055394660</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Sabret</t>
+          <t>Esma Terapisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>137</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052690451</t>
+          <t>9786052690598</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Dert Etme Sabret</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>129</v>
+        <v>137</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058148369</t>
+          <t>9786052690451</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Koçluğun Kitabı</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>30</v>
+        <v>129</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058148352</t>
+          <t>9786058148369</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hipnozun Kitabı</t>
+          <t>Koçluğun Kitabı</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052690468</t>
+          <t>9786058148352</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Para Seninle Konuşuyor</t>
+          <t>Hipnozun Kitabı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059780605</t>
+          <t>9786052690468</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mihrimah Sultan</t>
+          <t>Para Seninle Konuşuyor</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059780674</t>
+          <t>9786059780605</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yesevi: İki Nehir Arasındaki Okyanus</t>
+          <t>Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055394585</t>
+          <t>9786059780674</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kaldı Rumeli</t>
+          <t>Ahmet Yesevi: İki Nehir Arasındaki Okyanus</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>15.74</v>
+        <v>54</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059514231</t>
+          <t>9786055394585</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Öğrenme</t>
+          <t>Kalbim Sende Kaldı Rumeli</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059514262</t>
+          <t>9786059514231</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Uyanışı</t>
+          <t>Hipnotik Öğrenme</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059514248</t>
+          <t>9786059514262</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma Teknikleri</t>
+          <t>Türklerin Uyanışı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>207</v>
+        <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059780162</t>
+          <t>9786059514248</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bitti Dediğin Yerde Başlar</t>
+          <t>Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>42</v>
+        <v>207</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052690130</t>
+          <t>9786059780162</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Birlik - Sherlock Holmes</t>
+          <t>Hayat Bitti Dediğin Yerde Başlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>229</v>
+        <v>42</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059514484</t>
+          <t>9786052690130</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Önce Yüreğin İnansın (Ciltli)</t>
+          <t>Beyaz Birlik - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>29</v>
+        <v>229</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059514019</t>
+          <t>9786059514484</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Diyorlar</t>
+          <t>Önce Yüreğin İnansın (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>38</v>
+        <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059514002</t>
+          <t>9786059514019</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Başarmak</t>
+          <t>Adına Aşk Diyorlar</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059780773</t>
+          <t>9786059514002</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dost İstersen Allah Yeter</t>
+          <t>Zorluklarla Başarmak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>29</v>
+        <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059780803</t>
+          <t>9786059780773</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Nasihat İstersen Ölüm Yeter</t>
+          <t>Dost İstersen Allah Yeter</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059780766</t>
+          <t>9786059780803</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş İstersen Kur'an Yeter</t>
+          <t>Nasihat İstersen Ölüm Yeter</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059780797</t>
+          <t>9786059780766</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Lider İstersen Muhammed Yeter</t>
+          <t>Arkadaş İstersen Kur'an Yeter</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059514347</t>
+          <t>9786059780797</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İsim Analizi</t>
+          <t>Lider İstersen Muhammed Yeter</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059514514</t>
+          <t>9786059514347</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dile Senden Ne Dilersen</t>
+          <t>İsim Analizi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>97</v>
+        <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055011574</t>
+          <t>9786059514514</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Allah De Yüreğinle</t>
+          <t>Dile Senden Ne Dilersen</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>35</v>
+        <v>97</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055011635</t>
+          <t>9786055011574</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Hikayeler</t>
+          <t>Allah De Yüreğinle</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>17.59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059514071</t>
+          <t>9786055011635</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dedem Abdülhamid Han (Ciltsiz)</t>
+          <t>Aşk Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>49</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059780520</t>
+          <t>9786059514071</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dedem Abdülhamit Han (Ciltli)</t>
+          <t>Dedem Abdülhamid Han (Ciltsiz)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059780513</t>
+          <t>9786059780520</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Hisset ve Başar</t>
+          <t>Dedem Abdülhamit Han (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>59</v>
+        <v>51</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059780575</t>
+          <t>9786059780513</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mahpeyker Kösem Sultan</t>
+          <t>Yüreğinde Hisset ve Başar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059780490</t>
+          <t>9786059780575</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Süper Hafıza Teknikleri - Yak Beyninin Işığını</t>
+          <t>Mahpeyker Kösem Sultan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055011598</t>
+          <t>9786059780490</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Beynini Etkin Kullan</t>
+          <t>Süper Hafıza Teknikleri - Yak Beyninin Işığını</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055011734</t>
+          <t>9786055011598</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yürü Ya Kulum</t>
+          <t>Beynini Etkin Kullan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>15.74</v>
+        <v>189</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055394394</t>
+          <t>9786055011734</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Benim Kasabamın İnsanları</t>
+          <t>Yürü Ya Kulum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055394653</t>
+          <t>9786055394394</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ta Çanlar Sustu</t>
+          <t>Benim Kasabamın İnsanları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059514200</t>
+          <t>9786055394653</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimi Geri Ver</t>
+          <t>Bizans'ta Çanlar Sustu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>109</v>
+        <v>47</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059514101</t>
+          <t>9786059514200</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Benim Hala Umudum Var</t>
+          <t>Düşlerimi Geri Ver</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059780391</t>
+          <t>9786059514101</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den Bilgece Sözler ve Hikayeler</t>
+          <t>Benim Hala Umudum Var</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>28</v>
+        <v>113</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059780100</t>
+          <t>9786059780391</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Düşen Aşk</t>
+          <t>Hz. Ali'den Bilgece Sözler ve Hikayeler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055011772</t>
+          <t>9786059780100</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde Paylaşım Medeniyeti</t>
+          <t>Sonsuza Düşen Aşk</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059780827</t>
+          <t>9786055011772</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar</t>
+          <t>Türk Devlet Geleneğinde Paylaşım Medeniyeti</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059780841</t>
+          <t>9786059780827</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Reis Çağımızda Bir Alperen</t>
+          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055011628</t>
+          <t>9786059780841</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ya Kırdığın Kalbi Allah Seviyorsa</t>
+          <t>Muhsin Reis Çağımızda Bir Alperen</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>149</v>
+        <v>41</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059780568</t>
+          <t>9786055011628</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Baba Öppüsü</t>
+          <t>Ya Kırdığın Kalbi Allah Seviyorsa</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>42</v>
+        <v>149</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059780476</t>
+          <t>9786059780568</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Aşk ve Diriliş</t>
+          <t>Baba Öppüsü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>23.15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055011833</t>
+          <t>9786059780476</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Deniz Keyfinde Hikayeler</t>
+          <t>Afrika'da Aşk ve Diriliş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055011154</t>
+          <t>9786055011833</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Şifa</t>
+          <t>Deniz Keyfinde Hikayeler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059780926</t>
+          <t>9786055011154</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşünmek</t>
+          <t>Zihinsel Şifa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>27</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059780957</t>
+          <t>9786059780926</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Donuklar</t>
+          <t>İyi Düşünmek</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>117</v>
+        <v>27</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059780759</t>
+          <t>9786059780957</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hızır Gibi Yetiş Ey Duam</t>
+          <t>Donuklar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>48</v>
+        <v>117</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059780735</t>
+          <t>9786059780759</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Gücü</t>
+          <t>Hızır Gibi Yetiş Ey Duam</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>32</v>
+        <v>48</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059780148</t>
+          <t>9786059780735</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Kilolu Ya Sen</t>
+          <t>Eğitimin Gücü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059780155</t>
+          <t>9786059780148</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Güne Sağlıklı Uyan</t>
+          <t>Bedenin Kilolu Ya Sen</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059780193</t>
+          <t>9786059780155</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Aşk</t>
+          <t>Güne Sağlıklı Uyan</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059780001</t>
+          <t>9786059780193</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Handan Makamı</t>
+          <t>Kalbe Düşen Aşk</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059780377</t>
+          <t>9786059780001</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dokunuş</t>
+          <t>Handan Makamı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059780421</t>
+          <t>9786059780377</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye-i Osmaniyye</t>
+          <t>Dokunuş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059780216</t>
+          <t>9786059780421</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Söz Verdim</t>
+          <t>Devlet-i Aliyye-i Osmaniyye</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059780353</t>
+          <t>9786059780216</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aklım Pembe Kalbim Yeşil</t>
+          <t>Allah'a Söz Verdim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059780681</t>
+          <t>9786059780353</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Yaşam İçin Harekete Geçin</t>
+          <t>Aklım Pembe Kalbim Yeşil</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059780537</t>
+          <t>9786059780681</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Toprak'a Kavuşur mu?</t>
+          <t>Sıra Dışı Bir Yaşam İçin Harekete Geçin</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055011659</t>
+          <t>9786059780537</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pes Etme Tut Hayatın Ortasından</t>
+          <t>Yağmur Toprak'a Kavuşur mu?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>29</v>
+        <v>44</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055011567</t>
+          <t>9786055011659</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aklımın Odaları</t>
+          <t>Pes Etme Tut Hayatın Ortasından</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055011222</t>
+          <t>9786055011567</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Rengi</t>
+          <t>Aklımın Odaları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059780438</t>
+          <t>9786055011222</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Derdin Derinse Allah Kerim</t>
+          <t>Güneşin Rengi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055011505</t>
+          <t>9786059780438</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sesiyle Tekamüle Yolculuk</t>
+          <t>Derdin Derinse Allah Kerim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055011499</t>
+          <t>9786055011505</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yeniden Doğunca Güzel</t>
+          <t>Ruhun Sesiyle Tekamüle Yolculuk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055011444</t>
+          <t>9786055011499</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Seti (5 Kitap Takım)</t>
+          <t>Hayat Yeniden Doğunca Güzel</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>131</v>
+        <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055011581</t>
+          <t>9786055011444</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Kadın</t>
+          <t>Mevlana Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>59</v>
+        <v>131</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059780094</t>
+          <t>9786055011581</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Senin Elinde</t>
+          <t>Balkondaki Kadın</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>27</v>
+        <v>59</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059780407</t>
+          <t>9786059780094</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Cennetin Anahtarı Senin Elinde</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>7.87</v>
+        <v>27</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059780124</t>
+          <t>9786059780407</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tedavi Bioenerji</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>22</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9788789695617</t>
+          <t>9786059780124</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk Seti (3 Kitap Takım)</t>
+          <t>Mucizevi Tedavi Bioenerji</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9788789695358</t>
+          <t>9788789695617</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aksiyon Romanları (6 Kitap Takım)</t>
+          <t>Tutkulu Aşk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>515</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9788789695457</t>
+          <t>9788789695358</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (3 Kitap Takım)</t>
+          <t>Aksiyon Romanları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>564</v>
+        <v>515</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9788789695389</t>
+          <t>9788789695457</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Aşk Seti (4 Kitap Takım)</t>
+          <t>Tarih Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>202</v>
+        <v>564</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9788789695433</t>
+          <t>9788789695389</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Seti (5 Kitap Takım)</t>
+          <t>Tehlikeli Aşk Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>783</v>
+        <v>202</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9788789695631</t>
+          <t>9788789695433</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa Seti (3 Kitap Takım)</t>
+          <t>Tasavvuf Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>327</v>
+        <v>783</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055011079</t>
+          <t>9788789695631</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Cilt Bakımı</t>
+          <t>Teşkilat-ı Mahsusa Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18</v>
+        <v>327</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055011093</t>
+          <t>9786055011079</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Öyküler</t>
+          <t>Güzellik ve Cilt Bakımı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058816022</t>
+          <t>9786055011093</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
+          <t>Sıcacık Öyküler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9788789695501</t>
+          <t>9786058816022</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Romanları Seti (3 Kitap Takım)</t>
+          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>161</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9788789695303</t>
+          <t>9788789695501</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Klasikler Seti (6 Kitap Takım)</t>
+          <t>Gerilim Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>291</v>
+        <v>161</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052690888</t>
+          <t>9788789695303</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İpek Böceğim</t>
+          <t>Klasikler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>49</v>
+        <v>291</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052690925</t>
+          <t>9786052690888</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Murat Tunalı Seti (5 Kitap Takım)</t>
+          <t>İpek Böceğim</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>118</v>
+        <v>49</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052690949</t>
+          <t>9786052690925</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Serisi (5 Kitap)</t>
+          <t>Murat Tunalı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052690895</t>
+          <t>9786052690949</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seri (5 Kitap Takım)</t>
+          <t>Kişisel Gelişim Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>458</v>
+        <v>124</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055394110</t>
+          <t>9786052690895</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Düşündüren Öyküler</t>
+          <t>Sherlock Holmes Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15.6</v>
+        <v>458</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052690826</t>
+          <t>9786055394110</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Mevlana'dan Düşündüren Öyküler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>142</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052695241</t>
+          <t>9786052690826</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Kurt</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>249</v>
+        <v>142</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052695258</t>
+          <t>9786052695241</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kukla Ustası</t>
+          <t>Bir Yalnız Kurt</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>429</v>
+        <v>249</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052695265</t>
+          <t>9786052695258</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolu</t>
+          <t>Kukla Ustası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>249</v>
+        <v>429</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052695234</t>
+          <t>9786052695265</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Yaklaşırken</t>
+          <t>Mutluluk Yolu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052695227</t>
+          <t>9786052695234</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçi Elif</t>
+          <t>Fırtına Yaklaşırken</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052695203</t>
+          <t>9786052695227</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Planla Rahat Yaşa</t>
+          <t>Gurbetçi Elif</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052695180</t>
+          <t>9786052695203</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Planla Rahat Yaşa</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>159</v>
+        <v>269</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052695166</t>
+          <t>9786052695180</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bana Güven</t>
+          <t>39 Basamak</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>369</v>
+        <v>159</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052695210</t>
+          <t>9786052695166</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Başaranlar Kulübü</t>
+          <t>Bana Güven</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>160</v>
+        <v>369</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052695197</t>
+          <t>9786052695210</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gök Kubbe Yanarken</t>
+          <t>Başaranlar Kulübü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>298</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052695173</t>
+          <t>9786052695197</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>Gök Kubbe Yanarken</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>369</v>
+        <v>298</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052694572</t>
+          <t>9786052695173</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>5 N 1 Kalite</t>
+          <t>20</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>248</v>
+        <v>369</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052694657</t>
+          <t>9786052694572</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>5 N 1 Kalite</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>239</v>
+        <v>248</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052694534</t>
+          <t>9786052694657</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan ve 18 Öykü Daha</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>119</v>
+        <v>239</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052694558</t>
+          <t>9786052694534</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar ve 19 Öykü Daha</t>
+          <t>Şahmerdan ve 18 Öykü Daha</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052694565</t>
+          <t>9786052694558</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Baskını</t>
+          <t>Son Kuşlar ve 19 Öykü Daha</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>229</v>
+        <v>119</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052694541</t>
+          <t>9786052694565</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hancının Karısı ve 12 Öykü Daha</t>
+          <t>Kıbrıs Baskını</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052694503</t>
+          <t>9786052694541</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Son Yolcu</t>
+          <t>Hancının Karısı ve 12 Öykü Daha</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>419</v>
+        <v>119</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052694497</t>
+          <t>9786052694503</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Babanın Günahları</t>
+          <t>Son Yolcu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>379</v>
+        <v>419</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052694480</t>
+          <t>9786052694497</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gösterecek</t>
+          <t>Babanın Günahları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>399</v>
+        <v>379</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052694527</t>
+          <t>9786052694480</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Eşim</t>
+          <t>Zaman Gösterecek</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>169</v>
+        <v>399</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052694473</t>
+          <t>9786052694527</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Enneagram</t>
+          <t>Eşsiz Eşim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052694510</t>
+          <t>9786052694473</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum Deme İnanırım</t>
+          <t>Sınırsız Enneagram</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052692295</t>
+          <t>9786052694510</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çok Kullanılmış Kalpler Dükkanı - Kilitli Kitap</t>
+          <t>Seviyorum Deme İnanırım</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>229</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052692110</t>
+          <t>9786052692295</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Çok Kullanılmış Kalpler Dükkanı - Kilitli Kitap</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>181</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052690772</t>
+          <t>9786052692110</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kendini Fark Et</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>129</v>
+        <v>181</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052690345</t>
+          <t>9786052690772</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dokunmayın Portakalime</t>
+          <t>Kendini Fark Et</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>208</v>
+        <v>129</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059514286</t>
+          <t>9786052690345</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresinden Kurtul</t>
+          <t>Dokunmayın Portakalime</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052690369</t>
+          <t>9786059514286</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yürüyüş Ahçik</t>
+          <t>Sınav Stresinden Kurtul</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>129</v>
+        <v>207</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059514545</t>
+          <t>9786052690369</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Renkli Fikir Kumbaram</t>
+          <t>Sessiz Yürüyüş Ahçik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>176</v>
+        <v>129</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059514385</t>
+          <t>9786059514545</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Renkli Fikir Kumbaram</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>268</v>
+        <v>176</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059514415</t>
+          <t>9786059514385</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>268</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059514170</t>
+          <t>9786059514415</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Son Türkmen</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>224</v>
+        <v>268</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786056204739</t>
+          <t>9786059514170</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kadını Yönetme Sanatı</t>
+          <t>Son Türkmen</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>169</v>
+        <v>224</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055394455</t>
+          <t>9786056204739</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Salladım Tuttu</t>
+          <t>Kadını Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055011161</t>
+          <t>9786055394455</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kurulmamış Hayaller</t>
+          <t>Salladım Tuttu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>247</v>
+        <v>156</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055011208</t>
+          <t>9786055011161</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Atlası</t>
+          <t>Kurulmamış Hayaller</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>207</v>
+        <v>247</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058148345</t>
+          <t>9786055011208</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İslamı Kur'an'dan Okumak</t>
+          <t>Lezzet Atlası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059780810</t>
+          <t>9786058148345</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Ödev Yaşatmak İbadet</t>
+          <t>İslamı Kur'an'dan Okumak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>116</v>
+        <v>202</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052690437</t>
+          <t>9786059780810</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Büyük Baba</t>
+          <t>Yaşamak Ödev Yaşatmak İbadet</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>142</v>
+        <v>116</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059514491</t>
+          <t>9786052690437</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim (Ciltli)</t>
+          <t>Büyük Baba</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>168</v>
+        <v>142</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059780667</t>
+          <t>9786059514491</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya İle Başım Dertte</t>
+          <t>Anneme Söz Verdim (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>103</v>
+        <v>168</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059780872</t>
+          <t>9786059780667</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıldırmış Olmalı</t>
+          <t>Sosyal Medya İle Başım Dertte</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>181</v>
+        <v>103</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059780995</t>
+          <t>9786059780872</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sorumluluk Eğitimi</t>
+          <t>Aşk Çıldırmış Olmalı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>116</v>
+        <v>181</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059780599</t>
+          <t>9786059780995</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Ailede Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>387</v>
+        <v>116</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059780186</t>
+          <t>9786059780599</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Neden Varsın - Küçük Kıyamet</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>142</v>
+        <v>387</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9788789695471</t>
+          <t>9786059780186</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam Seti (3 Kitap Takım)</t>
+          <t>Neden Varsın - Küçük Kıyamet</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>516</v>
+        <v>142</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9788789695464</t>
+          <t>9788789695471</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Seti (3 Kitap Takım)</t>
+          <t>Sağlıklı Yaşam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>616</v>
+        <v>516</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052691908</t>
+          <t>9788789695464</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bukre Kalp</t>
+          <t>Osmanlı Tarihi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>616</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9788789695532</t>
+          <t>9786052691908</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Set (5 Kitap Takım)</t>
+          <t>Bukre Kalp</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>762</v>
+        <v>220</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052691403</t>
+          <t>9788789695532</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dilek Cesur (4 Kitap Takım)</t>
+          <t>Kişisel Gelişim Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1011</v>
+        <v>762</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052690666</t>
+          <t>9786052691403</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçmedim</t>
+          <t>Dilek Cesur (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>306</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052691144</t>
+          <t>9786052690666</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Asla Vazgeçmedim</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>194</v>
+        <v>306</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052690864</t>
+          <t>9786052691144</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarımcısının El Kitabı</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>137</v>
+        <v>194</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>8689887457453</t>
+          <t>9786052690864</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ajanda</t>
+          <t>Osmanlı Tarımcısının El Kitabı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>199</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052694459</t>
+          <t>8689887457453</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevdiğin Üzer</t>
+          <t>Zamansız Ajanda</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>149</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052694466</t>
+          <t>9786052694459</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>2025 Kehanetlerim</t>
+          <t>En Çok Sevdiğin Üzer</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052694428</t>
+          <t>9786052694466</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Affet Sev Yaşa</t>
+          <t>2025 Kehanetlerim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>289</v>
+        <v>149</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052694435</t>
+          <t>9786052694428</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İstila 2</t>
+          <t>Affet Sev Yaşa</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>239</v>
+        <v>289</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052694404</t>
+          <t>9786052694435</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tembel Dahinin El Kitabı</t>
+          <t>İstila 2</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>259</v>
+        <v>239</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052694442</t>
+          <t>9786052694404</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda İlişkileri Yönetme Sanatı</t>
+          <t>Tembel Dahinin El Kitabı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>180</v>
+        <v>259</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052694411</t>
+          <t>9786052694442</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>40 Soruda İlişkileri Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>249</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052694398</t>
+          <t>9786052694411</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>Çocuk Hırsızları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052694381</t>
+          <t>9786052694398</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Neyi Konuşursan O Çoğalır</t>
+          <t>Gölge Adam</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052694374</t>
+          <t>9786052694381</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Alfa</t>
+          <t>Neyi Konuşursan O Çoğalır</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>249</v>
+        <v>119</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052694367</t>
+          <t>9786052694374</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052694350</t>
+          <t>9786052694367</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052694299</t>
+          <t>9786052694350</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Beden Dili</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>90</v>
+        <v>259</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052694091</t>
+          <t>9786052694299</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Osman Sungur Yeken (3 Kitap Kutulu)</t>
+          <t>60 Dakikada Güçlü Beden Dili</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>738</v>
+        <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052693599</t>
+          <t>9786052694091</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes 5 Kitap Kutulu Set</t>
+          <t>Osman Sungur Yeken (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>683</v>
+        <v>738</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052693582</t>
+          <t>9786052693599</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çocuk Eğitimi Kutulu Set</t>
+          <t>Sherlock Holmes 5 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>507</v>
+        <v>683</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052694107</t>
+          <t>9786052693582</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Horror Story Kutulu 4 Kitap Set</t>
+          <t>Adım Adım Çocuk Eğitimi Kutulu Set</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>742</v>
+        <v>507</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052694114</t>
+          <t>9786052694107</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Kutulu 5 Kitap Set</t>
+          <t>Horror Story Kutulu 4 Kitap Set</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1000</v>
+        <v>742</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052694336</t>
+          <t>9786052694114</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Rehberim</t>
+          <t>Arsen Lüpen Kutulu 5 Kitap Set</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>144</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052694329</t>
+          <t>9786052694336</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Hafıza</t>
+          <t>Rehberim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>90</v>
+        <v>144</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052694282</t>
+          <t>9786052694329</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü İletişim</t>
+          <t>60 Dakikada Güçlü Hafıza</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052694305</t>
+          <t>9786052694282</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü İkna</t>
+          <t>60 Dakikada Güçlü İletişim</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052694312</t>
+          <t>9786052694305</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Dikkat</t>
+          <t>60 Dakikada Güçlü İkna</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052694275</t>
+          <t>9786052694312</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kil Mucizesi</t>
+          <t>60 Dakikada Güçlü Dikkat</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>194</v>
+        <v>90</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052694176</t>
+          <t>9786052694275</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kandırma</t>
+          <t>Kil Mucizesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>246</v>
+        <v>194</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052694268</t>
+          <t>9786052694176</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Solomon</t>
+          <t>Kendini Kandırma</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>324</v>
+        <v>246</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052694251</t>
+          <t>9786052694268</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İlişkilere Dair Tılsımlı Cevaplar</t>
+          <t>Solomon</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>195</v>
+        <v>324</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052694237</t>
+          <t>9786052694251</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Aşk ve İlişkilere Dair Tılsımlı Cevaplar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>312</v>
+        <v>195</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052694244</t>
+          <t>9786052694237</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>338</v>
+        <v>312</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052694220</t>
+          <t>9786052694244</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Rota Yeniden Oluşturuluyor</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>338</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052694213</t>
+          <t>9786052694220</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Sultan II. Mehmed</t>
+          <t>Rota Yeniden Oluşturuluyor</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>376</v>
+        <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052694190</t>
+          <t>9786052694213</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Cihan Fatihi Sultan II. Mehmed</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>338</v>
+        <v>376</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052694206</t>
+          <t>9786052694190</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>273</v>
+        <v>338</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052694169</t>
+          <t>9786052694206</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İnovatif ve Üretken Çocuklar Yetiştirmek</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>286</v>
+        <v>273</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052694183</t>
+          <t>9786052694169</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü Kadar Aşk</t>
+          <t>İnovatif ve Üretken Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>306</v>
+        <v>286</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052694145</t>
+          <t>9786052694183</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Aile</t>
+          <t>Kelebek Ömrü Kadar Aşk</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>194</v>
+        <v>306</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052694152</t>
+          <t>9786052694145</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yerli Diyet</t>
+          <t>Hayalimdeki Aile</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>246</v>
+        <v>194</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052694015</t>
+          <t>9786052694152</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Yerli Diyet</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>155</v>
+        <v>246</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052694077</t>
+          <t>9786052694015</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı Öyküler</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052693124</t>
+          <t>9786052694077</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önceki Beyaz Ev Kutulu Set</t>
+          <t>Bilinç Dışı Öyküler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>930</v>
+        <v>155</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052690963</t>
+          <t>9786052693124</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sana Da Bana Da Kanada</t>
+          <t>Tünelden Önceki Beyaz Ev Kutulu Set</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>930</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052694121</t>
+          <t>9786052690963</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri</t>
+          <t>Sana Da Bana Da Kanada</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052694084</t>
+          <t>9786052694121</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bir Bağımlının Başucu Notları</t>
+          <t>Komplo Teorileri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>168</v>
+        <v>155</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052694060</t>
+          <t>9786052694084</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Bebek Bakımı ve Sağlığı</t>
+          <t>Bir Bağımlının Başucu Notları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052694046</t>
+          <t>9786052694060</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Duan Varsa Duyan Var</t>
+          <t>Hamilelik, Bebek Bakımı ve Sağlığı</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052694022</t>
+          <t>9786052694046</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklerle Dans Et!</t>
+          <t>Duan Varsa Duyan Var</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052694039</t>
+          <t>9786052694022</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklendir Dünyanı!</t>
+          <t>Mandala - Renklerle Dans Et!</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052690529</t>
+          <t>9786052694039</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İzmler Sözlüğü</t>
+          <t>Mandala - Renklendir Dünyanı!</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>189</v>
+        <v>125</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052690536</t>
+          <t>9786052690529</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Sözlüğü</t>
+          <t>İzmler Sözlüğü</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052693988</t>
+          <t>9786052690536</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Cumhuriyet</t>
+          <t>Dinler Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>289</v>
+        <v>189</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052693995</t>
+          <t>9786052693988</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Beden Dili</t>
+          <t>Teşkilat-ı Mahsusa - Cumhuriyet</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>289</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052694008</t>
+          <t>9786052693995</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tılsımları</t>
+          <t>Etkileyici Beden Dili</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052693971</t>
+          <t>9786052694008</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Fanusa Sıkışmış Hayatlar</t>
+          <t>Aşkın Tılsımları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052693889</t>
+          <t>9786052693971</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sana Kendimi Anlatsam</t>
+          <t>Fanusa Sıkışmış Hayatlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>254</v>
+        <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052693933</t>
+          <t>9786052693889</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ben Akıllanmam Doktor Sen Delir</t>
+          <t>Sana Kendimi Anlatsam</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>155</v>
+        <v>254</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052693940</t>
+          <t>9786052693933</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mucizemsin Aşkımsın</t>
+          <t>Ben Akıllanmam Doktor Sen Delir</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>254</v>
+        <v>155</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052693919</t>
+          <t>9786052693940</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Mucizemsin Aşkımsın</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>202</v>
+        <v>254</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052693902</t>
+          <t>9786052693919</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Punta</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>254</v>
+        <v>202</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052693957</t>
+          <t>9786052693902</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Punta</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>254</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052693872</t>
+          <t>9786052693957</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Daha</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052693841</t>
+          <t>9786052693872</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Neşter</t>
+          <t>Bir Gün Daha</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>207</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052693827</t>
+          <t>9786052693841</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Ayin</t>
+          <t>Horror Story - Neşter</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>165</v>
+        <v>207</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052693834</t>
+          <t>9786052693827</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Çığlık</t>
+          <t>Horror Story - Ayin</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052693858</t>
+          <t>9786052693834</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Ölüyü Uyandırma</t>
+          <t>Horror Story - Çığlık</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052693926</t>
+          <t>9786052693858</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Turneye</t>
+          <t>Horror Story - Ölüyü Uyandırma</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>233</v>
+        <v>220</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052693896</t>
+          <t>9786052693926</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sen Kim Olduğunu Zannediyorsun</t>
+          <t>Tarladan Turneye</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>163</v>
+        <v>233</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052693865</t>
+          <t>9786052693896</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İstila 2030</t>
+          <t>Sen Kim Olduğunu Zannediyorsun</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>246</v>
+        <v>163</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059780988</t>
+          <t>9786052693865</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Disiplin Teknikleri</t>
+          <t>İstila 2030</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>285</v>
+        <v>246</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052691328</t>
+          <t>9786059780988</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinize İngilizce Öğretin</t>
+          <t>Çocuk Eğitiminde Pozitif Disiplin Teknikleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>209</v>
+        <v>285</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052690185</t>
+          <t>9786052691328</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Bebeğinize İngilizce Öğretin</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>189</v>
+        <v>209</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052690192</t>
+          <t>9786052690185</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Sözlüğü</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052693681</t>
+          <t>9786052690192</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyi Hisset</t>
+          <t>Sosyoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>208</v>
+        <v>189</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052693803</t>
+          <t>9786052693681</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Beni Sana Aşk Getirdi</t>
+          <t>Kendini İyi Hisset</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>259</v>
+        <v>208</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052693810</t>
+          <t>9786052693803</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kurt Ve Kız</t>
+          <t>Beni Sana Aşk Getirdi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>259</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052693797</t>
+          <t>9786052693810</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gecesi-İmparatoryum</t>
+          <t>Kurt Ve Kız</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052693759</t>
+          <t>9786052693797</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ev</t>
+          <t>Kurt Gecesi-İmparatoryum</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>116</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052693780</t>
+          <t>9786052693759</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bukre -2</t>
+          <t>Mavi Ev</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052693773</t>
+          <t>9786052693780</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ben Meryem - Hayallerime Bilet Var Mı?</t>
+          <t>Bukre -2</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>289</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052693735</t>
+          <t>9786052693773</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Şok</t>
+          <t>Ben Meryem - Hayallerime Bilet Var Mı?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>246</v>
+        <v>289</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052693742</t>
+          <t>9786052693735</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Leblebi Tozu</t>
+          <t>Şeytan Şok</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>246</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052693766</t>
+          <t>9786052693742</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları</t>
+          <t>Leblebi Tozu</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>254</v>
+        <v>246</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052693711</t>
+          <t>9786052693766</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Fücur</t>
+          <t>Milli Mücadele Kahramanları</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>254</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052691441</t>
+          <t>9786052693711</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Sözlüğü</t>
+          <t>Fücur</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>189</v>
+        <v>254</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052691731</t>
+          <t>9786052691441</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığı</t>
+          <t>Türk Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052693421</t>
+          <t>9786052691731</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Tıbbıyla Sağlıklı Yaşam Seti</t>
+          <t>Hikaye Anlatıcılığı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>450</v>
+        <v>194</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052693704</t>
+          <t>9786052693421</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Şahane Bir Şeydir</t>
+          <t>İbn-i Sina Tıbbıyla Sağlıklı Yaşam Seti</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>169</v>
+        <v>450</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052693605</t>
+          <t>9786052693704</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Soru Nasıl Sorulur?</t>
+          <t>Evlilik Şahane Bir Şeydir</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>148</v>
+        <v>169</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052693698</t>
+          <t>9786052693605</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Buluş Kendinle</t>
+          <t>Soru Nasıl Sorulur?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>168</v>
+        <v>148</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052693674</t>
+          <t>9786052693698</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Yemekler</t>
+          <t>Buluş Kendinle</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>480</v>
+        <v>168</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052693667</t>
+          <t>9786052693674</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Hikayem Var</t>
+          <t>Hayalimdeki Yemekler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>156</v>
+        <v>480</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052693636</t>
+          <t>9786052693667</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sen Yanlış Değilsin</t>
+          <t>Benim Bir Hikayem Var</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>163</v>
+        <v>156</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052693629</t>
+          <t>9786052693636</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Sen Yanlış Değilsin</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>137</v>
+        <v>163</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052693650</t>
+          <t>9786052693629</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Duan Kadar Varsın</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>189</v>
+        <v>137</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052693506</t>
+          <t>9786052693650</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Cevaplar</t>
+          <t>Duan Kadar Varsın</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052692257</t>
+          <t>9786052693506</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önce Beyaz Ev (Ciltli)</t>
+          <t>Tılsımlı Cevaplar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>375</v>
+        <v>185</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052693483</t>
+          <t>9786052692257</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçgüdüsü</t>
+          <t>Tünelden Önce Beyaz Ev (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>155</v>
+        <v>375</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052693469</t>
+          <t>9786052693483</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Merhamet Eğitimi</t>
+          <t>Mutluluk İçgüdüsü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>169</v>
+        <v>155</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052693445</t>
+          <t>9786052693469</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kurulurken Kütüphane Okuyan Adam</t>
+          <t>Adım Adım Merhamet Eğitimi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052693438</t>
+          <t>9786052693445</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bilim</t>
+          <t>Cumhuriyet Kurulurken Kütüphane Okuyan Adam</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>168</v>
+        <v>189</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052693452</t>
+          <t>9786052693438</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Karakter Eğitimi</t>
+          <t>Karanlık Bilim</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052693476</t>
+          <t>9786052693452</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Davranış Eğitimi</t>
+          <t>Adım Adım Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052693414</t>
+          <t>9786052693476</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Korku Günlüğü</t>
+          <t>Adım Adım Davranış Eğitimi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>169</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052693322</t>
+          <t>9786052693414</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı Öyküler – Sulu/Boya</t>
+          <t>Korku Günlüğü</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052693407</t>
+          <t>9786052693322</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2023 Kehanetlerim</t>
+          <t>Bilinç Dışı Öyküler – Sulu/Boya</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>69</v>
+        <v>155</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052693391</t>
+          <t>9786052693407</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetname</t>
+          <t>2023 Kehanetlerim</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>181</v>
+        <v>69</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052693377</t>
+          <t>9786052693391</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Plansız Aşk ve İntikam</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>163</v>
+        <v>181</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052693384</t>
+          <t>9786052693377</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Marge</t>
+          <t>Plansız Aşk ve İntikam</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>202</v>
+        <v>163</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052693353</t>
+          <t>9786052693384</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İki Ameliyat Arası</t>
+          <t>Marge</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>156</v>
+        <v>202</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052693216</t>
+          <t>9786052693353</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>İki Ameliyat Arası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>182</v>
+        <v>156</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052693339</t>
+          <t>9786052693216</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Şahzade</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052693360</t>
+          <t>9786052693339</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Öyküleriyle Ayasofya</t>
+          <t>Şahzade</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052693209</t>
+          <t>9786052693360</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Annelere Çok İyi Gelecek</t>
+          <t>Konstantiniyye Öyküleriyle Ayasofya</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>247</v>
+        <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t>9786052693346</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
           <t>İyilik Sende Kalsın</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>117</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t>9786052693179</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
@@ -6184,51 +6184,51 @@
         <is>
           <t>9786052692332</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
           <t>Hayatın Kadınları</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
           <t>9786052692301</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
           <t>Benim İçin Üzülme</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>254</v>
+        <v>290</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
           <t>9786052692318</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
           <t>İyi ki Kadınım</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
           <t>9786052692288</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
@@ -9469,51 +9469,51 @@
         <is>
           <t>9786059780933</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
           <t>Farkında mısın?</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
           <t>9786059780971</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
           <t>Kalbimin Aklı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>237</v>
+        <v>429</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
           <t>9786059780889</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
           <t>Hayallerin Arkandan El Sallamasın</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
           <t>9786059780964</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
@@ -9829,51 +9829,51 @@
         <is>
           <t>9786055011550</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
           <t>Çikolata Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
           <t>9786059514149</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
           <t>Suyu Yıkayan Bilge</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>221</v>
+        <v>349</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
           <t>9786055011512</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
           <t>Çay Keyfinde Hikayeler</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
           <t>9786055011406</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
@@ -9889,96 +9889,96 @@
         <is>
           <t>9786055011413</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
           <t>Çanakkale 1915 - Bir Ulu Destan</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
           <t>9786055011253</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
           <t>Başarıya Götüren Anne Baba</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>163</v>
+        <v>259</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
           <t>9786055011482</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
           <t>Kahve Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
           <t>9786055011246</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
           <t>Başarılı ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
           <t>9786055011239</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
           <t>Umudunu Kaybetme</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>177</v>
+        <v>289</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
           <t>9786055011604</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
           <t>Dert Etme Allah Biliyor</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
           <t>9786059780131</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
@@ -10219,51 +10219,51 @@
         <is>
           <t>9786059780650</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
           <t>Mevlana'dan Ruhsal Terapiler</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
           <t>9786055394707</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
           <t>Yüreğinle Yaşa</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>254</v>
+        <v>429</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
           <t>9786055394677</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
           <t>Türkçe Dualar</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>117</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
           <t>9786055394219</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>