--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,10270 +85,10285 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052695302</t>
+          <t>9786052695364</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tsunami</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052695272</t>
+          <t>9786052695302</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonuna Kadar</t>
+          <t>Dijital Tsunami</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>298</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052693964</t>
+          <t>9786052695272</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İyilikle Değişir Dünya</t>
+          <t>Yolun Sonuna Kadar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>298</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052692240</t>
+          <t>9786052693964</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler (Ciltli)</t>
+          <t>İyilikle Değişir Dünya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052692493</t>
+          <t>9786052692240</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tam Benlik</t>
+          <t>Paranormal Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>69.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052692783</t>
+          <t>9786052692493</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nuriye Hanım</t>
+          <t>Tam Benlik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>176</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058816077</t>
+          <t>9786052692783</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
+          <t>Nuriye Hanım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>10</v>
+        <v>176</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052690710</t>
+          <t>9786058816077</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sancak - İstiklal</t>
+          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>285</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052690413</t>
+          <t>9786052690710</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Takma Kafana Salla Gitsin</t>
+          <t>Sancak - İstiklal</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>39</v>
+        <v>285</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8008002002277</t>
+          <t>9786052690413</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (3 Kitap Takım)</t>
+          <t>Takma Kafana Salla Gitsin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>65</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8008002002345</t>
+          <t>8008002002277</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Murat Tunalı Seti (6 Kitap Takım)</t>
+          <t>Bilal Civelek Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>115</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8008002002284</t>
+          <t>8008002002345</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Işık Seti (3 Kitap Takım)</t>
+          <t>Murat Tunalı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>67</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052690857</t>
+          <t>8008002002284</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alişan Kapaklıkaya Seti (8 Kitap Takım)</t>
+          <t>Mehmet Işık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2448</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000031164</t>
+          <t>9786052690857</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Seti (5 Kitap Takım)</t>
+          <t>Alişan Kapaklıkaya Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>128</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>8008002002321</t>
+          <t>3990000031164</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sözlük Seti (7 Kitap Takım)</t>
+          <t>Abdülhamid Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>8008002002260</t>
+          <t>8008002002321</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (4 Kitap Takım)</t>
+          <t>Sözlük Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>82</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059514552</t>
+          <t>8008002002260</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Özel Çocuk Eğitimi ve Gelişimi</t>
+          <t>Bilal Civelek Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>285</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059514538</t>
+          <t>9786059514552</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kanatları</t>
+          <t>A'dan Z'ye Özel Çocuk Eğitimi ve Gelişimi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>54</v>
+        <v>359</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052690475</t>
+          <t>9786059514538</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Doğru Zamanlar Ajandası (Ciltli)</t>
+          <t>Aşkın Kanatları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>40</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052690390</t>
+          <t>9786052690475</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Motivasyon</t>
+          <t>Doğru Zamanlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059514354</t>
+          <t>9786052690390</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bilinçaltını Yönet</t>
+          <t>Pozitif Motivasyon</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>179</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059514804</t>
+          <t>9786059514354</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>90’larda Çocuk Olmak</t>
+          <t>Mucize Bilinçaltını Yönet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059514422</t>
+          <t>9786059514804</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Enerjini Fulle</t>
+          <t>90’larda Çocuk Olmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>189</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059514521</t>
+          <t>9786059514422</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Keşkesiz Yaşamak</t>
+          <t>Yaşam Enerjini Fulle</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059514439</t>
+          <t>9786059514521</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2018 Doğru Zamanlar Ajandası (Ciltli)</t>
+          <t>Keşkesiz Yaşamak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>32.41</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055011055</t>
+          <t>9786059514439</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>A4 Yalnızlığı</t>
+          <t>2018 Doğru Zamanlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>13</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055011529</t>
+          <t>9786055011055</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar Ölümsüzsün</t>
+          <t>A4 Yalnızlığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055011383</t>
+          <t>9786055011529</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin?</t>
+          <t>Ölünceye Kadar Ölümsüzsün</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055394684</t>
+          <t>9786055011383</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Borç Tuzağı ve Faiz Lobisi</t>
+          <t>Sen Kimsin?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055011062</t>
+          <t>9786055394684</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>Borç Tuzağı ve Faiz Lobisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055394769</t>
+          <t>9786055011062</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir’in Lezzet Yolculuğu (Ciltli)</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>32.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055394929</t>
+          <t>9786055394769</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir’in Lezzet Yolculuğu</t>
+          <t>Davetsiz Misafir’in Lezzet Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058820340</t>
+          <t>9786055394929</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Telkin Ve Hipnozla Öğrenme Teknikleri</t>
+          <t>Davetsiz Misafir’in Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058820302</t>
+          <t>9786058820340</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Mektuplar</t>
+          <t>Telkin Ve Hipnozla Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058832732</t>
+          <t>9786058820302</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Çıldırdı</t>
+          <t>Tarihi Değiştiren Mektuplar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>9.26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058816060</t>
+          <t>9786058832732</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Son Dem</t>
+          <t>Şeytan Çıldırdı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055394448</t>
+          <t>9786058816060</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşa Kariyerin Olsun</t>
+          <t>Son Dem</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055394165</t>
+          <t>9786055394448</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim Yolculuğu</t>
+          <t>Sağlıklı Yaşa Kariyerin Olsun</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055394226</t>
+          <t>9786055394165</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Eserleri Nasıl Yazıldı?</t>
+          <t>Ruhsal Gelişim Yolculuğu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>8.33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055394042</t>
+          <t>9786055394226</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünmenin Büyüsü</t>
+          <t>Risale-i Nur Eserleri Nasıl Yazıldı?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058816091</t>
+          <t>9786055394042</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ne Zor Şeymiş Yaşamak - 1</t>
+          <t>Pozitif Düşünmenin Büyüsü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055394134</t>
+          <t>9786058816091</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sağlıktır</t>
+          <t>Ne Zor Şeymiş Yaşamak - 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058820371</t>
+          <t>9786055394134</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Şifresi</t>
+          <t>Mutluluk Sağlıktır</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055394387</t>
+          <t>9786058820371</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Kuşları - Dersim Yanıyor</t>
+          <t>Mutluluğun Şifresi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>42</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055394233</t>
+          <t>9786055394387</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sera Hatun</t>
+          <t>Mustafa Kemal’in Kuşları - Dersim Yanıyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056204777</t>
+          <t>9786055394233</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mazideki Adamlar</t>
+          <t>Sera Hatun</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000016616</t>
+          <t>9786056204777</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Hz. İsa ve Meryem</t>
+          <t>Mazideki Adamlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055394271</t>
+          <t>3990000016616</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyi Hissetmek</t>
+          <t>Kuran’da Hz. İsa ve Meryem</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058820333</t>
+          <t>9786055394271</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşk</t>
+          <t>Kendini İyi Hissetmek</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058820326</t>
+          <t>9786058820333</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Filistine Gömün</t>
+          <t>Kayıp Aşk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055394608</t>
+          <t>9786058820326</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Parça</t>
+          <t>Kalbimi Filistine Gömün</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000016617</t>
+          <t>9786055394608</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Jesus et Marie</t>
+          <t>Senden Bir Parça</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058816046</t>
+          <t>3990000016617</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christus und der Heiligen Maria (Rusça)</t>
+          <t>Jesus et Marie</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058816039</t>
+          <t>9786058816046</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christus und der Heiligen Maria</t>
+          <t>Jesus Christus und der Heiligen Maria (Rusça)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058816053</t>
+          <t>9786058816039</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christ And Mary</t>
+          <t>Jesus Christus und der Heiligen Maria</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055394349</t>
+          <t>9786058816053</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi</t>
+          <t>Jesus Christ And Mary</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059780728</t>
+          <t>9786055394349</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sanatı</t>
+          <t>İslam Ekonomisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058816084</t>
+          <t>9786059780728</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İğneli Tahtın Sultanları</t>
+          <t>İnsan Sanatı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>20.37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058820395</t>
+          <t>9786058816084</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair - Özlü Sözler</t>
+          <t>İğneli Tahtın Sultanları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056204760</t>
+          <t>9786058820395</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Güzel Geçim</t>
+          <t>Hayata Dair - Özlü Sözler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055394004</t>
+          <t>9786056204760</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Yol Haritası</t>
+          <t>Evlilikte Güzel Geçim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058832794</t>
+          <t>9786055394004</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Başarılı Konuşma Sanatı</t>
+          <t>Evliliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>99</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055394011</t>
+          <t>9786058832794</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçimi ve Evliliğe Hazırlık</t>
+          <t>Etkili ve Başarılı Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>14.81</v>
+        <v>99</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058820364</t>
+          <t>9786055394011</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Eş Seçimi ve Evliliğe Hazırlık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055394127</t>
+          <t>9786058820364</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mevlana Nefesi</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058820388</t>
+          <t>9786055394127</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Duanın Gücü</t>
+          <t>Dünyada Mevlana Nefesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056204784</t>
+          <t>9786058820388</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Denizler Sultanı Barbaros Hayrettin Paşa</t>
+          <t>Duanın Gücü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055394141</t>
+          <t>9786056204784</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Dünya İçin Dinlerin Kardeşliği</t>
+          <t>Denizler Sultanı Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055394356</t>
+          <t>9786055394141</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Babanın Etkisi</t>
+          <t>Daha İyi Bir Dünya İçin Dinlerin Kardeşliği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056204715</t>
+          <t>9786055394356</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşları</t>
+          <t>Çocuk Eğitiminde Babanın Etkisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12.04</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056204722</t>
+          <t>9786056204715</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Boris’in Sırrı</t>
+          <t>Çakıl Taşları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055394189</t>
+          <t>9786056204722</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Yaşamak</t>
+          <t>Boris’in Sırrı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>20</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055394363</t>
+          <t>9786055394189</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüdüm</t>
+          <t>Bilgece Yaşamak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055394417</t>
+          <t>9786055394363</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Başarının Gücü</t>
+          <t>Ben Büyüdüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055394257</t>
+          <t>9786055394417</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Başarının Dili Olsa da Konuşsa</t>
+          <t>Başarının Gücü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055394172</t>
+          <t>9786055394257</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Aile Faktörü</t>
+          <t>Başarının Dili Olsa da Konuşsa</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058820357</t>
+          <t>9786055394172</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Başarı Rehberi</t>
+          <t>Başarıda Aile Faktörü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055394646</t>
+          <t>9786058820357</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Barış Dili</t>
+          <t>Başarı Rehberi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>27</v>
+        <v>56</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059514446</t>
+          <t>9786055394646</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan Çocuk Eğitimi</t>
+          <t>Barış Dili</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>59</v>
+        <v>27</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058832763</t>
+          <t>9786059514446</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dinsiz mi?</t>
+          <t>Bağırıp Çağırmadan Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>7.41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056204746</t>
+          <t>9786058832763</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Beden Dili</t>
+          <t>Atatürk Dinsiz mi?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>34</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055394493</t>
+          <t>9786056204746</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Zemheri</t>
+          <t>Aşkın Beden Dili</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055394479</t>
+          <t>9786055394493</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşk Acısı Nasıl Geçer</t>
+          <t>Aşk-ı Zemheri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058832787</t>
+          <t>9786055394479</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>Aşk Acısı Nasıl Geçer</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>12.04</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055394158</t>
+          <t>9786058832787</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Anlaşmanın Dili</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>31</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055394592</t>
+          <t>9786055394158</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aldatmaca</t>
+          <t>Anlaşmanın Dili</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055394202</t>
+          <t>9786055394592</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Çocuk Eğitiminde Şiddet Sizsiniz</t>
+          <t>Aldatmaca</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058832725</t>
+          <t>9786055394202</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Diyorlar</t>
+          <t>Aile ve Çocuk Eğitiminde Şiddet Sizsiniz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>11.11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059780018</t>
+          <t>9786058832725</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Rabbim</t>
+          <t>Adına Aşk Diyorlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055011277</t>
+          <t>9786059780018</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim</t>
+          <t>Yüreğimde Rabbim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>17.59</v>
+        <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055011369</t>
+          <t>9786055011277</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Aldatır?</t>
+          <t>Anneme Söz Verdim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>32</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055011345</t>
+          <t>9786055011369</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Şiddet ve Şiddet Ortamında Çocuklar</t>
+          <t>Erkekler Neden Aldatır?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055394400</t>
+          <t>9786055011345</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Terkedilmiş Köy</t>
+          <t>Aile İçi Şiddet ve Şiddet Ortamında Çocuklar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055394936</t>
+          <t>9786055394400</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Can Damarı</t>
+          <t>Terkedilmiş Köy</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055011147</t>
+          <t>9786055394936</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Sağlığın Can Damarı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055011130</t>
+          <t>9786055011147</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>70</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055011123</t>
+          <t>9786055011130</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15.74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055011116</t>
+          <t>9786055011123</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055011109</t>
+          <t>9786055011116</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058832701</t>
+          <t>9786055011109</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Atatürk</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056204708</t>
+          <t>9786058832701</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Umut Tükenmedikçe</t>
+          <t>Unutulan Atatürk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055394486</t>
+          <t>9786056204708</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Altın Çağı</t>
+          <t>Umut Tükenmedikçe</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058832756</t>
+          <t>9786055394486</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Derin Tarihi</t>
+          <t>Türklerin Altın Çağı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>36</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055394264</t>
+          <t>9786058832756</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Türkiye’nin Derin Tarihi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>18.52</v>
+        <v>36</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055394240</t>
+          <t>9786055394264</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteye Giden Başarı Yolu</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>29</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055011468</t>
+          <t>9786055394240</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sen Tonu</t>
+          <t>Üniversiteye Giden Başarı Yolu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055394714</t>
+          <t>9786055011468</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Umudun Zamanı</t>
+          <t>Yalnızlığın Sen Tonu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>119</v>
+        <v>60</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055394776</t>
+          <t>9786055394714</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mevlana Etkisi</t>
+          <t>Şimdi Umudun Zamanı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>39</v>
+        <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055394639</t>
+          <t>9786055394776</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Gıybet Ettik</t>
+          <t>Dünyada Mevlana Etkisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055394622</t>
+          <t>9786055394639</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Dinimizi Nasıl Öğretiriz</t>
+          <t>Eyvah Gıybet Ettik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055394615</t>
+          <t>9786055394622</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Aşkın Hayat</t>
+          <t>Çocuklarımıza Dinimizi Nasıl Öğretiriz</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055394660</t>
+          <t>9786055394615</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Esma Terapisi</t>
+          <t>Mevlana Aşkın Hayat</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052690598</t>
+          <t>9786055394660</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Sabret</t>
+          <t>Esma Terapisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>137</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052690451</t>
+          <t>9786052690598</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Dert Etme Sabret</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>129</v>
+        <v>169</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058148369</t>
+          <t>9786052690451</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Koçluğun Kitabı</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>30</v>
+        <v>129</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058148352</t>
+          <t>9786058148369</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hipnozun Kitabı</t>
+          <t>Koçluğun Kitabı</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052690468</t>
+          <t>9786058148352</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Para Seninle Konuşuyor</t>
+          <t>Hipnozun Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059780605</t>
+          <t>9786052690468</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mihrimah Sultan</t>
+          <t>Para Seninle Konuşuyor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059780674</t>
+          <t>9786059780605</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yesevi: İki Nehir Arasındaki Okyanus</t>
+          <t>Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055394585</t>
+          <t>9786059780674</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kaldı Rumeli</t>
+          <t>Ahmet Yesevi: İki Nehir Arasındaki Okyanus</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>15.74</v>
+        <v>54</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059514231</t>
+          <t>9786055394585</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Öğrenme</t>
+          <t>Kalbim Sende Kaldı Rumeli</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>40</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059514262</t>
+          <t>9786059514231</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Uyanışı</t>
+          <t>Hipnotik Öğrenme</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059514248</t>
+          <t>9786059514262</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma Teknikleri</t>
+          <t>Türklerin Uyanışı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>207</v>
+        <v>42</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059780162</t>
+          <t>9786059514248</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bitti Dediğin Yerde Başlar</t>
+          <t>Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>42</v>
+        <v>207</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052690130</t>
+          <t>9786059780162</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Birlik - Sherlock Holmes</t>
+          <t>Hayat Bitti Dediğin Yerde Başlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>229</v>
+        <v>42</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059514484</t>
+          <t>9786052690130</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Önce Yüreğin İnansın (Ciltli)</t>
+          <t>Beyaz Birlik - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>29</v>
+        <v>229</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059514019</t>
+          <t>9786059514484</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Diyorlar</t>
+          <t>Önce Yüreğin İnansın (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>38</v>
+        <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059514002</t>
+          <t>9786059514019</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Başarmak</t>
+          <t>Adına Aşk Diyorlar</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059780773</t>
+          <t>9786059514002</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dost İstersen Allah Yeter</t>
+          <t>Zorluklarla Başarmak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>29</v>
+        <v>38</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059780803</t>
+          <t>9786059780773</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Nasihat İstersen Ölüm Yeter</t>
+          <t>Dost İstersen Allah Yeter</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059780766</t>
+          <t>9786059780803</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş İstersen Kur'an Yeter</t>
+          <t>Nasihat İstersen Ölüm Yeter</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059780797</t>
+          <t>9786059780766</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Lider İstersen Muhammed Yeter</t>
+          <t>Arkadaş İstersen Kur'an Yeter</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059514347</t>
+          <t>9786059780797</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İsim Analizi</t>
+          <t>Lider İstersen Muhammed Yeter</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059514514</t>
+          <t>9786059514347</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dile Senden Ne Dilersen</t>
+          <t>İsim Analizi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>97</v>
+        <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055011574</t>
+          <t>9786059514514</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Allah De Yüreğinle</t>
+          <t>Dile Senden Ne Dilersen</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>35</v>
+        <v>97</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055011635</t>
+          <t>9786055011574</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Hikayeler</t>
+          <t>Allah De Yüreğinle</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>17.59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059514071</t>
+          <t>9786055011635</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dedem Abdülhamid Han (Ciltsiz)</t>
+          <t>Aşk Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>49</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059780520</t>
+          <t>9786059514071</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dedem Abdülhamit Han (Ciltli)</t>
+          <t>Dedem Abdülhamid Han (Ciltsiz)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059780513</t>
+          <t>9786059780520</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Hisset ve Başar</t>
+          <t>Dedem Abdülhamit Han (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>59</v>
+        <v>51</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059780575</t>
+          <t>9786059780513</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mahpeyker Kösem Sultan</t>
+          <t>Yüreğinde Hisset ve Başar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059780490</t>
+          <t>9786059780575</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Süper Hafıza Teknikleri - Yak Beyninin Işığını</t>
+          <t>Mahpeyker Kösem Sultan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055011598</t>
+          <t>9786059780490</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Beynini Etkin Kullan</t>
+          <t>Süper Hafıza Teknikleri - Yak Beyninin Işığını</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055011734</t>
+          <t>9786055011598</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yürü Ya Kulum</t>
+          <t>Beynini Etkin Kullan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>15.74</v>
+        <v>189</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055394394</t>
+          <t>9786055011734</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Benim Kasabamın İnsanları</t>
+          <t>Yürü Ya Kulum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055394653</t>
+          <t>9786055394394</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ta Çanlar Sustu</t>
+          <t>Benim Kasabamın İnsanları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059514200</t>
+          <t>9786055394653</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimi Geri Ver</t>
+          <t>Bizans'ta Çanlar Sustu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>109</v>
+        <v>47</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059514101</t>
+          <t>9786059514200</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Benim Hala Umudum Var</t>
+          <t>Düşlerimi Geri Ver</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059780391</t>
+          <t>9786059514101</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den Bilgece Sözler ve Hikayeler</t>
+          <t>Benim Hala Umudum Var</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>28</v>
+        <v>113</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059780100</t>
+          <t>9786059780391</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Düşen Aşk</t>
+          <t>Hz. Ali'den Bilgece Sözler ve Hikayeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055011772</t>
+          <t>9786059780100</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde Paylaşım Medeniyeti</t>
+          <t>Sonsuza Düşen Aşk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059780827</t>
+          <t>9786055011772</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar</t>
+          <t>Türk Devlet Geleneğinde Paylaşım Medeniyeti</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059780841</t>
+          <t>9786059780827</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Reis Çağımızda Bir Alperen</t>
+          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055011628</t>
+          <t>9786059780841</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ya Kırdığın Kalbi Allah Seviyorsa</t>
+          <t>Muhsin Reis Çağımızda Bir Alperen</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>149</v>
+        <v>41</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059780568</t>
+          <t>9786055011628</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Baba Öppüsü</t>
+          <t>Ya Kırdığın Kalbi Allah Seviyorsa</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>42</v>
+        <v>239</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059780476</t>
+          <t>9786059780568</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Aşk ve Diriliş</t>
+          <t>Baba Öppüsü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23.15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055011833</t>
+          <t>9786059780476</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Deniz Keyfinde Hikayeler</t>
+          <t>Afrika'da Aşk ve Diriliş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055011154</t>
+          <t>9786055011833</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Şifa</t>
+          <t>Deniz Keyfinde Hikayeler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059780926</t>
+          <t>9786055011154</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşünmek</t>
+          <t>Zihinsel Şifa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>27</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059780957</t>
+          <t>9786059780926</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Donuklar</t>
+          <t>İyi Düşünmek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>117</v>
+        <v>27</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059780759</t>
+          <t>9786059780957</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hızır Gibi Yetiş Ey Duam</t>
+          <t>Donuklar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>48</v>
+        <v>117</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059780735</t>
+          <t>9786059780759</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Gücü</t>
+          <t>Hızır Gibi Yetiş Ey Duam</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>32</v>
+        <v>48</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059780148</t>
+          <t>9786059780735</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Kilolu Ya Sen</t>
+          <t>Eğitimin Gücü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059780155</t>
+          <t>9786059780148</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Güne Sağlıklı Uyan</t>
+          <t>Bedenin Kilolu Ya Sen</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059780193</t>
+          <t>9786059780155</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Aşk</t>
+          <t>Güne Sağlıklı Uyan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059780001</t>
+          <t>9786059780193</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Handan Makamı</t>
+          <t>Kalbe Düşen Aşk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059780377</t>
+          <t>9786059780001</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dokunuş</t>
+          <t>Handan Makamı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059780421</t>
+          <t>9786059780377</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye-i Osmaniyye</t>
+          <t>Dokunuş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059780216</t>
+          <t>9786059780421</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Söz Verdim</t>
+          <t>Devlet-i Aliyye-i Osmaniyye</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059780353</t>
+          <t>9786059780216</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aklım Pembe Kalbim Yeşil</t>
+          <t>Allah'a Söz Verdim</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059780681</t>
+          <t>9786059780353</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Yaşam İçin Harekete Geçin</t>
+          <t>Aklım Pembe Kalbim Yeşil</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059780537</t>
+          <t>9786059780681</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Toprak'a Kavuşur mu?</t>
+          <t>Sıra Dışı Bir Yaşam İçin Harekete Geçin</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055011659</t>
+          <t>9786059780537</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pes Etme Tut Hayatın Ortasından</t>
+          <t>Yağmur Toprak'a Kavuşur mu?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>29</v>
+        <v>44</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055011567</t>
+          <t>9786055011659</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aklımın Odaları</t>
+          <t>Pes Etme Tut Hayatın Ortasından</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055011222</t>
+          <t>9786055011567</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Rengi</t>
+          <t>Aklımın Odaları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059780438</t>
+          <t>9786055011222</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Derdin Derinse Allah Kerim</t>
+          <t>Güneşin Rengi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055011505</t>
+          <t>9786059780438</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sesiyle Tekamüle Yolculuk</t>
+          <t>Derdin Derinse Allah Kerim</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055011499</t>
+          <t>9786055011505</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yeniden Doğunca Güzel</t>
+          <t>Ruhun Sesiyle Tekamüle Yolculuk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055011444</t>
+          <t>9786055011499</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Seti (5 Kitap Takım)</t>
+          <t>Hayat Yeniden Doğunca Güzel</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>131</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055011581</t>
+          <t>9786055011444</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Kadın</t>
+          <t>Mevlana Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>59</v>
+        <v>131</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059780094</t>
+          <t>9786055011581</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Senin Elinde</t>
+          <t>Balkondaki Kadın</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>27</v>
+        <v>59</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059780407</t>
+          <t>9786059780094</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Cennetin Anahtarı Senin Elinde</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>7.87</v>
+        <v>27</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059780124</t>
+          <t>9786059780407</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tedavi Bioenerji</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>22</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9788789695617</t>
+          <t>9786059780124</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk Seti (3 Kitap Takım)</t>
+          <t>Mucizevi Tedavi Bioenerji</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9788789695358</t>
+          <t>9788789695617</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aksiyon Romanları (6 Kitap Takım)</t>
+          <t>Tutkulu Aşk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>515</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9788789695457</t>
+          <t>9788789695358</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (3 Kitap Takım)</t>
+          <t>Aksiyon Romanları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>564</v>
+        <v>515</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9788789695389</t>
+          <t>9788789695457</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Aşk Seti (4 Kitap Takım)</t>
+          <t>Tarih Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>202</v>
+        <v>564</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9788789695433</t>
+          <t>9788789695389</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Seti (5 Kitap Takım)</t>
+          <t>Tehlikeli Aşk Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>783</v>
+        <v>202</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9788789695631</t>
+          <t>9788789695433</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa Seti (3 Kitap Takım)</t>
+          <t>Tasavvuf Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>327</v>
+        <v>783</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055011079</t>
+          <t>9788789695631</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Cilt Bakımı</t>
+          <t>Teşkilat-ı Mahsusa Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18</v>
+        <v>327</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055011093</t>
+          <t>9786055011079</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Öyküler</t>
+          <t>Güzellik ve Cilt Bakımı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058816022</t>
+          <t>9786055011093</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
+          <t>Sıcacık Öyküler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9788789695501</t>
+          <t>9786058816022</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Romanları Seti (3 Kitap Takım)</t>
+          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>161</v>
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9788789695303</t>
+          <t>9788789695501</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Klasikler Seti (6 Kitap Takım)</t>
+          <t>Gerilim Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>291</v>
+        <v>161</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052690888</t>
+          <t>9788789695303</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İpek Böceğim</t>
+          <t>Klasikler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>49</v>
+        <v>291</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052690925</t>
+          <t>9786052690888</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Murat Tunalı Seti (5 Kitap Takım)</t>
+          <t>İpek Böceğim</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>118</v>
+        <v>49</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052690949</t>
+          <t>9786052690925</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Serisi (5 Kitap)</t>
+          <t>Murat Tunalı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052690895</t>
+          <t>9786052690949</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seri (5 Kitap Takım)</t>
+          <t>Kişisel Gelişim Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>458</v>
+        <v>124</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055394110</t>
+          <t>9786052690895</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Düşündüren Öyküler</t>
+          <t>Sherlock Holmes Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15.6</v>
+        <v>458</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052690826</t>
+          <t>9786055394110</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Mevlana'dan Düşündüren Öyküler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>142</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052695241</t>
+          <t>9786052690826</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Kurt</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>249</v>
+        <v>142</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052695258</t>
+          <t>9786052695241</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kukla Ustası</t>
+          <t>Bir Yalnız Kurt</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>429</v>
+        <v>249</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052695265</t>
+          <t>9786052695258</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolu</t>
+          <t>Kukla Ustası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>249</v>
+        <v>429</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052695234</t>
+          <t>9786052695265</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Yaklaşırken</t>
+          <t>Mutluluk Yolu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052695227</t>
+          <t>9786052695234</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçi Elif</t>
+          <t>Fırtına Yaklaşırken</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052695203</t>
+          <t>9786052695227</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Planla Rahat Yaşa</t>
+          <t>Gurbetçi Elif</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052695180</t>
+          <t>9786052695203</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Planla Rahat Yaşa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>159</v>
+        <v>269</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052695166</t>
+          <t>9786052695180</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bana Güven</t>
+          <t>39 Basamak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>369</v>
+        <v>159</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052695210</t>
+          <t>9786052695166</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Başaranlar Kulübü</t>
+          <t>Bana Güven</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>369</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052695197</t>
+          <t>9786052695210</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gök Kubbe Yanarken</t>
+          <t>Başaranlar Kulübü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>298</v>
+        <v>199</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052695173</t>
+          <t>9786052695197</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>Gök Kubbe Yanarken</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>369</v>
+        <v>298</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052694572</t>
+          <t>9786052695173</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>5 N 1 Kalite</t>
+          <t>20</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>248</v>
+        <v>369</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052694657</t>
+          <t>9786052694572</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>5 N 1 Kalite</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>239</v>
+        <v>279</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052694534</t>
+          <t>9786052694657</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan ve 18 Öykü Daha</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>119</v>
+        <v>239</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052694558</t>
+          <t>9786052694534</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar ve 19 Öykü Daha</t>
+          <t>Şahmerdan ve 18 Öykü Daha</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052694565</t>
+          <t>9786052694558</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Baskını</t>
+          <t>Son Kuşlar ve 19 Öykü Daha</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052694541</t>
+          <t>9786052694565</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hancının Karısı ve 12 Öykü Daha</t>
+          <t>Kıbrıs Baskını</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>119</v>
+        <v>264</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052694503</t>
+          <t>9786052694541</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Son Yolcu</t>
+          <t>Hancının Karısı ve 12 Öykü Daha</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>419</v>
+        <v>149</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052694497</t>
+          <t>9786052694503</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Babanın Günahları</t>
+          <t>Son Yolcu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>379</v>
+        <v>419</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052694480</t>
+          <t>9786052694497</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gösterecek</t>
+          <t>Babanın Günahları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>399</v>
+        <v>379</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052694527</t>
+          <t>9786052694480</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Eşim</t>
+          <t>Zaman Gösterecek</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>169</v>
+        <v>399</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052694473</t>
+          <t>9786052694527</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Enneagram</t>
+          <t>Eşsiz Eşim</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>199</v>
+        <v>209</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052694510</t>
+          <t>9786052694473</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum Deme İnanırım</t>
+          <t>Sınırsız Enneagram</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052692295</t>
+          <t>9786052694510</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çok Kullanılmış Kalpler Dükkanı - Kilitli Kitap</t>
+          <t>Seviyorum Deme İnanırım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>279</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052692110</t>
+          <t>9786052692295</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Çok Kullanılmış Kalpler Dükkanı - Kilitli Kitap</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>181</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052690772</t>
+          <t>9786052692110</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kendini Fark Et</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>129</v>
+        <v>229</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052690345</t>
+          <t>9786052690772</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dokunmayın Portakalime</t>
+          <t>Kendini Fark Et</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>208</v>
+        <v>129</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059514286</t>
+          <t>9786052690345</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresinden Kurtul</t>
+          <t>Dokunmayın Portakalime</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>207</v>
+        <v>239</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052690369</t>
+          <t>9786059514286</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yürüyüş Ahçik</t>
+          <t>Sınav Stresinden Kurtul</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>129</v>
+        <v>207</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059514545</t>
+          <t>9786052690369</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Renkli Fikir Kumbaram</t>
+          <t>Sessiz Yürüyüş Ahçik</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>176</v>
+        <v>129</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059514385</t>
+          <t>9786059514545</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Renkli Fikir Kumbaram</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>268</v>
+        <v>176</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059514415</t>
+          <t>9786059514385</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>268</v>
+        <v>329</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059514170</t>
+          <t>9786059514415</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Son Türkmen</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>224</v>
+        <v>268</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786056204739</t>
+          <t>9786059514170</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kadını Yönetme Sanatı</t>
+          <t>Son Türkmen</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>169</v>
+        <v>309</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055394455</t>
+          <t>9786056204739</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Salladım Tuttu</t>
+          <t>Kadını Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055011161</t>
+          <t>9786055394455</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kurulmamış Hayaller</t>
+          <t>Salladım Tuttu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>247</v>
+        <v>156</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055011208</t>
+          <t>9786055011161</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Atlası</t>
+          <t>Kurulmamış Hayaller</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>207</v>
+        <v>349</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058148345</t>
+          <t>9786055011208</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İslamı Kur'an'dan Okumak</t>
+          <t>Lezzet Atlası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059780810</t>
+          <t>9786058148345</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Ödev Yaşatmak İbadet</t>
+          <t>İslamı Kur'an'dan Okumak</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>116</v>
+        <v>202</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052690437</t>
+          <t>9786059780810</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Büyük Baba</t>
+          <t>Yaşamak Ödev Yaşatmak İbadet</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>142</v>
+        <v>116</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059514491</t>
+          <t>9786052690437</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim (Ciltli)</t>
+          <t>Büyük Baba</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>168</v>
+        <v>142</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059780667</t>
+          <t>9786059514491</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya İle Başım Dertte</t>
+          <t>Anneme Söz Verdim (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>103</v>
+        <v>168</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059780872</t>
+          <t>9786059780667</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıldırmış Olmalı</t>
+          <t>Sosyal Medya İle Başım Dertte</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>181</v>
+        <v>103</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059780995</t>
+          <t>9786059780872</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sorumluluk Eğitimi</t>
+          <t>Aşk Çıldırmış Olmalı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>116</v>
+        <v>181</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059780599</t>
+          <t>9786059780995</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Ailede Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>387</v>
+        <v>116</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059780186</t>
+          <t>9786059780599</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Neden Varsın - Küçük Kıyamet</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>142</v>
+        <v>387</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9788789695471</t>
+          <t>9786059780186</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam Seti (3 Kitap Takım)</t>
+          <t>Neden Varsın - Küçük Kıyamet</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>516</v>
+        <v>142</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9788789695464</t>
+          <t>9788789695471</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Seti (3 Kitap Takım)</t>
+          <t>Sağlıklı Yaşam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>616</v>
+        <v>516</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052691908</t>
+          <t>9788789695464</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bukre Kalp</t>
+          <t>Osmanlı Tarihi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>220</v>
+        <v>616</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9788789695532</t>
+          <t>9786052691908</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Set (5 Kitap Takım)</t>
+          <t>Bukre Kalp</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>762</v>
+        <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052691403</t>
+          <t>9788789695532</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Dilek Cesur (4 Kitap Takım)</t>
+          <t>Kişisel Gelişim Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1011</v>
+        <v>762</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052690666</t>
+          <t>9786052691403</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçmedim</t>
+          <t>Dilek Cesur (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>306</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052691144</t>
+          <t>9786052690666</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Asla Vazgeçmedim</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>194</v>
+        <v>349</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052690864</t>
+          <t>9786052691144</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarımcısının El Kitabı</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>8689887457453</t>
+          <t>9786052690864</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ajanda</t>
+          <t>Osmanlı Tarımcısının El Kitabı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>199</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052694459</t>
+          <t>8689887457453</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevdiğin Üzer</t>
+          <t>Zamansız Ajanda</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>149</v>
+        <v>359</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052694466</t>
+          <t>9786052694459</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>2025 Kehanetlerim</t>
+          <t>En Çok Sevdiğin Üzer</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052694428</t>
+          <t>9786052694466</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Affet Sev Yaşa</t>
+          <t>2025 Kehanetlerim</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>289</v>
+        <v>149</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052694435</t>
+          <t>9786052694428</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İstila 2</t>
+          <t>Affet Sev Yaşa</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>239</v>
+        <v>289</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052694404</t>
+          <t>9786052694435</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tembel Dahinin El Kitabı</t>
+          <t>İstila 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>259</v>
+        <v>310</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052694442</t>
+          <t>9786052694404</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda İlişkileri Yönetme Sanatı</t>
+          <t>Tembel Dahinin El Kitabı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>259</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052694411</t>
+          <t>9786052694442</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>40 Soruda İlişkileri Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052694398</t>
+          <t>9786052694411</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>Çocuk Hırsızları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052694381</t>
+          <t>9786052694398</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Neyi Konuşursan O Çoğalır</t>
+          <t>Gölge Adam</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052694374</t>
+          <t>9786052694381</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Alfa</t>
+          <t>Neyi Konuşursan O Çoğalır</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>249</v>
+        <v>139</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052694367</t>
+          <t>9786052694374</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052694350</t>
+          <t>9786052694367</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>259</v>
+        <v>309</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052694299</t>
+          <t>9786052694350</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Beden Dili</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>90</v>
+        <v>349</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052694091</t>
+          <t>9786052694299</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Osman Sungur Yeken (3 Kitap Kutulu)</t>
+          <t>60 Dakikada Güçlü Beden Dili</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>738</v>
+        <v>119</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052693599</t>
+          <t>9786052694091</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes 5 Kitap Kutulu Set</t>
+          <t>Osman Sungur Yeken (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>683</v>
+        <v>927</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052693582</t>
+          <t>9786052693599</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çocuk Eğitimi Kutulu Set</t>
+          <t>Sherlock Holmes 5 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>507</v>
+        <v>855</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052694107</t>
+          <t>9786052693582</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Horror Story Kutulu 4 Kitap Set</t>
+          <t>Adım Adım Çocuk Eğitimi Kutulu Set</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>742</v>
+        <v>687</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052694114</t>
+          <t>9786052694107</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Kutulu 5 Kitap Set</t>
+          <t>Horror Story Kutulu 4 Kitap Set</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1000</v>
+        <v>910</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052694336</t>
+          <t>9786052694114</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Rehberim</t>
+          <t>Arsen Lüpen Kutulu 5 Kitap Set</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>144</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052694329</t>
+          <t>9786052694336</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Hafıza</t>
+          <t>Rehberim</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>90</v>
+        <v>189</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052694282</t>
+          <t>9786052694329</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü İletişim</t>
+          <t>60 Dakikada Güçlü Hafıza</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052694305</t>
+          <t>9786052694282</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü İkna</t>
+          <t>60 Dakikada Güçlü İletişim</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052694312</t>
+          <t>9786052694305</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Dikkat</t>
+          <t>60 Dakikada Güçlü İkna</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052694275</t>
+          <t>9786052694312</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kil Mucizesi</t>
+          <t>60 Dakikada Güçlü Dikkat</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>194</v>
+        <v>119</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052694176</t>
+          <t>9786052694275</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kandırma</t>
+          <t>Kil Mucizesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>246</v>
+        <v>229</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052694268</t>
+          <t>9786052694176</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Solomon</t>
+          <t>Kendini Kandırma</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052694251</t>
+          <t>9786052694268</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İlişkilere Dair Tılsımlı Cevaplar</t>
+          <t>Solomon</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052694237</t>
+          <t>9786052694251</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Aşk ve İlişkilere Dair Tılsımlı Cevaplar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>312</v>
+        <v>245</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052694244</t>
+          <t>9786052694237</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>338</v>
+        <v>369</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052694220</t>
+          <t>9786052694244</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Rota Yeniden Oluşturuluyor</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>389</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052694213</t>
+          <t>9786052694220</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Sultan II. Mehmed</t>
+          <t>Rota Yeniden Oluşturuluyor</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>376</v>
+        <v>269</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052694190</t>
+          <t>9786052694213</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Cihan Fatihi Sultan II. Mehmed</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>338</v>
+        <v>419</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052694206</t>
+          <t>9786052694190</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>273</v>
+        <v>379</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052694169</t>
+          <t>9786052694206</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İnovatif ve Üretken Çocuklar Yetiştirmek</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>286</v>
+        <v>319</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052694183</t>
+          <t>9786052694169</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü Kadar Aşk</t>
+          <t>İnovatif ve Üretken Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>306</v>
+        <v>329</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052694145</t>
+          <t>9786052694183</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Aile</t>
+          <t>Kelebek Ömrü Kadar Aşk</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>194</v>
+        <v>389</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052694152</t>
+          <t>9786052694145</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yerli Diyet</t>
+          <t>Hayalimdeki Aile</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>246</v>
+        <v>225</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052694015</t>
+          <t>9786052694152</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Yerli Diyet</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>155</v>
+        <v>309</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052694077</t>
+          <t>9786052694015</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı Öyküler</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052693124</t>
+          <t>9786052694077</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önceki Beyaz Ev Kutulu Set</t>
+          <t>Bilinç Dışı Öyküler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>930</v>
+        <v>195</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052690963</t>
+          <t>9786052693124</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sana Da Bana Da Kanada</t>
+          <t>Tünelden Önceki Beyaz Ev Kutulu Set</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052694121</t>
+          <t>9786052690963</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri</t>
+          <t>Sana Da Bana Da Kanada</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052694084</t>
+          <t>9786052694121</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Bağımlının Başucu Notları</t>
+          <t>Komplo Teorileri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052694060</t>
+          <t>9786052694084</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Bebek Bakımı ve Sağlığı</t>
+          <t>Bir Bağımlının Başucu Notları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>169</v>
+        <v>209</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052694046</t>
+          <t>9786052694060</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Duan Varsa Duyan Var</t>
+          <t>Hamilelik, Bebek Bakımı ve Sağlığı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>169</v>
+        <v>209</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052694022</t>
+          <t>9786052694046</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklerle Dans Et!</t>
+          <t>Duan Varsa Duyan Var</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>125</v>
+        <v>209</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052694039</t>
+          <t>9786052694022</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklendir Dünyanı!</t>
+          <t>Mandala - Renklerle Dans Et!</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052690529</t>
+          <t>9786052694039</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İzmler Sözlüğü</t>
+          <t>Mandala - Renklendir Dünyanı!</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052690536</t>
+          <t>9786052690529</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Sözlüğü</t>
+          <t>İzmler Sözlüğü</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052693988</t>
+          <t>9786052690536</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Cumhuriyet</t>
+          <t>Dinler Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>289</v>
+        <v>239</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052693995</t>
+          <t>9786052693988</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Beden Dili</t>
+          <t>Teşkilat-ı Mahsusa - Cumhuriyet</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>349</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052694008</t>
+          <t>9786052693995</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tılsımları</t>
+          <t>Etkileyici Beden Dili</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>125</v>
+        <v>279</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052693971</t>
+          <t>9786052694008</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Fanusa Sıkışmış Hayatlar</t>
+          <t>Aşkın Tılsımları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>149</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052693889</t>
+          <t>9786052693971</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sana Kendimi Anlatsam</t>
+          <t>Fanusa Sıkışmış Hayatlar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>254</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052693933</t>
+          <t>9786052693889</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ben Akıllanmam Doktor Sen Delir</t>
+          <t>Sana Kendimi Anlatsam</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>155</v>
+        <v>309</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052693940</t>
+          <t>9786052693933</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mucizemsin Aşkımsın</t>
+          <t>Ben Akıllanmam Doktor Sen Delir</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>254</v>
+        <v>199</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052693919</t>
+          <t>9786052693940</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Mucizemsin Aşkımsın</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>202</v>
+        <v>319</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052693902</t>
+          <t>9786052693919</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Punta</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>254</v>
+        <v>249</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052693957</t>
+          <t>9786052693902</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Punta</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>195</v>
+        <v>299</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052693872</t>
+          <t>9786052693957</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Daha</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052693841</t>
+          <t>9786052693872</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Neşter</t>
+          <t>Bir Gün Daha</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>207</v>
+        <v>189</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052693827</t>
+          <t>9786052693841</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Ayin</t>
+          <t>Horror Story - Neşter</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052693834</t>
+          <t>9786052693827</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Çığlık</t>
+          <t>Horror Story - Ayin</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052693858</t>
+          <t>9786052693834</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Ölüyü Uyandırma</t>
+          <t>Horror Story - Çığlık</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052693926</t>
+          <t>9786052693858</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Turneye</t>
+          <t>Horror Story - Ölüyü Uyandırma</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>233</v>
+        <v>265</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052693896</t>
+          <t>9786052693926</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sen Kim Olduğunu Zannediyorsun</t>
+          <t>Tarladan Turneye</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>163</v>
+        <v>289</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052693865</t>
+          <t>9786052693896</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İstila 2030</t>
+          <t>Sen Kim Olduğunu Zannediyorsun</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>246</v>
+        <v>189</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059780988</t>
+          <t>9786052693865</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Disiplin Teknikleri</t>
+          <t>İstila 2030</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052691328</t>
+          <t>9786059780988</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinize İngilizce Öğretin</t>
+          <t>Çocuk Eğitiminde Pozitif Disiplin Teknikleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>209</v>
+        <v>359</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052690185</t>
+          <t>9786052691328</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Bebeğinize İngilizce Öğretin</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>189</v>
+        <v>209</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052690192</t>
+          <t>9786052690185</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Sözlüğü</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052693681</t>
+          <t>9786052690192</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyi Hisset</t>
+          <t>Sosyoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>208</v>
+        <v>239</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052693803</t>
+          <t>9786052693681</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Beni Sana Aşk Getirdi</t>
+          <t>Kendini İyi Hisset</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052693810</t>
+          <t>9786052693803</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kurt Ve Kız</t>
+          <t>Beni Sana Aşk Getirdi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>150</v>
+        <v>309</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052693797</t>
+          <t>9786052693810</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gecesi-İmparatoryum</t>
+          <t>Kurt Ve Kız</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052693759</t>
+          <t>9786052693797</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ev</t>
+          <t>Kurt Gecesi-İmparatoryum</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>116</v>
+        <v>207</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052693780</t>
+          <t>9786052693759</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bukre -2</t>
+          <t>Mavi Ev</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>129</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052693773</t>
+          <t>9786052693780</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ben Meryem - Hayallerime Bilet Var Mı?</t>
+          <t>Bukre -2</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>289</v>
+        <v>279</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052693735</t>
+          <t>9786052693773</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Şok</t>
+          <t>Ben Meryem - Hayallerime Bilet Var Mı?</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>246</v>
+        <v>335</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052693742</t>
+          <t>9786052693735</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Leblebi Tozu</t>
+          <t>Şeytan Şok</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>246</v>
+        <v>309</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052693766</t>
+          <t>9786052693742</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları</t>
+          <t>Leblebi Tozu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>254</v>
+        <v>279</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052693711</t>
+          <t>9786052693766</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fücur</t>
+          <t>Milli Mücadele Kahramanları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>254</v>
+        <v>299</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052691441</t>
+          <t>9786052693711</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Sözlüğü</t>
+          <t>Fücur</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>189</v>
+        <v>319</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052691731</t>
+          <t>9786052691441</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığı</t>
+          <t>Türk Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>194</v>
+        <v>239</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052693421</t>
+          <t>9786052691731</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Tıbbıyla Sağlıklı Yaşam Seti</t>
+          <t>Hikaye Anlatıcılığı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>450</v>
+        <v>249</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052693704</t>
+          <t>9786052693421</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Şahane Bir Şeydir</t>
+          <t>İbn-i Sina Tıbbıyla Sağlıklı Yaşam Seti</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>169</v>
+        <v>687</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052693605</t>
+          <t>9786052693704</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Soru Nasıl Sorulur?</t>
+          <t>Evlilik Şahane Bir Şeydir</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>148</v>
+        <v>199</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052693698</t>
+          <t>9786052693605</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Buluş Kendinle</t>
+          <t>Soru Nasıl Sorulur?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052693674</t>
+          <t>9786052693698</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Yemekler</t>
+          <t>Buluş Kendinle</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>480</v>
+        <v>209</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052693667</t>
+          <t>9786052693674</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Hikayem Var</t>
+          <t>Hayalimdeki Yemekler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>156</v>
+        <v>595</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052693636</t>
+          <t>9786052693667</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sen Yanlış Değilsin</t>
+          <t>Benim Bir Hikayem Var</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>163</v>
+        <v>189</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052693629</t>
+          <t>9786052693636</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Sen Yanlış Değilsin</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>137</v>
+        <v>199</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052693650</t>
+          <t>9786052693629</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Duan Kadar Varsın</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052693506</t>
+          <t>9786052693650</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Cevaplar</t>
+          <t>Duan Kadar Varsın</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>185</v>
+        <v>239</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052692257</t>
+          <t>9786052693506</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önce Beyaz Ev (Ciltli)</t>
+          <t>Tılsımlı Cevaplar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052693483</t>
+          <t>9786052692257</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçgüdüsü</t>
+          <t>Tünelden Önce Beyaz Ev (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>155</v>
+        <v>375</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052693469</t>
+          <t>9786052693483</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Merhamet Eğitimi</t>
+          <t>Mutluluk İçgüdüsü</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052693445</t>
+          <t>9786052693469</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kurulurken Kütüphane Okuyan Adam</t>
+          <t>Adım Adım Merhamet Eğitimi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052693438</t>
+          <t>9786052693445</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bilim</t>
+          <t>Cumhuriyet Kurulurken Kütüphane Okuyan Adam</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052693452</t>
+          <t>9786052693438</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Karakter Eğitimi</t>
+          <t>Karanlık Bilim</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052693476</t>
+          <t>9786052693452</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Davranış Eğitimi</t>
+          <t>Adım Adım Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052693414</t>
+          <t>9786052693476</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Korku Günlüğü</t>
+          <t>Adım Adım Davranış Eğitimi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>229</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052693322</t>
+          <t>9786052693414</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı Öyküler – Sulu/Boya</t>
+          <t>Korku Günlüğü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>155</v>
+        <v>189</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052693407</t>
+          <t>9786052693322</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>2023 Kehanetlerim</t>
+          <t>Bilinç Dışı Öyküler – Sulu/Boya</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>69</v>
+        <v>195</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052693391</t>
+          <t>9786052693407</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetname</t>
+          <t>2023 Kehanetlerim</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>181</v>
+        <v>69</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052693377</t>
+          <t>9786052693391</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Plansız Aşk ve İntikam</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>163</v>
+        <v>229</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052693384</t>
+          <t>9786052693377</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Marge</t>
+          <t>Plansız Aşk ve İntikam</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>202</v>
+        <v>209</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052693353</t>
+          <t>9786052693384</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İki Ameliyat Arası</t>
+          <t>Marge</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>156</v>
+        <v>249</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052693216</t>
+          <t>9786052693353</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>İki Ameliyat Arası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>182</v>
+        <v>199</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052693339</t>
+          <t>9786052693216</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Şahzade</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052693360</t>
+          <t>9786052693339</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Öyküleriyle Ayasofya</t>
+          <t>Şahzade</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>207</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052693346</t>
+          <t>9786052693360</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İyilik Sende Kalsın</t>
+          <t>Konstantiniyye Öyküleriyle Ayasofya</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>117</v>
+        <v>189</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052693179</t>
+          <t>9786052693346</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Platin Nefes Egzersizleri</t>
+          <t>İyilik Sende Kalsın</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>195</v>
+        <v>149</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052693186</t>
+          <t>9786052693179</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Bilgeliğinde Sağlıklı Beslenme</t>
+          <t>Platin Nefes Egzersizleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052693162</t>
+          <t>9786052693186</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Atölyesi</t>
+          <t>İbn-i Sina Bilgeliğinde Sağlıklı Beslenme</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>195</v>
+        <v>229</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052693131</t>
+          <t>9786052693162</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Politik Psikoloji Sözlüğü</t>
+          <t>Kırık Kalpler Atölyesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>176</v>
+        <v>249</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052693100</t>
+          <t>9786052693131</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yangın Var</t>
+          <t>Politik Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>229</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052693117</t>
+          <t>9786052693100</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Yangın Var</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>306</v>
+        <v>179</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052693087</t>
+          <t>9786052693117</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hey Ben Yanlık</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>129</v>
+        <v>389</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052692813</t>
+          <t>9786052693087</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Bilgeliğinde Şifalı Bitkiler</t>
+          <t>Hey Ben Yanlık</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>150</v>
+        <v>159</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052692806</t>
+          <t>9786052692813</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Bilgeliğinde Sağlıklı Yaşam</t>
+          <t>İbn-i Sina Bilgeliğinde Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>229</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052691632</t>
+          <t>9786052692806</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İlişikiler Sözlüğü</t>
+          <t>İbn-i Sina Bilgeliğinde Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052690840</t>
+          <t>9786052691632</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Evet Demeden Önce</t>
+          <t>Aşk ve İlişikiler Sözlüğü</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052693094</t>
+          <t>9786052690840</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Evet Demeden Önce</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>310</v>
+        <v>149</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052692790</t>
+          <t>9786052693094</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kalbin İki Yüzü</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>176</v>
+        <v>389</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052692776</t>
+          <t>9786052692790</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Boşluk</t>
+          <t>Kalbin İki Yüzü</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>195</v>
+        <v>219</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052692769</t>
+          <t>9786052692776</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>İçimdeki Boşluk</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>310</v>
+        <v>249</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052692752</t>
+          <t>9786052692769</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kelebek Sevdim</t>
+          <t>Aramızda</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>168</v>
+        <v>389</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052692738</t>
+          <t>9786052692752</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Allah Diyen Pense</t>
+          <t>Ben Bir Kelebek Sevdim</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>247</v>
+        <v>209</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052692660</t>
+          <t>9786052692738</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İffet Hanım</t>
+          <t>Allah Diyen Pense</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>207</v>
+        <v>319</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052692684</t>
+          <t>9786052692660</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fatih Zaman-ı Veladet</t>
+          <t>İffet Hanım</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>233</v>
+        <v>259</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052692622</t>
+          <t>9786052692684</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Vekalet Savaşları Ve Hibrit Harekat</t>
+          <t>Fatih Zaman-ı Veladet</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>194</v>
+        <v>268</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052692653</t>
+          <t>9786052692622</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Prens Çıplak</t>
+          <t>Vekalet Savaşları Ve Hibrit Harekat</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>182</v>
+        <v>249</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052692677</t>
+          <t>9786052692653</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kısmetse Olur</t>
+          <t>Prens Çıplak</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>246</v>
+        <v>239</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052692530</t>
+          <t>9786052692677</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Kısmetse Olur</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>104</v>
+        <v>309</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052692523</t>
+          <t>9786052692530</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>90</v>
+        <v>129</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052692592</t>
+          <t>9786052692523</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>70</v>
+        <v>139</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052692516</t>
+          <t>9786052692592</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052692554</t>
+          <t>9786052692516</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>72</v>
+        <v>139</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052692561</t>
+          <t>9786052692554</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>77</v>
+        <v>89</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052692615</t>
+          <t>9786052692561</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Esirleri</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052692639</t>
+          <t>9786052692615</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hadi İnşallah</t>
+          <t>Karanlığın Esirleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>246</v>
+        <v>189</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052692646</t>
+          <t>9786052692639</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Beni Bana Bırakma Allahım</t>
+          <t>Hadi İnşallah</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>156</v>
+        <v>309</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052692608</t>
+          <t>9786052692646</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Olaylar</t>
+          <t>Beni Bana Bırakma Allahım</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052692509</t>
+          <t>9786052692608</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Seyhan</t>
+          <t>Gizemli Olaylar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>241</v>
+        <v>275</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052692462</t>
+          <t>9786052692509</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yogası ve Güzellik Sırları</t>
+          <t>Seyhan</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>480</v>
+        <v>279</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052692356</t>
+          <t>9786052692462</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Lethe - Parçalanmış</t>
+          <t>Yüz Yogası ve Güzellik Sırları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>124</v>
+        <v>480</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052692479</t>
+          <t>9786052692356</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Lethe - Parçalanmış</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>187</v>
+        <v>149</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052692486</t>
+          <t>9786052692479</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Katı</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>310</v>
+        <v>239</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052692349</t>
+          <t>9786052692486</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dosyalar-Gizemli Kayıplar</t>
+          <t>Bodrum Katı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>205</v>
+        <v>389</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052692325</t>
+          <t>9786052692349</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Gizemli Anıları</t>
+          <t>Karanlık Dosyalar-Gizemli Kayıplar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>249</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052692332</t>
+          <t>9786052692325</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kadınları</t>
+          <t>Bir Terapistin Gizemli Anıları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>194</v>
+        <v>349</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052692301</t>
+          <t>9786052692332</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Üzülme</t>
+          <t>Hayatın Kadınları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>290</v>
+        <v>249</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052692318</t>
+          <t>9786052692301</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Kadınım</t>
+          <t>Benim İçin Üzülme</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052692288</t>
+          <t>9786052692318</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ayperi</t>
+          <t>İyi ki Kadınım</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>267</v>
+        <v>199</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052692264</t>
+          <t>9786052692288</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ya Olduğun Gibi Görün</t>
+          <t>Ayperi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>137</v>
+        <v>349</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052692202</t>
+          <t>9786052692264</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri</t>
+          <t>Ya Olduğun Gibi Görün</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>176</v>
+        <v>137</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052692165</t>
+          <t>9786052692202</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa</t>
+          <t>Korku Hikayeleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>192</v>
+        <v>219</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052692134</t>
+          <t>9786052692165</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bir Diğer Mustafa</t>
+          <t>Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>127</v>
+        <v>249</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052692158</t>
+          <t>9786052692134</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Çakabey</t>
+          <t>Bir Diğer Mustafa</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>220</v>
+        <v>159</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052692141</t>
+          <t>9786052692158</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dosyalar: Çözülmüş Vakalar</t>
+          <t>Çakabey</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>205</v>
+        <v>253</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052692127</t>
+          <t>9786052692141</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Haremde İktidar Savaşları</t>
+          <t>Karanlık Dosyalar: Çözülmüş Vakalar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>195</v>
+        <v>249</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052692103</t>
+          <t>9786052692127</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Şifa</t>
+          <t>Haremde İktidar Savaşları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>207</v>
+        <v>239</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052692097</t>
+          <t>9786052692103</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikiyatristin Sinema Defteri</t>
+          <t>Kuantum Şifa</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>234</v>
+        <v>259</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052692080</t>
+          <t>9786052692097</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sizin İçinizde</t>
+          <t>Bir Psikiyatristin Sinema Defteri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>176</v>
+        <v>299</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052692073</t>
+          <t>9786052692080</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Hikayeler</t>
+          <t>Mutluluk Sizin İçinizde</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>233</v>
+        <v>199</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052692066</t>
+          <t>9786052692073</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Zihninizde</t>
+          <t>Bilgece Hikayeler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>129</v>
+        <v>259</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052692042</t>
+          <t>9786052692066</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Elinizde</t>
+          <t>Mutluluk Zihninizde</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>129</v>
+        <v>229</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052692035</t>
+          <t>9786052692042</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Mutluluk Elinizde</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>241</v>
+        <v>229</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052692059</t>
+          <t>9786052692035</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kalbinizde</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>129</v>
+        <v>309</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052692028</t>
+          <t>9786052692059</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Öyküler</t>
+          <t>Mutluluk Kalbinizde</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>233</v>
+        <v>229</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052692004</t>
+          <t>9786052692028</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
+          <t>Gezgin Öyküler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>255</v>
+        <v>289</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052691991</t>
+          <t>9786052692004</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Obüs Patlaması - Arsen Lüpen</t>
+          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>205</v>
+        <v>305</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052692011</t>
+          <t>9786052691991</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Ev - Arsen Lüpen</t>
+          <t>Obüs Patlaması - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052691977</t>
+          <t>9786052692011</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Esrarengiz Ev - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052691984</t>
+          <t>9786052691977</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Altın Üçgen - Arsen Lüpen</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052691960</t>
+          <t>9786052691984</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Saat Tam Sekizde - Arsen Lüpen</t>
+          <t>Altın Üçgen - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052691953</t>
+          <t>9786052691960</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önceki Beyaz Ev</t>
+          <t>Saat Tam Sekizde - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052691724</t>
+          <t>9786052691953</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>To Me Manques - Bende Eksiksin</t>
+          <t>Tünelden Önceki Beyaz Ev</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>163</v>
+        <v>389</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052691878</t>
+          <t>9786052691724</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kır Papatyası</t>
+          <t>To Me Manques - Bende Eksiksin</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>247</v>
+        <v>219</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052691861</t>
+          <t>9786052691878</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Kır Papatyası</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>280</v>
+        <v>329</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052691885</t>
+          <t>9786052691861</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>207</v>
+        <v>349</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052691939</t>
+          <t>9786052691885</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Araz</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>116</v>
+        <v>249</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052691779</t>
+          <t>9786052691939</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Emanet Ol Furkan</t>
+          <t>Araz</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052691922</t>
+          <t>9786052691779</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Susacak Var</t>
+          <t>Allah'a Emanet Ol Furkan</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>298</v>
+        <v>149</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052691892</t>
+          <t>9786052691922</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Susacak Var</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>168</v>
+        <v>369</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052691915</t>
+          <t>9786052691892</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kıyısızlar</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052691946</t>
+          <t>9786052691915</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzyılın Prensesi</t>
+          <t>Kıyısızlar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>142</v>
+        <v>249</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052691755</t>
+          <t>9786052691946</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Kayıp Yüzyılın Prensesi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>246</v>
+        <v>179</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052691748</t>
+          <t>9786052691755</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Yalnızım Çünkü Sen Varsın</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>180</v>
+        <v>309</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052691847</t>
+          <t>9786052691748</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Simru</t>
+          <t>Yalnızım Çünkü Sen Varsın</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>207</v>
+        <v>229</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052691830</t>
+          <t>9786052691847</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka</t>
+          <t>Simru</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>195</v>
+        <v>259</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052691762</t>
+          <t>9786052691830</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bukre</t>
+          <t>Bambaşka</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>260</v>
+        <v>239</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052691809</t>
+          <t>9786052691762</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Bukre</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>260</v>
+        <v>379</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052691816</t>
+          <t>9786052691809</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İki Söz</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>298</v>
+        <v>349</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052691823</t>
+          <t>9786052691816</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>İki Söz</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>310</v>
+        <v>369</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052691793</t>
+          <t>9786052691823</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçtim</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>155</v>
+        <v>389</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052691854</t>
+          <t>9786052691793</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Kal</t>
+          <t>Vazgeçtim</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>285</v>
+        <v>209</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052691786</t>
+          <t>9786052691854</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Aşkla Kal</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>298</v>
+        <v>359</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052691670</t>
+          <t>9786052691786</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>150</v>
+        <v>379</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052691663</t>
+          <t>9786052691670</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>72</v>
+        <v>209</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052691656</t>
+          <t>9786052691663</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>65</v>
+        <v>89</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052691694</t>
+          <t>9786052691656</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>195</v>
+        <v>89</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052691687</t>
+          <t>9786052691694</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>207</v>
+        <v>239</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052691649</t>
+          <t>9786052691687</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gelinim</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>273</v>
+        <v>349</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052691717</t>
+          <t>9786052691649</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Siyah Pantolon</t>
+          <t>Gelinim</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>289</v>
+        <v>369</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9788789695341</t>
+          <t>9786052691717</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Macera Seti (5 Kitap Takım)</t>
+          <t>Siyah Pantolon</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>579</v>
+        <v>335</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9788789695426</t>
+          <t>9788789695341</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Medya Seti (3 Kitap Takım)</t>
+          <t>Macera Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>550</v>
+        <v>579</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9788789695372</t>
+          <t>9788789695426</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Romantik Aşk Seti (4 Kitap Takım)</t>
+          <t>Medya Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>627</v>
+        <v>550</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9788789695556</t>
+          <t>9788789695372</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İyilere İnanmak Seti (3 Kitap Takım)</t>
+          <t>Romantik Aşk Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>295</v>
+        <v>627</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9788789695594</t>
+          <t>9788789695556</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Araştırma Seti (3 Kitap Takım)</t>
+          <t>İyilere İnanmak Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>612</v>
+        <v>295</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9788789695600</t>
+          <t>9788789695594</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Romanları Seti (3 Kitap Takım)</t>
+          <t>Tarih - Araştırma Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>525</v>
+        <v>612</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9788789695334</t>
+          <t>9788789695600</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Aşk Serüveni Seti (3 Kitap</t>
+          <t>Sevgi Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>451</v>
+        <v>525</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9788789695365</t>
+          <t>9788789695334</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gerilim Seti (5 Kitap Takım)</t>
+          <t>Aşk Serüveni Seti (3 Kitap</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>696</v>
+        <v>451</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9788789695419</t>
+          <t>9788789695365</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitim Seti (4 Kitap Takım)</t>
+          <t>Aşk ve Gerilim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>753</v>
+        <v>696</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9788789695396</t>
+          <t>9788789695419</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Sevda Seti (3 Kitap Takım)</t>
+          <t>Çocuk Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>459</v>
+        <v>753</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9788789695525</t>
+          <t>9788789695396</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Yaşam Seti (3 Kitap Takım)</t>
+          <t>Bir Damla Sevda Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>473</v>
+        <v>459</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9788789695327</t>
+          <t>9788789695525</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk Seti (3 Kitap Takım)</t>
+          <t>Avrupa'da Yaşam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>439</v>
+        <v>473</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9788789695563</t>
+          <t>9788789695327</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak (3 Kitap Takım)</t>
+          <t>Aşka Yolculuk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>265</v>
+        <v>439</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9788789695488</t>
+          <t>9788789695563</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Seti (3 Kitap Takım)</t>
+          <t>Aşık Olmak (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>459</v>
+        <v>265</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9788789695549</t>
+          <t>9788789695488</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aynası Seti (3 Kitap Takım)</t>
+          <t>Eğlence Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>465</v>
+        <v>459</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9788789695518</t>
+          <t>9788789695549</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Macera Roman Hikaye Set (3 Kitap Takım)</t>
+          <t>Kalbin Aynası Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>425</v>
+        <v>465</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052691564</t>
+          <t>9788789695518</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Erkeği Tanıma Sanatı</t>
+          <t>Macera Roman Hikaye Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>207</v>
+        <v>425</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052691533</t>
+          <t>9786052691564</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Kadın ve Erkeği Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>220</v>
+        <v>289</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052691625</t>
+          <t>9786052691533</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Şeb - Güven Bana Serisi 2</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052691618</t>
+          <t>9786052691625</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pedina - Güven Bana Serisi 1</t>
+          <t>Şeb - Güven Bana Serisi 2</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>267</v>
+        <v>349</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052691595</t>
+          <t>9786052691618</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Anneler de Gider</t>
+          <t>Pedina - Güven Bana Serisi 1</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>185</v>
+        <v>359</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052691519</t>
+          <t>9786052691595</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Sen</t>
+          <t>Bir Gün Anneler de Gider</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>273</v>
+        <v>229</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052691557</t>
+          <t>9786052691519</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Hayatında Erol Güngör</t>
+          <t>Bendeki Sen</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>269</v>
+        <v>379</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052691571</t>
+          <t>9786052691557</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi Sözlüğü</t>
+          <t>Türk Düşünce Hayatında Erol Güngör</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>137</v>
+        <v>339</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052691489</t>
+          <t>9786052691571</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Adalet Bize Yeter</t>
+          <t>Siyaset Felsefesi Sözlüğü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>233</v>
+        <v>199</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052691540</t>
+          <t>9786052691489</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>AB ile Türkiye Arasında Mülteciler</t>
+          <t>Allah ve Adalet Bize Yeter</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>207</v>
+        <v>279</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052691502</t>
+          <t>9786052691540</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>AB ile Türkiye Arasında Mülteciler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>90</v>
+        <v>249</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052691526</t>
+          <t>9786052691502</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Unuttum Sanma</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>195</v>
+        <v>109</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052691496</t>
+          <t>9786052691526</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Unuttum Sanma</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>207</v>
+        <v>219</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052691465</t>
+          <t>9786052691496</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kadın Liderler</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>207</v>
+        <v>259</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052691472</t>
+          <t>9786052691465</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Samimi Niyet</t>
+          <t>Kadın Liderler</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>156</v>
+        <v>207</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052691434</t>
+          <t>9786052691472</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Kış Yağdı</t>
+          <t>Samimi Niyet</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>254</v>
+        <v>199</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052691458</t>
+          <t>9786052691434</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bugün Değilse Ne Zaman?</t>
+          <t>Yüreğime Kış Yağdı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>202</v>
+        <v>299</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052691410</t>
+          <t>9786052691458</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Hafiyesi (Ciltli)</t>
+          <t>Bugün Değilse Ne Zaman?</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>312</v>
+        <v>239</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052691427</t>
+          <t>9786052691410</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sevdalısı Atatürk</t>
+          <t>Yeşilçam Hafiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>224</v>
+        <v>399</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052691359</t>
+          <t>9786052691427</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Annemin Çocukluğunu Kim Yedi?</t>
+          <t>Vatan Sevdalısı Atatürk</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>194</v>
+        <v>309</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052691397</t>
+          <t>9786052691359</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>Annemin Çocukluğunu Kim Yedi?</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>137</v>
+        <v>229</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052691380</t>
+          <t>9786052691397</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Gülümseten Hikayeler</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>150</v>
+        <v>137</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052691373</t>
+          <t>9786052691380</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Hikayeleri</t>
+          <t>Gülümseten Hikayeler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052691366</t>
+          <t>9786052691373</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Umut Hikayeleri</t>
+          <t>Mutluluk Hikayeleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052691342</t>
+          <t>9786052691366</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bir Yüzü</t>
+          <t>Umut Hikayeleri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>207</v>
+        <v>249</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052691298</t>
+          <t>9786052691342</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar Özgürlük İster</t>
+          <t>Aşkın Bir Yüzü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>194</v>
+        <v>249</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052691335</t>
+          <t>9786052691298</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ölümsezen</t>
+          <t>Kanatlar Özgürlük İster</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>117</v>
+        <v>219</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052691274</t>
+          <t>9786052691335</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Gül</t>
+          <t>Ölümsezen</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>221</v>
+        <v>149</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052691304</t>
+          <t>9786052691274</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Sözlüğü</t>
+          <t>Dikenli Gül</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>189</v>
+        <v>296</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052691311</t>
+          <t>9786052691304</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler</t>
+          <t>Bilim ve Teknoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>305</v>
+        <v>239</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052691243</t>
+          <t>9786052691311</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı Kiracısı</t>
+          <t>Paranormal Hikayeler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>189</v>
+        <v>369</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052691281</t>
+          <t>9786052691243</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>İçiyorsak Sebebi Var</t>
+          <t>Hayat Apartmanı Kiracısı</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>163</v>
+        <v>239</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052691236</t>
+          <t>9786052691281</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Ustası</t>
+          <t>İçiyorsak Sebebi Var</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>142</v>
+        <v>209</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052691250</t>
+          <t>9786052691236</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ruhundaki Sırrı Keşfet</t>
+          <t>Yaşama Ustası</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>129</v>
+        <v>179</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052691267</t>
+          <t>9786052691250</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>O Çocuk Senin - Aile Akademisi</t>
+          <t>Ruhundaki Sırrı Keşfet</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>194</v>
+        <v>129</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052691229</t>
+          <t>9786052691267</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Aileler Merhametli Çocuklar Yetiştirir</t>
+          <t>O Çocuk Senin - Aile Akademisi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052691212</t>
+          <t>9786052691229</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Babası Yarası Olanlar</t>
+          <t>Sabırlı Aileler Merhametli Çocuklar Yetiştirir</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>117</v>
+        <v>319</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052691205</t>
+          <t>9786052691212</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Alfabesi</t>
+          <t>Babası Yarası Olanlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052691199</t>
+          <t>9786052691205</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Sarmalında Aşk</t>
+          <t>Kalbimin Alfabesi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>254</v>
+        <v>119</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052691014</t>
+          <t>9786052691199</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Hayatına Renk Kat!</t>
+          <t>Tehlike Sarmalında Aşk</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>125</v>
+        <v>319</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052691113</t>
+          <t>9786052691014</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklerle Eğlen!</t>
+          <t>Mandala - Hayatına Renk Kat!</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052691120</t>
+          <t>9786052691113</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Yaşamını Renklendir!</t>
+          <t>Mandala - Renklerle Eğlen!</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>125</v>
+        <v>159</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052691182</t>
+          <t>9786052691120</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Boşlukta Hissediyorum</t>
+          <t>Mandala - Yaşamını Renklendir!</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052691175</t>
+          <t>9786052691182</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Başlat</t>
+          <t>Kendimi Boşlukta Hissediyorum</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>306</v>
+        <v>168</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052691168</t>
+          <t>9786052691175</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Aşık Da Mı Olmayalım?</t>
+          <t>Kendini Yeniden Başlat</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>150</v>
+        <v>349</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052691137</t>
+          <t>9786052691168</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Dinlemedim Başkasını Dinlediğim Kadar</t>
+          <t>Aşık Da Mı Olmayalım?</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>168</v>
+        <v>189</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052691151</t>
+          <t>9786052691137</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Gemi</t>
+          <t>Kendimi Dinlemedim Başkasını Dinlediğim Kadar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>246</v>
+        <v>168</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052691106</t>
+          <t>9786052691151</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun İçin En İyisini Seç</t>
+          <t>Kağıttan Gemi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>195</v>
+        <v>246</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052691090</t>
+          <t>9786052691106</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Çok Mübarek Putlar</t>
+          <t>Çocuğun İçin En İyisini Seç</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052691083</t>
+          <t>9786052691090</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sufi’nin İmanı ve Kaderi</t>
+          <t>Tasavvufta Çok Mübarek Putlar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>143</v>
+        <v>279</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052691052</t>
+          <t>9786052691083</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Sufi’nin İmanı ve Kaderi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>85</v>
+        <v>179</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052691021</t>
+          <t>9786052691052</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>150</v>
+        <v>109</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052691076</t>
+          <t>9786052691021</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>74</v>
+        <v>219</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052691038</t>
+          <t>9786052691076</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>163</v>
+        <v>99</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052691045</t>
+          <t>9786052691038</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>72</v>
+        <v>209</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052691069</t>
+          <t>9786052691045</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>68</v>
+        <v>99</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052691007</t>
+          <t>9786052691069</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Veda Ederken</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>221</v>
+        <v>89</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052690994</t>
+          <t>9786052691007</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Kaybettiğimiz Hayat</t>
+          <t>Veda Ederken</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>207</v>
+        <v>309</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052690987</t>
+          <t>9786052690994</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Türklerin Geleceği</t>
+          <t>Yaşarken Kaybettiğimiz Hayat</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>194</v>
+        <v>259</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052690970</t>
+          <t>9786052690987</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Bülbülleri ve Çanakkale</t>
+          <t>Avrupalı Türklerin Geleceği</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>267</v>
+        <v>239</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052690932</t>
+          <t>9786052690970</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (5 Kitap Takım)</t>
+          <t>Gelibolu Bülbülleri ve Çanakkale</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>963</v>
+        <v>359</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052690918</t>
+          <t>9786052690932</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Set (3 Kitap Takım)</t>
+          <t>Bilal Civelek Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>583</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786059780247</t>
+          <t>9786052690918</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Aileni Unutma</t>
+          <t>Mevlana Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>195</v>
+        <v>583</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052690956</t>
+          <t>9786059780247</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Bulaşıcıdır</t>
+          <t>Aileni Unutma</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>163</v>
+        <v>219</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052690833</t>
+          <t>9786052690956</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aynası Pozitif İletişim</t>
+          <t>Cesaret Bulaşıcıdır</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052690819</t>
+          <t>9786052690833</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Önce Biz Yaşadık</t>
+          <t>Kalbin Aynası Pozitif İletişim</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>285</v>
+        <v>239</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052690802</t>
+          <t>9786052690819</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kaos</t>
+          <t>Önce Biz Yaşadık</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>280</v>
+        <v>349</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052690796</t>
+          <t>9786052690802</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Yaşamak İstiyorum</t>
+          <t>Kutsal Kaos</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>306</v>
+        <v>315</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052690789</t>
+          <t>9786052690796</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Mucize</t>
+          <t>Kendimi Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>306</v>
+        <v>349</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052690741</t>
+          <t>9786052690789</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sevda Kapısı</t>
+          <t>İçindeki Mucize</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>203</v>
+        <v>379</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052690758</t>
+          <t>9786052690741</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Aklında Değil Kalbinde Tut</t>
+          <t>Sevda Kapısı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>177</v>
+        <v>259</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052690765</t>
+          <t>9786052690758</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Susma! Konuş Çocuk</t>
+          <t>Aklında Değil Kalbinde Tut</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>259</v>
+        <v>229</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052690734</t>
+          <t>9786052690765</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Anne Karnından Yuva Sıcağına</t>
+          <t>Susma! Konuş Çocuk</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>176</v>
+        <v>319</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052690727</t>
+          <t>9786052690734</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Geliştir Beynini</t>
+          <t>Anne Karnından Yuva Sıcağına</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>142</v>
+        <v>189</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052690703</t>
+          <t>9786052690727</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Sözlüğü</t>
+          <t>Geliştir Beynini</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052690871</t>
+          <t>9786052690703</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kitapları Seti (4 Kitap Takım)</t>
+          <t>Atatürk Sözlüğü</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>600</v>
+        <v>239</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052690901</t>
+          <t>9786052690871</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Seti (4 Kitap Takım)</t>
+          <t>Aşk Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>600</v>
+        <v>996</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052690697</t>
+          <t>9786052690901</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Günlüğü</t>
+          <t>Hikayeler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>241</v>
+        <v>996</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052690680</t>
+          <t>9786052690697</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Kelebeğin Günlüğü</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>177</v>
+        <v>299</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052690673</t>
+          <t>9786052690680</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kolay Emzirme Teknikleri</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>285</v>
+        <v>249</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052690659</t>
+          <t>9786052690673</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Şantaj - Çemberinde Aşk</t>
+          <t>Kolay Emzirme Teknikleri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>254</v>
+        <v>359</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052690642</t>
+          <t>9786052690659</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yalancının Mumu Aşkla Söner</t>
+          <t>Şantaj - Çemberinde Aşk</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>254</v>
+        <v>319</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052690635</t>
+          <t>9786052690642</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Fettah - Esmalarla Yaşıyorum</t>
+          <t>Yalancının Mumu Aşkla Söner</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>169</v>
+        <v>339</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052690611</t>
+          <t>9786052690635</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>Fettah - Esmalarla Yaşıyorum</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>208</v>
+        <v>195</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052690604</t>
+          <t>9786052690611</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052690628</t>
+          <t>9786052690604</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ya Nasip</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>246</v>
+        <v>379</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052690581</t>
+          <t>9786052690628</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Yer Aç</t>
+          <t>Ya Nasip</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>195</v>
+        <v>309</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052690574</t>
+          <t>9786052690581</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Masal Tadında Bebek Yemekleri (Ciltli)</t>
+          <t>Yüreğinde Yer Aç</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>293</v>
+        <v>239</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052690567</t>
+          <t>9786052690574</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Seni Anlıyorum Anne</t>
+          <t>Masal Tadında Bebek Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>259</v>
+        <v>369</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052690550</t>
+          <t>9786052690567</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Seni Anlıyorum Anne</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>221</v>
+        <v>319</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052690505</t>
+          <t>9786052690550</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>268</v>
+        <v>319</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052690512</t>
+          <t>9786052690505</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sussex Vampiri Macerası</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>163</v>
+        <v>329</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052690482</t>
+          <t>9786052690512</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Daima Yanında</t>
+          <t>Sherlock Holmes - Sussex Vampiri Macerası</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>176</v>
+        <v>199</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052690499</t>
+          <t>9786052690482</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sabret Şükret Seyret</t>
+          <t>Mucizeler Daima Yanında</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>168</v>
+        <v>219</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052690444</t>
+          <t>9786052690499</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tıbbında Sağlıklı Yaşam</t>
+          <t>Sabret Şükret Seyret</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>194</v>
+        <v>168</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052690420</t>
+          <t>9786052690444</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Hanım</t>
+          <t>Osmanlı Tıbbında Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>129</v>
+        <v>259</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052690406</t>
+          <t>9786052690420</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Gelin</t>
+          <t>Zeynep Hanım</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>234</v>
+        <v>129</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052690376</t>
+          <t>9786052690406</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Esmaların Gizemi</t>
+          <t>Çiçek Gelin</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>360</v>
+        <v>379</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052690383</t>
+          <t>9786052690376</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Seni Anlıyorum Çocuk</t>
+          <t>Esmaların Gizemi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>234</v>
+        <v>395</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052690352</t>
+          <t>9786052690383</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Son Oyun</t>
+          <t>Seni Anlıyorum Çocuk</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052690338</t>
+          <t>9786052690352</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Allah Bilsin Yeter</t>
+          <t>Teşkilat-ı Mahsusa - Son Oyun</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>202</v>
+        <v>349</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052690178</t>
+          <t>9786052690338</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sen Yanımda Ol Yeter</t>
+          <t>Allah Bilsin Yeter</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>306</v>
+        <v>349</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052690246</t>
+          <t>9786052690178</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Sözlüğü</t>
+          <t>Sen Yanımda Ol Yeter</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>189</v>
+        <v>349</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052690208</t>
+          <t>9786052690246</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Osmanlı Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>268</v>
+        <v>239</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052690215</t>
+          <t>9786052690208</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>189</v>
+        <v>329</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052690239</t>
+          <t>9786052690215</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052690222</t>
+          <t>9786052690239</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>268</v>
+        <v>239</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052690161</t>
+          <t>9786052690222</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>134</v>
+        <v>329</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052690147</t>
+          <t>9786052690161</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>127</v>
+        <v>159</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052690154</t>
+          <t>9786052690147</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052690123</t>
+          <t>9786052690154</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>142</v>
+        <v>189</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052690116</t>
+          <t>9786052690123</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>133</v>
+        <v>189</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786059514828</t>
+          <t>9786052690116</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786059514835</t>
+          <t>9786059514828</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Biri Annelik mi Dedi?</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>163</v>
+        <v>379</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059514811</t>
+          <t>9786059514835</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadınlar Köyü</t>
+          <t>Biri Annelik mi Dedi?</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059514798</t>
+          <t>9786059514811</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Attila ve Hun İmparatorluğu</t>
+          <t>Yalnız Kadınlar Köyü</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>299</v>
+        <v>163</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786059514583</t>
+          <t>9786059514798</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Her Gün İçin Canım Ailem Etkinlikleri</t>
+          <t>Attila ve Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>267</v>
+        <v>379</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786059514576</t>
+          <t>9786059514583</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ben Şaka Yapıyorum Millet Gerçek Sanıyor</t>
+          <t>Her Gün İçin Canım Ailem Etkinlikleri</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>163</v>
+        <v>339</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059514569</t>
+          <t>9786059514576</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Sultan 2. Mehmed</t>
+          <t>Ben Şaka Yapıyorum Millet Gerçek Sanıyor</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>259</v>
+        <v>163</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059514460</t>
+          <t>9786059514569</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Sesini Dinlemeyi Özledim</t>
+          <t>Cihan Fatihi Sultan 2. Mehmed</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>142</v>
+        <v>259</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059514378</t>
+          <t>9786059514460</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sende Allah’ım</t>
+          <t>Yüreğimin Sesini Dinlemeyi Özledim</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>221</v>
+        <v>142</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059514477</t>
+          <t>9786059514378</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bu Sözleri Sana Yazdım</t>
+          <t>Huzur Sende Allah’ım</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>142</v>
+        <v>299</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059514392</t>
+          <t>9786059514477</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Fatih İstanbul'da</t>
+          <t>Bu Sözleri Sana Yazdım</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>120</v>
+        <v>142</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059514453</t>
+          <t>9786059514392</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Akıl</t>
+          <t>Fatih İstanbul'da</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>228</v>
+        <v>159</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059514408</t>
+          <t>9786059514453</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Mete Han</t>
+          <t>Ruhsal Akıl</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>177</v>
+        <v>289</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059514323</t>
+          <t>9786059514408</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Psikolojisi</t>
+          <t>Mete Han</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>156</v>
+        <v>219</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059514361</t>
+          <t>9786059514323</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Terapi</t>
+          <t>Mutluluğun Psikolojisi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059514330</t>
+          <t>9786059514361</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Panik Yok! Ben Kanserim</t>
+          <t>Ruhsal Terapi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>142</v>
+        <v>289</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059514309</t>
+          <t>9786059514330</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Tadında Hikayeler</t>
+          <t>Panik Yok! Ben Kanserim</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>150</v>
+        <v>142</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059514293</t>
+          <t>9786059514309</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Sende Buldum</t>
+          <t>Kurabiye Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059514316</t>
+          <t>9786059514293</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid</t>
+          <t>Aşkı Sende Buldum</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>180</v>
+        <v>249</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059514224</t>
+          <t>9786059514316</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sigarayı Bırakabilirsin</t>
+          <t>Sultan 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>194</v>
+        <v>229</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059514255</t>
+          <t>9786059514224</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Derin Devleti</t>
+          <t>Sigarayı Bırakabilirsin</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>246</v>
+        <v>194</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059514279</t>
+          <t>9786059514255</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Sır Katibi</t>
+          <t>Abdülhamid'in Derin Devleti</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>207</v>
+        <v>309</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059514217</t>
+          <t>9786059514279</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Düşünce</t>
+          <t>Abdülhamid'in Sır Katibi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>241</v>
+        <v>259</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059514194</t>
+          <t>9786059514217</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Sınır Koyma Teknikleri</t>
+          <t>Ruhsal Düşünce</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>285</v>
+        <v>299</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786059514187</t>
+          <t>9786059514194</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Tut Ellerimden Aşk</t>
+          <t>Çocuk Eğitiminde Pozitif Sınır Koyma Teknikleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>150</v>
+        <v>359</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059514156</t>
+          <t>9786059514187</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kafi</t>
+          <t>Tut Ellerimden Aşk</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>221</v>
+        <v>249</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059514118</t>
+          <t>9786059514156</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Kafi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>163</v>
+        <v>349</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059514125</t>
+          <t>9786059514118</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>176</v>
+        <v>199</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059514095</t>
+          <t>9786059514125</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar</t>
+          <t>İçimden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>194</v>
+        <v>219</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059514088</t>
+          <t>9786059514095</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Damat</t>
+          <t>Küçük Mutluluklar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>168</v>
+        <v>239</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059514040</t>
+          <t>9786059514088</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikolojisi</t>
+          <t>Damat</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>195</v>
+        <v>168</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059514064</t>
+          <t>9786059514040</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Genç Psikolojisi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>247</v>
+        <v>279</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059514057</t>
+          <t>9786059514064</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Varlıklar ve Psikiyatrik Hastalıklar</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>150</v>
+        <v>319</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059514033</t>
+          <t>9786059514057</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başla</t>
+          <t>Görünmeyen Varlıklar ve Psikiyatrik Hastalıklar</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>220</v>
+        <v>189</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059780582</t>
+          <t>9786059514033</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Uykusu</t>
+          <t>Yeniden Başla</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059780940</t>
+          <t>9786059780582</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Azer ile Sezar</t>
+          <t>Ölüm Uykusu</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>103</v>
+        <v>249</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059780933</t>
+          <t>9786059780940</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Farkında mısın?</t>
+          <t>Azer ile Sezar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>129</v>
+        <v>103</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059780971</t>
+          <t>9786059780933</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Aklı</t>
+          <t>Farkında mısın?</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>429</v>
+        <v>129</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059780889</t>
+          <t>9786059780971</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Arkandan El Sallamasın</t>
+          <t>Kalbimin Aklı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>194</v>
+        <v>429</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059780964</t>
+          <t>9786059780889</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinin Vicdanı: Cemil Meriç</t>
+          <t>Hayallerin Arkandan El Sallamasın</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>259</v>
+        <v>194</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059780896</t>
+          <t>9786059780964</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Operasyon</t>
+          <t>Türk Düşüncesinin Vicdanı: Cemil Meriç</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>289</v>
+        <v>329</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059780902</t>
+          <t>9786059780896</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın</t>
+          <t>Teşkilat-ı Mahsusa - Operasyon</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>306</v>
+        <v>349</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059780834</t>
+          <t>9786059780902</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar (Ciltli)</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059780780</t>
+          <t>9786059780834</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Düşman İstersen Şeytan Yeter (Nefis)</t>
+          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>40</v>
+        <v>259</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059780742</t>
+          <t>9786059780780</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkla Gel</t>
+          <t>Düşman İstersen Şeytan Yeter (Nefis)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059780711</t>
+          <t>9786059780742</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kahve Muhabbetinde Aşk</t>
+          <t>Bana Aşkla Gel</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059780698</t>
+          <t>9786059780711</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Aş Olunca (Ciltli)</t>
+          <t>Kahve Muhabbetinde Aşk</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>455</v>
+        <v>249</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059780483</t>
+          <t>9786059780698</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Bir Şey Yap</t>
+          <t>Hüzün Aş Olunca (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>59</v>
+        <v>550</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786055011437</t>
+          <t>9786059780483</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Takı</t>
+          <t>Allah İçin Bir Şey Yap</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>130</v>
+        <v>59</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786059780506</t>
+          <t>9786055011437</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Çocuk Bağlar</t>
+          <t>Sihirli Takı</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>52</v>
+        <v>130</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059780469</t>
+          <t>9786059780506</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Kökleri - Ertuğrul Gazi</t>
+          <t>İçindeki Çocuk Bağlar</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>194</v>
+        <v>52</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059780414</t>
+          <t>9786059780469</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Huzur Veren Hikayeler</t>
+          <t>Osmanlı'nın Kökleri - Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059780360</t>
+          <t>9786059780414</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Mevlana'dan Huzur Veren Hikayeler</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>116</v>
+        <v>169</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052691588</t>
+          <t>9786059780360</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa Uyanıyor</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>289</v>
+        <v>149</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786059780384</t>
+          <t>9786052691588</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>El-İsra</t>
+          <t>Teşkilat-ı Mahsusa Uyanıyor</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>29</v>
+        <v>349</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786059780179</t>
+          <t>9786059780384</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Girmeden Beynimde İşin Ne?</t>
+          <t>El-İsra</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>306</v>
+        <v>29</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786055011741</t>
+          <t>9786059780179</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Kendini Yaşadın mı?</t>
+          <t>Kalbime Girmeden Beynimde İşin Ne?</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>306</v>
+        <v>349</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786055011673</t>
+          <t>9786055011741</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kompo Komik</t>
+          <t>Sen Hiç Kendini Yaşadın mı?</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>29</v>
+        <v>349</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786055011697</t>
+          <t>9786055011673</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Bunları Kimseye Anlatamamıştım</t>
+          <t>Kompo Komik</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>306</v>
+        <v>29</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786055011680</t>
+          <t>9786055011697</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>7 Günde 3 Kilo</t>
+          <t>Bunları Kimseye Anlatamamıştım</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>207</v>
+        <v>349</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786055011550</t>
+          <t>9786055011680</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Tadında Hikayeler</t>
+          <t>7 Günde 3 Kilo</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>150</v>
+        <v>207</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786059514149</t>
+          <t>9786055011550</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Suyu Yıkayan Bilge</t>
+          <t>Çikolata Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786055011512</t>
+          <t>9786059514149</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Çay Keyfinde Hikayeler</t>
+          <t>Suyu Yıkayan Bilge</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>150</v>
+        <v>349</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786055011406</t>
+          <t>9786055011512</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kültür Kökeni</t>
+          <t>Çay Keyfinde Hikayeler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>268</v>
+        <v>249</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055011413</t>
+          <t>9786055011406</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915 - Bir Ulu Destan</t>
+          <t>Türklerin Kültür Kökeni</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>224</v>
+        <v>339</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786055011253</t>
+          <t>9786055011413</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Anne Baba</t>
+          <t>Çanakkale 1915 - Bir Ulu Destan</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>259</v>
+        <v>289</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786055011482</t>
+          <t>9786055011253</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kahve Tadında Hikayeler</t>
+          <t>Başarıya Götüren Anne Baba</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>150</v>
+        <v>259</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055011246</t>
+          <t>9786055011482</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Güzel Konuşma Sanatı</t>
+          <t>Kahve Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>207</v>
+        <v>249</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786055011239</t>
+          <t>9786055011246</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Umudunu Kaybetme</t>
+          <t>Başarılı ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>289</v>
+        <v>259</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786055011604</t>
+          <t>9786055011239</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Allah Biliyor</t>
+          <t>Umudunu Kaybetme</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>182</v>
+        <v>289</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786059780131</t>
+          <t>9786055011604</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kaldı</t>
+          <t>Dert Etme Allah Biliyor</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>259</v>
+        <v>229</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786059780551</t>
+          <t>9786059780131</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kadından Ne Bekler?</t>
+          <t>Kalbim Sende Kaldı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>195</v>
+        <v>329</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786059514163</t>
+          <t>9786059780551</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sükut</t>
+          <t>Erkek Kadından Ne Bekler?</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>221</v>
+        <v>279</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055394806</t>
+          <t>9786059514163</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Çantamda Diyet</t>
+          <t>Sükut</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>168</v>
+        <v>349</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055011727</t>
+          <t>9786055394806</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Dokunan Eller</t>
+          <t>Çantamda Diyet</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>306</v>
+        <v>168</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055011338</t>
+          <t>9786055011727</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Yüreğime Dokunan Eller</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055011710</t>
+          <t>9786055011338</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesinin Bahçıvanı</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>306</v>
+        <v>219</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786059780346</t>
+          <t>9786055011710</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri ve Okuma Psikolojisi</t>
+          <t>Sevgi Bahçesinin Bahçıvanı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>195</v>
+        <v>349</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059780339</t>
+          <t>9786059780346</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Seymenler Çıkmazı - İki Canlı Bomba</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri ve Okuma Psikolojisi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>207</v>
+        <v>229</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055011703</t>
+          <t>9786059780339</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Uyuyan Güzeli Uyandır</t>
+          <t>Seymenler Çıkmazı - İki Canlı Bomba</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>306</v>
+        <v>259</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055394738</t>
+          <t>9786055011703</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Aşka Kurulan Köprüler</t>
+          <t>İçindeki Uyuyan Güzeli Uyandır</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>59</v>
+        <v>349</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055394578</t>
+          <t>9786055394738</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Güzel Ahlak</t>
+          <t>Aşka Kurulan Köprüler</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>220</v>
+        <v>59</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055011611</t>
+          <t>9786055394578</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Bırak Olmuş Bil</t>
+          <t>365 Günde Güzel Ahlak</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786059780209</t>
+          <t>9786055011611</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçin Duygu Eğitimi</t>
+          <t>Allah’a Bırak Olmuş Bil</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>169</v>
+        <v>279</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786059780643</t>
+          <t>9786059780209</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Düşündüren Sözler</t>
+          <t>Mutluluk İçin Duygu Eğitimi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>207</v>
+        <v>219</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786059780629</t>
+          <t>9786059780643</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Düşündüren Hikayeler</t>
+          <t>Mevlana’dan Düşündüren Sözler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>207</v>
+        <v>259</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059780650</t>
+          <t>9786059780629</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Ruhsal Terapiler</t>
+          <t>Mevlana’dan Düşündüren Hikayeler</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>194</v>
+        <v>259</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055394707</t>
+          <t>9786059780650</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinle Yaşa</t>
+          <t>Mevlana'dan Ruhsal Terapiler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>429</v>
+        <v>249</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055394677</t>
+          <t>9786055394707</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dualar</t>
+          <t>Yüreğinle Yaşa</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>117</v>
+        <v>429</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055394219</t>
+          <t>9786055394677</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Günahlardan Nasıl Korunuruz?</t>
+          <t>Türkçe Dualar</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>39</v>
+        <v>149</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055011376</t>
+          <t>9786055394219</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Erkeğini İlahlaştıran Kadınlar</t>
+          <t>Görünmeyen Günahlardan Nasıl Korunuruz?</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>150</v>
+        <v>39</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055011291</t>
+          <t>9786055011376</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Erkeği Yönetme Sanatı</t>
+          <t>Erkeğini İlahlaştıran Kadınlar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055011314</t>
+          <t>9786055011291</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrik Hastalıklar ve Büyü</t>
+          <t>Erkeği Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
+          <t>9786055011314</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatrik Hastalıklar ve Büyü</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
           <t>9786055394509</t>
         </is>
       </c>
-      <c r="B683" s="1" t="inlineStr">
+      <c r="B684" s="1" t="inlineStr">
         <is>
           <t>Aşk ve Dua</t>
         </is>
       </c>
-      <c r="C683" s="1">
+      <c r="C684" s="1">
         <v>43</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>