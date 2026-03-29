--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,10285 +85,10345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052695364</t>
+          <t>9786052695371</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>33 Adımda Kaderin Rune Şifresi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>198</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052695302</t>
+          <t>9786052695388</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tsunami</t>
+          <t>Paradox</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>369</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052695272</t>
+          <t>9786052695319</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonuna Kadar</t>
+          <t>Aidiyet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>298</v>
+        <v>384</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052693964</t>
+          <t>9786052693209</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İyilikle Değişir Dünya</t>
+          <t>Bu Kitap Annelere Çok İyi Gelecek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>289</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052692240</t>
+          <t>9786052695364</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler (Ciltli)</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052692493</t>
+          <t>9786052695302</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tam Benlik</t>
+          <t>Dijital Tsunami</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>69.5</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052692783</t>
+          <t>9786052695272</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nuriye Hanım</t>
+          <t>Yolun Sonuna Kadar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>176</v>
+        <v>298</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058816077</t>
+          <t>9786052693964</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
+          <t>İyilikle Değişir Dünya</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052690710</t>
+          <t>9786052692240</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sancak - İstiklal</t>
+          <t>Paranormal Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052690413</t>
+          <t>9786052692493</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Takma Kafana Salla Gitsin</t>
+          <t>Tam Benlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>39</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8008002002277</t>
+          <t>9786052692783</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (3 Kitap Takım)</t>
+          <t>Nuriye Hanım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>65</v>
+        <v>176</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8008002002345</t>
+          <t>9786058816077</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Murat Tunalı Seti (6 Kitap Takım)</t>
+          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>115</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8008002002284</t>
+          <t>9786052690710</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Işık Seti (3 Kitap Takım)</t>
+          <t>Sancak - İstiklal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>67</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052690857</t>
+          <t>9786052690413</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Alişan Kapaklıkaya Seti (8 Kitap Takım)</t>
+          <t>Takma Kafana Salla Gitsin</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2792</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000031164</t>
+          <t>8008002002277</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Seti (5 Kitap Takım)</t>
+          <t>Bilal Civelek Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>128</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>8008002002321</t>
+          <t>8008002002345</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sözlük Seti (7 Kitap Takım)</t>
+          <t>Murat Tunalı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>8008002002260</t>
+          <t>8008002002284</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (4 Kitap Takım)</t>
+          <t>Mehmet Işık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>82</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059514552</t>
+          <t>9786052690857</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Özel Çocuk Eğitimi ve Gelişimi</t>
+          <t>Alişan Kapaklıkaya Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>359</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059514538</t>
+          <t>3990000031164</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kanatları</t>
+          <t>Abdülhamid Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>54</v>
+        <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052690475</t>
+          <t>8008002002321</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Doğru Zamanlar Ajandası (Ciltli)</t>
+          <t>Sözlük Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>40</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052690390</t>
+          <t>8008002002260</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Motivasyon</t>
+          <t>Bilal Civelek Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059514354</t>
+          <t>9786059514552</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bilinçaltını Yönet</t>
+          <t>A'dan Z'ye Özel Çocuk Eğitimi ve Gelişimi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059514804</t>
+          <t>9786059514538</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>90’larda Çocuk Olmak</t>
+          <t>Aşkın Kanatları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>163</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059514422</t>
+          <t>9786052690475</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Enerjini Fulle</t>
+          <t>Doğru Zamanlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>189</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059514521</t>
+          <t>9786052690390</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Keşkesiz Yaşamak</t>
+          <t>Pozitif Motivasyon</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>186</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059514439</t>
+          <t>9786059514354</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2018 Doğru Zamanlar Ajandası (Ciltli)</t>
+          <t>Mucize Bilinçaltını Yönet</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>32.41</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055011055</t>
+          <t>9786059514804</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>A4 Yalnızlığı</t>
+          <t>90’larda Çocuk Olmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>13</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055011529</t>
+          <t>9786059514422</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar Ölümsüzsün</t>
+          <t>Yaşam Enerjini Fulle</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>36</v>
+        <v>189</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055011383</t>
+          <t>9786059514521</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin?</t>
+          <t>Keşkesiz Yaşamak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>19</v>
+        <v>186</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055394684</t>
+          <t>9786059514439</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Borç Tuzağı ve Faiz Lobisi</t>
+          <t>2018 Doğru Zamanlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055011062</t>
+          <t>9786055011055</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>A4 Yalnızlığı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055394769</t>
+          <t>9786055011529</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir’in Lezzet Yolculuğu (Ciltli)</t>
+          <t>Ölünceye Kadar Ölümsüzsün</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>32.41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055394929</t>
+          <t>9786055011383</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir’in Lezzet Yolculuğu</t>
+          <t>Sen Kimsin?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058820340</t>
+          <t>9786055394684</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Telkin Ve Hipnozla Öğrenme Teknikleri</t>
+          <t>Borç Tuzağı ve Faiz Lobisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058820302</t>
+          <t>9786055011062</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Mektuplar</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058832732</t>
+          <t>9786055394769</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Çıldırdı</t>
+          <t>Davetsiz Misafir’in Lezzet Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058816060</t>
+          <t>9786055394929</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Son Dem</t>
+          <t>Davetsiz Misafir’in Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>4.63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055394448</t>
+          <t>9786058820340</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşa Kariyerin Olsun</t>
+          <t>Telkin Ve Hipnozla Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055394165</t>
+          <t>9786058820302</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim Yolculuğu</t>
+          <t>Tarihi Değiştiren Mektuplar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>27</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055394226</t>
+          <t>9786058832732</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Eserleri Nasıl Yazıldı?</t>
+          <t>Şeytan Çıldırdı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055394042</t>
+          <t>9786058816060</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünmenin Büyüsü</t>
+          <t>Son Dem</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058816091</t>
+          <t>9786055394448</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ne Zor Şeymiş Yaşamak - 1</t>
+          <t>Sağlıklı Yaşa Kariyerin Olsun</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055394134</t>
+          <t>9786055394165</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sağlıktır</t>
+          <t>Ruhsal Gelişim Yolculuğu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058820371</t>
+          <t>9786055394226</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Şifresi</t>
+          <t>Risale-i Nur Eserleri Nasıl Yazıldı?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055394387</t>
+          <t>9786055394042</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Kuşları - Dersim Yanıyor</t>
+          <t>Pozitif Düşünmenin Büyüsü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>42</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055394233</t>
+          <t>9786058816091</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sera Hatun</t>
+          <t>Ne Zor Şeymiş Yaşamak - 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056204777</t>
+          <t>9786055394134</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mazideki Adamlar</t>
+          <t>Mutluluk Sağlıktır</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000016616</t>
+          <t>9786058820371</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Hz. İsa ve Meryem</t>
+          <t>Mutluluğun Şifresi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055394271</t>
+          <t>9786055394387</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyi Hissetmek</t>
+          <t>Mustafa Kemal’in Kuşları - Dersim Yanıyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058820333</t>
+          <t>9786055394233</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşk</t>
+          <t>Sera Hatun</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058820326</t>
+          <t>9786056204777</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Filistine Gömün</t>
+          <t>Mazideki Adamlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055394608</t>
+          <t>3990000016616</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Parça</t>
+          <t>Kuran’da Hz. İsa ve Meryem</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000016617</t>
+          <t>9786055394271</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Jesus et Marie</t>
+          <t>Kendini İyi Hissetmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058816046</t>
+          <t>9786058820333</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christus und der Heiligen Maria (Rusça)</t>
+          <t>Kayıp Aşk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058816039</t>
+          <t>9786058820326</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christus und der Heiligen Maria</t>
+          <t>Kalbimi Filistine Gömün</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058816053</t>
+          <t>9786055394608</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Jesus Christ And Mary</t>
+          <t>Senden Bir Parça</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055394349</t>
+          <t>3990000016617</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi</t>
+          <t>Jesus et Marie</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059780728</t>
+          <t>9786058816046</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sanatı</t>
+          <t>Jesus Christus und der Heiligen Maria (Rusça)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>42</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058816084</t>
+          <t>9786058816039</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İğneli Tahtın Sultanları</t>
+          <t>Jesus Christus und der Heiligen Maria</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>20.37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058820395</t>
+          <t>9786058816053</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair - Özlü Sözler</t>
+          <t>Jesus Christ And Mary</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056204760</t>
+          <t>9786055394349</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Güzel Geçim</t>
+          <t>İslam Ekonomisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>12.96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055394004</t>
+          <t>9786059780728</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Yol Haritası</t>
+          <t>İnsan Sanatı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>14.81</v>
+        <v>42</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058832794</t>
+          <t>9786058816084</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Başarılı Konuşma Sanatı</t>
+          <t>İğneli Tahtın Sultanları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>99</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055394011</t>
+          <t>9786058820395</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçimi ve Evliliğe Hazırlık</t>
+          <t>Hayata Dair - Özlü Sözler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>14.81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058820364</t>
+          <t>9786056204760</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Evlilikte Güzel Geçim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>18</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055394127</t>
+          <t>9786055394004</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mevlana Nefesi</t>
+          <t>Evliliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058820388</t>
+          <t>9786058832794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Duanın Gücü</t>
+          <t>Etkili ve Başarılı Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>9.26</v>
+        <v>99</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056204784</t>
+          <t>9786055394011</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Denizler Sultanı Barbaros Hayrettin Paşa</t>
+          <t>Eş Seçimi ve Evliliğe Hazırlık</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>20</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055394141</t>
+          <t>9786058820364</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Dünya İçin Dinlerin Kardeşliği</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12.04</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055394356</t>
+          <t>9786055394127</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Babanın Etkisi</t>
+          <t>Dünyada Mevlana Nefesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056204715</t>
+          <t>9786058820388</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşları</t>
+          <t>Duanın Gücü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056204722</t>
+          <t>9786056204784</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Boris’in Sırrı</t>
+          <t>Denizler Sultanı Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>21.3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055394189</t>
+          <t>9786055394141</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Yaşamak</t>
+          <t>Daha İyi Bir Dünya İçin Dinlerin Kardeşliği</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055394363</t>
+          <t>9786055394356</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüdüm</t>
+          <t>Çocuk Eğitiminde Babanın Etkisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055394417</t>
+          <t>9786056204715</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Başarının Gücü</t>
+          <t>Çakıl Taşları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055394257</t>
+          <t>9786056204722</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Başarının Dili Olsa da Konuşsa</t>
+          <t>Boris’in Sırrı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055394172</t>
+          <t>9786055394189</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Aile Faktörü</t>
+          <t>Bilgece Yaşamak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058820357</t>
+          <t>9786055394363</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Başarı Rehberi</t>
+          <t>Ben Büyüdüm</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055394646</t>
+          <t>9786055394417</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Barış Dili</t>
+          <t>Başarının Gücü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059514446</t>
+          <t>9786055394257</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan Çocuk Eğitimi</t>
+          <t>Başarının Dili Olsa da Konuşsa</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058832763</t>
+          <t>9786055394172</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dinsiz mi?</t>
+          <t>Başarıda Aile Faktörü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>7.41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056204746</t>
+          <t>9786058820357</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Beden Dili</t>
+          <t>Başarı Rehberi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>34</v>
+        <v>56</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055394493</t>
+          <t>9786055394646</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Zemheri</t>
+          <t>Barış Dili</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055394479</t>
+          <t>9786059514446</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk Acısı Nasıl Geçer</t>
+          <t>Bağırıp Çağırmadan Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>33</v>
+        <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058832787</t>
+          <t>9786058832763</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>Atatürk Dinsiz mi?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055394158</t>
+          <t>9786056204746</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Anlaşmanın Dili</t>
+          <t>Aşkın Beden Dili</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055394592</t>
+          <t>9786055394493</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aldatmaca</t>
+          <t>Aşk-ı Zemheri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055394202</t>
+          <t>9786055394479</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Çocuk Eğitiminde Şiddet Sizsiniz</t>
+          <t>Aşk Acısı Nasıl Geçer</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058832725</t>
+          <t>9786058832787</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Diyorlar</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059780018</t>
+          <t>9786055394158</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Rabbim</t>
+          <t>Anlaşmanın Dili</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055011277</t>
+          <t>9786055394592</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim</t>
+          <t>Aldatmaca</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>17.59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055011369</t>
+          <t>9786055394202</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Aldatır?</t>
+          <t>Aile ve Çocuk Eğitiminde Şiddet Sizsiniz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055011345</t>
+          <t>9786058832725</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Şiddet ve Şiddet Ortamında Çocuklar</t>
+          <t>Adına Aşk Diyorlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055394400</t>
+          <t>9786059780018</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Terkedilmiş Köy</t>
+          <t>Yüreğimde Rabbim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055394936</t>
+          <t>9786055011277</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Can Damarı</t>
+          <t>Anneme Söz Verdim</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>32</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055011147</t>
+          <t>9786055011369</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Erkekler Neden Aldatır?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055011130</t>
+          <t>9786055011345</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Aile İçi Şiddet ve Şiddet Ortamında Çocuklar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055011123</t>
+          <t>9786055394400</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka</t>
+          <t>Terkedilmiş Köy</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15.74</v>
+        <v>35</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055011116</t>
+          <t>9786055394936</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Sağlığın Can Damarı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055011109</t>
+          <t>9786055011147</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058832701</t>
+          <t>9786055011130</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Atatürk</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056204708</t>
+          <t>9786055011123</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Umut Tükenmedikçe</t>
+          <t>Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>32</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055394486</t>
+          <t>9786055011116</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Altın Çağı</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>23</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058832756</t>
+          <t>9786055011109</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Derin Tarihi</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>36</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055394264</t>
+          <t>9786058832701</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Unutulan Atatürk</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055394240</t>
+          <t>9786056204708</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteye Giden Başarı Yolu</t>
+          <t>Umut Tükenmedikçe</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055011468</t>
+          <t>9786055394486</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sen Tonu</t>
+          <t>Türklerin Altın Çağı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>60</v>
+        <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055394714</t>
+          <t>9786058832756</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Umudun Zamanı</t>
+          <t>Türkiye’nin Derin Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>119</v>
+        <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055394776</t>
+          <t>9786055394264</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Mevlana Etkisi</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055394639</t>
+          <t>9786055394240</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Gıybet Ettik</t>
+          <t>Üniversiteye Giden Başarı Yolu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055394622</t>
+          <t>9786055011468</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Dinimizi Nasıl Öğretiriz</t>
+          <t>Yalnızlığın Sen Tonu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>17</v>
+        <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055394615</t>
+          <t>9786055394714</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Aşkın Hayat</t>
+          <t>Şimdi Umudun Zamanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>35</v>
+        <v>119</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055394660</t>
+          <t>9786055394776</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Esma Terapisi</t>
+          <t>Dünyada Mevlana Etkisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>20</v>
+        <v>39</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052690598</t>
+          <t>9786055394639</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Sabret</t>
+          <t>Eyvah Gıybet Ettik</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>169</v>
+        <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052690451</t>
+          <t>9786055394622</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Çocuklarımıza Dinimizi Nasıl Öğretiriz</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>129</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058148369</t>
+          <t>9786055394615</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Koçluğun Kitabı</t>
+          <t>Mevlana Aşkın Hayat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786058148352</t>
+          <t>9786055394660</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hipnozun Kitabı</t>
+          <t>Esma Terapisi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052690468</t>
+          <t>9786052690598</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Para Seninle Konuşuyor</t>
+          <t>Dert Etme Sabret</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059780605</t>
+          <t>9786052690451</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mihrimah Sultan</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>30</v>
+        <v>129</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059780674</t>
+          <t>9786058148369</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yesevi: İki Nehir Arasındaki Okyanus</t>
+          <t>Koçluğun Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055394585</t>
+          <t>9786058148352</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kaldı Rumeli</t>
+          <t>Hipnozun Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059514231</t>
+          <t>9786052690468</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Öğrenme</t>
+          <t>Para Seninle Konuşuyor</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059514262</t>
+          <t>9786059780605</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Uyanışı</t>
+          <t>Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059514248</t>
+          <t>9786059780674</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma Teknikleri</t>
+          <t>Ahmet Yesevi: İki Nehir Arasındaki Okyanus</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>207</v>
+        <v>54</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059780162</t>
+          <t>9786055394585</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bitti Dediğin Yerde Başlar</t>
+          <t>Kalbim Sende Kaldı Rumeli</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>42</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052690130</t>
+          <t>9786059514231</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Birlik - Sherlock Holmes</t>
+          <t>Hipnotik Öğrenme</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>229</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059514484</t>
+          <t>9786059514262</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Önce Yüreğin İnansın (Ciltli)</t>
+          <t>Türklerin Uyanışı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>29</v>
+        <v>42</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059514019</t>
+          <t>9786059514248</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Adına Aşk Diyorlar</t>
+          <t>Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>38</v>
+        <v>207</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059514002</t>
+          <t>9786059780162</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Başarmak</t>
+          <t>Hayat Bitti Dediğin Yerde Başlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059780773</t>
+          <t>9786052690130</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dost İstersen Allah Yeter</t>
+          <t>Beyaz Birlik - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>29</v>
+        <v>229</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059780803</t>
+          <t>9786059514484</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Nasihat İstersen Ölüm Yeter</t>
+          <t>Önce Yüreğin İnansın (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059780766</t>
+          <t>9786059514019</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş İstersen Kur'an Yeter</t>
+          <t>Adına Aşk Diyorlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059780797</t>
+          <t>9786059514002</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Lider İstersen Muhammed Yeter</t>
+          <t>Zorluklarla Başarmak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059514347</t>
+          <t>9786059780773</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İsim Analizi</t>
+          <t>Dost İstersen Allah Yeter</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059514514</t>
+          <t>9786059780803</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dile Senden Ne Dilersen</t>
+          <t>Nasihat İstersen Ölüm Yeter</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>97</v>
+        <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055011574</t>
+          <t>9786059780766</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Allah De Yüreğinle</t>
+          <t>Arkadaş İstersen Kur'an Yeter</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055011635</t>
+          <t>9786059780797</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Hikayeler</t>
+          <t>Lider İstersen Muhammed Yeter</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>17.59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059514071</t>
+          <t>9786059514347</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dedem Abdülhamid Han (Ciltsiz)</t>
+          <t>İsim Analizi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059780520</t>
+          <t>9786059514514</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dedem Abdülhamit Han (Ciltli)</t>
+          <t>Dile Senden Ne Dilersen</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>51</v>
+        <v>97</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059780513</t>
+          <t>9786055011574</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Hisset ve Başar</t>
+          <t>Allah De Yüreğinle</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059780575</t>
+          <t>9786055011635</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mahpeyker Kösem Sultan</t>
+          <t>Aşk Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>139</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059780490</t>
+          <t>9786059514071</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Süper Hafıza Teknikleri - Yak Beyninin Işığını</t>
+          <t>Dedem Abdülhamid Han (Ciltsiz)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>159</v>
+        <v>49</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055011598</t>
+          <t>9786059780520</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Beynini Etkin Kullan</t>
+          <t>Dedem Abdülhamit Han (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>189</v>
+        <v>51</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055011734</t>
+          <t>9786059780513</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yürü Ya Kulum</t>
+          <t>Yüreğinde Hisset ve Başar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>15.74</v>
+        <v>59</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055394394</t>
+          <t>9786059780575</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Benim Kasabamın İnsanları</t>
+          <t>Mahpeyker Kösem Sultan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>20</v>
+        <v>139</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055394653</t>
+          <t>9786059780490</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ta Çanlar Sustu</t>
+          <t>Süper Hafıza Teknikleri - Yak Beyninin Işığını</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>47</v>
+        <v>159</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059514200</t>
+          <t>9786055011598</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimi Geri Ver</t>
+          <t>Beynini Etkin Kullan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>109</v>
+        <v>189</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059514101</t>
+          <t>9786055011734</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Benim Hala Umudum Var</t>
+          <t>Yürü Ya Kulum</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>113</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059780391</t>
+          <t>9786055394394</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den Bilgece Sözler ve Hikayeler</t>
+          <t>Benim Kasabamın İnsanları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059780100</t>
+          <t>9786055394653</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Düşen Aşk</t>
+          <t>Bizans'ta Çanlar Sustu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055011772</t>
+          <t>9786059514200</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde Paylaşım Medeniyeti</t>
+          <t>Düşlerimi Geri Ver</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>49</v>
+        <v>109</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059780827</t>
+          <t>9786059514101</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar</t>
+          <t>Benim Hala Umudum Var</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>49</v>
+        <v>113</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059780841</t>
+          <t>9786059780391</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Reis Çağımızda Bir Alperen</t>
+          <t>Hz. Ali'den Bilgece Sözler ve Hikayeler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055011628</t>
+          <t>9786059780100</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ya Kırdığın Kalbi Allah Seviyorsa</t>
+          <t>Sonsuza Düşen Aşk</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>239</v>
+        <v>42</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059780568</t>
+          <t>9786055011772</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Baba Öppüsü</t>
+          <t>Türk Devlet Geleneğinde Paylaşım Medeniyeti</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059780476</t>
+          <t>9786059780827</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Aşk ve Diriliş</t>
+          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>23.15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055011833</t>
+          <t>9786059780841</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Deniz Keyfinde Hikayeler</t>
+          <t>Muhsin Reis Çağımızda Bir Alperen</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>17.59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055011154</t>
+          <t>9786055011628</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Şifa</t>
+          <t>Ya Kırdığın Kalbi Allah Seviyorsa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>15.74</v>
+        <v>239</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059780926</t>
+          <t>9786059780568</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşünmek</t>
+          <t>Baba Öppüsü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059780957</t>
+          <t>9786059780476</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Donuklar</t>
+          <t>Afrika'da Aşk ve Diriliş</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>117</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059780759</t>
+          <t>9786055011833</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hızır Gibi Yetiş Ey Duam</t>
+          <t>Deniz Keyfinde Hikayeler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>48</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059780735</t>
+          <t>9786055011154</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Gücü</t>
+          <t>Zihinsel Şifa</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>32</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059780148</t>
+          <t>9786059780926</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Kilolu Ya Sen</t>
+          <t>İyi Düşünmek</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059780155</t>
+          <t>9786059780957</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Güne Sağlıklı Uyan</t>
+          <t>Donuklar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>38</v>
+        <v>117</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059780193</t>
+          <t>9786059780759</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Aşk</t>
+          <t>Hızır Gibi Yetiş Ey Duam</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>26</v>
+        <v>48</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059780001</t>
+          <t>9786059780735</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Handan Makamı</t>
+          <t>Eğitimin Gücü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059780377</t>
+          <t>9786059780148</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dokunuş</t>
+          <t>Bedenin Kilolu Ya Sen</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059780421</t>
+          <t>9786059780155</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye-i Osmaniyye</t>
+          <t>Güne Sağlıklı Uyan</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059780216</t>
+          <t>9786059780193</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Söz Verdim</t>
+          <t>Kalbe Düşen Aşk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059780353</t>
+          <t>9786059780001</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aklım Pembe Kalbim Yeşil</t>
+          <t>Handan Makamı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059780681</t>
+          <t>9786059780377</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Yaşam İçin Harekete Geçin</t>
+          <t>Dokunuş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059780537</t>
+          <t>9786059780421</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Toprak'a Kavuşur mu?</t>
+          <t>Devlet-i Aliyye-i Osmaniyye</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>44</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055011659</t>
+          <t>9786059780216</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Pes Etme Tut Hayatın Ortasından</t>
+          <t>Allah'a Söz Verdim</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055011567</t>
+          <t>9786059780353</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aklımın Odaları</t>
+          <t>Aklım Pembe Kalbim Yeşil</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055011222</t>
+          <t>9786059780681</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Rengi</t>
+          <t>Sıra Dışı Bir Yaşam İçin Harekete Geçin</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059780438</t>
+          <t>9786059780537</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Derdin Derinse Allah Kerim</t>
+          <t>Yağmur Toprak'a Kavuşur mu?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055011505</t>
+          <t>9786055011659</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sesiyle Tekamüle Yolculuk</t>
+          <t>Pes Etme Tut Hayatın Ortasından</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055011499</t>
+          <t>9786055011567</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yeniden Doğunca Güzel</t>
+          <t>Aklımın Odaları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055011444</t>
+          <t>9786055011222</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Seti (5 Kitap Takım)</t>
+          <t>Güneşin Rengi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>131</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055011581</t>
+          <t>9786059780438</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Kadın</t>
+          <t>Derdin Derinse Allah Kerim</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059780094</t>
+          <t>9786055011505</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Senin Elinde</t>
+          <t>Ruhun Sesiyle Tekamüle Yolculuk</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059780407</t>
+          <t>9786055011499</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Hayat Yeniden Doğunca Güzel</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>7.87</v>
+        <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059780124</t>
+          <t>9786055011444</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tedavi Bioenerji</t>
+          <t>Mevlana Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>22</v>
+        <v>131</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9788789695617</t>
+          <t>9786055011581</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk Seti (3 Kitap Takım)</t>
+          <t>Balkondaki Kadın</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>59</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9788789695358</t>
+          <t>9786059780094</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aksiyon Romanları (6 Kitap Takım)</t>
+          <t>Cennetin Anahtarı Senin Elinde</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>515</v>
+        <v>27</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9788789695457</t>
+          <t>9786059780407</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (3 Kitap Takım)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>564</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9788789695389</t>
+          <t>9786059780124</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Aşk Seti (4 Kitap Takım)</t>
+          <t>Mucizevi Tedavi Bioenerji</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>202</v>
+        <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9788789695433</t>
+          <t>9788789695617</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Seti (5 Kitap Takım)</t>
+          <t>Tutkulu Aşk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>783</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9788789695631</t>
+          <t>9788789695358</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa Seti (3 Kitap Takım)</t>
+          <t>Aksiyon Romanları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>327</v>
+        <v>515</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055011079</t>
+          <t>9788789695457</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Cilt Bakımı</t>
+          <t>Tarih Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>18</v>
+        <v>564</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055011093</t>
+          <t>9788789695389</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Öyküler</t>
+          <t>Tehlikeli Aşk Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>29</v>
+        <v>202</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058816022</t>
+          <t>9788789695433</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
+          <t>Tasavvuf Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12</v>
+        <v>783</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9788789695501</t>
+          <t>9788789695631</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Gerilim Romanları Seti (3 Kitap Takım)</t>
+          <t>Teşkilat-ı Mahsusa Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>161</v>
+        <v>327</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9788789695303</t>
+          <t>9786055011079</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Klasikler Seti (6 Kitap Takım)</t>
+          <t>Güzellik ve Cilt Bakımı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>291</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052690888</t>
+          <t>9786055011093</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İpek Böceğim</t>
+          <t>Sıcacık Öyküler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052690925</t>
+          <t>9786058816022</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Murat Tunalı Seti (5 Kitap Takım)</t>
+          <t>Kuran'da Hz. İsa ve Hz. Meryem</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>118</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052690949</t>
+          <t>9788789695501</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Serisi (5 Kitap)</t>
+          <t>Gerilim Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>124</v>
+        <v>161</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052690895</t>
+          <t>9788789695303</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seri (5 Kitap Takım)</t>
+          <t>Klasikler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>458</v>
+        <v>291</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055394110</t>
+          <t>9786052690888</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Düşündüren Öyküler</t>
+          <t>İpek Böceğim</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>15.6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052690826</t>
+          <t>9786052690925</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Murat Tunalı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>142</v>
+        <v>118</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052695241</t>
+          <t>9786052690949</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Kurt</t>
+          <t>Kişisel Gelişim Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>249</v>
+        <v>124</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052695258</t>
+          <t>9786052690895</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kukla Ustası</t>
+          <t>Sherlock Holmes Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>429</v>
+        <v>458</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052695265</t>
+          <t>9786055394110</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolu</t>
+          <t>Mevlana'dan Düşündüren Öyküler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>249</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052695234</t>
+          <t>9786052690826</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Yaklaşırken</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>349</v>
+        <v>142</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052695227</t>
+          <t>9786052695241</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçi Elif</t>
+          <t>Bir Yalnız Kurt</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052695203</t>
+          <t>9786052695258</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Planla Rahat Yaşa</t>
+          <t>Kukla Ustası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>269</v>
+        <v>429</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052695180</t>
+          <t>9786052695265</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Mutluluk Yolu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>159</v>
+        <v>249</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052695166</t>
+          <t>9786052695234</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bana Güven</t>
+          <t>Fırtına Yaklaşırken</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>369</v>
+        <v>349</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052695210</t>
+          <t>9786052695227</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Başaranlar Kulübü</t>
+          <t>Gurbetçi Elif</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052695197</t>
+          <t>9786052695203</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gök Kubbe Yanarken</t>
+          <t>Planla Rahat Yaşa</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>298</v>
+        <v>269</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052695173</t>
+          <t>9786052695180</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>39 Basamak</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>369</v>
+        <v>159</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052694572</t>
+          <t>9786052695166</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>5 N 1 Kalite</t>
+          <t>Bana Güven</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>279</v>
+        <v>369</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052694657</t>
+          <t>9786052695210</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>Başaranlar Kulübü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>239</v>
+        <v>199</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052694534</t>
+          <t>9786052695197</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan ve 18 Öykü Daha</t>
+          <t>Gök Kubbe Yanarken</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>149</v>
+        <v>298</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052694558</t>
+          <t>9786052695173</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar ve 19 Öykü Daha</t>
+          <t>20</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>149</v>
+        <v>369</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052694565</t>
+          <t>9786052694572</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Baskını</t>
+          <t>5 N 1 Kalite</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>264</v>
+        <v>279</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052694541</t>
+          <t>9786052694657</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hancının Karısı ve 12 Öykü Daha</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052694503</t>
+          <t>9786052694534</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Son Yolcu</t>
+          <t>Şahmerdan ve 18 Öykü Daha</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>419</v>
+        <v>149</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052694497</t>
+          <t>9786052694558</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Babanın Günahları</t>
+          <t>Son Kuşlar ve 19 Öykü Daha</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>379</v>
+        <v>149</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052694480</t>
+          <t>9786052694565</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gösterecek</t>
+          <t>Kıbrıs Baskını</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>399</v>
+        <v>264</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052694527</t>
+          <t>9786052694541</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Eşim</t>
+          <t>Hancının Karısı ve 12 Öykü Daha</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>209</v>
+        <v>149</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052694473</t>
+          <t>9786052694503</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Enneagram</t>
+          <t>Son Yolcu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>199</v>
+        <v>419</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052694510</t>
+          <t>9786052694497</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum Deme İnanırım</t>
+          <t>Babanın Günahları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>279</v>
+        <v>379</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052692295</t>
+          <t>9786052694480</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çok Kullanılmış Kalpler Dükkanı - Kilitli Kitap</t>
+          <t>Zaman Gösterecek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>399</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052692110</t>
+          <t>9786052694527</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Eşsiz Eşim</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>229</v>
+        <v>209</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052690772</t>
+          <t>9786052694473</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kendini Fark Et</t>
+          <t>Sınırsız Enneagram</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052690345</t>
+          <t>9786052694510</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Dokunmayın Portakalime</t>
+          <t>Seviyorum Deme İnanırım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>239</v>
+        <v>279</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059514286</t>
+          <t>9786052692295</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresinden Kurtul</t>
+          <t>Çok Kullanılmış Kalpler Dükkanı - Kilitli Kitap</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>207</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052690369</t>
+          <t>9786052692110</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yürüyüş Ahçik</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>129</v>
+        <v>229</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059514545</t>
+          <t>9786052690772</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Renkli Fikir Kumbaram</t>
+          <t>Kendini Fark Et</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>176</v>
+        <v>129</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059514385</t>
+          <t>9786052690345</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Dokunmayın Portakalime</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>329</v>
+        <v>239</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059514415</t>
+          <t>9786059514286</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Sınav Stresinden Kurtul</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>268</v>
+        <v>207</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059514170</t>
+          <t>9786052690369</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Son Türkmen</t>
+          <t>Sessiz Yürüyüş Ahçik</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>309</v>
+        <v>129</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786056204739</t>
+          <t>9786059514545</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kadını Yönetme Sanatı</t>
+          <t>Renkli Fikir Kumbaram</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055394455</t>
+          <t>9786059514385</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Salladım Tuttu</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>156</v>
+        <v>329</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055011161</t>
+          <t>9786059514415</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kurulmamış Hayaller</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>349</v>
+        <v>268</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055011208</t>
+          <t>9786059514170</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Atlası</t>
+          <t>Son Türkmen</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>207</v>
+        <v>309</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786058148345</t>
+          <t>9786056204739</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İslamı Kur'an'dan Okumak</t>
+          <t>Kadını Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>202</v>
+        <v>169</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059780810</t>
+          <t>9786055394455</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Ödev Yaşatmak İbadet</t>
+          <t>Salladım Tuttu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>116</v>
+        <v>156</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052690437</t>
+          <t>9786055011161</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Büyük Baba</t>
+          <t>Kurulmamış Hayaller</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>142</v>
+        <v>349</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059514491</t>
+          <t>9786055011208</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim (Ciltli)</t>
+          <t>Lezzet Atlası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>168</v>
+        <v>207</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059780667</t>
+          <t>9786058148345</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya İle Başım Dertte</t>
+          <t>İslamı Kur'an'dan Okumak</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>103</v>
+        <v>202</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059780872</t>
+          <t>9786059780810</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıldırmış Olmalı</t>
+          <t>Yaşamak Ödev Yaşatmak İbadet</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>181</v>
+        <v>116</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059780995</t>
+          <t>9786052690437</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sorumluluk Eğitimi</t>
+          <t>Büyük Baba</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>116</v>
+        <v>142</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059780599</t>
+          <t>9786059514491</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Anneme Söz Verdim (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>387</v>
+        <v>168</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059780186</t>
+          <t>9786059780667</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Neden Varsın - Küçük Kıyamet</t>
+          <t>Sosyal Medya İle Başım Dertte</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>142</v>
+        <v>103</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9788789695471</t>
+          <t>9786059780872</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam Seti (3 Kitap Takım)</t>
+          <t>Aşk Çıldırmış Olmalı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>516</v>
+        <v>181</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9788789695464</t>
+          <t>9786059780995</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Seti (3 Kitap Takım)</t>
+          <t>Ailede Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>616</v>
+        <v>116</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052691908</t>
+          <t>9786059780599</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bukre Kalp</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>387</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9788789695532</t>
+          <t>9786059780186</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Set (5 Kitap Takım)</t>
+          <t>Neden Varsın - Küçük Kıyamet</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>762</v>
+        <v>142</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052691403</t>
+          <t>9788789695471</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dilek Cesur (4 Kitap Takım)</t>
+          <t>Sağlıklı Yaşam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1256</v>
+        <v>516</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052690666</t>
+          <t>9788789695464</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçmedim</t>
+          <t>Osmanlı Tarihi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>349</v>
+        <v>616</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052691144</t>
+          <t>9786052691908</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Bukre Kalp</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>194</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052690864</t>
+          <t>9788789695532</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarımcısının El Kitabı</t>
+          <t>Kişisel Gelişim Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>199</v>
+        <v>762</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>8689887457453</t>
+          <t>9786052691403</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ajanda</t>
+          <t>Dilek Cesur (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>359</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052694459</t>
+          <t>9786052690666</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevdiğin Üzer</t>
+          <t>Asla Vazgeçmedim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>189</v>
+        <v>349</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052694466</t>
+          <t>9786052691144</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>2025 Kehanetlerim</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>149</v>
+        <v>194</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052694428</t>
+          <t>9786052690864</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Affet Sev Yaşa</t>
+          <t>Osmanlı Tarımcısının El Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>289</v>
+        <v>199</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052694435</t>
+          <t>8689887457453</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İstila 2</t>
+          <t>Zamansız Ajanda</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>310</v>
+        <v>359</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052694404</t>
+          <t>9786052694459</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tembel Dahinin El Kitabı</t>
+          <t>En Çok Sevdiğin Üzer</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>259</v>
+        <v>189</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052694442</t>
+          <t>9786052694466</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>40 Soruda İlişkileri Yönetme Sanatı</t>
+          <t>2025 Kehanetlerim</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052694411</t>
+          <t>9786052694428</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızları</t>
+          <t>Affet Sev Yaşa</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>249</v>
+        <v>289</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052694398</t>
+          <t>9786052694435</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>İstila 2</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>349</v>
+        <v>310</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052694381</t>
+          <t>9786052694404</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Neyi Konuşursan O Çoğalır</t>
+          <t>Tembel Dahinin El Kitabı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>139</v>
+        <v>259</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052694374</t>
+          <t>9786052694442</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Alfa</t>
+          <t>40 Soruda İlişkileri Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052694367</t>
+          <t>9786052694411</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Çocuk Hırsızları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>309</v>
+        <v>249</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052694350</t>
+          <t>9786052694398</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Gölge Adam</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052694299</t>
+          <t>9786052694381</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Beden Dili</t>
+          <t>Neyi Konuşursan O Çoğalır</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052694091</t>
+          <t>9786052694374</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Osman Sungur Yeken (3 Kitap Kutulu)</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>927</v>
+        <v>249</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052693599</t>
+          <t>9786052694367</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes 5 Kitap Kutulu Set</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>855</v>
+        <v>309</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052693582</t>
+          <t>9786052694350</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çocuk Eğitimi Kutulu Set</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>687</v>
+        <v>349</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052694107</t>
+          <t>9786052694299</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Horror Story Kutulu 4 Kitap Set</t>
+          <t>60 Dakikada Güçlü Beden Dili</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>910</v>
+        <v>119</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052694114</t>
+          <t>9786052694091</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Kutulu 5 Kitap Set</t>
+          <t>Osman Sungur Yeken (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1250</v>
+        <v>927</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052694336</t>
+          <t>9786052693599</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Rehberim</t>
+          <t>Sherlock Holmes 5 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>189</v>
+        <v>855</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052694329</t>
+          <t>9786052693582</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Hafıza</t>
+          <t>Adım Adım Çocuk Eğitimi Kutulu Set</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>119</v>
+        <v>687</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052694282</t>
+          <t>9786052694107</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü İletişim</t>
+          <t>Horror Story Kutulu 4 Kitap Set</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>119</v>
+        <v>910</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052694305</t>
+          <t>9786052694114</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü İkna</t>
+          <t>Arsen Lüpen Kutulu 5 Kitap Set</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>119</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052694312</t>
+          <t>9786052694336</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>60 Dakikada Güçlü Dikkat</t>
+          <t>Rehberim</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052694275</t>
+          <t>9786052694329</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kil Mucizesi</t>
+          <t>60 Dakikada Güçlü Hafıza</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>229</v>
+        <v>119</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052694176</t>
+          <t>9786052694282</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kandırma</t>
+          <t>60 Dakikada Güçlü İletişim</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>299</v>
+        <v>119</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052694268</t>
+          <t>9786052694305</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Solomon</t>
+          <t>60 Dakikada Güçlü İkna</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>375</v>
+        <v>119</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052694251</t>
+          <t>9786052694312</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İlişkilere Dair Tılsımlı Cevaplar</t>
+          <t>60 Dakikada Güçlü Dikkat</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>245</v>
+        <v>119</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052694237</t>
+          <t>9786052694275</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Kil Mucizesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>369</v>
+        <v>229</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052694244</t>
+          <t>9786052694176</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Kendini Kandırma</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052694220</t>
+          <t>9786052694268</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Rota Yeniden Oluşturuluyor</t>
+          <t>Solomon</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>269</v>
+        <v>375</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052694213</t>
+          <t>9786052694251</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Sultan II. Mehmed</t>
+          <t>Aşk ve İlişkilere Dair Tılsımlı Cevaplar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>419</v>
+        <v>245</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052694190</t>
+          <t>9786052694237</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>379</v>
+        <v>369</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052694206</t>
+          <t>9786052694244</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052694169</t>
+          <t>9786052694220</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İnovatif ve Üretken Çocuklar Yetiştirmek</t>
+          <t>Rota Yeniden Oluşturuluyor</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>329</v>
+        <v>269</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052694183</t>
+          <t>9786052694213</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Ömrü Kadar Aşk</t>
+          <t>Cihan Fatihi Sultan II. Mehmed</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>389</v>
+        <v>419</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052694145</t>
+          <t>9786052694190</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Aile</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>225</v>
+        <v>379</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052694152</t>
+          <t>9786052694206</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yerli Diyet</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>309</v>
+        <v>319</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052694015</t>
+          <t>9786052694169</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>İnovatif ve Üretken Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>155</v>
+        <v>329</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052694077</t>
+          <t>9786052694183</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı Öyküler</t>
+          <t>Kelebek Ömrü Kadar Aşk</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>195</v>
+        <v>389</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052693124</t>
+          <t>9786052694145</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önceki Beyaz Ev Kutulu Set</t>
+          <t>Hayalimdeki Aile</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>1167</v>
+        <v>225</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052690963</t>
+          <t>9786052694152</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sana Da Bana Da Kanada</t>
+          <t>Yerli Diyet</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>309</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052694121</t>
+          <t>9786052694015</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>199</v>
+        <v>155</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052694084</t>
+          <t>9786052694077</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bir Bağımlının Başucu Notları</t>
+          <t>Bilinç Dışı Öyküler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>209</v>
+        <v>195</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052694060</t>
+          <t>9786052693124</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Bebek Bakımı ve Sağlığı</t>
+          <t>Tünelden Önceki Beyaz Ev Kutulu Set</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>209</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052694046</t>
+          <t>9786052690963</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Duan Varsa Duyan Var</t>
+          <t>Sana Da Bana Da Kanada</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>209</v>
+        <v>150</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052694022</t>
+          <t>9786052694121</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklerle Dans Et!</t>
+          <t>Komplo Teorileri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052694039</t>
+          <t>9786052694084</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklendir Dünyanı!</t>
+          <t>Bir Bağımlının Başucu Notları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>159</v>
+        <v>209</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052690529</t>
+          <t>9786052694060</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İzmler Sözlüğü</t>
+          <t>Hamilelik, Bebek Bakımı ve Sağlığı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>239</v>
+        <v>209</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052690536</t>
+          <t>9786052694046</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Sözlüğü</t>
+          <t>Duan Varsa Duyan Var</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>239</v>
+        <v>209</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052693988</t>
+          <t>9786052694022</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Cumhuriyet</t>
+          <t>Mandala - Renklerle Dans Et!</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>349</v>
+        <v>159</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052693995</t>
+          <t>9786052694039</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Beden Dili</t>
+          <t>Mandala - Renklendir Dünyanı!</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>279</v>
+        <v>159</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052694008</t>
+          <t>9786052690529</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tılsımları</t>
+          <t>İzmler Sözlüğü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052693971</t>
+          <t>9786052690536</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Fanusa Sıkışmış Hayatlar</t>
+          <t>Dinler Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>239</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052693889</t>
+          <t>9786052693988</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sana Kendimi Anlatsam</t>
+          <t>Teşkilat-ı Mahsusa - Cumhuriyet</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>309</v>
+        <v>349</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052693933</t>
+          <t>9786052693995</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ben Akıllanmam Doktor Sen Delir</t>
+          <t>Etkileyici Beden Dili</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052693940</t>
+          <t>9786052694008</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mucizemsin Aşkımsın</t>
+          <t>Aşkın Tılsımları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>319</v>
+        <v>149</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052693919</t>
+          <t>9786052693971</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Fanusa Sıkışmış Hayatlar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>249</v>
+        <v>180</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052693902</t>
+          <t>9786052693889</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Punta</t>
+          <t>Sana Kendimi Anlatsam</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>299</v>
+        <v>309</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052693957</t>
+          <t>9786052693933</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Ben Akıllanmam Doktor Sen Delir</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052693872</t>
+          <t>9786052693940</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Daha</t>
+          <t>Mucizemsin Aşkımsın</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>189</v>
+        <v>319</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052693841</t>
+          <t>9786052693919</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Neşter</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>255</v>
+        <v>249</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052693827</t>
+          <t>9786052693902</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Ayin</t>
+          <t>Punta</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>205</v>
+        <v>299</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052693834</t>
+          <t>9786052693957</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Çığlık</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>185</v>
+        <v>249</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052693858</t>
+          <t>9786052693872</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Horror Story - Ölüyü Uyandırma</t>
+          <t>Bir Gün Daha</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>265</v>
+        <v>189</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052693926</t>
+          <t>9786052693841</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Turneye</t>
+          <t>Horror Story - Neşter</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>289</v>
+        <v>255</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052693896</t>
+          <t>9786052693827</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sen Kim Olduğunu Zannediyorsun</t>
+          <t>Horror Story - Ayin</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>189</v>
+        <v>205</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052693865</t>
+          <t>9786052693834</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İstila 2030</t>
+          <t>Horror Story - Çığlık</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>310</v>
+        <v>185</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059780988</t>
+          <t>9786052693858</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Disiplin Teknikleri</t>
+          <t>Horror Story - Ölüyü Uyandırma</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>359</v>
+        <v>265</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052691328</t>
+          <t>9786052693926</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinize İngilizce Öğretin</t>
+          <t>Tarladan Turneye</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>209</v>
+        <v>289</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052690185</t>
+          <t>9786052693896</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Sen Kim Olduğunu Zannediyorsun</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>239</v>
+        <v>189</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052690192</t>
+          <t>9786052693865</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Sözlüğü</t>
+          <t>İstila 2030</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>239</v>
+        <v>310</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052693681</t>
+          <t>9786059780988</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyi Hisset</t>
+          <t>Çocuk Eğitiminde Pozitif Disiplin Teknikleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>259</v>
+        <v>359</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052693803</t>
+          <t>9786052691328</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Beni Sana Aşk Getirdi</t>
+          <t>Bebeğinize İngilizce Öğretin</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>309</v>
+        <v>209</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052693810</t>
+          <t>9786052690185</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kurt Ve Kız</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052693797</t>
+          <t>9786052690192</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gecesi-İmparatoryum</t>
+          <t>Sosyoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>207</v>
+        <v>239</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052693759</t>
+          <t>9786052693681</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ev</t>
+          <t>Kendini İyi Hisset</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>129</v>
+        <v>259</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052693780</t>
+          <t>9786052693803</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bukre -2</t>
+          <t>Beni Sana Aşk Getirdi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>279</v>
+        <v>309</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052693773</t>
+          <t>9786052693810</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ben Meryem - Hayallerime Bilet Var Mı?</t>
+          <t>Kurt Ve Kız</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>335</v>
+        <v>189</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052693735</t>
+          <t>9786052693797</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Şok</t>
+          <t>Kurt Gecesi-İmparatoryum</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>309</v>
+        <v>207</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052693742</t>
+          <t>9786052693759</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Leblebi Tozu</t>
+          <t>Mavi Ev</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>279</v>
+        <v>129</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052693766</t>
+          <t>9786052693780</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları</t>
+          <t>Bukre -2</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052693711</t>
+          <t>9786052693773</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Fücur</t>
+          <t>Ben Meryem - Hayallerime Bilet Var Mı?</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>319</v>
+        <v>335</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052691441</t>
+          <t>9786052693735</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Sözlüğü</t>
+          <t>Şeytan Şok</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>239</v>
+        <v>309</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052691731</t>
+          <t>9786052693742</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığı</t>
+          <t>Leblebi Tozu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052693421</t>
+          <t>9786052693766</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Tıbbıyla Sağlıklı Yaşam Seti</t>
+          <t>Milli Mücadele Kahramanları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>687</v>
+        <v>299</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052693704</t>
+          <t>9786052693711</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Şahane Bir Şeydir</t>
+          <t>Fücur</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>199</v>
+        <v>319</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052693605</t>
+          <t>9786052691441</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Soru Nasıl Sorulur?</t>
+          <t>Türk Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052693698</t>
+          <t>9786052691731</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Buluş Kendinle</t>
+          <t>Hikaye Anlatıcılığı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052693674</t>
+          <t>9786052693421</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Yemekler</t>
+          <t>İbn-i Sina Tıbbıyla Sağlıklı Yaşam Seti</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>595</v>
+        <v>687</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052693667</t>
+          <t>9786052693704</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Hikayem Var</t>
+          <t>Evlilik Şahane Bir Şeydir</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052693636</t>
+          <t>9786052693605</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sen Yanlış Değilsin</t>
+          <t>Soru Nasıl Sorulur?</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052693629</t>
+          <t>9786052693698</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Buluş Kendinle</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>159</v>
+        <v>209</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052693650</t>
+          <t>9786052693674</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Duan Kadar Varsın</t>
+          <t>Hayalimdeki Yemekler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>239</v>
+        <v>595</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052693506</t>
+          <t>9786052693667</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Cevaplar</t>
+          <t>Benim Bir Hikayem Var</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>235</v>
+        <v>189</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052692257</t>
+          <t>9786052693636</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önce Beyaz Ev (Ciltli)</t>
+          <t>Sen Yanlış Değilsin</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>375</v>
+        <v>199</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052693483</t>
+          <t>9786052693629</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçgüdüsü</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>199</v>
+        <v>159</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052693469</t>
+          <t>9786052693650</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Merhamet Eğitimi</t>
+          <t>Duan Kadar Varsın</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052693445</t>
+          <t>9786052693506</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kurulurken Kütüphane Okuyan Adam</t>
+          <t>Tılsımlı Cevaplar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>219</v>
+        <v>235</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052693438</t>
+          <t>9786052692257</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bilim</t>
+          <t>Tünelden Önce Beyaz Ev (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>249</v>
+        <v>375</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052693452</t>
+          <t>9786052693483</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Karakter Eğitimi</t>
+          <t>Mutluluk İçgüdüsü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052693476</t>
+          <t>9786052693469</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Davranış Eğitimi</t>
+          <t>Adım Adım Merhamet Eğitimi</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052693414</t>
+          <t>9786052693445</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Korku Günlüğü</t>
+          <t>Cumhuriyet Kurulurken Kütüphane Okuyan Adam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052693322</t>
+          <t>9786052693438</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı Öyküler – Sulu/Boya</t>
+          <t>Karanlık Bilim</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>195</v>
+        <v>249</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052693407</t>
+          <t>9786052693452</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>2023 Kehanetlerim</t>
+          <t>Adım Adım Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>69</v>
+        <v>229</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052693391</t>
+          <t>9786052693476</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetname</t>
+          <t>Adım Adım Davranış Eğitimi</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052693377</t>
+          <t>9786052693414</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Plansız Aşk ve İntikam</t>
+          <t>Korku Günlüğü</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>209</v>
+        <v>189</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052693384</t>
+          <t>9786052693322</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Marge</t>
+          <t>Bilinç Dışı Öyküler – Sulu/Boya</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>249</v>
+        <v>195</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052693353</t>
+          <t>9786052693407</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İki Ameliyat Arası</t>
+          <t>2023 Kehanetlerim</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>199</v>
+        <v>69</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052693216</t>
+          <t>9786052693391</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052693339</t>
+          <t>9786052693377</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Şahzade</t>
+          <t>Plansız Aşk ve İntikam</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052693360</t>
+          <t>9786052693384</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Öyküleriyle Ayasofya</t>
+          <t>Marge</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052693346</t>
+          <t>9786052693353</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İyilik Sende Kalsın</t>
+          <t>İki Ameliyat Arası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052693179</t>
+          <t>9786052693216</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Platin Nefes Egzersizleri</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052693186</t>
+          <t>9786052693339</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Bilgeliğinde Sağlıklı Beslenme</t>
+          <t>Şahzade</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>229</v>
+        <v>207</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052693162</t>
+          <t>9786052693360</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Atölyesi</t>
+          <t>Konstantiniyye Öyküleriyle Ayasofya</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052693131</t>
+          <t>9786052693346</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Politik Psikoloji Sözlüğü</t>
+          <t>İyilik Sende Kalsın</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052693100</t>
+          <t>9786052693179</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yangın Var</t>
+          <t>Platin Nefes Egzersizleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052693117</t>
+          <t>9786052693186</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>İbn-i Sina Bilgeliğinde Sağlıklı Beslenme</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>389</v>
+        <v>229</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052693087</t>
+          <t>9786052693162</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hey Ben Yanlık</t>
+          <t>Kırık Kalpler Atölyesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>159</v>
+        <v>249</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052692813</t>
+          <t>9786052693131</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Bilgeliğinde Şifalı Bitkiler</t>
+          <t>Politik Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052692806</t>
+          <t>9786052693100</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina Bilgeliğinde Sağlıklı Yaşam</t>
+          <t>Yangın Var</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>229</v>
+        <v>179</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052691632</t>
+          <t>9786052693117</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İlişikiler Sözlüğü</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>239</v>
+        <v>389</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052690840</t>
+          <t>9786052693087</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Evet Demeden Önce</t>
+          <t>Hey Ben Yanlık</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052693094</t>
+          <t>9786052692813</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>İbn-i Sina Bilgeliğinde Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>389</v>
+        <v>229</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052692790</t>
+          <t>9786052692806</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kalbin İki Yüzü</t>
+          <t>İbn-i Sina Bilgeliğinde Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052692776</t>
+          <t>9786052691632</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Boşluk</t>
+          <t>Aşk ve İlişikiler Sözlüğü</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052692769</t>
+          <t>9786052690840</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>Evet Demeden Önce</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>389</v>
+        <v>149</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052692752</t>
+          <t>9786052693094</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kelebek Sevdim</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>209</v>
+        <v>389</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052692738</t>
+          <t>9786052692790</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Allah Diyen Pense</t>
+          <t>Kalbin İki Yüzü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>319</v>
+        <v>219</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052692660</t>
+          <t>9786052692776</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İffet Hanım</t>
+          <t>İçimdeki Boşluk</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052692684</t>
+          <t>9786052692769</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Fatih Zaman-ı Veladet</t>
+          <t>Aramızda</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>268</v>
+        <v>389</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052692622</t>
+          <t>9786052692752</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Vekalet Savaşları Ve Hibrit Harekat</t>
+          <t>Ben Bir Kelebek Sevdim</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>249</v>
+        <v>209</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052692653</t>
+          <t>9786052692738</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Prens Çıplak</t>
+          <t>Allah Diyen Pense</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>239</v>
+        <v>319</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052692677</t>
+          <t>9786052692660</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kısmetse Olur</t>
+          <t>İffet Hanım</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>309</v>
+        <v>259</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052692530</t>
+          <t>9786052692684</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Fatih Zaman-ı Veladet</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>129</v>
+        <v>268</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052692523</t>
+          <t>9786052692622</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Vekalet Savaşları Ve Hibrit Harekat</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>139</v>
+        <v>249</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052692592</t>
+          <t>9786052692653</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Prens Çıplak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>95</v>
+        <v>239</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052692516</t>
+          <t>9786052692677</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Kısmetse Olur</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>139</v>
+        <v>309</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052692554</t>
+          <t>9786052692530</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>89</v>
+        <v>129</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052692561</t>
+          <t>9786052692523</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>99</v>
+        <v>139</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052692615</t>
+          <t>9786052692592</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Esirleri</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>189</v>
+        <v>95</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052692639</t>
+          <t>9786052692516</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hadi İnşallah</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>309</v>
+        <v>139</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052692646</t>
+          <t>9786052692554</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Beni Bana Bırakma Allahım</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>199</v>
+        <v>89</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052692608</t>
+          <t>9786052692561</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Olaylar</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>275</v>
+        <v>99</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052692509</t>
+          <t>9786052692615</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Seyhan</t>
+          <t>Karanlığın Esirleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>279</v>
+        <v>189</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052692462</t>
+          <t>9786052692639</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yogası ve Güzellik Sırları</t>
+          <t>Hadi İnşallah</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>480</v>
+        <v>309</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052692356</t>
+          <t>9786052692646</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Lethe - Parçalanmış</t>
+          <t>Beni Bana Bırakma Allahım</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052692479</t>
+          <t>9786052692608</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Gizemli Olaylar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>239</v>
+        <v>275</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052692486</t>
+          <t>9786052692509</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Katı</t>
+          <t>Seyhan</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>389</v>
+        <v>279</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052692349</t>
+          <t>9786052692462</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dosyalar-Gizemli Kayıplar</t>
+          <t>Yüz Yogası ve Güzellik Sırları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>249</v>
+        <v>480</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052692325</t>
+          <t>9786052692356</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Gizemli Anıları</t>
+          <t>Lethe - Parçalanmış</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052692332</t>
+          <t>9786052692479</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kadınları</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052692301</t>
+          <t>9786052692486</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Üzülme</t>
+          <t>Bodrum Katı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>290</v>
+        <v>389</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052692318</t>
+          <t>9786052692349</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Kadınım</t>
+          <t>Karanlık Dosyalar-Gizemli Kayıplar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052692288</t>
+          <t>9786052692325</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ayperi</t>
+          <t>Bir Terapistin Gizemli Anıları</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052692264</t>
+          <t>9786052692332</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ya Olduğun Gibi Görün</t>
+          <t>Hayatın Kadınları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>137</v>
+        <v>249</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052692202</t>
+          <t>9786052692301</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri</t>
+          <t>Benim İçin Üzülme</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>219</v>
+        <v>290</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052692165</t>
+          <t>9786052692318</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa</t>
+          <t>İyi ki Kadınım</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052692134</t>
+          <t>9786052692288</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir Diğer Mustafa</t>
+          <t>Ayperi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>159</v>
+        <v>349</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052692158</t>
+          <t>9786052692264</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çakabey</t>
+          <t>Ya Olduğun Gibi Görün</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>253</v>
+        <v>137</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052692141</t>
+          <t>9786052692202</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dosyalar: Çözülmüş Vakalar</t>
+          <t>Korku Hikayeleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052692127</t>
+          <t>9786052692165</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Haremde İktidar Savaşları</t>
+          <t>Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052692103</t>
+          <t>9786052692134</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Şifa</t>
+          <t>Bir Diğer Mustafa</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>259</v>
+        <v>159</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052692097</t>
+          <t>9786052692158</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikiyatristin Sinema Defteri</t>
+          <t>Çakabey</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>299</v>
+        <v>253</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052692080</t>
+          <t>9786052692141</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sizin İçinizde</t>
+          <t>Karanlık Dosyalar: Çözülmüş Vakalar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052692073</t>
+          <t>9786052692127</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Hikayeler</t>
+          <t>Haremde İktidar Savaşları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>259</v>
+        <v>239</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052692066</t>
+          <t>9786052692103</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Zihninizde</t>
+          <t>Kuantum Şifa</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>229</v>
+        <v>259</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052692042</t>
+          <t>9786052692097</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Elinizde</t>
+          <t>Bir Psikiyatristin Sinema Defteri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052692035</t>
+          <t>9786052692080</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Mutluluk Sizin İçinizde</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>309</v>
+        <v>199</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052692059</t>
+          <t>9786052692073</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kalbinizde</t>
+          <t>Bilgece Hikayeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>229</v>
+        <v>259</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052692028</t>
+          <t>9786052692066</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Öyküler</t>
+          <t>Mutluluk Zihninizde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>289</v>
+        <v>229</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052692004</t>
+          <t>9786052692042</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
+          <t>Mutluluk Elinizde</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>305</v>
+        <v>229</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052691991</t>
+          <t>9786052692035</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Obüs Patlaması - Arsen Lüpen</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>255</v>
+        <v>309</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052692011</t>
+          <t>9786052692059</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Ev - Arsen Lüpen</t>
+          <t>Mutluluk Kalbinizde</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>260</v>
+        <v>229</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052691977</t>
+          <t>9786052692028</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Gezgin Öyküler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>245</v>
+        <v>289</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052691984</t>
+          <t>9786052692004</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Altın Üçgen - Arsen Lüpen</t>
+          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>275</v>
+        <v>305</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052691960</t>
+          <t>9786052691991</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Saat Tam Sekizde - Arsen Lüpen</t>
+          <t>Obüs Patlaması - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052691953</t>
+          <t>9786052692011</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tünelden Önceki Beyaz Ev</t>
+          <t>Esrarengiz Ev - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>389</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052691724</t>
+          <t>9786052691977</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>To Me Manques - Bende Eksiksin</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>219</v>
+        <v>245</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052691878</t>
+          <t>9786052691984</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kır Papatyası</t>
+          <t>Altın Üçgen - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>329</v>
+        <v>275</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052691861</t>
+          <t>9786052691960</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Saat Tam Sekizde - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>349</v>
+        <v>215</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052691885</t>
+          <t>9786052691953</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Tünelden Önceki Beyaz Ev</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>249</v>
+        <v>389</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052691939</t>
+          <t>9786052691724</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Araz</t>
+          <t>To Me Manques - Bende Eksiksin</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>139</v>
+        <v>219</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052691779</t>
+          <t>9786052691878</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Emanet Ol Furkan</t>
+          <t>Kır Papatyası</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>149</v>
+        <v>329</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052691922</t>
+          <t>9786052691861</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Susacak Var</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>369</v>
+        <v>349</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052691892</t>
+          <t>9786052691885</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052691915</t>
+          <t>9786052691939</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kıyısızlar</t>
+          <t>Araz</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>249</v>
+        <v>139</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052691946</t>
+          <t>9786052691779</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzyılın Prensesi</t>
+          <t>Allah'a Emanet Ol Furkan</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052691755</t>
+          <t>9786052691922</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Susacak Var</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>309</v>
+        <v>369</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052691748</t>
+          <t>9786052691892</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yalnızım Çünkü Sen Varsın</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052691847</t>
+          <t>9786052691915</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Simru</t>
+          <t>Kıyısızlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052691830</t>
+          <t>9786052691946</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka</t>
+          <t>Kayıp Yüzyılın Prensesi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>239</v>
+        <v>179</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052691762</t>
+          <t>9786052691755</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bukre</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>379</v>
+        <v>309</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052691809</t>
+          <t>9786052691748</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Yalnızım Çünkü Sen Varsın</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>349</v>
+        <v>229</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052691816</t>
+          <t>9786052691847</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İki Söz</t>
+          <t>Simru</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>369</v>
+        <v>259</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052691823</t>
+          <t>9786052691830</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>Bambaşka</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>389</v>
+        <v>239</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052691793</t>
+          <t>9786052691762</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçtim</t>
+          <t>Bukre</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>209</v>
+        <v>379</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052691854</t>
+          <t>9786052691809</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Kal</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>359</v>
+        <v>349</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052691786</t>
+          <t>9786052691816</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>İki Söz</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>379</v>
+        <v>369</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052691670</t>
+          <t>9786052691823</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>209</v>
+        <v>389</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052691663</t>
+          <t>9786052691793</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Vazgeçtim</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>89</v>
+        <v>209</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052691656</t>
+          <t>9786052691854</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Aşkla Kal</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>89</v>
+        <v>359</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052691694</t>
+          <t>9786052691786</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>239</v>
+        <v>379</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052691687</t>
+          <t>9786052691670</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>349</v>
+        <v>209</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052691649</t>
+          <t>9786052691663</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gelinim</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>369</v>
+        <v>89</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052691717</t>
+          <t>9786052691656</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Siyah Pantolon</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>335</v>
+        <v>89</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9788789695341</t>
+          <t>9786052691694</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Macera Seti (5 Kitap Takım)</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>579</v>
+        <v>239</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9788789695426</t>
+          <t>9786052691687</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Medya Seti (3 Kitap Takım)</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>550</v>
+        <v>349</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9788789695372</t>
+          <t>9786052691649</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Romantik Aşk Seti (4 Kitap Takım)</t>
+          <t>Gelinim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>627</v>
+        <v>369</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9788789695556</t>
+          <t>9786052691717</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İyilere İnanmak Seti (3 Kitap Takım)</t>
+          <t>Siyah Pantolon</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>295</v>
+        <v>335</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9788789695594</t>
+          <t>9788789695341</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Araştırma Seti (3 Kitap Takım)</t>
+          <t>Macera Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>612</v>
+        <v>579</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9788789695600</t>
+          <t>9788789695426</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Romanları Seti (3 Kitap Takım)</t>
+          <t>Medya Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>525</v>
+        <v>550</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9788789695334</t>
+          <t>9788789695372</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Aşk Serüveni Seti (3 Kitap</t>
+          <t>Romantik Aşk Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>451</v>
+        <v>627</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9788789695365</t>
+          <t>9788789695556</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gerilim Seti (5 Kitap Takım)</t>
+          <t>İyilere İnanmak Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>696</v>
+        <v>295</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9788789695419</t>
+          <t>9788789695594</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitim Seti (4 Kitap Takım)</t>
+          <t>Tarih - Araştırma Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>753</v>
+        <v>612</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9788789695396</t>
+          <t>9788789695600</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Sevda Seti (3 Kitap Takım)</t>
+          <t>Sevgi Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>459</v>
+        <v>525</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9788789695525</t>
+          <t>9788789695334</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Yaşam Seti (3 Kitap Takım)</t>
+          <t>Aşk Serüveni Seti (3 Kitap</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>473</v>
+        <v>451</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9788789695327</t>
+          <t>9788789695365</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk Seti (3 Kitap Takım)</t>
+          <t>Aşk ve Gerilim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>439</v>
+        <v>696</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9788789695563</t>
+          <t>9788789695419</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak (3 Kitap Takım)</t>
+          <t>Çocuk Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>265</v>
+        <v>753</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9788789695488</t>
+          <t>9788789695396</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Seti (3 Kitap Takım)</t>
+          <t>Bir Damla Sevda Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>459</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9788789695549</t>
+          <t>9788789695525</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aynası Seti (3 Kitap Takım)</t>
+          <t>Avrupa'da Yaşam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>465</v>
+        <v>473</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9788789695518</t>
+          <t>9788789695327</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Macera Roman Hikaye Set (3 Kitap Takım)</t>
+          <t>Aşka Yolculuk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>425</v>
+        <v>439</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052691564</t>
+          <t>9788789695563</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Erkeği Tanıma Sanatı</t>
+          <t>Aşık Olmak (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>289</v>
+        <v>265</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052691533</t>
+          <t>9788789695488</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Eğlence Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>269</v>
+        <v>459</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052691625</t>
+          <t>9788789695549</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Şeb - Güven Bana Serisi 2</t>
+          <t>Kalbin Aynası Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>349</v>
+        <v>465</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052691618</t>
+          <t>9788789695518</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Pedina - Güven Bana Serisi 1</t>
+          <t>Macera Roman Hikaye Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>359</v>
+        <v>425</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052691595</t>
+          <t>9786052691564</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Anneler de Gider</t>
+          <t>Kadın ve Erkeği Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052691519</t>
+          <t>9786052691533</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Sen</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>379</v>
+        <v>269</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052691557</t>
+          <t>9786052691625</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Hayatında Erol Güngör</t>
+          <t>Şeb - Güven Bana Serisi 2</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>339</v>
+        <v>349</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052691571</t>
+          <t>9786052691618</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi Sözlüğü</t>
+          <t>Pedina - Güven Bana Serisi 1</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>199</v>
+        <v>359</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052691489</t>
+          <t>9786052691595</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Adalet Bize Yeter</t>
+          <t>Bir Gün Anneler de Gider</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>279</v>
+        <v>229</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052691540</t>
+          <t>9786052691519</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>AB ile Türkiye Arasında Mülteciler</t>
+          <t>Bendeki Sen</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>249</v>
+        <v>379</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052691502</t>
+          <t>9786052691557</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Türk Düşünce Hayatında Erol Güngör</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>109</v>
+        <v>339</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052691526</t>
+          <t>9786052691571</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Unuttum Sanma</t>
+          <t>Siyaset Felsefesi Sözlüğü</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052691496</t>
+          <t>9786052691489</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Allah ve Adalet Bize Yeter</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>259</v>
+        <v>279</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052691465</t>
+          <t>9786052691540</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kadın Liderler</t>
+          <t>AB ile Türkiye Arasında Mülteciler</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>207</v>
+        <v>249</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052691472</t>
+          <t>9786052691502</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Samimi Niyet</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>199</v>
+        <v>109</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052691434</t>
+          <t>9786052691526</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Kış Yağdı</t>
+          <t>Unuttum Sanma</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052691458</t>
+          <t>9786052691496</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bugün Değilse Ne Zaman?</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>239</v>
+        <v>259</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052691410</t>
+          <t>9786052691465</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Hafiyesi (Ciltli)</t>
+          <t>Kadın Liderler</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>399</v>
+        <v>207</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052691427</t>
+          <t>9786052691472</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sevdalısı Atatürk</t>
+          <t>Samimi Niyet</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>309</v>
+        <v>199</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052691359</t>
+          <t>9786052691434</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Annemin Çocukluğunu Kim Yedi?</t>
+          <t>Yüreğime Kış Yağdı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052691397</t>
+          <t>9786052691458</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>Bugün Değilse Ne Zaman?</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>137</v>
+        <v>239</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052691380</t>
+          <t>9786052691410</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Gülümseten Hikayeler</t>
+          <t>Yeşilçam Hafiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052691373</t>
+          <t>9786052691427</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Hikayeleri</t>
+          <t>Vatan Sevdalısı Atatürk</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>249</v>
+        <v>309</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052691366</t>
+          <t>9786052691359</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Umut Hikayeleri</t>
+          <t>Annemin Çocukluğunu Kim Yedi?</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052691342</t>
+          <t>9786052691397</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bir Yüzü</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>249</v>
+        <v>137</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052691298</t>
+          <t>9786052691380</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar Özgürlük İster</t>
+          <t>Gülümseten Hikayeler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052691335</t>
+          <t>9786052691373</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Ölümsezen</t>
+          <t>Mutluluk Hikayeleri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052691274</t>
+          <t>9786052691366</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Gül</t>
+          <t>Umut Hikayeleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>296</v>
+        <v>249</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052691304</t>
+          <t>9786052691342</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Sözlüğü</t>
+          <t>Aşkın Bir Yüzü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052691311</t>
+          <t>9786052691298</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler</t>
+          <t>Kanatlar Özgürlük İster</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>369</v>
+        <v>219</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052691243</t>
+          <t>9786052691335</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hayat Apartmanı Kiracısı</t>
+          <t>Ölümsezen</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>239</v>
+        <v>149</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052691281</t>
+          <t>9786052691274</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>İçiyorsak Sebebi Var</t>
+          <t>Dikenli Gül</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>209</v>
+        <v>296</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052691236</t>
+          <t>9786052691304</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Ustası</t>
+          <t>Bilim ve Teknoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>179</v>
+        <v>239</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052691250</t>
+          <t>9786052691311</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ruhundaki Sırrı Keşfet</t>
+          <t>Paranormal Hikayeler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>129</v>
+        <v>369</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052691267</t>
+          <t>9786052691243</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>O Çocuk Senin - Aile Akademisi</t>
+          <t>Hayat Apartmanı Kiracısı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052691229</t>
+          <t>9786052691281</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Aileler Merhametli Çocuklar Yetiştirir</t>
+          <t>İçiyorsak Sebebi Var</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>319</v>
+        <v>209</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052691212</t>
+          <t>9786052691236</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Babası Yarası Olanlar</t>
+          <t>Yaşama Ustası</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052691205</t>
+          <t>9786052691250</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Alfabesi</t>
+          <t>Ruhundaki Sırrı Keşfet</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052691199</t>
+          <t>9786052691267</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Sarmalında Aşk</t>
+          <t>O Çocuk Senin - Aile Akademisi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052691014</t>
+          <t>9786052691229</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Hayatına Renk Kat!</t>
+          <t>Sabırlı Aileler Merhametli Çocuklar Yetiştirir</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>159</v>
+        <v>319</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052691113</t>
+          <t>9786052691212</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Renklerle Eğlen!</t>
+          <t>Babası Yarası Olanlar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052691120</t>
+          <t>9786052691205</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Yaşamını Renklendir!</t>
+          <t>Kalbimin Alfabesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052691182</t>
+          <t>9786052691199</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Boşlukta Hissediyorum</t>
+          <t>Tehlike Sarmalında Aşk</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>168</v>
+        <v>319</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052691175</t>
+          <t>9786052691014</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Başlat</t>
+          <t>Mandala - Hayatına Renk Kat!</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>349</v>
+        <v>159</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052691168</t>
+          <t>9786052691113</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Aşık Da Mı Olmayalım?</t>
+          <t>Mandala - Renklerle Eğlen!</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052691137</t>
+          <t>9786052691120</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Dinlemedim Başkasını Dinlediğim Kadar</t>
+          <t>Mandala - Yaşamını Renklendir!</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052691151</t>
+          <t>9786052691182</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Gemi</t>
+          <t>Kendimi Boşlukta Hissediyorum</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>246</v>
+        <v>168</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052691106</t>
+          <t>9786052691175</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun İçin En İyisini Seç</t>
+          <t>Kendini Yeniden Başlat</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>195</v>
+        <v>349</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052691090</t>
+          <t>9786052691168</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Çok Mübarek Putlar</t>
+          <t>Aşık Da Mı Olmayalım?</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>279</v>
+        <v>189</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052691083</t>
+          <t>9786052691137</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sufi’nin İmanı ve Kaderi</t>
+          <t>Kendimi Dinlemedim Başkasını Dinlediğim Kadar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052691052</t>
+          <t>9786052691151</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Kağıttan Gemi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>109</v>
+        <v>246</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052691021</t>
+          <t>9786052691106</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Çocuğun İçin En İyisini Seç</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>219</v>
+        <v>195</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052691076</t>
+          <t>9786052691090</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Tasavvufta Çok Mübarek Putlar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>99</v>
+        <v>279</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052691038</t>
+          <t>9786052691083</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Sufi’nin İmanı ve Kaderi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>209</v>
+        <v>179</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052691045</t>
+          <t>9786052691052</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052691069</t>
+          <t>9786052691021</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>89</v>
+        <v>219</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052691007</t>
+          <t>9786052691076</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Veda Ederken</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>309</v>
+        <v>99</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052690994</t>
+          <t>9786052691038</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Kaybettiğimiz Hayat</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>259</v>
+        <v>209</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052690987</t>
+          <t>9786052691045</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Türklerin Geleceği</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>239</v>
+        <v>99</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052690970</t>
+          <t>9786052691069</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Bülbülleri ve Çanakkale</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>359</v>
+        <v>89</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052690932</t>
+          <t>9786052691007</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bilal Civelek Seti (5 Kitap Takım)</t>
+          <t>Veda Ederken</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>1325</v>
+        <v>309</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052690918</t>
+          <t>9786052690994</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Set (3 Kitap Takım)</t>
+          <t>Yaşarken Kaybettiğimiz Hayat</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>583</v>
+        <v>259</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059780247</t>
+          <t>9786052690987</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Aileni Unutma</t>
+          <t>Avrupalı Türklerin Geleceği</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>219</v>
+        <v>239</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052690956</t>
+          <t>9786052690970</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Bulaşıcıdır</t>
+          <t>Gelibolu Bülbülleri ve Çanakkale</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>199</v>
+        <v>359</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052690833</t>
+          <t>9786052690932</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aynası Pozitif İletişim</t>
+          <t>Bilal Civelek Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>239</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052690819</t>
+          <t>9786052690918</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Önce Biz Yaşadık</t>
+          <t>Mevlana Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>349</v>
+        <v>583</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052690802</t>
+          <t>9786059780247</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kaos</t>
+          <t>Aileni Unutma</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>315</v>
+        <v>219</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052690796</t>
+          <t>9786052690956</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Yaşamak İstiyorum</t>
+          <t>Cesaret Bulaşıcıdır</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052690789</t>
+          <t>9786052690833</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Mucize</t>
+          <t>Kalbin Aynası Pozitif İletişim</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>379</v>
+        <v>239</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052690741</t>
+          <t>9786052690819</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sevda Kapısı</t>
+          <t>Önce Biz Yaşadık</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052690758</t>
+          <t>9786052690802</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Aklında Değil Kalbinde Tut</t>
+          <t>Kutsal Kaos</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>229</v>
+        <v>315</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052690765</t>
+          <t>9786052690796</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Susma! Konuş Çocuk</t>
+          <t>Kendimi Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>319</v>
+        <v>349</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052690734</t>
+          <t>9786052690789</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Anne Karnından Yuva Sıcağına</t>
+          <t>İçindeki Mucize</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>189</v>
+        <v>379</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052690727</t>
+          <t>9786052690741</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Geliştir Beynini</t>
+          <t>Sevda Kapısı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052690703</t>
+          <t>9786052690758</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Sözlüğü</t>
+          <t>Aklında Değil Kalbinde Tut</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052690871</t>
+          <t>9786052690765</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kitapları Seti (4 Kitap Takım)</t>
+          <t>Susma! Konuş Çocuk</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>996</v>
+        <v>319</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052690901</t>
+          <t>9786052690734</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Seti (4 Kitap Takım)</t>
+          <t>Anne Karnından Yuva Sıcağına</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>996</v>
+        <v>189</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052690697</t>
+          <t>9786052690727</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Günlüğü</t>
+          <t>Geliştir Beynini</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>299</v>
+        <v>159</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052690680</t>
+          <t>9786052690703</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Atatürk Sözlüğü</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052690673</t>
+          <t>9786052690871</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kolay Emzirme Teknikleri</t>
+          <t>Aşk Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>359</v>
+        <v>996</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052690659</t>
+          <t>9786052690901</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Şantaj - Çemberinde Aşk</t>
+          <t>Hikayeler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>319</v>
+        <v>996</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052690642</t>
+          <t>9786052690697</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Yalancının Mumu Aşkla Söner</t>
+          <t>Kelebeğin Günlüğü</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052690635</t>
+          <t>9786052690680</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Fettah - Esmalarla Yaşıyorum</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>195</v>
+        <v>249</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052690611</t>
+          <t>9786052690673</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>Kolay Emzirme Teknikleri</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052690604</t>
+          <t>9786052690659</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Şantaj - Çemberinde Aşk</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>379</v>
+        <v>319</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052690628</t>
+          <t>9786052690642</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ya Nasip</t>
+          <t>Yalancının Mumu Aşkla Söner</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>309</v>
+        <v>339</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052690581</t>
+          <t>9786052690635</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Yer Aç</t>
+          <t>Fettah - Esmalarla Yaşıyorum</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>239</v>
+        <v>195</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052690574</t>
+          <t>9786052690611</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Masal Tadında Bebek Yemekleri (Ciltli)</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>369</v>
+        <v>269</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052690567</t>
+          <t>9786052690604</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Seni Anlıyorum Anne</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>319</v>
+        <v>379</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052690550</t>
+          <t>9786052690628</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Ya Nasip</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>319</v>
+        <v>309</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052690505</t>
+          <t>9786052690581</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Yüreğinde Yer Aç</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>329</v>
+        <v>239</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052690512</t>
+          <t>9786052690574</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sussex Vampiri Macerası</t>
+          <t>Masal Tadında Bebek Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>199</v>
+        <v>369</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052690482</t>
+          <t>9786052690567</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Daima Yanında</t>
+          <t>Seni Anlıyorum Anne</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>219</v>
+        <v>319</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052690499</t>
+          <t>9786052690550</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Sabret Şükret Seyret</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>168</v>
+        <v>319</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052690444</t>
+          <t>9786052690505</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tıbbında Sağlıklı Yaşam</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>259</v>
+        <v>329</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052690420</t>
+          <t>9786052690512</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Hanım</t>
+          <t>Sherlock Holmes - Sussex Vampiri Macerası</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052690406</t>
+          <t>9786052690482</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Gelin</t>
+          <t>Mucizeler Daima Yanında</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>379</v>
+        <v>219</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052690376</t>
+          <t>9786052690499</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Esmaların Gizemi</t>
+          <t>Sabret Şükret Seyret</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>395</v>
+        <v>168</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052690383</t>
+          <t>9786052690444</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Seni Anlıyorum Çocuk</t>
+          <t>Osmanlı Tıbbında Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>299</v>
+        <v>259</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052690352</t>
+          <t>9786052690420</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Son Oyun</t>
+          <t>Zeynep Hanım</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>349</v>
+        <v>129</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052690338</t>
+          <t>9786052690406</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Allah Bilsin Yeter</t>
+          <t>Çiçek Gelin</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052690178</t>
+          <t>9786052690376</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sen Yanımda Ol Yeter</t>
+          <t>Esmaların Gizemi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>349</v>
+        <v>395</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052690246</t>
+          <t>9786052690383</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Sözlüğü</t>
+          <t>Seni Anlıyorum Çocuk</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052690208</t>
+          <t>9786052690352</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Teşkilat-ı Mahsusa - Son Oyun</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>329</v>
+        <v>349</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052690215</t>
+          <t>9786052690338</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Allah Bilsin Yeter</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>239</v>
+        <v>349</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052690239</t>
+          <t>9786052690178</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Sen Yanımda Ol Yeter</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>239</v>
+        <v>349</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052690222</t>
+          <t>9786052690246</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Osmanlı Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>329</v>
+        <v>239</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052690161</t>
+          <t>9786052690208</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>159</v>
+        <v>329</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052690147</t>
+          <t>9786052690215</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>149</v>
+        <v>239</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052690154</t>
+          <t>9786052690239</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052690123</t>
+          <t>9786052690222</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>189</v>
+        <v>329</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052690116</t>
+          <t>9786052690161</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786059514828</t>
+          <t>9786052690147</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>379</v>
+        <v>149</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059514835</t>
+          <t>9786052690154</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Biri Annelik mi Dedi?</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>163</v>
+        <v>189</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059514811</t>
+          <t>9786052690123</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadınlar Köyü</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>163</v>
+        <v>189</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786059514798</t>
+          <t>9786052690116</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Attila ve Hun İmparatorluğu</t>
+          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>379</v>
+        <v>169</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786059514583</t>
+          <t>9786059514828</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Her Gün İçin Canım Ailem Etkinlikleri</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>339</v>
+        <v>379</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059514576</t>
+          <t>9786059514835</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Ben Şaka Yapıyorum Millet Gerçek Sanıyor</t>
+          <t>Biri Annelik mi Dedi?</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059514569</t>
+          <t>9786059514811</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Sultan 2. Mehmed</t>
+          <t>Yalnız Kadınlar Köyü</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>259</v>
+        <v>163</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059514460</t>
+          <t>9786059514798</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Sesini Dinlemeyi Özledim</t>
+          <t>Attila ve Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>142</v>
+        <v>379</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059514378</t>
+          <t>9786059514583</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sende Allah’ım</t>
+          <t>Her Gün İçin Canım Ailem Etkinlikleri</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059514477</t>
+          <t>9786059514576</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bu Sözleri Sana Yazdım</t>
+          <t>Ben Şaka Yapıyorum Millet Gerçek Sanıyor</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>142</v>
+        <v>163</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059514392</t>
+          <t>9786059514569</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Fatih İstanbul'da</t>
+          <t>Cihan Fatihi Sultan 2. Mehmed</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059514453</t>
+          <t>9786059514460</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Akıl</t>
+          <t>Yüreğimin Sesini Dinlemeyi Özledim</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>289</v>
+        <v>142</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059514408</t>
+          <t>9786059514378</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Mete Han</t>
+          <t>Huzur Sende Allah’ım</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059514323</t>
+          <t>9786059514477</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Psikolojisi</t>
+          <t>Bu Sözleri Sana Yazdım</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>229</v>
+        <v>142</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059514361</t>
+          <t>9786059514392</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Terapi</t>
+          <t>Fatih İstanbul'da</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>289</v>
+        <v>159</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059514330</t>
+          <t>9786059514453</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Panik Yok! Ben Kanserim</t>
+          <t>Ruhsal Akıl</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>142</v>
+        <v>289</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059514309</t>
+          <t>9786059514408</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Tadında Hikayeler</t>
+          <t>Mete Han</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059514293</t>
+          <t>9786059514323</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Sende Buldum</t>
+          <t>Mutluluğun Psikolojisi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059514316</t>
+          <t>9786059514361</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid</t>
+          <t>Ruhsal Terapi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059514224</t>
+          <t>9786059514330</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sigarayı Bırakabilirsin</t>
+          <t>Panik Yok! Ben Kanserim</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>194</v>
+        <v>142</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059514255</t>
+          <t>9786059514309</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Derin Devleti</t>
+          <t>Kurabiye Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>309</v>
+        <v>249</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059514279</t>
+          <t>9786059514293</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Sır Katibi</t>
+          <t>Aşkı Sende Buldum</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059514217</t>
+          <t>9786059514316</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Düşünce</t>
+          <t>Sultan 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786059514194</t>
+          <t>9786059514224</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Sınır Koyma Teknikleri</t>
+          <t>Sigarayı Bırakabilirsin</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>359</v>
+        <v>194</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059514187</t>
+          <t>9786059514255</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Tut Ellerimden Aşk</t>
+          <t>Abdülhamid'in Derin Devleti</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>249</v>
+        <v>309</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059514156</t>
+          <t>9786059514279</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kafi</t>
+          <t>Abdülhamid'in Sır Katibi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>349</v>
+        <v>259</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059514118</t>
+          <t>9786059514217</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Ruhsal Düşünce</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059514125</t>
+          <t>9786059514194</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi</t>
+          <t>Çocuk Eğitiminde Pozitif Sınır Koyma Teknikleri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>219</v>
+        <v>359</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059514095</t>
+          <t>9786059514187</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar</t>
+          <t>Tut Ellerimden Aşk</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059514088</t>
+          <t>9786059514156</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Damat</t>
+          <t>Kafi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>168</v>
+        <v>349</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059514040</t>
+          <t>9786059514118</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikolojisi</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059514064</t>
+          <t>9786059514125</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>İçimden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>319</v>
+        <v>219</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059514057</t>
+          <t>9786059514095</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Varlıklar ve Psikiyatrik Hastalıklar</t>
+          <t>Küçük Mutluluklar</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059514033</t>
+          <t>9786059514088</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başla</t>
+          <t>Damat</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>269</v>
+        <v>168</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059780582</t>
+          <t>9786059514040</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Uykusu</t>
+          <t>Genç Psikolojisi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059780940</t>
+          <t>9786059514064</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Azer ile Sezar</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>103</v>
+        <v>319</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059780933</t>
+          <t>9786059514057</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Farkında mısın?</t>
+          <t>Görünmeyen Varlıklar ve Psikiyatrik Hastalıklar</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>129</v>
+        <v>189</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059780971</t>
+          <t>9786059514033</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Aklı</t>
+          <t>Yeniden Başla</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>429</v>
+        <v>269</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059780889</t>
+          <t>9786059780582</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Arkandan El Sallamasın</t>
+          <t>Ölüm Uykusu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>194</v>
+        <v>249</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059780964</t>
+          <t>9786059780940</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinin Vicdanı: Cemil Meriç</t>
+          <t>Azer ile Sezar</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>329</v>
+        <v>103</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059780896</t>
+          <t>9786059780933</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa - Operasyon</t>
+          <t>Farkında mısın?</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>349</v>
+        <v>129</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059780902</t>
+          <t>9786059780971</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın</t>
+          <t>Kalbimin Aklı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>349</v>
+        <v>429</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059780834</t>
+          <t>9786059780889</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar (Ciltli)</t>
+          <t>Hayallerin Arkandan El Sallamasın</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>259</v>
+        <v>194</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059780780</t>
+          <t>9786059780964</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Düşman İstersen Şeytan Yeter (Nefis)</t>
+          <t>Türk Düşüncesinin Vicdanı: Cemil Meriç</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>40</v>
+        <v>329</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059780742</t>
+          <t>9786059780896</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkla Gel</t>
+          <t>Teşkilat-ı Mahsusa - Operasyon</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059780711</t>
+          <t>9786059780902</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kahve Muhabbetinde Aşk</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059780698</t>
+          <t>9786059780834</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Aş Olunca (Ciltli)</t>
+          <t>Paşam / Bu Topraklarda Güller Kırmızı Açar (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>550</v>
+        <v>259</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786059780483</t>
+          <t>9786059780780</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Bir Şey Yap</t>
+          <t>Düşman İstersen Şeytan Yeter (Nefis)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786055011437</t>
+          <t>9786059780742</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Takı</t>
+          <t>Bana Aşkla Gel</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>130</v>
+        <v>249</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059780506</t>
+          <t>9786059780711</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Çocuk Bağlar</t>
+          <t>Kahve Muhabbetinde Aşk</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>52</v>
+        <v>249</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059780469</t>
+          <t>9786059780698</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Kökleri - Ertuğrul Gazi</t>
+          <t>Hüzün Aş Olunca (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>239</v>
+        <v>550</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059780414</t>
+          <t>9786059780483</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Huzur Veren Hikayeler</t>
+          <t>Allah İçin Bir Şey Yap</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>169</v>
+        <v>59</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786059780360</t>
+          <t>9786055011437</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Sihirli Takı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>149</v>
+        <v>130</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052691588</t>
+          <t>9786059780506</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa Uyanıyor</t>
+          <t>İçindeki Çocuk Bağlar</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>349</v>
+        <v>52</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786059780384</t>
+          <t>9786059780469</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>El-İsra</t>
+          <t>Osmanlı'nın Kökleri - Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>29</v>
+        <v>239</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059780179</t>
+          <t>9786059780414</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Girmeden Beynimde İşin Ne?</t>
+          <t>Mevlana'dan Huzur Veren Hikayeler</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786055011741</t>
+          <t>9786059780360</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Kendini Yaşadın mı?</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>349</v>
+        <v>149</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786055011673</t>
+          <t>9786052691588</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Kompo Komik</t>
+          <t>Teşkilat-ı Mahsusa Uyanıyor</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>29</v>
+        <v>349</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786055011697</t>
+          <t>9786059780384</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bunları Kimseye Anlatamamıştım</t>
+          <t>El-İsra</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>349</v>
+        <v>29</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786055011680</t>
+          <t>9786059780179</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>7 Günde 3 Kilo</t>
+          <t>Kalbime Girmeden Beynimde İşin Ne?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>207</v>
+        <v>349</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786055011550</t>
+          <t>9786055011741</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Tadında Hikayeler</t>
+          <t>Sen Hiç Kendini Yaşadın mı?</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786059514149</t>
+          <t>9786055011673</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Suyu Yıkayan Bilge</t>
+          <t>Kompo Komik</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>349</v>
+        <v>29</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786055011512</t>
+          <t>9786055011697</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Çay Keyfinde Hikayeler</t>
+          <t>Bunları Kimseye Anlatamamıştım</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055011406</t>
+          <t>9786055011680</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kültür Kökeni</t>
+          <t>7 Günde 3 Kilo</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>339</v>
+        <v>207</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786055011413</t>
+          <t>9786055011550</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915 - Bir Ulu Destan</t>
+          <t>Çikolata Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>289</v>
+        <v>249</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786055011253</t>
+          <t>9786059514149</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Anne Baba</t>
+          <t>Suyu Yıkayan Bilge</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055011482</t>
+          <t>9786055011512</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kahve Tadında Hikayeler</t>
+          <t>Çay Keyfinde Hikayeler</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786055011246</t>
+          <t>9786055011406</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Güzel Konuşma Sanatı</t>
+          <t>Türklerin Kültür Kökeni</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>259</v>
+        <v>339</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786055011239</t>
+          <t>9786055011413</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Umudunu Kaybetme</t>
+          <t>Çanakkale 1915 - Bir Ulu Destan</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>289</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055011604</t>
+          <t>9786055011253</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Allah Biliyor</t>
+          <t>Başarıya Götüren Anne Baba</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>229</v>
+        <v>259</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786059780131</t>
+          <t>9786055011482</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kaldı</t>
+          <t>Kahve Tadında Hikayeler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786059780551</t>
+          <t>9786055011246</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kadından Ne Bekler?</t>
+          <t>Başarılı ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>279</v>
+        <v>259</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059514163</t>
+          <t>9786055011239</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sükut</t>
+          <t>Umudunu Kaybetme</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055394806</t>
+          <t>9786055011604</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Çantamda Diyet</t>
+          <t>Dert Etme Allah Biliyor</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>168</v>
+        <v>229</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055011727</t>
+          <t>9786059780131</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Dokunan Eller</t>
+          <t>Kalbim Sende Kaldı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>349</v>
+        <v>329</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055011338</t>
+          <t>9786059780551</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Erkek Kadından Ne Bekler?</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>219</v>
+        <v>279</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786055011710</t>
+          <t>9786059514163</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesinin Bahçıvanı</t>
+          <t>Sükut</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059780346</t>
+          <t>9786055394806</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri ve Okuma Psikolojisi</t>
+          <t>Çantamda Diyet</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>229</v>
+        <v>168</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786059780339</t>
+          <t>9786055011727</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Seymenler Çıkmazı - İki Canlı Bomba</t>
+          <t>Yüreğime Dokunan Eller</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055011703</t>
+          <t>9786055011338</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Uyuyan Güzeli Uyandır</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>349</v>
+        <v>219</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055394738</t>
+          <t>9786055011710</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Aşka Kurulan Köprüler</t>
+          <t>Sevgi Bahçesinin Bahçıvanı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>59</v>
+        <v>349</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055394578</t>
+          <t>9786059780346</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Güzel Ahlak</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri ve Okuma Psikolojisi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>220</v>
+        <v>229</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055011611</t>
+          <t>9786059780339</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Bırak Olmuş Bil</t>
+          <t>Seymenler Çıkmazı - İki Canlı Bomba</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>279</v>
+        <v>259</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786059780209</t>
+          <t>9786055011703</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçin Duygu Eğitimi</t>
+          <t>İçindeki Uyuyan Güzeli Uyandır</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786059780643</t>
+          <t>9786055394738</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Düşündüren Sözler</t>
+          <t>Aşka Kurulan Köprüler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>259</v>
+        <v>59</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059780629</t>
+          <t>9786055394578</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Düşündüren Hikayeler</t>
+          <t>365 Günde Güzel Ahlak</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>259</v>
+        <v>220</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786059780650</t>
+          <t>9786055011611</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Ruhsal Terapiler</t>
+          <t>Allah’a Bırak Olmuş Bil</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055394707</t>
+          <t>9786059780209</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinle Yaşa</t>
+          <t>Mutluluk İçin Duygu Eğitimi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>429</v>
+        <v>219</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055394677</t>
+          <t>9786059780643</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dualar</t>
+          <t>Mevlana’dan Düşündüren Sözler</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>149</v>
+        <v>259</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786055394219</t>
+          <t>9786059780629</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Günahlardan Nasıl Korunuruz?</t>
+          <t>Mevlana’dan Düşündüren Hikayeler</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>39</v>
+        <v>259</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055011376</t>
+          <t>9786059780650</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Erkeğini İlahlaştıran Kadınlar</t>
+          <t>Mevlana'dan Ruhsal Terapiler</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055011291</t>
+          <t>9786055394707</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Erkeği Yönetme Sanatı</t>
+          <t>Yüreğinle Yaşa</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>179</v>
+        <v>429</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055011314</t>
+          <t>9786055394677</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrik Hastalıklar ve Büyü</t>
+          <t>Türkçe Dualar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
+          <t>9786055394219</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Görünmeyen Günahlardan Nasıl Korunuruz?</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786055011376</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Erkeğini İlahlaştıran Kadınlar</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786055011291</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Erkeği Yönetme Sanatı</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786055011314</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatrik Hastalıklar ve Büyü</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
           <t>9786055394509</t>
         </is>
       </c>
-      <c r="B684" s="1" t="inlineStr">
+      <c r="B688" s="1" t="inlineStr">
         <is>
           <t>Aşk ve Dua</t>
         </is>
       </c>
-      <c r="C684" s="1">
+      <c r="C688" s="1">
         <v>43</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>