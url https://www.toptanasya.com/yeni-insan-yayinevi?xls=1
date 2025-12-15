--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,6640 +85,6775 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255936455</t>
+          <t>9786258309706</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akoba’nın Sırrı</t>
+          <t>Dikkat Kedi Var</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>228</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255936387</t>
+          <t>9786255936547</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Bay Lüle’nin Orman Gözleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255936417</t>
+          <t>9786255936257</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin İstanbul’u</t>
+          <t>Tül Toprak Yığınak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256813137</t>
+          <t>9786255936509</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bahçıvan</t>
+          <t>Biz Süngerciler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256459519</t>
+          <t>9786255936424</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Claire Malone Dünyayı Değiştiriyor</t>
+          <t>Terra ve Mosso - Duygular</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256813540</t>
+          <t>9786255936578</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvardan Büyük Kaçış</t>
+          <t>Ne Giyeceksin Pıtpıt?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255936035</t>
+          <t>9786255936394</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çilli'nin Rüyaları</t>
+          <t>Mutlu Kurbağa</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255936332</t>
+          <t>9786255936479</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunu</t>
+          <t>Dev Kurbağa Heykeli</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255936356</t>
+          <t>9786255936523</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>Ağacın Hikâyesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256813380</t>
+          <t>9786255936455</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Güneş Balığı ve Ay Işığı</t>
+          <t>Akoba’nın Sırrı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>228</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258309348</t>
+          <t>9786255936387</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kadın Tarihi Nasıl Öğretilir?</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752498693</t>
+          <t>9786255936417</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Empatiyi Geliştirme Rehberi</t>
+          <t>Kedilerin İstanbul’u</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050001037</t>
+          <t>9786256813137</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mozart’ı Anlamak</t>
+          <t>Küçük Bahçıvan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>17</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050001105</t>
+          <t>9786256459519</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kabala Yahudi Kadim Mistik Öğretisi</t>
+          <t>Claire Malone Dünyayı Değiştiriyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>17</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050001129</t>
+          <t>9786256813540</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kimlik, Vatandaşlık ve Tarih Eğitimi</t>
+          <t>Laboratuvardan Büyük Kaçış</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758829089</t>
+          <t>9786255936035</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 2</t>
+          <t>Çilli'nin Rüyaları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>11.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255936318</t>
+          <t>9786255936332</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Permakültür: Sürdürülebilirliğin Ötesinde İlkeler ve Yollar</t>
+          <t>Çocuk Oyunu</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055895808</t>
+          <t>9786255936356</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ritüelleri</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055895914</t>
+          <t>9786256813380</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Julio Cortazar'ın Öykülerinin Sembolik İmgelemi</t>
+          <t>Güneş Balığı ve Ay Işığı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2789788621055</t>
+          <t>9786258309348</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Moda Seti - 3 Kitap</t>
+          <t>Kadın Tarihi Nasıl Öğretilir?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>468</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256813472</t>
+          <t>9789752498693</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Keçileri</t>
+          <t>Empatiyi Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255936295</t>
+          <t>9786050001037</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Myrmidon Hikayesi: Arif Ali Cangı</t>
+          <t>Mozart’ı Anlamak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255936219</t>
+          <t>9786050001105</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sosyal Girişimcilik</t>
+          <t>Kabala Yahudi Kadim Mistik Öğretisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255936059</t>
+          <t>9786050001129</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Babamla Balonda Seyahat: Mardin</t>
+          <t>21. Yüzyılda Kimlik, Vatandaşlık ve Tarih Eğitimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>144</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255936271</t>
+          <t>9789758829089</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mantarların Dansı</t>
+          <t>Üç Ekoloji Sayı: 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>192</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255936172</t>
+          <t>9786255936318</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hepimizin İçinde Bir Yer</t>
+          <t>Permakültür: Sürdürülebilirliğin Ötesinde İlkeler ve Yollar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255936196</t>
+          <t>9786055895808</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsam?</t>
+          <t>Eğitim Ritüelleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>192</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256813038</t>
+          <t>9786055895914</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerinde Macera</t>
+          <t>Julio Cortazar'ın Öykülerinin Sembolik İmgelemi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>128</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000000554</t>
+          <t>2789788621055</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tayfun Özkaya Kitaplığı Seti - 4 Kitap Takım</t>
+          <t>Sürdürülebilir Moda Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>478</v>
+        <v>468</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255936073</t>
+          <t>9786256813472</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lilya ve Pıtır: Ormanda Macera</t>
+          <t>Ankara'nın Keçileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>188</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255936134</t>
+          <t>9786255936295</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Foça Dedektifleri</t>
+          <t>Bir Myrmidon Hikayesi: Arif Ali Cangı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255936158</t>
+          <t>9786255936219</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Krizin Kökenleri</t>
+          <t>Adım Adım Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>246</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255936011</t>
+          <t>9786255936059</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Deneyen Çocuk</t>
+          <t>Babamla Balonda Seyahat: Mardin</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256813724</t>
+          <t>9786255936271</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Diktatörlük</t>
+          <t>Mantarların Dansı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>218</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256813939</t>
+          <t>9786255936172</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çuvalı</t>
+          <t>Hepimizin İçinde Bir Yer</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258309669</t>
+          <t>9786255936196</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kooperatif Şehir Finansmanı</t>
+          <t>Bir Kuş Olsam?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>336</v>
+        <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256813953</t>
+          <t>9786256813038</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Sır</t>
+          <t>Deniz Fenerinde Macera</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>88</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256813236</t>
+          <t>4440000000554</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aydan Ay’a</t>
+          <t>Tayfun Özkaya Kitaplığı Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>478</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256813991</t>
+          <t>9786255936073</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Moda Psikolojisi</t>
+          <t>Lilya ve Pıtır: Ormanda Macera</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256813779</t>
+          <t>9786255936134</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Seksizm</t>
+          <t>Foça Dedektifleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>348</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256813977</t>
+          <t>9786255936158</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Canavar</t>
+          <t>Ekolojik Krizin Kökenleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>246</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256813809</t>
+          <t>9786255936011</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Hakkında Her Şey</t>
+          <t>Her Şeyi Deneyen Çocuk</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055895716</t>
+          <t>9786256813724</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığı ve Aile</t>
+          <t>Kötülük ve Diktatörlük</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>118</v>
+        <v>218</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256813731</t>
+          <t>9786256813939</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Oyununda Kadınlar</t>
+          <t>Yıldız Çuvalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>148</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256813717</t>
+          <t>9786258309669</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çok Korkunç Canavar</t>
+          <t>Kooperatif Şehir Finansmanı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>336</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258309324</t>
+          <t>9786256813953</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben-Döngü Çemberleri</t>
+          <t>Vadideki Sır</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>88</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257537889</t>
+          <t>9786256813236</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Okuduğunu Anlamak</t>
+          <t>Aydan Ay’a</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257537490</t>
+          <t>9786256813991</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Karma Desen Araştırmaları</t>
+          <t>Moda Psikolojisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752498891</t>
+          <t>9786256813779</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rosie Joy</t>
+          <t>Seksizm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>348</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057764492</t>
+          <t>9786256813977</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İklim Direnişi</t>
+          <t>Yeşil Canavar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752498419</t>
+          <t>9786256813809</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Almanağı: 2005 - 2016</t>
+          <t>Ağaçlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>78</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752498440</t>
+          <t>9786055895716</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Otizm Olarak Bilinen Belirtilerden Kurtulmak</t>
+          <t>Madde Bağımlılığı ve Aile</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>324</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055895990</t>
+          <t>9786256813731</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çin Rüyası</t>
+          <t>Erkeklerin Oyununda Kadınlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>129</v>
+        <v>148</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752498372</t>
+          <t>9786256813717</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Ziyafeti</t>
+          <t>Çok Korkunç Canavar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>108</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055895495</t>
+          <t>9786258309324</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Öğretilir? (Genişletilmiş Baskı)</t>
+          <t>Yeni Bir Ben-Döngü Çemberleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>439</v>
+        <v>340</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055895730</t>
+          <t>9786257537889</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Döneminde Kadın Olmak</t>
+          <t>Okuduğunu Anlamak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257537049</t>
+          <t>9786257537490</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Sosyolojide Karma Desen Araştırmaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>212</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752498532</t>
+          <t>9789752498891</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Hayatlar</t>
+          <t>Rosie Joy</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>139</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257537506</t>
+          <t>9786057764492</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Masalların Kadim Yolundan Terapötik Bir Yolculuğa</t>
+          <t>İklim Direnişi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>158</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256813885</t>
+          <t>9789752498419</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dedektif Hiroko</t>
+          <t>Ekoloji Almanağı: 2005 - 2016</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>78</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256813908</t>
+          <t>9789752498440</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Anneler İçin Bir Başucu Kitabı</t>
+          <t>Otizm Olarak Bilinen Belirtilerden Kurtulmak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>158</v>
+        <v>324</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256813823</t>
+          <t>9786055895990</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Anlama Saatleri</t>
+          <t>Çin Rüyası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256813083</t>
+          <t>9789752498372</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Homeopati</t>
+          <t>Tilkinin Ziyafeti</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>108</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256813854</t>
+          <t>9786055895495</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ekotoplumculuk</t>
+          <t>Tarih Nasıl Öğretilir? (Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>136</v>
+        <v>439</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256813793</t>
+          <t>9786055895730</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Veganlığı Anlamak</t>
+          <t>2. Meşrutiyet Döneminde Kadın Olmak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>228</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256813564</t>
+          <t>9786257537049</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dekolonyal Bir Ekoloji</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>290</v>
+        <v>212</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256813748</t>
+          <t>9789752498532</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ben Prenses Değilim</t>
+          <t>Işıldayan Hayatlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256813786</t>
+          <t>9786257537506</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Otizm Erken Tanı, Danışmanlık ve Terapi</t>
+          <t>Masalların Kadim Yolundan Terapötik Bir Yolculuğa</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>330</v>
+        <v>158</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256459120</t>
+          <t>9786256813885</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Yaratmak</t>
+          <t>Küçük Dedektif Hiroko</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256813014</t>
+          <t>9786256813908</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Dergisi 2023 Toplu Yazılar</t>
+          <t>Anneler İçin Bir Başucu Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>272</v>
+        <v>158</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256459441</t>
+          <t>9786256813823</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Dergisi 2022 Toplu Yazılar</t>
+          <t>Zamanı Anlama Saatleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>272</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256459007</t>
+          <t>9786256813083</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mantarlar</t>
+          <t>Çocuklar İçin Homeopati</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256813755</t>
+          <t>9786256813854</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji ve İklim Krizi İletişiminde Adaletin İnşası</t>
+          <t>Ekotoplumculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>294</v>
+        <v>136</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256813700</t>
+          <t>9786256813793</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Babamla Balonda Seyahat: Antakya</t>
+          <t>Veganlığı Anlamak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>228</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256813687</t>
+          <t>9786256813564</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Canavar Gece Pazarı - Canavar Avcıları 3</t>
+          <t>Dekolonyal Bir Ekoloji</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>129</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256459175</t>
+          <t>9786256813748</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kemik Canavarı - Canavar Avcıları 2</t>
+          <t>Ben Prenses Değilim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>129</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055895297</t>
+          <t>9786256813786</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Organik Tarım?</t>
+          <t>Otizm Erken Tanı, Danışmanlık ve Terapi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>158</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256813694</t>
+          <t>9786256459120</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı Yeryüzü Sofrasının Bilgesi</t>
+          <t>Geçmişi Yaratmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256813670</t>
+          <t>9786256813014</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Hukuku</t>
+          <t>Yeşil Siyaset Dergisi 2023 Toplu Yazılar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>272</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259813540</t>
+          <t>9786256459441</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvardan Büyük Kaçış</t>
+          <t>Yeşil Siyaset Dergisi 2022 Toplu Yazılar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>272</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256813441</t>
+          <t>9786256459007</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Koşanlar</t>
+          <t>Mantarlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>149</v>
+        <v>540</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256813649</t>
+          <t>9786256813755</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İnşaat</t>
+          <t>Ekoloji ve İklim Krizi İletişiminde Adaletin İnşası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>294</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256813588</t>
+          <t>9786256813700</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kim Benimle Şiir Oynar?</t>
+          <t>Babamla Balonda Seyahat: Antakya</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256813625</t>
+          <t>9786256813687</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Geziyorum - Viyana, Münih, Kopenhag, Oslo</t>
+          <t>Canavar Gece Pazarı - Canavar Avcıları 3</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>340</v>
+        <v>129</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256813601</t>
+          <t>9786256459175</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Köydeki Mucize Birlikte Yapabiliriz</t>
+          <t>Beyaz Kemik Canavarı - Canavar Avcıları 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>129</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256813144</t>
+          <t>9786055895297</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi</t>
+          <t>Nasıl Bir Organik Tarım?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195</v>
+        <v>158</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256813519</t>
+          <t>9786256813694</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ev Bahçelerinin Bakım ve Ekim Yöntemleri</t>
+          <t>Zeytin Ağacı Yeryüzü Sofrasının Bilgesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256813427</t>
+          <t>9786256813670</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Haklarını Savunmak Abolisyonist Veganın El Kitabı</t>
+          <t>Türlerin Hukuku</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>218</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256813502</t>
+          <t>9786259813540</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Moda</t>
+          <t>Laboratuvardan Büyük Kaçış</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>274</v>
+        <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256813489</t>
+          <t>9786256813441</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Tasarım Kuramı</t>
+          <t>Gökyüzünde Koşanlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>149</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256813403</t>
+          <t>9786256813649</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kızı</t>
+          <t>Sessiz İnşaat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256813120</t>
+          <t>9786256813588</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Doğal Yaşam Dünyayı, Tarihi, Bedeni ve Zihni Yeniden Hissetmek</t>
+          <t>Kim Benimle Şiir Oynar?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257537643</t>
+          <t>9786256813625</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuklaların Dansı</t>
+          <t>Çocukla Geziyorum - Viyana, Münih, Kopenhag, Oslo</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>164</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752498006</t>
+          <t>9786256813601</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ekokurgu</t>
+          <t>Köydeki Mucize Birlikte Yapabiliriz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256813021</t>
+          <t>9786256813144</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Kapasite Geliştirme ve Verimlilik</t>
+          <t>Döngüsel Ekonomi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256813359</t>
+          <t>9786256813519</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Terra ve Mosso</t>
+          <t>Ev Bahçelerinin Bakım ve Ekim Yöntemleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256459458</t>
+          <t>9786256813427</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu ve Türkiye</t>
+          <t>Hayvan Haklarını Savunmak Abolisyonist Veganın El Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>319</v>
+        <v>218</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256813342</t>
+          <t>9786256813502</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Başkası Adına Konuşmanın Haysiyetsizliği</t>
+          <t>Döngüsel Ekonomi ve Moda</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>260</v>
+        <v>274</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256459465</t>
+          <t>9786256813489</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Pigu ve Pembe Kakası</t>
+          <t>Ekolojik Tasarım Kuramı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256813045</t>
+          <t>9786256813403</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 3 - Arda Antik Çağ’da Thales İle Konuşmalar</t>
+          <t>Güneşin Kızı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256813113</t>
+          <t>9786256813120</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 4 Havva Antik Çağ’da İskenderiyeli Hypatia</t>
+          <t>Bütüncül Doğal Yaşam Dünyayı, Tarihi, Bedeni ve Zihni Yeniden Hissetmek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>176</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256813007</t>
+          <t>9786257537643</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 2 Arda Antik Çağ’da Platon’un Mağarası</t>
+          <t>Kuklaların Dansı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>176</v>
+        <v>164</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256459137</t>
+          <t>9789752498006</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yerküre Tasarımı - Ekolojik Anayasalcılık</t>
+          <t>Ekokurgu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>199</v>
+        <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256813151</t>
+          <t>9786256813021</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dinle</t>
+          <t>Tarımda Kapasite Geliştirme ve Verimlilik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256813212</t>
+          <t>9786256813359</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bay Mon ve Tuhaf Komşular</t>
+          <t>Terra ve Mosso</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256813106</t>
+          <t>9786256459458</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İklim Değil İnsanlık Krizi</t>
+          <t>Tüketim Toplumu ve Türkiye</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>319</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256813069</t>
+          <t>9786256813342</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Antroposen ve Yeni İnsan</t>
+          <t>Başkası Adına Konuşmanın Haysiyetsizliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256459281</t>
+          <t>9786256459465</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşırılıktan Kurtulmak Büyüme Sonrası Ekonomiye Giden Yol</t>
+          <t>Pigu ve Pembe Kakası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>148</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258309225</t>
+          <t>9786256813045</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim İle Barışı Seçmek</t>
+          <t>Antik Çağ Serisi - 3 - Arda Antik Çağ’da Thales İle Konuşmalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>184</v>
+        <v>176</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258309461</t>
+          <t>9786256813113</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir İklim Eylemi Olarak Kent Bahçeleri</t>
+          <t>Antik Çağ Serisi - 4 Havva Antik Çağ’da İskenderiyeli Hypatia</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>168</v>
+        <v>176</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256459205</t>
+          <t>9786256813007</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Lavandulanın Çizgileri</t>
+          <t>Antik Çağ Serisi - 2 Arda Antik Çağ’da Platon’un Mağarası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>176</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256459304</t>
+          <t>9786256459137</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Yolculuk</t>
+          <t>Yeni Bir Yerküre Tasarımı - Ekolojik Anayasalcılık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>184</v>
+        <v>199</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256459243</t>
+          <t>9786256813151</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Meyveli, Sebzeli Mevsimli Bilmeceler</t>
+          <t>Dinle</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256459434</t>
+          <t>9786256813212</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Doğa Yürüyüşü</t>
+          <t>Bay Mon ve Tuhaf Komşular</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258309003</t>
+          <t>9786256813106</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Kızı Rosie</t>
+          <t>İklim Değil İnsanlık Krizi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258309041</t>
+          <t>9786256813069</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Homeopati İle Bir Şifa Yolculuğu</t>
+          <t>Antroposen ve Yeni İnsan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256459410</t>
+          <t>9786256459281</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Mekan: Kavramlar ve Deneyimler</t>
+          <t>Aşırılıktan Kurtulmak Büyüme Sonrası Ekonomiye Giden Yol</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>148</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256459267</t>
+          <t>9786258309225</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencileri İçin İklim Değişikliği Etkinlikleri</t>
+          <t>Şiddetsiz İletişim İle Barışı Seçmek</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>184</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256459168</t>
+          <t>9786258309461</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Tweet Dünyayı Değiştirir mi? Ekoloji Mücadelesi ve Dijital Aktivizm</t>
+          <t>Bir İklim Eylemi Olarak Kent Bahçeleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>168</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256459229</t>
+          <t>9786256459205</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdan Düşünmek: Deleuze ve Guattari Perspektifinden Felsefe, Siyaset ve Sanat Yazıları</t>
+          <t>Lavandulanın Çizgileri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>478</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258309355</t>
+          <t>9786256459304</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Gün Doğarken Işığı Yakalamak</t>
+          <t>Masallarla Yolculuk</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>360</v>
+        <v>184</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257537414</t>
+          <t>9786256459243</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Pedagojisi</t>
+          <t>Meyveli, Sebzeli Mevsimli Bilmeceler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>250.8</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257537605</t>
+          <t>9786256459434</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Vaka Yönetimi: Çocuk Alanı</t>
+          <t>Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258309188</t>
+          <t>9786258309003</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Onkolojik Sosyal Hizmet</t>
+          <t>Çiftlik Kızı Rosie</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257537759</t>
+          <t>9786258309041</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çin Cumhurbaşkanı Xi Jinping'in Konuşmaları</t>
+          <t>Homeopati İle Bir Şifa Yolculuğu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257537650</t>
+          <t>9786256459410</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bitki Eskizleri</t>
+          <t>Zaman - Mekan: Kavramlar ve Deneyimler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257537742</t>
+          <t>9786256459267</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Eğitim</t>
+          <t>Ortaokul Öğrencileri İçin İklim Değişikliği Etkinlikleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752498136</t>
+          <t>9786256459168</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Engelli Ailesinde Şiddet</t>
+          <t>Bir Tweet Dünyayı Değiştirir mi? Ekoloji Mücadelesi ve Dijital Aktivizm</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752498570</t>
+          <t>9786256459229</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagoji</t>
+          <t>Dışarıdan Düşünmek: Deleuze ve Guattari Perspektifinden Felsefe, Siyaset ve Sanat Yazıları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>249</v>
+        <v>478</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055895891</t>
+          <t>9786258309355</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Milli Tarih Nedir?</t>
+          <t>Yeni Bir Gün Doğarken Işığı Yakalamak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057764850</t>
+          <t>9786257537414</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi ve İnsanın On İki Duyusu</t>
+          <t>Öfkenin Pedagojisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057764638</t>
+          <t>9786257537605</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Talim ve Terbiye Derslerinde Usul</t>
+          <t>Sosyal Hizmette Vaka Yönetimi: Çocuk Alanı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057764478</t>
+          <t>9786258309188</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Fröbel ve Pestalozzi Usullerinde Terbiye ve Talim Dersleri</t>
+          <t>Onkolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258309232</t>
+          <t>9786257537759</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Jivamukti Yoga</t>
+          <t>Çin Cumhurbaşkanı Xi Jinping'in Konuşmaları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257537230</t>
+          <t>9786257537650</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Gemisi</t>
+          <t>Bitki Eskizleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257537360</t>
+          <t>9786257537742</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şehir Tarihi Nedir?</t>
+          <t>Bütüncül Eğitim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256459212</t>
+          <t>9789752498136</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül Cumhuriyeti</t>
+          <t>Engelli Ailesinde Şiddet</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258309737</t>
+          <t>9789752498570</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Koreografi: Bedenlerin Element Dansı</t>
+          <t>Eleştirel Pedagoji</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>249</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258309218</t>
+          <t>9786055895891</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İyi Şirket</t>
+          <t>Milli Tarih Nedir?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>144</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258309591</t>
+          <t>9786057764850</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Doğa</t>
+          <t>Çocuk Eğitimi ve İnsanın On İki Duyusu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257537384</t>
+          <t>9786057764638</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Köyün Vahşi Davulcusu</t>
+          <t>Talim ve Terbiye Derslerinde Usul</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>106</v>
+        <v>170</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258309959</t>
+          <t>9786057764478</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Toplum 4.0</t>
+          <t>Fröbel ve Pestalozzi Usullerinde Terbiye ve Talim Dersleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>188</v>
+        <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258309928</t>
+          <t>9786258309232</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sıcaklar</t>
+          <t>Jivamukti Yoga</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258309898</t>
+          <t>9786257537230</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sıcakları</t>
+          <t>Mucizeler Gemisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258309904</t>
+          <t>9786257537360</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gün Dönümü</t>
+          <t>Şehir Tarihi Nedir?</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258309881</t>
+          <t>9786256459212</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tahıllar Olgunlaşıyor</t>
+          <t>Gül ile Bülbül Cumhuriyeti</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258309874</t>
+          <t>9786258309737</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar Filizleniyor</t>
+          <t>Kozmik Koreografi: Bedenlerin Element Dansı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258309911</t>
+          <t>9786258309218</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yaz Başlangıcı</t>
+          <t>İyi Şirket</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>80</v>
+        <v>144</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258309683</t>
+          <t>9786258309591</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İki Bilge Su Aygırı</t>
+          <t>Üçüncü Doğa</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258309966</t>
+          <t>9786257537384</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yer Temelli Eğitim</t>
+          <t>Elmalı Köyün Vahşi Davulcusu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>106</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258309362</t>
+          <t>9786258309959</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Okulu Yönettiğinde</t>
+          <t>Toplum 4.0</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>188</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258309829</t>
+          <t>9786258309928</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Arda Antik Çağ’da - Sokrates</t>
+          <t>Şiddetli Sıcaklar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>176</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258309072</t>
+          <t>9786258309898</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arı ve Kovanı</t>
+          <t>Yaz Sıcakları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258309294</t>
+          <t>9786258309904</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yükseltilmiş Yatak Bahçeciliği</t>
+          <t>Yaz Gün Dönümü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258309577</t>
+          <t>9786258309881</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Ekmekler</t>
+          <t>Tahıllar Olgunlaşıyor</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>384</v>
+        <v>90</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258309850</t>
+          <t>9786258309874</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Greta Devlere Karşı</t>
+          <t>Tohumlar Filizleniyor</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258309539</t>
+          <t>9786258309911</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Çocuk - Canavar Avcıları 1</t>
+          <t>Yaz Başlangıcı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>129</v>
+        <v>80</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258309126</t>
+          <t>9786258309683</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sosyokrasi</t>
+          <t>İki Bilge Su Aygırı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>274</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258309751</t>
+          <t>9786258309966</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Gücü: Eko-Parti Almanya’yı Nasıl Değiştirecek?</t>
+          <t>Yer Temelli Eğitim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>232</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258309713</t>
+          <t>9786258309362</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Nerede?</t>
+          <t>Çocuklar Okulu Yönettiğinde</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258309676</t>
+          <t>9786258309829</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Toplu Yazılar - 2021</t>
+          <t>Arda Antik Çağ’da - Sokrates</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>272</v>
+        <v>176</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258309768</t>
+          <t>9786258309072</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Hallerine Dair Yüzleşmeler</t>
+          <t>Arı ve Kovanı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>272</v>
+        <v>340</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258309584</t>
+          <t>9786258309294</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Dönüşümü: İkizdere’de Hidroelektrik Santraller</t>
+          <t>Yükseltilmiş Yatak Bahçeciliği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>258</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257537926</t>
+          <t>9786258309577</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yarabıçak</t>
+          <t>Mükemmel Ekmekler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>384</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258309638</t>
+          <t>9786258309850</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu ile Renklenen Dünya</t>
+          <t>Greta Devlere Karşı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258309331</t>
+          <t>9786258309539</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir İyi Ebeveynlik Uygulamaları</t>
+          <t>Ölümsüz Çocuk - Canavar Avcıları 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>194</v>
+        <v>129</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258309645</t>
+          <t>9786258309126</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Okulu</t>
+          <t>Sosyokrasi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>274</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258309607</t>
+          <t>9786258309751</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Levanna'nın Gülleri</t>
+          <t>Yeşilin Gücü: Eko-Parti Almanya’yı Nasıl Değiştirecek?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>260</v>
+        <v>232</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258309065</t>
+          <t>9786258309713</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında</t>
+          <t>Dinozorlar Nerede?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258309195</t>
+          <t>9786258309676</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Plastik</t>
+          <t>Yeşil Siyaset Toplu Yazılar - 2021</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>272</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258309102</t>
+          <t>9786258309768</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tren</t>
+          <t>Emeğin Hallerine Dair Yüzleşmeler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>272</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258309515</t>
+          <t>9786258309584</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilikte Yeni Yaklaşımlar: Eski Kaynakları Yeniden Düşünmek</t>
+          <t>Vadinin Dönüşümü: İkizdere’de Hidroelektrik Santraller</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>258</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258309614</t>
+          <t>9786257537926</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yüz Tavşan</t>
+          <t>Yarabıçak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258309485</t>
+          <t>9786258309638</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Devlet Okulu Neden Hedefte?</t>
+          <t>Ardıç Kuşu ile Renklenen Dünya</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258309300</t>
+          <t>9786258309331</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu Türetim Ekonomisi</t>
+          <t>Sürdürülebilir İyi Ebeveynlik Uygulamaları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>144</v>
+        <v>194</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258309263</t>
+          <t>9786258309645</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Kültürel Üretimi ve Hayvanlar</t>
+          <t>Dedemin Okulu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257537827</t>
+          <t>9786258309607</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Metinler - Eğitimde Toplumsal Cinsiyet, Sınıf ve İktidar İlişkileri</t>
+          <t>Levanna'nın Gülleri</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258309317</t>
+          <t>9786258309065</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Aracı Olarak Eğitim –Tanzimat Döneminde Ne Değişti?</t>
+          <t>Sular Altında</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258309010</t>
+          <t>9786258309195</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ödlekler</t>
+          <t>Plastik</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>144</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258309287</t>
+          <t>9786258309102</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Varlığın Çobanı</t>
+          <t>Kayıp Tren</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258309478</t>
+          <t>9786258309515</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana</t>
+          <t>Tarihçilikte Yeni Yaklaşımlar: Eski Kaynakları Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258309089</t>
+          <t>9786258309614</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Katalanlar Neden Ayrılmak İstiyor</t>
+          <t>Yüz Tavşan</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>168</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257537216</t>
+          <t>9786258309485</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Konsensüs</t>
+          <t>Devlet Okulu Neden Hedefte?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>246</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257537131</t>
+          <t>9786258309300</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Homeopati</t>
+          <t>Çıkış Yolu Türetim Ekonomisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>290</v>
+        <v>144</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258309164</t>
+          <t>9786258309263</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Çiftçinin Renkleri - Doğal Mürekkep Yapımı</t>
+          <t>Cehaletin Kültürel Üretimi ve Hayvanlar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>348</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057764836</t>
+          <t>9786257537827</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>147 Basamaklı Serüven</t>
+          <t>Öğretmenler ve Metinler - Eğitimde Toplumsal Cinsiyet, Sınıf ve İktidar İlişkileri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257537445</t>
+          <t>9786258309317</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Ekmek</t>
+          <t>Modernleşme Aracı Olarak Eğitim –Tanzimat Döneminde Ne Değişti?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258309096</t>
+          <t>9786258309010</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tasarım</t>
+          <t>Ödlekler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>144</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257537803</t>
+          <t>9786258309287</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eneke'nin Kalbine Yolculuk</t>
+          <t>Göçebe Varlığın Çobanı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257537995</t>
+          <t>9786258309478</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Otorite ve Öteki</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258309027</t>
+          <t>9786258309089</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratıcılık İmkanı Olarak Kaos</t>
+          <t>Katalanlar Neden Ayrılmak İstiyor</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257537940</t>
+          <t>9786257537216</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Mahalle (Ciltli)</t>
+          <t>Konsensüs</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>246</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257537971</t>
+          <t>9786257537131</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yana Yakıla Tükenecek Miyiz?</t>
+          <t>Homeopati</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>234</v>
+        <v>290</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257537810</t>
+          <t>9786258309164</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pavitra</t>
+          <t>Bir Çiftçinin Renkleri - Doğal Mürekkep Yapımı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>170</v>
+        <v>348</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257537858</t>
+          <t>9786057764836</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tarım Sektörünün Yönetimi</t>
+          <t>147 Basamaklı Serüven</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>532</v>
+        <v>460</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257537346</t>
+          <t>9786257537445</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kitluk</t>
+          <t>Kızarmış Ekmek</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>189</v>
+        <v>130</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257537896</t>
+          <t>9786258309096</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>T İstasyonu</t>
+          <t>Tasarım</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257537728</t>
+          <t>9786257537803</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tesis</t>
+          <t>Eneke'nin Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257537841</t>
+          <t>9786257537995</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Senin Kitabın</t>
+          <t>Otorite ve Öteki</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257537902</t>
+          <t>9786258309027</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destandır Dilim</t>
+          <t>Bir Yaratıcılık İmkanı Olarak Kaos</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257537711</t>
+          <t>9786257537940</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Benim Kişisel Kıyametim</t>
+          <t>Ekolojik Mahalle (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257537735</t>
+          <t>9786257537971</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Fukuoka Üstat</t>
+          <t>Yana Yakıla Tükenecek Miyiz?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>234</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257537797</t>
+          <t>9786257537810</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Türkiye</t>
+          <t>Pavitra</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>296</v>
+        <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257537438</t>
+          <t>9786257537858</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Boşluk</t>
+          <t>Türkiye'de Tarım Sektörünün Yönetimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>396</v>
+        <v>532</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257537919</t>
+          <t>9786257537346</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Okulu (Ciltli)</t>
+          <t>Kitluk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>360</v>
+        <v>189</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9772458990158</t>
+          <t>9786257537896</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi 15. Sayı: Sosyal ve Duygusal Öğrenme</t>
+          <t>T İstasyonu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257537698</t>
+          <t>9786257537728</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
+          <t>Tesis</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257537568</t>
+          <t>9786257537841</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Koruyucu Balıkları</t>
+          <t>Senin Kitabın</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257537674</t>
+          <t>9786257537902</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Zeo Kio ve Mehpare</t>
+          <t>Dillere Destandır Dilim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257537612</t>
+          <t>9786257537711</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kardeşler</t>
+          <t>Benim Kişisel Kıyametim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257537629</t>
+          <t>9786257537735</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sadece Beş Dakika Daha</t>
+          <t>Fukuoka Üstat</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>118</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257537636</t>
+          <t>9786257537797</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küçük Goril</t>
+          <t>İklim Krizi ve Türkiye</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>296</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257537544</t>
+          <t>9786257537438</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sanata Tarihsel ve Kültürel Yaklaşımlar</t>
+          <t>Uzaktaki Boşluk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>280</v>
+        <v>396</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257537209</t>
+          <t>9786257537919</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - Dikkat ve Farkındalık Stratejileri</t>
+          <t>Mutluluk Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257537667</t>
+          <t>9772458990158</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İki Arada Öyküler</t>
+          <t>Alternatif Eğitim Dergisi 15. Sayı: Sosyal ve Duygusal Öğrenme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257537537</t>
+          <t>9786257537698</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Ağzındaki Kuş Gibi</t>
+          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>194</v>
+        <v>360</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257537339</t>
+          <t>9786257537568</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Tarihyazımında İdeoloji ve Pratikleri</t>
+          <t>Evrenin Koruyucu Balıkları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257537582</t>
+          <t>9786257537674</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şehrin En Alt Katı</t>
+          <t>Zeo Kio ve Mehpare</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>124</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257537575</t>
+          <t>9786257537612</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Baykuşun Kanatlarında Uyuyan Kurbağa</t>
+          <t>Köstebek Kardeşler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257537278</t>
+          <t>9786257537629</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Prag Zamanı</t>
+          <t>Sadece Beş Dakika Daha</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>340</v>
+        <v>118</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257537407</t>
+          <t>9786257537636</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Öğrenen Çocuklar</t>
+          <t>Küçük Goril</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257537421</t>
+          <t>9786257537544</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Sanata Tarihsel ve Kültürel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257537308</t>
+          <t>9786257537209</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Büyüsü</t>
+          <t>Mindfulness - Dikkat ve Farkındalık Stratejileri</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257537476</t>
+          <t>9786257537667</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tamera Ekoköyü'nün Daveti</t>
+          <t>İki Arada Öyküler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257537094</t>
+          <t>9786257537537</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Tüketmek</t>
+          <t>Yılanın Ağzındaki Kuş Gibi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057764867</t>
+          <t>9786257537339</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Talaslı Yazarlar Kaynakçası</t>
+          <t>Tarihyazımında İdeoloji ve Pratikleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055895440</t>
+          <t>9786257537582</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ekoköy Findhorn - Findhorn Topluluğu</t>
+          <t>Şehrin En Alt Katı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>198</v>
+        <v>124</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752498594</t>
+          <t>9786257537575</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Macar Tiyatro Oyunları</t>
+          <t>Baykuşun Kanatlarında Uyuyan Kurbağa</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>244</v>
+        <v>138</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9772458990004</t>
+          <t>9786257537278</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 9 Kış 2018</t>
+          <t>Prag Zamanı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752498488</t>
+          <t>9786257537407</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
+          <t>Bağımsız Öğrenen Çocuklar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752498167</t>
+          <t>9786257537421</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>4440000000728</t>
+          <t>9786257537308</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Dergisi Sayı: 21</t>
+          <t>Deliliğin Büyüsü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057764843</t>
+          <t>9786257537476</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Okulsuzluğun El Kitabı</t>
+          <t>Tamera Ekoköyü'nün Daveti</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057764188</t>
+          <t>9786257537094</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fen Öğretimi</t>
+          <t>Tarihi Tüketmek</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>290</v>
+        <v>199</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9772458990134</t>
+          <t>9786057764867</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 13 Bahar 2020</t>
+          <t>Talaslı Yazarlar Kaynakçası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>194</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057764683</t>
+          <t>9786055895440</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Okul Başarısının Sınırları</t>
+          <t>Ekoköy Findhorn - Findhorn Topluluğu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>198</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>2789788618864</t>
+          <t>9789752498594</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 12 Kış 2020</t>
+          <t>Çağdaş Macar Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257537780</t>
+          <t>9772458990004</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>100 Mutlu Gün</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 9 Kış 2018</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257537773</t>
+          <t>9789752498488</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Longo Mai - Bir Komün Deneyimi</t>
+          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257537957</t>
+          <t>9789752498167</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Benny</t>
+          <t>Yeşil Ekonomi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257537964</t>
+          <t>4440000000728</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bazen Küçük Bazen Büyük</t>
+          <t>Usatölyesi Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>148</v>
+        <v>40</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257537704</t>
+          <t>9786057764843</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ereksiyon "Aşk"ı</t>
+          <t>Okulsuzluğun El Kitabı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257537483</t>
+          <t>9786057764188</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dünya Senin Ellerinde</t>
+          <t>Yaratıcı Fen Öğretimi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>249</v>
+        <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257537681</t>
+          <t>9772458990134</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mete</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 13 Bahar 2020</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257537452</t>
+          <t>9786057764683</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Denizi</t>
+          <t>Okul Başarısının Sınırları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257537599</t>
+          <t>2789788618864</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mecbur Muyum?</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 12 Kış 2020</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>194</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257537377</t>
+          <t>9786257537780</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Yarasaya Mektuplar</t>
+          <t>100 Mutlu Gün</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257537469</t>
+          <t>9786257537773</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Deniz'in Öyküleri</t>
+          <t>Longo Mai - Bir Komün Deneyimi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>249</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257537551</t>
+          <t>9786257537957</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Koru Kendini, Bir Daha Hiçbir Ana Doğuramaz Seni</t>
+          <t>Küçük Ayı Benny</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>194</v>
+        <v>140</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257537322</t>
+          <t>9786257537964</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Okullar</t>
+          <t>Bazen Küçük Bazen Büyük</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>294</v>
+        <v>148</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257537513</t>
+          <t>9786257537704</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Rahatı Kaçan Orman</t>
+          <t>Aşk ve Ereksiyon "Aşk"ı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257537285</t>
+          <t>9786257537483</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kaplumbağası</t>
+          <t>Dünya Senin Ellerinde</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>249</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257537292</t>
+          <t>9786257537681</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Meşhur Yazarları</t>
+          <t>Mete</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257537315</t>
+          <t>9786257537452</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayna Dört Kadın</t>
+          <t>Arkadaşlık Denizi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257537179</t>
+          <t>9786257537599</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kesin Döneceksiniz</t>
+          <t>Mecbur Muyum?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>144</v>
+        <v>194</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257537261</t>
+          <t>9786257537377</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşağılama Aracı Olarak Çöp</t>
+          <t>Çocuklardan Yarasaya Mektuplar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257537186</t>
+          <t>9786257537469</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bir Zeytin Ağacı</t>
+          <t>Doğa ve Deniz'in Öyküleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257537254</t>
+          <t>9786257537551</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dünyamız</t>
+          <t>Koru Kendini, Bir Daha Hiçbir Ana Doğuramaz Seni</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>194</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257537148</t>
+          <t>9786257537322</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Yeniden Keşfi</t>
+          <t>Demokratik Okullar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>178</v>
+        <v>294</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257537247</t>
+          <t>9786257537513</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Koyu’nda Bir Kış</t>
+          <t>Rahatı Kaçan Orman</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>239</v>
+        <v>190</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257537155</t>
+          <t>9786257537285</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Gücü Adına</t>
+          <t>Deniz Kaplumbağası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257537193</t>
+          <t>9786257537292</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Yüzler</t>
+          <t>Dünyanın En Meşhur Yazarları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257537056</t>
+          <t>9786257537315</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizinin ABC'si</t>
+          <t>Bir Ayna Dört Kadın</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257537162</t>
+          <t>9786257537179</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>George Orwell</t>
+          <t>Kesin Döneceksiniz</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>144</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057764652</t>
+          <t>9786257537261</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Komita</t>
+          <t>Bir Aşağılama Aracı Olarak Çöp</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257537032</t>
+          <t>9786257537186</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüyle Barışmak</t>
+          <t>Dünyada Bir Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752498884</t>
+          <t>9786257537254</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Permakültür Uygulamaları</t>
+          <t>Yeşil Dünyamız</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257537117</t>
+          <t>9786257537148</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bach</t>
+          <t>Güneşin Yeniden Keşfi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>110</v>
+        <v>178</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257537087</t>
+          <t>9786257537247</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Son Beyaz Gergedan</t>
+          <t>Mimoza Koyu’nda Bir Kış</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>154</v>
+        <v>239</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257537124</t>
+          <t>9786257537155</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mozart</t>
+          <t>Hayallerin Gücü Adına</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257537100</t>
+          <t>9786257537193</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Başka Türlü Anlatmaktır</t>
+          <t>Gölgedeki Yüzler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>294</v>
+        <v>160</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257537018</t>
+          <t>9786257537056</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar</t>
+          <t>İklim Krizinin ABC'si</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>174</v>
+        <v>280</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057764812</t>
+          <t>9786257537162</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Yer</t>
+          <t>George Orwell</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257537070</t>
+          <t>9786057764652</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Hikaye</t>
+          <t>Komita</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>196</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257537063</t>
+          <t>9786257537032</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Şans Ver</t>
+          <t>Yeryüzüyle Barışmak</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257537025</t>
+          <t>9789752498884</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Pis Fred</t>
+          <t>Permakültür Uygulamaları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>146</v>
+        <v>360</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257537001</t>
+          <t>9786257537117</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik</t>
+          <t>Bach</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057764881</t>
+          <t>9786257537087</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Lezzet Gemisi</t>
+          <t>Dünyadaki Son Beyaz Gergedan</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057764997</t>
+          <t>9786257537124</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çatı Bahçeleri</t>
+          <t>Mozart</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057764959</t>
+          <t>9786257537100</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Edebiyat Başka Türlü Anlatmaktır</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>108</v>
+        <v>294</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057764973</t>
+          <t>9786257537018</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Vasatlığın İktidarı</t>
+          <t>İlkbahar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>230</v>
+        <v>174</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057764805</t>
+          <t>9786057764812</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Gün</t>
+          <t>Mekan ve Yer</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057764966</t>
+          <t>9786257537070</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Okuryazarlığı</t>
+          <t>Çizgili Hikaye</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057764935</t>
+          <t>9786257537063</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Atıksız Yaşam</t>
+          <t>Yeter ki Şans Ver</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057764898</t>
+          <t>9786257537025</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Muz Ne Kadar Kötüdür?</t>
+          <t>Kaptan Pis Fred</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>290</v>
+        <v>146</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057764942</t>
+          <t>9786257537001</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
+          <t>Biyoçeşitlilik</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>339</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057764874</t>
+          <t>9786057764881</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Meme Kanseri Bencildir</t>
+          <t>Nuh’un Lezzet Gemisi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057764911</t>
+          <t>9786057764997</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kazdağları Öyküleri</t>
+          <t>Çatı Bahçeleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057764904</t>
+          <t>9786057764959</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Maden Canavarı</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>148</v>
+        <v>108</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057764775</t>
+          <t>9786057764973</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca Dönmeyi Bırakınca</t>
+          <t>Vasatlığın İktidarı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>244</v>
+        <v>230</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752498983</t>
+          <t>9786057764805</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar</t>
+          <t>Sıra Dışı Bir Gün</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9772458990141</t>
+          <t>9786057764966</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi 14. Sayı - Dosya: Montessori Metodu</t>
+          <t>Siyaset Okuryazarlığı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057764799</t>
+          <t>9786057764935</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Geziyorum</t>
+          <t>Atıksız Yaşam</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057764768</t>
+          <t>9786057764898</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bitki Devrimi</t>
+          <t>Muz Ne Kadar Kötüdür?</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057764751</t>
+          <t>9786057764942</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Sosyal ve Duygusal Öğrenme</t>
+          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>370</v>
+        <v>339</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057764720</t>
+          <t>9786057764874</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bir Arap Kadının İtirafları</t>
+          <t>Meme Kanseri Bencildir</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>146</v>
+        <v>160</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057764737</t>
+          <t>9786057764911</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Okulu</t>
+          <t>Kazdağları Öyküleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057764713</t>
+          <t>9786057764904</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Max’in Balıkları</t>
+          <t>Maden Canavarı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057764621</t>
+          <t>9786057764775</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yabanıl Anne</t>
+          <t>Atlıkarınca Dönmeyi Bırakınca</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>180</v>
+        <v>244</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057764690</t>
+          <t>9789752498983</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilikte Disiplinlerarasılık: Fırsat mı Sınırlılık mı?</t>
+          <t>Karıncalar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057764645</t>
+          <t>9772458990141</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sarnıçtaki Kelebek</t>
+          <t>Alternatif Eğitim Dergisi 14. Sayı - Dosya: Montessori Metodu</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057764669</t>
+          <t>9786057764799</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gerçeğimiz Sürdürülebilirlik</t>
+          <t>Çocukla Geziyorum</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057764676</t>
+          <t>9786057764768</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kitabı</t>
+          <t>Bitki Devrimi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>138</v>
+        <v>260</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057764577</t>
+          <t>9786057764751</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika</t>
+          <t>Çocuklukta Sosyal ve Duygusal Öğrenme</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057764607</t>
+          <t>9786057764720</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Dünya Seyahati</t>
+          <t>Bir Arap Kadının İtirafları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>165</v>
+        <v>146</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057764553</t>
+          <t>9786057764737</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Meczubun Oğlu</t>
+          <t>Mutluluk Okulu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057764539</t>
+          <t>9786057764713</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımdaki Rüzgar</t>
+          <t>Max’in Balıkları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>260</v>
+        <v>144</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057764591</t>
+          <t>9786057764621</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Gaudi’nin Gizemini Çözen İki Kafadar</t>
+          <t>Yabanıl Anne</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057764546</t>
+          <t>9786057764690</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Roman Hayattır</t>
+          <t>Tarihçilikte Disiplinlerarasılık: Fırsat mı Sınırlılık mı?</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>274</v>
+        <v>240</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057764584</t>
+          <t>9786057764645</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çizgili Fil</t>
+          <t>Sarnıçtaki Kelebek</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>164</v>
+        <v>199</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057764614</t>
+          <t>9786057764669</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Canım Kuzenim</t>
+          <t>Yeni Gerçeğimiz Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>134</v>
+        <v>195</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057764508</t>
+          <t>9786057764676</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Siluetler</t>
+          <t>Kuş Kitabı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>146</v>
+        <v>138</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057764515</t>
+          <t>9786057764577</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizinin Kızı</t>
+          <t>Güney Afrika</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>144</v>
+        <v>340</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057764454</t>
+          <t>9786057764607</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aşçının Kızı</t>
+          <t>Dünya Seyahati</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057764522</t>
+          <t>9786057764553</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Işıkları</t>
+          <t>Meczubun Oğlu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057764485</t>
+          <t>9786057764539</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Vegan Olmak İçin Bahaneler</t>
+          <t>Saçlarımdaki Rüzgar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057764447</t>
+          <t>9786057764591</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı, Siyah Köpek ve Bulut</t>
+          <t>Gaudi’nin Gizemini Çözen İki Kafadar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057764416</t>
+          <t>9786057764546</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Balıkları</t>
+          <t>Roman Hayattır</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>274</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057764461</t>
+          <t>9786057764584</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Tarihçiliğin Gündemi</t>
+          <t>Mavi Çizgili Fil</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>164</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057764256</t>
+          <t>9786057764614</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Yalan Uydurdum</t>
+          <t>Canım Kuzenim</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>198</v>
+        <v>134</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752498389</t>
+          <t>9786057764508</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi</t>
+          <t>Siluetler</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>110</v>
+        <v>146</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057764423</t>
+          <t>9786057764515</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretiminde Teknolojinin Kullanımı</t>
+          <t>Güney Denizinin Kızı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>260</v>
+        <v>144</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057764232</t>
+          <t>9786057764454</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Zorlu Görevde: Akran Zorbalığı</t>
+          <t>Aşçının Kızı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057764379</t>
+          <t>9786057764522</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Muzcu Kedi</t>
+          <t>Akdeniz Işıkları</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057764348</t>
+          <t>9786057764485</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Bir Yaşam Kurmak</t>
+          <t>Vegan Olmak İçin Bahaneler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>248</v>
+        <v>259</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057764300</t>
+          <t>9786057764447</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarım Politikaları</t>
+          <t>Erik Ağacı, Siyah Köpek ve Bulut</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>259</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057764294</t>
+          <t>9786057764416</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Yaşam Rehberi</t>
+          <t>İstanbul’un Balıkları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057764317</t>
+          <t>9786057764461</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Mekansallık: Sanat Üretiminde Eşzamanlılık Durumu</t>
+          <t>Dünyada Tarihçiliğin Gündemi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057764027</t>
+          <t>9786057764256</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Modada Yavaşlık</t>
+          <t>Ben Bir Yalan Uydurdum</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057764287</t>
+          <t>9789752498389</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Deneyleri</t>
+          <t>Vivaldi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057764225</t>
+          <t>9786057764423</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yetimleri</t>
+          <t>Sosyal Bilgiler Öğretiminde Teknolojinin Kullanımı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>188</v>
+        <v>260</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057764263</t>
+          <t>9786057764232</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Tüketim Kültürü ve Gıda İsrafı</t>
+          <t>Kaplumbağalar Zorlu Görevde: Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>156</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057764164</t>
+          <t>9786057764379</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bizans Düşerken</t>
+          <t>Muzcu Kedi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>148</v>
+        <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057764157</t>
+          <t>9786057764348</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Liseli Harriet'in Günlüğü - Kanserle Nasıl Savaştı?</t>
+          <t>Birlikte Bir Yaşam Kurmak</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>148</v>
+        <v>248</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057764096</t>
+          <t>9786057764300</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kule Saatindeki Kuzgun</t>
+          <t>Osmanlı’da Tarım Politikaları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>245</v>
+        <v>259</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057764171</t>
+          <t>9786057764294</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gökten Kuş Yağdı</t>
+          <t>Sürdürülebilir Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057764201</t>
+          <t>9786057764317</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Spagetti Zürefa</t>
+          <t>Mekansallık: Sanat Üretiminde Eşzamanlılık Durumu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057764195</t>
+          <t>9786057764027</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Göçmenlerin Gizli Dostu</t>
+          <t>Modada Yavaşlık</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057764065</t>
+          <t>9786057764287</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Denkleminde Filistin Sorunu</t>
+          <t>Hayvan Deneyleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057764218</t>
+          <t>9786057764225</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Psikodrama</t>
+          <t>Kıbrıs Yetimleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>188</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057764034</t>
+          <t>9786057764263</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik</t>
+          <t>Sıfır Atık Tüketim Kültürü ve Gıda İsrafı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>269</v>
+        <v>156</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057764119</t>
+          <t>9786057764164</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vatandaşlığın İnşası</t>
+          <t>Bizans Düşerken</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>240</v>
+        <v>148</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057764126</t>
+          <t>9786057764157</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir İyi Ebeveynlik</t>
+          <t>Liseli Harriet'in Günlüğü - Kanserle Nasıl Savaştı?</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>148</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>3990000031163</t>
+          <t>9786057764096</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 11 Güz 2019</t>
+          <t>Kule Saatindeki Kuzgun</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752498723</t>
+          <t>9786057764171</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tarih Teorisi</t>
+          <t>Gökten Kuş Yağdı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>259</v>
+        <v>148</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057764072</t>
+          <t>9786057764201</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çocuk</t>
+          <t>Spagetti Zürefa</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057764041</t>
+          <t>9786057764195</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ümit Penceresi</t>
+          <t>Göçmenlerin Gizli Dostu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057764058</t>
+          <t>9786057764065</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Kaftanı</t>
+          <t>Ortadoğu Denkleminde Filistin Sorunu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>149</v>
+        <v>160</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752498990</t>
+          <t>9786057764218</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Aynasında</t>
+          <t>Psikodrama</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752498969</t>
+          <t>9786057764034</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuzlar</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>168</v>
+        <v>269</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752498976</t>
+          <t>9786057764119</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kooperatifler</t>
+          <t>Türkiye'de Vatandaşlığın İnşası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789752498921</t>
+          <t>9786057764126</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yolboyu</t>
+          <t>Sürdürülebilir İyi Ebeveynlik</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>178</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752498945</t>
+          <t>3990000031163</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mimar Olmak İstiyorum</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 11 Güz 2019</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752498952</t>
+          <t>9789752498723</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Mistik Göl Dörtlüsü 4 - Kimsesiz, Kaybedilmiş</t>
+          <t>Tarih Teorisi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>198</v>
+        <v>259</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>3990000044410</t>
+          <t>9786057764072</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 10 Bahar 2019</t>
+          <t>Cumhuriyet ve Çocuk</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752498907</t>
+          <t>9786057764041</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Benim Atölyelerim</t>
+          <t>Ümit Penceresi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752498822</t>
+          <t>9786057764058</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tohumun Hikayesi</t>
+          <t>Padişahın Kaftanı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>160</v>
+        <v>149</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789752498853</t>
+          <t>9789752498990</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Vegan Bir Dünya</t>
+          <t>Geçmişin Aynasında</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752498815</t>
+          <t>9789752498969</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kapısı</t>
+          <t>Uygunsuzlar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752498709</t>
+          <t>9789752498976</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Leyleğin Ayağındaki Dünya</t>
+          <t>Kooperatifler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789752498679</t>
+          <t>9789752498921</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Tiyatro Oyunları - 11 Oyun</t>
+          <t>Yolboyu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>224</v>
+        <v>178</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789752498730</t>
+          <t>9789752498945</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesi</t>
+          <t>Mimar Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752498792</t>
+          <t>9789752498952</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sanatlar, Eğitim ve Kültür</t>
+          <t>Mistik Göl Dörtlüsü 4 - Kimsesiz, Kaybedilmiş</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>198</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789752498761</t>
+          <t>3990000044410</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekolojistin Not Defteri</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 10 Bahar 2019</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>186</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789752498785</t>
+          <t>9789752498907</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kişiliği Belirsiz</t>
+          <t>Benim Atölyelerim</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789752498808</t>
+          <t>9789752498822</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tohum Topu</t>
+          <t>Tohumun Hikayesi</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789752498396</t>
+          <t>9789752498853</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Biz Annemizden Hiç Böyle Görmedik</t>
+          <t>Vegan Bir Dünya</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789752498747</t>
+          <t>9789752498815</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Köylülük Mümkün</t>
+          <t>Kelebek Kapısı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752498686</t>
+          <t>9789752498709</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk ve Peri'nin Büyüsü</t>
+          <t>Leyleğin Ayağındaki Dünya</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789752498648</t>
+          <t>9789752498679</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kimliği Meçhul - Mistik Göl Dörtlüsü 2</t>
+          <t>Çocuk ve Gençlik Tiyatro Oyunları - 11 Oyun</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>334</v>
+        <v>224</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789752498631</t>
+          <t>9789752498730</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kıyılarına Vur Adamın</t>
+          <t>Düşler Ülkesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>342</v>
+        <v>180</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752498624</t>
+          <t>9789752498792</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Ağacı</t>
+          <t>Sanatlar, Eğitim ve Kültür</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752498662</t>
+          <t>9789752498761</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Gözünden Irak</t>
+          <t>Bir Ekolojistin Not Defteri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>168</v>
+        <v>186</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>3990000044486</t>
+          <t>9789752498785</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı 8 Güz 2018</t>
+          <t>Kişiliği Belirsiz</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>160</v>
+        <v>169</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752498358</t>
+          <t>9789752498808</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Tohum Topu</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752498600</t>
+          <t>9789752498396</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bahoz - Fırtına</t>
+          <t>Biz Annemizden Hiç Böyle Görmedik</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752498297</t>
+          <t>9789752498747</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Sanat</t>
+          <t>Başka Bir Köylülük Mümkün</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>240</v>
+        <v>156</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752498587</t>
+          <t>9789752498686</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aziz Petrus’un Şemsiyesi</t>
+          <t>Pofuduk ve Peri'nin Büyüsü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>99</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000089939</t>
+          <t>9789752498648</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 25 Aralık 2017</t>
+          <t>Kimliği Meçhul - Mistik Göl Dörtlüsü 2</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>40</v>
+        <v>334</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752498563</t>
+          <t>9789752498631</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dil Irkçılığı - Linguizismus - Linguicism</t>
+          <t>Kıyılarına Vur Adamın</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>294</v>
+        <v>342</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752498556</t>
+          <t>9789752498624</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama ve Müze</t>
+          <t>Gökkuşağı Ağacı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752498525</t>
+          <t>9789752498662</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Reel Sosyalizm Sonrası Marx</t>
+          <t>Tanrı Gözünden Irak</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>259</v>
+        <v>168</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>3990000029502</t>
+          <t>3990000044486</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 7 Bahar 2018</t>
+          <t>Alternatif Eğitim Dergisi Sayı 8 Güz 2018</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752498518</t>
+          <t>9789752498358</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Nina ve Radyo’nun Maceraları</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752498495</t>
+          <t>9789752498600</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fidanların Büyütülmediği Mevsim</t>
+          <t>Bahoz - Fırtına</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752498457</t>
+          <t>9789752498297</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İvan İllich İle Söyleşiler - İvan İllich Kitaplığı 5</t>
+          <t>Çocuk ve Sanat</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>154</v>
+        <v>240</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752498143</t>
+          <t>9789752498587</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kompost Tuvaletler</t>
+          <t>Aziz Petrus’un Şemsiyesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>415</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>3990000029546</t>
+          <t>3990000089939</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 6 Kış 2017</t>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 25 Aralık 2017</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752498365</t>
+          <t>9789752498563</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayvanlar</t>
+          <t>Dil Irkçılığı - Linguizismus - Linguicism</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>294</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752498273</t>
+          <t>9789752498556</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Uranyum Uğruna</t>
+          <t>Yaratıcı Drama ve Müze</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752498174</t>
+          <t>9789752498525</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Doğal Annelik Yolunda</t>
+          <t>Reel Sosyalizm Sonrası Marx</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>235</v>
+        <v>259</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752498303</t>
+          <t>3990000029502</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Mahalle</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 7 Bahar 2018</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752498259</t>
+          <t>9789752498518</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Savaş Söylemlerinde Kadın İmgesi</t>
+          <t>Nina ve Radyo’nun Maceraları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752498280</t>
+          <t>9789752498495</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ahlaklı Yurttaş</t>
+          <t>Fidanların Büyütülmediği Mevsim</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752498112</t>
+          <t>9789752498457</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Yapı Teknikleri</t>
+          <t>İvan İllich İle Söyleşiler - İvan İllich Kitaplığı 5</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>388</v>
+        <v>154</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752498129</t>
+          <t>9789752498143</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mikro Tarihin Gözünden 1924</t>
+          <t>Kompost Tuvaletler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>415</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752498068</t>
+          <t>3990000029546</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Moda Praksisi</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 6 Kış 2017</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>149</v>
+        <v>160</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752498402</t>
+          <t>9789752498365</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bitki Zekası</t>
+          <t>Küçük Hayvanlar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752498037</t>
+          <t>9789752498273</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Afrikaname</t>
+          <t>Uranyum Uğruna</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>3990000089938</t>
+          <t>9789752498174</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 24 Şubat 2017</t>
+          <t>Doğal Annelik Yolunda</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055895969</t>
+          <t>9789752498303</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocuk ve Gençler</t>
+          <t>Ekolojik Mahalle</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>3990000011933</t>
+          <t>9789752498259</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 3 Eylül - Aralık 2016</t>
+          <t>Savaş Söylemlerinde Kadın İmgesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>3990000032270</t>
+          <t>9789752498280</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Dergisi Sayı: 22</t>
+          <t>Ahlaklı Yurttaş</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>40</v>
+        <v>280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055895884</t>
+          <t>9789752498112</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Annelik Haritası</t>
+          <t>Geleneksel Yapı Teknikleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>240</v>
+        <v>388</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055895860</t>
+          <t>9789752498129</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Su Hakkı</t>
+          <t>Mikro Tarihin Gözünden 1924</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>299</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055895853</t>
+          <t>9789752498068</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ekoköy İthaca</t>
+          <t>Moda Praksisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>235</v>
+        <v>149</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>3990000032561</t>
+          <t>9789752498402</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 2 Mayıs - Ağustos 2016</t>
+          <t>Bitki Zekası</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>3990000046492</t>
+          <t>9789752498037</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 1 Ocak - Nisan 2016</t>
+          <t>Afrikaname</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752498426</t>
+          <t>3990000089938</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ekolojizm</t>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 24 Şubat 2017</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>259</v>
+        <v>160</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055895846</t>
+          <t>9786055895969</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Felaketlerle Yaşamak</t>
+          <t>Suça Sürüklenen Çocuk ve Gençler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>164</v>
+        <v>280</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055895679</t>
+          <t>3990000011933</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Moda</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 3 Eylül - Aralık 2016</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055895761</t>
+          <t>3990000032270</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Şarkılardan Fal Tuttum</t>
+          <t>Usatölyesi Dergisi Sayı: 22</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>239</v>
+        <v>40</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055895686</t>
+          <t>9786055895884</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Küba'da Sürdürülebilir Kent Tarımı</t>
+          <t>Annelik Haritası</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055895709</t>
+          <t>9786055895860</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>ABC - Aklın Modernleşmesi</t>
+          <t>Su Hakkı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>152</v>
+        <v>299</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055895631</t>
+          <t>9786055895853</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi; Küçülmek Güzeldir</t>
+          <t>Ekoköy İthaca</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055895662</t>
+          <t>3990000032561</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Batı Uygarlığının Çöküşü</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 2 Mayıs - Ağustos 2016</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055895426</t>
+          <t>3990000046492</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Politika</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 1 Ocak - Nisan 2016</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752498204</t>
+          <t>9789752498426</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Permakültür Bahçeleri</t>
+          <t>Ekolojizm</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>299</v>
+        <v>259</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>3990000027364</t>
+          <t>9786055895846</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 23 Nisan 2015</t>
+          <t>Nükleer Felaketlerle Yaşamak</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>40</v>
+        <v>164</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752498327</t>
+          <t>9786055895679</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Sürdürülebilir Moda</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055895402</t>
+          <t>9786055895761</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Karbon Ayak İzi Rehberi</t>
+          <t>Şarkılardan Fal Tuttum</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>140</v>
+        <v>239</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055895617</t>
+          <t>9786055895686</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Teknoloji Mümkün</t>
+          <t>Küba'da Sürdürülebilir Kent Tarımı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055895532</t>
+          <t>9786055895709</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Suzan</t>
+          <t>ABC - Aklın Modernleşmesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>248</v>
+        <v>152</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752498471</t>
+          <t>9786055895631</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ekoköyler: Yeni Rotamız</t>
+          <t>Yeşil Ekonomi; Küçülmek Güzeldir</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055895594</t>
+          <t>9786055895662</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Azınlık Okullarında Tarih Eğitimi ve Çokkültürlülük</t>
+          <t>Batı Uygarlığının Çöküşü</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>294</v>
+        <v>135</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055895389</t>
+          <t>9786055895426</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ekofobiyi Aşmak</t>
+          <t>Yeşil Politika</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055895778</t>
+          <t>9789752498204</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Gıda Bağımsızlığı</t>
+          <t>Permakültür Bahçeleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055895518</t>
+          <t>3990000027364</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayvancılık Mümkün</t>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 23 Nisan 2015</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>146</v>
+        <v>40</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055895327</t>
+          <t>9789752498327</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tarım Mümkün Mü?</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055895419</t>
+          <t>9786055895402</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji Çözüm Değil</t>
+          <t>Kişisel Karbon Ayak İzi Rehberi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055895525</t>
+          <t>9786055895617</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Romantik Tarihçilik</t>
+          <t>Başka Bir Teknoloji Mümkün</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055895433</t>
+          <t>9786055895532</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 10</t>
+          <t>Suzan</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>220</v>
+        <v>248</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055895266</t>
+          <t>9789752498471</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 9 - Doğa, Düşünce, Siyaset</t>
+          <t>Ekoköyler: Yeni Rotamız</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>220</v>
+        <v>156</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055895143</t>
+          <t>9786055895594</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 8 Doğa, Düşünce, Siyaset</t>
+          <t>Azınlık Okullarında Tarih Eğitimi ve Çokkültürlülük</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>220</v>
+        <v>294</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055895105</t>
+          <t>9786055895389</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 7 Doğa, Düşünce, Siyaset</t>
+          <t>Ekofobiyi Aşmak</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>3990000009584</t>
+          <t>9786055895778</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 6 Doğa, Düşünce, Siyaset</t>
+          <t>Gıda Bağımsızlığı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>220</v>
+        <v>98</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055895259</t>
+          <t>9786055895518</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Anayasa</t>
+          <t>Başka Bir Hayvancılık Mümkün</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>160</v>
+        <v>146</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055895341</t>
+          <t>9786055895327</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları</t>
+          <t>Sürdürülebilir Tarım Mümkün Mü?</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055895303</t>
+          <t>9786055895419</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Çernobil Halk Mahkemesi</t>
+          <t>Nükleer Enerji Çözüm Değil</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
+          <t>9786055895525</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Romantik Tarihçilik</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786055895433</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 10</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786055895266</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 9 - Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786055895143</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 8 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786055895105</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 7 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>3990000009584</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 6 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786055895259</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Anayasa</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786055895341</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hakları</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786055895303</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Çernobil Halk Mahkemesi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
           <t>9789944916271</t>
         </is>
       </c>
-      <c r="B441" s="1" t="inlineStr">
+      <c r="B450" s="1" t="inlineStr">
         <is>
           <t>Üç Ekoloji Sayı: 5</t>
         </is>
       </c>
-      <c r="C441" s="1">
+      <c r="C450" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>