--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,6775 +85,6895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258309706</t>
+          <t>9786255936677</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Kedi Var</t>
+          <t>Efsane Çevreci Kaptan June</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255936547</t>
+          <t>9786255936646</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bay Lüle’nin Orman Gözleri</t>
+          <t>Sinekler İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255936257</t>
+          <t>9786255936745</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tül Toprak Yığınak</t>
+          <t>Ekofeminist Felsefe</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255936509</t>
+          <t>9786255936592</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Biz Süngerciler</t>
+          <t>Acemi Bulut</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255936424</t>
+          <t>9786256813267</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Terra ve Mosso - Duygular</t>
+          <t>Hazine Avı Yarışması - Canavar Avcıları 4</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255936578</t>
+          <t>9786256459373</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ne Giyeceksin Pıtpıt?</t>
+          <t>Meyve Şenliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255936394</t>
+          <t>9786256813168</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Kurbağa</t>
+          <t>Ekofeminizm ve Françoise d’Eaubonne</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255936479</t>
+          <t>9786256813052</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dev Kurbağa Heykeli</t>
+          <t>Çocuğuna Kendin Öğret</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255936523</t>
+          <t>9786258309706</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Hikâyesi</t>
+          <t>Dikkat Kedi Var</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255936455</t>
+          <t>9786255936547</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Akoba’nın Sırrı</t>
+          <t>Bay Lüle’nin Orman Gözleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>228</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255936387</t>
+          <t>9786255936257</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Tül Toprak Yığınak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255936417</t>
+          <t>9786255936509</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin İstanbul’u</t>
+          <t>Biz Süngerciler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256813137</t>
+          <t>9786255936424</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bahçıvan</t>
+          <t>Terra ve Mosso - Duygular</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256459519</t>
+          <t>9786255936578</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Claire Malone Dünyayı Değiştiriyor</t>
+          <t>Ne Giyeceksin Pıtpıt?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256813540</t>
+          <t>9786255936394</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvardan Büyük Kaçış</t>
+          <t>Mutlu Kurbağa</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255936035</t>
+          <t>9786255936479</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çilli'nin Rüyaları</t>
+          <t>Dev Kurbağa Heykeli</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255936332</t>
+          <t>9786255936523</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunu</t>
+          <t>Ağacın Hikâyesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255936356</t>
+          <t>9786255936455</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>Akoba’nın Sırrı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256813380</t>
+          <t>9786255936387</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güneş Balığı ve Ay Işığı</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258309348</t>
+          <t>9786255936417</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kadın Tarihi Nasıl Öğretilir?</t>
+          <t>Kedilerin İstanbul’u</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752498693</t>
+          <t>9786256813137</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Empatiyi Geliştirme Rehberi</t>
+          <t>Küçük Bahçıvan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050001037</t>
+          <t>9786256459519</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mozart’ı Anlamak</t>
+          <t>Claire Malone Dünyayı Değiştiriyor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>17</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050001105</t>
+          <t>9786256813540</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kabala Yahudi Kadim Mistik Öğretisi</t>
+          <t>Laboratuvardan Büyük Kaçış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>17</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050001129</t>
+          <t>9786255936035</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kimlik, Vatandaşlık ve Tarih Eğitimi</t>
+          <t>Çilli'nin Rüyaları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758829089</t>
+          <t>9786255936332</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 2</t>
+          <t>Çocuk Oyunu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>11.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255936318</t>
+          <t>9786255936356</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Permakültür: Sürdürülebilirliğin Ötesinde İlkeler ve Yollar</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055895808</t>
+          <t>9786256813380</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ritüelleri</t>
+          <t>Güneş Balığı ve Ay Işığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055895914</t>
+          <t>9786258309348</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Julio Cortazar'ın Öykülerinin Sembolik İmgelemi</t>
+          <t>Kadın Tarihi Nasıl Öğretilir?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2789788621055</t>
+          <t>9789752498693</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Moda Seti - 3 Kitap</t>
+          <t>Empatiyi Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>468</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256813472</t>
+          <t>9786050001037</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Keçileri</t>
+          <t>Mozart’ı Anlamak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255936295</t>
+          <t>9786050001105</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Myrmidon Hikayesi: Arif Ali Cangı</t>
+          <t>Kabala Yahudi Kadim Mistik Öğretisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255936219</t>
+          <t>9786050001129</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sosyal Girişimcilik</t>
+          <t>21. Yüzyılda Kimlik, Vatandaşlık ve Tarih Eğitimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255936059</t>
+          <t>9789758829089</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Babamla Balonda Seyahat: Mardin</t>
+          <t>Üç Ekoloji Sayı: 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>144</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255936271</t>
+          <t>9786255936318</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mantarların Dansı</t>
+          <t>Permakültür: Sürdürülebilirliğin Ötesinde İlkeler ve Yollar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>192</v>
+        <v>440</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255936172</t>
+          <t>9786055895808</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hepimizin İçinde Bir Yer</t>
+          <t>Eğitim Ritüelleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>425</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255936196</t>
+          <t>9786055895914</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsam?</t>
+          <t>Julio Cortazar'ın Öykülerinin Sembolik İmgelemi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>192</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256813038</t>
+          <t>2789788621055</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerinde Macera</t>
+          <t>Sürdürülebilir Moda Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>128</v>
+        <v>468</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000000554</t>
+          <t>9786256813472</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tayfun Özkaya Kitaplığı Seti - 4 Kitap Takım</t>
+          <t>Ankara'nın Keçileri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>478</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255936073</t>
+          <t>9786255936295</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Lilya ve Pıtır: Ormanda Macera</t>
+          <t>Bir Myrmidon Hikayesi: Arif Ali Cangı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>188</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255936134</t>
+          <t>9786255936219</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Foça Dedektifleri</t>
+          <t>Adım Adım Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255936158</t>
+          <t>9786255936059</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Krizin Kökenleri</t>
+          <t>Babamla Balonda Seyahat: Mardin</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>246</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255936011</t>
+          <t>9786255936271</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Deneyen Çocuk</t>
+          <t>Mantarların Dansı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256813724</t>
+          <t>9786255936172</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Diktatörlük</t>
+          <t>Hepimizin İçinde Bir Yer</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>218</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256813939</t>
+          <t>9786255936196</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çuvalı</t>
+          <t>Bir Kuş Olsam?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258309669</t>
+          <t>9786256813038</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kooperatif Şehir Finansmanı</t>
+          <t>Deniz Fenerinde Macera</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>336</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256813953</t>
+          <t>4440000000554</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Sır</t>
+          <t>Tayfun Özkaya Kitaplığı Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>88</v>
+        <v>478</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256813236</t>
+          <t>9786255936073</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aydan Ay’a</t>
+          <t>Lilya ve Pıtır: Ormanda Macera</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256813991</t>
+          <t>9786255936134</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Moda Psikolojisi</t>
+          <t>Foça Dedektifleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>198</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256813779</t>
+          <t>9786255936158</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seksizm</t>
+          <t>Ekolojik Krizin Kökenleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>348</v>
+        <v>310</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256813977</t>
+          <t>9786255936011</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Canavar</t>
+          <t>Her Şeyi Deneyen Çocuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256813809</t>
+          <t>9786256813724</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Hakkında Her Şey</t>
+          <t>Kötülük ve Diktatörlük</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055895716</t>
+          <t>9786256813939</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığı ve Aile</t>
+          <t>Yıldız Çuvalı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>118</v>
+        <v>175</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256813731</t>
+          <t>9786258309669</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Oyununda Kadınlar</t>
+          <t>Kooperatif Şehir Finansmanı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>148</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256813717</t>
+          <t>9786256813953</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çok Korkunç Canavar</t>
+          <t>Vadideki Sır</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258309324</t>
+          <t>9786256813236</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben-Döngü Çemberleri</t>
+          <t>Aydan Ay’a</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257537889</t>
+          <t>9786256813991</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Okuduğunu Anlamak</t>
+          <t>Moda Psikolojisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257537490</t>
+          <t>9786256813779</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Karma Desen Araştırmaları</t>
+          <t>Seksizm</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752498891</t>
+          <t>9786256813977</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Rosie Joy</t>
+          <t>Yeşil Canavar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057764492</t>
+          <t>9786256813809</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İklim Direnişi</t>
+          <t>Ağaçlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752498419</t>
+          <t>9786055895716</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Almanağı: 2005 - 2016</t>
+          <t>Madde Bağımlılığı ve Aile</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>78</v>
+        <v>118</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752498440</t>
+          <t>9786256813731</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Otizm Olarak Bilinen Belirtilerden Kurtulmak</t>
+          <t>Erkeklerin Oyununda Kadınlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>324</v>
+        <v>148</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055895990</t>
+          <t>9786256813717</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çin Rüyası</t>
+          <t>Çok Korkunç Canavar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>129</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752498372</t>
+          <t>9786258309324</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Ziyafeti</t>
+          <t>Yeni Bir Ben-Döngü Çemberleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>108</v>
+        <v>425</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055895495</t>
+          <t>9786257537889</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Öğretilir? (Genişletilmiş Baskı)</t>
+          <t>Okuduğunu Anlamak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>439</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055895730</t>
+          <t>9786257537490</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Döneminde Kadın Olmak</t>
+          <t>Sosyolojide Karma Desen Araştırmaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>249</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257537049</t>
+          <t>9789752498891</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Rosie Joy</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>212</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752498532</t>
+          <t>9786057764492</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Hayatlar</t>
+          <t>İklim Direnişi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>139</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257537506</t>
+          <t>9789752498419</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Masalların Kadim Yolundan Terapötik Bir Yolculuğa</t>
+          <t>Ekoloji Almanağı: 2005 - 2016</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>158</v>
+        <v>78</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256813885</t>
+          <t>9789752498440</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dedektif Hiroko</t>
+          <t>Otizm Olarak Bilinen Belirtilerden Kurtulmak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>324</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256813908</t>
+          <t>9786055895990</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Anneler İçin Bir Başucu Kitabı</t>
+          <t>Çin Rüyası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>158</v>
+        <v>129</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256813823</t>
+          <t>9789752498372</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Anlama Saatleri</t>
+          <t>Tilkinin Ziyafeti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>108</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256813083</t>
+          <t>9786055895495</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Homeopati</t>
+          <t>Tarih Nasıl Öğretilir? (Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>439</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256813854</t>
+          <t>9786055895730</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ekotoplumculuk</t>
+          <t>2. Meşrutiyet Döneminde Kadın Olmak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>136</v>
+        <v>249</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256813793</t>
+          <t>9786257537049</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Veganlığı Anlamak</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>228</v>
+        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256813564</t>
+          <t>9789752498532</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dekolonyal Bir Ekoloji</t>
+          <t>Işıldayan Hayatlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>290</v>
+        <v>139</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256813748</t>
+          <t>9786257537506</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ben Prenses Değilim</t>
+          <t>Masalların Kadim Yolundan Terapötik Bir Yolculuğa</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256813786</t>
+          <t>9786256813885</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Otizm Erken Tanı, Danışmanlık ve Terapi</t>
+          <t>Küçük Dedektif Hiroko</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256459120</t>
+          <t>9786256813908</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Yaratmak</t>
+          <t>Anneler İçin Bir Başucu Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256813014</t>
+          <t>9786256813823</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Dergisi 2023 Toplu Yazılar</t>
+          <t>Zamanı Anlama Saatleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>272</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256459441</t>
+          <t>9786256813083</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Dergisi 2022 Toplu Yazılar</t>
+          <t>Çocuklar İçin Homeopati</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>272</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256459007</t>
+          <t>9786256813854</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mantarlar</t>
+          <t>Ekotoplumculuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256813755</t>
+          <t>9786256813793</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji ve İklim Krizi İletişiminde Adaletin İnşası</t>
+          <t>Veganlığı Anlamak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>294</v>
+        <v>285</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256813700</t>
+          <t>9786256813564</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Babamla Balonda Seyahat: Antakya</t>
+          <t>Dekolonyal Bir Ekoloji</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256813687</t>
+          <t>9786256813748</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Canavar Gece Pazarı - Canavar Avcıları 3</t>
+          <t>Ben Prenses Değilim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>129</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256459175</t>
+          <t>9786256813786</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kemik Canavarı - Canavar Avcıları 2</t>
+          <t>Otizm Erken Tanı, Danışmanlık ve Terapi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>129</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055895297</t>
+          <t>9786256459120</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Organik Tarım?</t>
+          <t>Geçmişi Yaratmak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>158</v>
+        <v>460</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256813694</t>
+          <t>9786256813014</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı Yeryüzü Sofrasının Bilgesi</t>
+          <t>Yeşil Siyaset Dergisi 2023 Toplu Yazılar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256813670</t>
+          <t>9786256459441</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Hukuku</t>
+          <t>Yeşil Siyaset Dergisi 2022 Toplu Yazılar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259813540</t>
+          <t>9786256459007</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvardan Büyük Kaçış</t>
+          <t>Mantarlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>675</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256813441</t>
+          <t>9786256813755</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Koşanlar</t>
+          <t>Ekoloji ve İklim Krizi İletişiminde Adaletin İnşası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>149</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256813649</t>
+          <t>9786256813700</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İnşaat</t>
+          <t>Babamla Balonda Seyahat: Antakya</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256813588</t>
+          <t>9786256813687</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kim Benimle Şiir Oynar?</t>
+          <t>Canavar Gece Pazarı - Canavar Avcıları 3</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256813625</t>
+          <t>9786256459175</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Geziyorum - Viyana, Münih, Kopenhag, Oslo</t>
+          <t>Beyaz Kemik Canavarı - Canavar Avcıları 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256813601</t>
+          <t>9786055895297</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Köydeki Mucize Birlikte Yapabiliriz</t>
+          <t>Nasıl Bir Organik Tarım?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256813144</t>
+          <t>9786256813694</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi</t>
+          <t>Zeytin Ağacı Yeryüzü Sofrasının Bilgesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256813519</t>
+          <t>9786256813670</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ev Bahçelerinin Bakım ve Ekim Yöntemleri</t>
+          <t>Türlerin Hukuku</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256813427</t>
+          <t>9786259813540</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Haklarını Savunmak Abolisyonist Veganın El Kitabı</t>
+          <t>Laboratuvardan Büyük Kaçış</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>218</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256813502</t>
+          <t>9786256813441</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Moda</t>
+          <t>Gökyüzünde Koşanlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>274</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256813489</t>
+          <t>9786256813649</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Tasarım Kuramı</t>
+          <t>Sessiz İnşaat</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256813403</t>
+          <t>9786256813588</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kızı</t>
+          <t>Kim Benimle Şiir Oynar?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256813120</t>
+          <t>9786256813625</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Doğal Yaşam Dünyayı, Tarihi, Bedeni ve Zihni Yeniden Hissetmek</t>
+          <t>Çocukla Geziyorum - Viyana, Münih, Kopenhag, Oslo</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257537643</t>
+          <t>9786256813601</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kuklaların Dansı</t>
+          <t>Köydeki Mucize Birlikte Yapabiliriz</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>164</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752498006</t>
+          <t>9786256813144</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ekokurgu</t>
+          <t>Döngüsel Ekonomi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256813021</t>
+          <t>9786256813519</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Kapasite Geliştirme ve Verimlilik</t>
+          <t>Ev Bahçelerinin Bakım ve Ekim Yöntemleri</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256813359</t>
+          <t>9786256813427</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Terra ve Mosso</t>
+          <t>Hayvan Haklarını Savunmak Abolisyonist Veganın El Kitabı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256459458</t>
+          <t>9786256813502</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu ve Türkiye</t>
+          <t>Döngüsel Ekonomi ve Moda</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>319</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256813342</t>
+          <t>9786256813489</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Başkası Adına Konuşmanın Haysiyetsizliği</t>
+          <t>Ekolojik Tasarım Kuramı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256459465</t>
+          <t>9786256813403</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Pigu ve Pembe Kakası</t>
+          <t>Güneşin Kızı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256813045</t>
+          <t>9786256813120</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 3 - Arda Antik Çağ’da Thales İle Konuşmalar</t>
+          <t>Bütüncül Doğal Yaşam Dünyayı, Tarihi, Bedeni ve Zihni Yeniden Hissetmek</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>176</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256813113</t>
+          <t>9786257537643</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 4 Havva Antik Çağ’da İskenderiyeli Hypatia</t>
+          <t>Kuklaların Dansı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>176</v>
+        <v>205</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256813007</t>
+          <t>9789752498006</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 2 Arda Antik Çağ’da Platon’un Mağarası</t>
+          <t>Ekokurgu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>176</v>
+        <v>525</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256459137</t>
+          <t>9786256813021</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yerküre Tasarımı - Ekolojik Anayasalcılık</t>
+          <t>Tarımda Kapasite Geliştirme ve Verimlilik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256813151</t>
+          <t>9786256813359</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dinle</t>
+          <t>Terra ve Mosso</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256813212</t>
+          <t>9786256459458</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bay Mon ve Tuhaf Komşular</t>
+          <t>Tüketim Toplumu ve Türkiye</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256813106</t>
+          <t>9786256813342</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İklim Değil İnsanlık Krizi</t>
+          <t>Başkası Adına Konuşmanın Haysiyetsizliği</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256813069</t>
+          <t>9786256459465</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Antroposen ve Yeni İnsan</t>
+          <t>Pigu ve Pembe Kakası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256459281</t>
+          <t>9786256813045</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aşırılıktan Kurtulmak Büyüme Sonrası Ekonomiye Giden Yol</t>
+          <t>Antik Çağ Serisi - 3 - Arda Antik Çağ’da Thales İle Konuşmalar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>148</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258309225</t>
+          <t>9786256813113</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim İle Barışı Seçmek</t>
+          <t>Antik Çağ Serisi - 4 Havva Antik Çağ’da İskenderiyeli Hypatia</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>184</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258309461</t>
+          <t>9786256813007</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir İklim Eylemi Olarak Kent Bahçeleri</t>
+          <t>Antik Çağ Serisi - 2 Arda Antik Çağ’da Platon’un Mağarası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>168</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256459205</t>
+          <t>9786256459137</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Lavandulanın Çizgileri</t>
+          <t>Yeni Bir Yerküre Tasarımı - Ekolojik Anayasalcılık</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256459304</t>
+          <t>9786256813151</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Yolculuk</t>
+          <t>Dinle</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>184</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256459243</t>
+          <t>9786256813212</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Meyveli, Sebzeli Mevsimli Bilmeceler</t>
+          <t>Bay Mon ve Tuhaf Komşular</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250.8</v>
+        <v>275</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256459434</t>
+          <t>9786256813106</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Doğa Yürüyüşü</t>
+          <t>İklim Değil İnsanlık Krizi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258309003</t>
+          <t>9786256813069</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Kızı Rosie</t>
+          <t>Antroposen ve Yeni İnsan</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258309041</t>
+          <t>9786256459281</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Homeopati İle Bir Şifa Yolculuğu</t>
+          <t>Aşırılıktan Kurtulmak Büyüme Sonrası Ekonomiye Giden Yol</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256459410</t>
+          <t>9786258309225</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Mekan: Kavramlar ve Deneyimler</t>
+          <t>Şiddetsiz İletişim İle Barışı Seçmek</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>420</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256459267</t>
+          <t>9786258309461</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencileri İçin İklim Değişikliği Etkinlikleri</t>
+          <t>Bir İklim Eylemi Olarak Kent Bahçeleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256459168</t>
+          <t>9786256459205</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Tweet Dünyayı Değiştirir mi? Ekoloji Mücadelesi ve Dijital Aktivizm</t>
+          <t>Lavandulanın Çizgileri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256459229</t>
+          <t>9786256459304</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdan Düşünmek: Deleuze ve Guattari Perspektifinden Felsefe, Siyaset ve Sanat Yazıları</t>
+          <t>Masallarla Yolculuk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>478</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258309355</t>
+          <t>9786256459243</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Gün Doğarken Işığı Yakalamak</t>
+          <t>Meyveli, Sebzeli Mevsimli Bilmeceler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257537414</t>
+          <t>9786256459434</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Pedagojisi</t>
+          <t>Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257537605</t>
+          <t>9786258309003</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Vaka Yönetimi: Çocuk Alanı</t>
+          <t>Çiftlik Kızı Rosie</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258309188</t>
+          <t>9786258309041</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Onkolojik Sosyal Hizmet</t>
+          <t>Homeopati İle Bir Şifa Yolculuğu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257537759</t>
+          <t>9786256459410</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çin Cumhurbaşkanı Xi Jinping'in Konuşmaları</t>
+          <t>Zaman - Mekan: Kavramlar ve Deneyimler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>340</v>
+        <v>525</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257537650</t>
+          <t>9786256459267</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bitki Eskizleri</t>
+          <t>Ortaokul Öğrencileri İçin İklim Değişikliği Etkinlikleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257537742</t>
+          <t>9786256459168</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Eğitim</t>
+          <t>Bir Tweet Dünyayı Değiştirir mi? Ekoloji Mücadelesi ve Dijital Aktivizm</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752498136</t>
+          <t>9786256459229</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Engelli Ailesinde Şiddet</t>
+          <t>Dışarıdan Düşünmek: Deleuze ve Guattari Perspektifinden Felsefe, Siyaset ve Sanat Yazıları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>595</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752498570</t>
+          <t>9786258309355</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagoji</t>
+          <t>Yeni Bir Gün Doğarken Işığı Yakalamak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>249</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055895891</t>
+          <t>9786257537414</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Milli Tarih Nedir?</t>
+          <t>Öfkenin Pedagojisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057764850</t>
+          <t>9786257537605</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi ve İnsanın On İki Duyusu</t>
+          <t>Sosyal Hizmette Vaka Yönetimi: Çocuk Alanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057764638</t>
+          <t>9786258309188</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Talim ve Terbiye Derslerinde Usul</t>
+          <t>Onkolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057764478</t>
+          <t>9786257537759</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fröbel ve Pestalozzi Usullerinde Terbiye ve Talim Dersleri</t>
+          <t>Çin Cumhurbaşkanı Xi Jinping'in Konuşmaları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258309232</t>
+          <t>9786257537650</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Jivamukti Yoga</t>
+          <t>Bitki Eskizleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257537230</t>
+          <t>9786257537742</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Gemisi</t>
+          <t>Bütüncül Eğitim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257537360</t>
+          <t>9789752498136</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şehir Tarihi Nedir?</t>
+          <t>Engelli Ailesinde Şiddet</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256459212</t>
+          <t>9789752498570</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül Cumhuriyeti</t>
+          <t>Eleştirel Pedagoji</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258309737</t>
+          <t>9786055895891</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Koreografi: Bedenlerin Element Dansı</t>
+          <t>Milli Tarih Nedir?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258309218</t>
+          <t>9786057764850</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İyi Şirket</t>
+          <t>Çocuk Eğitimi ve İnsanın On İki Duyusu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258309591</t>
+          <t>9786057764638</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Doğa</t>
+          <t>Talim ve Terbiye Derslerinde Usul</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257537384</t>
+          <t>9786057764478</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Köyün Vahşi Davulcusu</t>
+          <t>Fröbel ve Pestalozzi Usullerinde Terbiye ve Talim Dersleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>106</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258309959</t>
+          <t>9786258309232</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Toplum 4.0</t>
+          <t>Jivamukti Yoga</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>188</v>
+        <v>490</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258309928</t>
+          <t>9786257537230</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sıcaklar</t>
+          <t>Mucizeler Gemisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258309898</t>
+          <t>9786257537360</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sıcakları</t>
+          <t>Şehir Tarihi Nedir?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258309904</t>
+          <t>9786256459212</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gün Dönümü</t>
+          <t>Gül ile Bülbül Cumhuriyeti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258309881</t>
+          <t>9786258309737</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tahıllar Olgunlaşıyor</t>
+          <t>Kozmik Koreografi: Bedenlerin Element Dansı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258309874</t>
+          <t>9786258309218</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar Filizleniyor</t>
+          <t>İyi Şirket</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258309911</t>
+          <t>9786258309591</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yaz Başlangıcı</t>
+          <t>Üçüncü Doğa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258309683</t>
+          <t>9786257537384</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İki Bilge Su Aygırı</t>
+          <t>Elmalı Köyün Vahşi Davulcusu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>106</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258309966</t>
+          <t>9786258309959</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yer Temelli Eğitim</t>
+          <t>Toplum 4.0</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258309362</t>
+          <t>9786258309928</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Okulu Yönettiğinde</t>
+          <t>Şiddetli Sıcaklar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258309829</t>
+          <t>9786258309898</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Arda Antik Çağ’da - Sokrates</t>
+          <t>Yaz Sıcakları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>176</v>
+        <v>110</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258309072</t>
+          <t>9786258309904</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Arı ve Kovanı</t>
+          <t>Yaz Gün Dönümü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258309294</t>
+          <t>9786258309881</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yükseltilmiş Yatak Bahçeciliği</t>
+          <t>Tahıllar Olgunlaşıyor</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258309577</t>
+          <t>9786258309874</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Ekmekler</t>
+          <t>Tohumlar Filizleniyor</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>384</v>
+        <v>110</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258309850</t>
+          <t>9786258309911</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Greta Devlere Karşı</t>
+          <t>Yaz Başlangıcı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258309539</t>
+          <t>9786258309683</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Çocuk - Canavar Avcıları 1</t>
+          <t>İki Bilge Su Aygırı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>129</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258309126</t>
+          <t>9786258309966</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sosyokrasi</t>
+          <t>Yer Temelli Eğitim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>274</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258309751</t>
+          <t>9786258309362</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Gücü: Eko-Parti Almanya’yı Nasıl Değiştirecek?</t>
+          <t>Çocuklar Okulu Yönettiğinde</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>232</v>
+        <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258309713</t>
+          <t>9786258309829</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Nerede?</t>
+          <t>Arda Antik Çağ’da - Sokrates</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258309676</t>
+          <t>9786258309072</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Toplu Yazılar - 2021</t>
+          <t>Arı ve Kovanı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>272</v>
+        <v>425</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258309768</t>
+          <t>9786258309294</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Hallerine Dair Yüzleşmeler</t>
+          <t>Yükseltilmiş Yatak Bahçeciliği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>272</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258309584</t>
+          <t>9786258309577</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Dönüşümü: İkizdere’de Hidroelektrik Santraller</t>
+          <t>Mükemmel Ekmekler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>258</v>
+        <v>480</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257537926</t>
+          <t>9786258309850</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yarabıçak</t>
+          <t>Greta Devlere Karşı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258309638</t>
+          <t>9786258309539</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu ile Renklenen Dünya</t>
+          <t>Ölümsüz Çocuk - Canavar Avcıları 1</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258309331</t>
+          <t>9786258309126</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir İyi Ebeveynlik Uygulamaları</t>
+          <t>Sosyokrasi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>194</v>
+        <v>340</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258309645</t>
+          <t>9786258309751</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Okulu</t>
+          <t>Yeşilin Gücü: Eko-Parti Almanya’yı Nasıl Değiştirecek?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258309607</t>
+          <t>9786258309713</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Levanna'nın Gülleri</t>
+          <t>Dinozorlar Nerede?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258309065</t>
+          <t>9786258309676</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında</t>
+          <t>Yeşil Siyaset Toplu Yazılar - 2021</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258309195</t>
+          <t>9786258309768</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Plastik</t>
+          <t>Emeğin Hallerine Dair Yüzleşmeler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258309102</t>
+          <t>9786258309584</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tren</t>
+          <t>Vadinin Dönüşümü: İkizdere’de Hidroelektrik Santraller</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258309515</t>
+          <t>9786257537926</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilikte Yeni Yaklaşımlar: Eski Kaynakları Yeniden Düşünmek</t>
+          <t>Yarabıçak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258309614</t>
+          <t>9786258309638</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yüz Tavşan</t>
+          <t>Ardıç Kuşu ile Renklenen Dünya</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258309485</t>
+          <t>9786258309331</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Devlet Okulu Neden Hedefte?</t>
+          <t>Sürdürülebilir İyi Ebeveynlik Uygulamaları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258309300</t>
+          <t>9786258309645</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu Türetim Ekonomisi</t>
+          <t>Dedemin Okulu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>144</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258309263</t>
+          <t>9786258309607</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Kültürel Üretimi ve Hayvanlar</t>
+          <t>Levanna'nın Gülleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257537827</t>
+          <t>9786258309065</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Metinler - Eğitimde Toplumsal Cinsiyet, Sınıf ve İktidar İlişkileri</t>
+          <t>Sular Altında</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258309317</t>
+          <t>9786258309195</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Aracı Olarak Eğitim –Tanzimat Döneminde Ne Değişti?</t>
+          <t>Plastik</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258309010</t>
+          <t>9786258309102</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ödlekler</t>
+          <t>Kayıp Tren</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>144</v>
+        <v>225</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258309287</t>
+          <t>9786258309515</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Varlığın Çobanı</t>
+          <t>Tarihçilikte Yeni Yaklaşımlar: Eski Kaynakları Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258309478</t>
+          <t>9786258309614</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana</t>
+          <t>Yüz Tavşan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258309089</t>
+          <t>9786258309485</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Katalanlar Neden Ayrılmak İstiyor</t>
+          <t>Devlet Okulu Neden Hedefte?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>168</v>
+        <v>275</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257537216</t>
+          <t>9786258309300</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Konsensüs</t>
+          <t>Çıkış Yolu Türetim Ekonomisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>246</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257537131</t>
+          <t>9786258309263</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Homeopati</t>
+          <t>Cehaletin Kültürel Üretimi ve Hayvanlar</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258309164</t>
+          <t>9786257537827</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Çiftçinin Renkleri - Doğal Mürekkep Yapımı</t>
+          <t>Öğretmenler ve Metinler - Eğitimde Toplumsal Cinsiyet, Sınıf ve İktidar İlişkileri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>348</v>
+        <v>325</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057764836</t>
+          <t>9786258309317</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>147 Basamaklı Serüven</t>
+          <t>Modernleşme Aracı Olarak Eğitim –Tanzimat Döneminde Ne Değişti?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>460</v>
+        <v>325</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257537445</t>
+          <t>9786258309010</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Ekmek</t>
+          <t>Ödlekler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258309096</t>
+          <t>9786258309287</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tasarım</t>
+          <t>Göçebe Varlığın Çobanı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257537803</t>
+          <t>9786258309478</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eneke'nin Kalbine Yolculuk</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257537995</t>
+          <t>9786258309089</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Otorite ve Öteki</t>
+          <t>Katalanlar Neden Ayrılmak İstiyor</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258309027</t>
+          <t>9786257537216</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratıcılık İmkanı Olarak Kaos</t>
+          <t>Konsensüs</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257537940</t>
+          <t>9786257537131</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Mahalle (Ciltli)</t>
+          <t>Homeopati</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257537971</t>
+          <t>9786258309164</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yana Yakıla Tükenecek Miyiz?</t>
+          <t>Bir Çiftçinin Renkleri - Doğal Mürekkep Yapımı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>234</v>
+        <v>435</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257537810</t>
+          <t>9786057764836</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Pavitra</t>
+          <t>147 Basamaklı Serüven</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>170</v>
+        <v>575</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257537858</t>
+          <t>9786257537445</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tarım Sektörünün Yönetimi</t>
+          <t>Kızarmış Ekmek</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>532</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257537346</t>
+          <t>9786258309096</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kitluk</t>
+          <t>Tasarım</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>189</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257537896</t>
+          <t>9786257537803</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>T İstasyonu</t>
+          <t>Eneke'nin Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257537728</t>
+          <t>9786257537995</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tesis</t>
+          <t>Otorite ve Öteki</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257537841</t>
+          <t>9786258309027</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Senin Kitabın</t>
+          <t>Bir Yaratıcılık İmkanı Olarak Kaos</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257537902</t>
+          <t>9786257537940</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destandır Dilim</t>
+          <t>Ekolojik Mahalle (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257537711</t>
+          <t>9786257537971</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Benim Kişisel Kıyametim</t>
+          <t>Yana Yakıla Tükenecek Miyiz?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257537735</t>
+          <t>9786257537810</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fukuoka Üstat</t>
+          <t>Pavitra</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257537797</t>
+          <t>9786257537858</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Türkiye</t>
+          <t>Türkiye'de Tarım Sektörünün Yönetimi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>296</v>
+        <v>532</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257537438</t>
+          <t>9786257537346</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Boşluk</t>
+          <t>Kitluk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>396</v>
+        <v>235</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257537919</t>
+          <t>9786257537896</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Okulu (Ciltli)</t>
+          <t>T İstasyonu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9772458990158</t>
+          <t>9786257537728</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi 15. Sayı: Sosyal ve Duygusal Öğrenme</t>
+          <t>Tesis</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257537698</t>
+          <t>9786257537841</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
+          <t>Senin Kitabın</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257537568</t>
+          <t>9786257537902</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Koruyucu Balıkları</t>
+          <t>Dillere Destandır Dilim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257537674</t>
+          <t>9786257537711</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zeo Kio ve Mehpare</t>
+          <t>Benim Kişisel Kıyametim</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257537612</t>
+          <t>9786257537735</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kardeşler</t>
+          <t>Fukuoka Üstat</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>144</v>
+        <v>280</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257537629</t>
+          <t>9786257537797</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sadece Beş Dakika Daha</t>
+          <t>İklim Krizi ve Türkiye</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>118</v>
+        <v>370</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257537636</t>
+          <t>9786257537438</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Küçük Goril</t>
+          <t>Uzaktaki Boşluk</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>495</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257537544</t>
+          <t>9786257537919</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sanata Tarihsel ve Kültürel Yaklaşımlar</t>
+          <t>Mutluluk Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257537209</t>
+          <t>9772458990158</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - Dikkat ve Farkındalık Stratejileri</t>
+          <t>Alternatif Eğitim Dergisi 15. Sayı: Sosyal ve Duygusal Öğrenme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257537667</t>
+          <t>9786257537698</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İki Arada Öyküler</t>
+          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257537537</t>
+          <t>9786257537568</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Ağzındaki Kuş Gibi</t>
+          <t>Evrenin Koruyucu Balıkları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>194</v>
+        <v>175</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257537339</t>
+          <t>9786257537674</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tarihyazımında İdeoloji ve Pratikleri</t>
+          <t>Zeo Kio ve Mehpare</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257537582</t>
+          <t>9786257537612</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şehrin En Alt Katı</t>
+          <t>Köstebek Kardeşler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>124</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257537575</t>
+          <t>9786257537629</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Baykuşun Kanatlarında Uyuyan Kurbağa</t>
+          <t>Sadece Beş Dakika Daha</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257537278</t>
+          <t>9786257537636</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Prag Zamanı</t>
+          <t>Küçük Goril</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257537407</t>
+          <t>9786257537544</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Öğrenen Çocuklar</t>
+          <t>Sanata Tarihsel ve Kültürel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257537421</t>
+          <t>9786257537209</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Mindfulness - Dikkat ve Farkındalık Stratejileri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257537308</t>
+          <t>9786257537667</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Büyüsü</t>
+          <t>İki Arada Öyküler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257537476</t>
+          <t>9786257537537</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tamera Ekoköyü'nün Daveti</t>
+          <t>Yılanın Ağzındaki Kuş Gibi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257537094</t>
+          <t>9786257537339</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Tüketmek</t>
+          <t>Tarihyazımında İdeoloji ve Pratikleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057764867</t>
+          <t>9786257537582</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Talaslı Yazarlar Kaynakçası</t>
+          <t>Şehrin En Alt Katı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>194</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055895440</t>
+          <t>9786257537575</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ekoköy Findhorn - Findhorn Topluluğu</t>
+          <t>Baykuşun Kanatlarında Uyuyan Kurbağa</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>198</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752498594</t>
+          <t>9786257537278</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Macar Tiyatro Oyunları</t>
+          <t>Prag Zamanı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>244</v>
+        <v>425</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9772458990004</t>
+          <t>9786257537407</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 9 Kış 2018</t>
+          <t>Bağımsız Öğrenen Çocuklar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752498488</t>
+          <t>9786257537421</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752498167</t>
+          <t>9786257537308</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi</t>
+          <t>Deliliğin Büyüsü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>4440000000728</t>
+          <t>9786257537476</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Dergisi Sayı: 21</t>
+          <t>Tamera Ekoköyü'nün Daveti</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057764843</t>
+          <t>9786257537094</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Okulsuzluğun El Kitabı</t>
+          <t>Tarihi Tüketmek</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057764188</t>
+          <t>9786057764867</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fen Öğretimi</t>
+          <t>Talaslı Yazarlar Kaynakçası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9772458990134</t>
+          <t>9786055895440</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 13 Bahar 2020</t>
+          <t>Ekoköy Findhorn - Findhorn Topluluğu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057764683</t>
+          <t>9789752498594</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Okul Başarısının Sınırları</t>
+          <t>Çağdaş Macar Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>2789788618864</t>
+          <t>9772458990004</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 12 Kış 2020</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 9 Kış 2018</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257537780</t>
+          <t>9789752498488</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>100 Mutlu Gün</t>
+          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257537773</t>
+          <t>9789752498167</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Longo Mai - Bir Komün Deneyimi</t>
+          <t>Yeşil Ekonomi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>249</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257537957</t>
+          <t>4440000000728</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Benny</t>
+          <t>Usatölyesi Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257537964</t>
+          <t>9786057764843</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bazen Küçük Bazen Büyük</t>
+          <t>Okulsuzluğun El Kitabı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>148</v>
+        <v>325</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257537704</t>
+          <t>9786057764188</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ereksiyon "Aşk"ı</t>
+          <t>Yaratıcı Fen Öğretimi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257537483</t>
+          <t>9772458990134</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dünya Senin Ellerinde</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 13 Bahar 2020</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>249</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257537681</t>
+          <t>9786057764683</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mete</t>
+          <t>Okul Başarısının Sınırları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257537452</t>
+          <t>2789788618864</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Denizi</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 12 Kış 2020</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257537599</t>
+          <t>9786257537780</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mecbur Muyum?</t>
+          <t>100 Mutlu Gün</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>194</v>
+        <v>225</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257537377</t>
+          <t>9786257537773</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Yarasaya Mektuplar</t>
+          <t>Longo Mai - Bir Komün Deneyimi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>99</v>
+        <v>315</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257537469</t>
+          <t>9786257537957</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Deniz'in Öyküleri</t>
+          <t>Küçük Ayı Benny</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257537551</t>
+          <t>9786257537964</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Koru Kendini, Bir Daha Hiçbir Ana Doğuramaz Seni</t>
+          <t>Bazen Küçük Bazen Büyük</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>194</v>
+        <v>185</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257537322</t>
+          <t>9786257537704</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Okullar</t>
+          <t>Aşk ve Ereksiyon "Aşk"ı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>294</v>
+        <v>290</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257537513</t>
+          <t>9786257537483</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Rahatı Kaçan Orman</t>
+          <t>Dünya Senin Ellerinde</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257537285</t>
+          <t>9786257537681</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kaplumbağası</t>
+          <t>Mete</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257537292</t>
+          <t>9786257537452</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Meşhur Yazarları</t>
+          <t>Arkadaşlık Denizi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257537315</t>
+          <t>9786257537599</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayna Dört Kadın</t>
+          <t>Mecbur Muyum?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257537179</t>
+          <t>9786257537377</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kesin Döneceksiniz</t>
+          <t>Çocuklardan Yarasaya Mektuplar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257537261</t>
+          <t>9786257537469</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşağılama Aracı Olarak Çöp</t>
+          <t>Doğa ve Deniz'in Öyküleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257537186</t>
+          <t>9786257537551</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bir Zeytin Ağacı</t>
+          <t>Koru Kendini, Bir Daha Hiçbir Ana Doğuramaz Seni</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257537254</t>
+          <t>9786257537322</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dünyamız</t>
+          <t>Demokratik Okullar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257537148</t>
+          <t>9786257537513</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Yeniden Keşfi</t>
+          <t>Rahatı Kaçan Orman</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>178</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257537247</t>
+          <t>9786257537285</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Koyu’nda Bir Kış</t>
+          <t>Deniz Kaplumbağası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257537155</t>
+          <t>9786257537292</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Gücü Adına</t>
+          <t>Dünyanın En Meşhur Yazarları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257537193</t>
+          <t>9786257537315</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Yüzler</t>
+          <t>Bir Ayna Dört Kadın</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257537056</t>
+          <t>9786257537179</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizinin ABC'si</t>
+          <t>Kesin Döneceksiniz</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257537162</t>
+          <t>9786257537261</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>George Orwell</t>
+          <t>Bir Aşağılama Aracı Olarak Çöp</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057764652</t>
+          <t>9786257537186</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Komita</t>
+          <t>Dünyada Bir Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257537032</t>
+          <t>9786257537254</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüyle Barışmak</t>
+          <t>Yeşil Dünyamız</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752498884</t>
+          <t>9786257537148</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Permakültür Uygulamaları</t>
+          <t>Güneşin Yeniden Keşfi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257537117</t>
+          <t>9786257537247</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bach</t>
+          <t>Mimoza Koyu’nda Bir Kış</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>110</v>
+        <v>239</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257537087</t>
+          <t>9786257537155</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Son Beyaz Gergedan</t>
+          <t>Hayallerin Gücü Adına</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>154</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257537124</t>
+          <t>9786257537193</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mozart</t>
+          <t>Gölgedeki Yüzler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257537100</t>
+          <t>9786257537056</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Başka Türlü Anlatmaktır</t>
+          <t>İklim Krizinin ABC'si</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>294</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257537018</t>
+          <t>9786257537162</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar</t>
+          <t>George Orwell</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>174</v>
+        <v>225</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057764812</t>
+          <t>9786057764652</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Yer</t>
+          <t>Komita</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257537070</t>
+          <t>9786257537032</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Hikaye</t>
+          <t>Yeryüzüyle Barışmak</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257537063</t>
+          <t>9789752498884</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Şans Ver</t>
+          <t>Permakültür Uygulamaları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257537025</t>
+          <t>9786257537117</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Pis Fred</t>
+          <t>Bach</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>146</v>
+        <v>135</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257537001</t>
+          <t>9786257537087</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik</t>
+          <t>Dünyadaki Son Beyaz Gergedan</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057764881</t>
+          <t>9786257537124</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Lezzet Gemisi</t>
+          <t>Mozart</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057764997</t>
+          <t>9786257537100</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Çatı Bahçeleri</t>
+          <t>Edebiyat Başka Türlü Anlatmaktır</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057764959</t>
+          <t>9786257537018</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>İlkbahar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>108</v>
+        <v>215</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057764973</t>
+          <t>9786057764812</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Vasatlığın İktidarı</t>
+          <t>Mekan ve Yer</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057764805</t>
+          <t>9786257537070</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Gün</t>
+          <t>Çizgili Hikaye</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057764966</t>
+          <t>9786257537063</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Okuryazarlığı</t>
+          <t>Yeter ki Şans Ver</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057764935</t>
+          <t>9786257537025</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Atıksız Yaşam</t>
+          <t>Kaptan Pis Fred</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057764898</t>
+          <t>9786257537001</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Muz Ne Kadar Kötüdür?</t>
+          <t>Biyoçeşitlilik</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057764942</t>
+          <t>9786057764881</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
+          <t>Nuh’un Lezzet Gemisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>339</v>
+        <v>175</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057764874</t>
+          <t>9786057764997</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Meme Kanseri Bencildir</t>
+          <t>Çatı Bahçeleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>160</v>
+        <v>425</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057764911</t>
+          <t>9786057764959</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kazdağları Öyküleri</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>108</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057764904</t>
+          <t>9786057764973</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Maden Canavarı</t>
+          <t>Vasatlığın İktidarı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>148</v>
+        <v>310</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057764775</t>
+          <t>9786057764805</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca Dönmeyi Bırakınca</t>
+          <t>Sıra Dışı Bir Gün</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>244</v>
+        <v>275</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752498983</t>
+          <t>9786057764966</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar</t>
+          <t>Siyaset Okuryazarlığı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>238</v>
+        <v>225</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9772458990141</t>
+          <t>9786057764935</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi 14. Sayı - Dosya: Montessori Metodu</t>
+          <t>Atıksız Yaşam</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057764799</t>
+          <t>9786057764898</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Geziyorum</t>
+          <t>Muz Ne Kadar Kötüdür?</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057764768</t>
+          <t>9786057764942</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bitki Devrimi</t>
+          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057764751</t>
+          <t>9786057764874</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Sosyal ve Duygusal Öğrenme</t>
+          <t>Meme Kanseri Bencildir</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057764720</t>
+          <t>9786057764911</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bir Arap Kadının İtirafları</t>
+          <t>Kazdağları Öyküleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>146</v>
+        <v>275</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057764737</t>
+          <t>9786057764904</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Okulu</t>
+          <t>Maden Canavarı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057764713</t>
+          <t>9786057764775</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Max’in Balıkları</t>
+          <t>Atlıkarınca Dönmeyi Bırakınca</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>144</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057764621</t>
+          <t>9789752498983</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yabanıl Anne</t>
+          <t>Karıncalar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057764690</t>
+          <t>9772458990141</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilikte Disiplinlerarasılık: Fırsat mı Sınırlılık mı?</t>
+          <t>Alternatif Eğitim Dergisi 14. Sayı - Dosya: Montessori Metodu</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057764645</t>
+          <t>9786057764799</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sarnıçtaki Kelebek</t>
+          <t>Çocukla Geziyorum</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>199</v>
+        <v>425</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057764669</t>
+          <t>9786057764768</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gerçeğimiz Sürdürülebilirlik</t>
+          <t>Bitki Devrimi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057764676</t>
+          <t>9786057764751</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kitabı</t>
+          <t>Çocuklukta Sosyal ve Duygusal Öğrenme</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>138</v>
+        <v>460</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057764577</t>
+          <t>9786057764720</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika</t>
+          <t>Bir Arap Kadının İtirafları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057764607</t>
+          <t>9786057764737</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dünya Seyahati</t>
+          <t>Mutluluk Okulu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057764553</t>
+          <t>9786057764713</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Meczubun Oğlu</t>
+          <t>Max’in Balıkları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057764539</t>
+          <t>9786057764621</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımdaki Rüzgar</t>
+          <t>Yabanıl Anne</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057764591</t>
+          <t>9786057764690</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Gaudi’nin Gizemini Çözen İki Kafadar</t>
+          <t>Tarihçilikte Disiplinlerarasılık: Fırsat mı Sınırlılık mı?</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057764546</t>
+          <t>9786057764645</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Roman Hayattır</t>
+          <t>Sarnıçtaki Kelebek</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>274</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057764584</t>
+          <t>9786057764669</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çizgili Fil</t>
+          <t>Yeni Gerçeğimiz Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>164</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057764614</t>
+          <t>9786057764676</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Canım Kuzenim</t>
+          <t>Kuş Kitabı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057764508</t>
+          <t>9786057764577</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Siluetler</t>
+          <t>Güney Afrika</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>146</v>
+        <v>425</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057764515</t>
+          <t>9786057764607</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizinin Kızı</t>
+          <t>Dünya Seyahati</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>144</v>
+        <v>210</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057764454</t>
+          <t>9786057764553</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Aşçının Kızı</t>
+          <t>Meczubun Oğlu</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057764522</t>
+          <t>9786057764539</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Işıkları</t>
+          <t>Saçlarımdaki Rüzgar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057764485</t>
+          <t>9786057764591</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Vegan Olmak İçin Bahaneler</t>
+          <t>Gaudi’nin Gizemini Çözen İki Kafadar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>259</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057764447</t>
+          <t>9786057764546</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı, Siyah Köpek ve Bulut</t>
+          <t>Roman Hayattır</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057764416</t>
+          <t>9786057764584</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Balıkları</t>
+          <t>Mavi Çizgili Fil</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057764461</t>
+          <t>9786057764614</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Tarihçiliğin Gündemi</t>
+          <t>Canım Kuzenim</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057764256</t>
+          <t>9786057764508</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Yalan Uydurdum</t>
+          <t>Siluetler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752498389</t>
+          <t>9786057764515</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi</t>
+          <t>Güney Denizinin Kızı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057764423</t>
+          <t>9786057764454</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretiminde Teknolojinin Kullanımı</t>
+          <t>Aşçının Kızı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057764232</t>
+          <t>9786057764522</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Zorlu Görevde: Akran Zorbalığı</t>
+          <t>Akdeniz Işıkları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057764379</t>
+          <t>9786057764485</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Muzcu Kedi</t>
+          <t>Vegan Olmak İçin Bahaneler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057764348</t>
+          <t>9786057764447</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Bir Yaşam Kurmak</t>
+          <t>Erik Ağacı, Siyah Köpek ve Bulut</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>248</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057764300</t>
+          <t>9786057764416</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarım Politikaları</t>
+          <t>İstanbul’un Balıkları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>259</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057764294</t>
+          <t>9786057764461</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Yaşam Rehberi</t>
+          <t>Dünyada Tarihçiliğin Gündemi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057764317</t>
+          <t>9786057764256</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mekansallık: Sanat Üretiminde Eşzamanlılık Durumu</t>
+          <t>Ben Bir Yalan Uydurdum</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057764027</t>
+          <t>9789752498389</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Modada Yavaşlık</t>
+          <t>Vivaldi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057764287</t>
+          <t>9786057764423</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Deneyleri</t>
+          <t>Sosyal Bilgiler Öğretiminde Teknolojinin Kullanımı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057764225</t>
+          <t>9786057764232</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yetimleri</t>
+          <t>Kaplumbağalar Zorlu Görevde: Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>188</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057764263</t>
+          <t>9786057764379</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Tüketim Kültürü ve Gıda İsrafı</t>
+          <t>Muzcu Kedi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>156</v>
+        <v>225</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057764164</t>
+          <t>9786057764348</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bizans Düşerken</t>
+          <t>Birlikte Bir Yaşam Kurmak</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>148</v>
+        <v>360</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057764157</t>
+          <t>9786057764300</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Liseli Harriet'in Günlüğü - Kanserle Nasıl Savaştı?</t>
+          <t>Osmanlı’da Tarım Politikaları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>148</v>
+        <v>259</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057764096</t>
+          <t>9786057764294</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kule Saatindeki Kuzgun</t>
+          <t>Sürdürülebilir Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057764171</t>
+          <t>9786057764317</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gökten Kuş Yağdı</t>
+          <t>Mekansallık: Sanat Üretiminde Eşzamanlılık Durumu</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>148</v>
+        <v>400</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057764201</t>
+          <t>9786057764027</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Spagetti Zürefa</t>
+          <t>Modada Yavaşlık</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057764195</t>
+          <t>9786057764287</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Göçmenlerin Gizli Dostu</t>
+          <t>Hayvan Deneyleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057764065</t>
+          <t>9786057764225</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Denkleminde Filistin Sorunu</t>
+          <t>Kıbrıs Yetimleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>160</v>
+        <v>188</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057764218</t>
+          <t>9786057764263</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Psikodrama</t>
+          <t>Sıfır Atık Tüketim Kültürü ve Gıda İsrafı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057764034</t>
+          <t>9786057764164</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik</t>
+          <t>Bizans Düşerken</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>269</v>
+        <v>185</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057764119</t>
+          <t>9786057764157</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vatandaşlığın İnşası</t>
+          <t>Liseli Harriet'in Günlüğü - Kanserle Nasıl Savaştı?</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057764126</t>
+          <t>9786057764096</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir İyi Ebeveynlik</t>
+          <t>Kule Saatindeki Kuzgun</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>3990000031163</t>
+          <t>9786057764171</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 11 Güz 2019</t>
+          <t>Gökten Kuş Yağdı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752498723</t>
+          <t>9786057764201</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tarih Teorisi</t>
+          <t>Spagetti Zürefa</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>259</v>
+        <v>225</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057764072</t>
+          <t>9786057764195</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çocuk</t>
+          <t>Göçmenlerin Gizli Dostu</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057764041</t>
+          <t>9786057764065</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ümit Penceresi</t>
+          <t>Ortadoğu Denkleminde Filistin Sorunu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057764058</t>
+          <t>9786057764218</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Kaftanı</t>
+          <t>Psikodrama</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>149</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789752498990</t>
+          <t>9786057764034</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Aynasında</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752498969</t>
+          <t>9786057764119</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuzlar</t>
+          <t>Türkiye'de Vatandaşlığın İnşası</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>168</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752498976</t>
+          <t>9786057764126</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kooperatifler</t>
+          <t>Sürdürülebilir İyi Ebeveynlik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789752498921</t>
+          <t>3990000031163</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yolboyu</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 11 Güz 2019</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>178</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789752498945</t>
+          <t>9789752498723</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Mimar Olmak İstiyorum</t>
+          <t>Tarih Teorisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752498952</t>
+          <t>9786057764072</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mistik Göl Dörtlüsü 4 - Kimsesiz, Kaybedilmiş</t>
+          <t>Cumhuriyet ve Çocuk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>198</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>3990000044410</t>
+          <t>9786057764041</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 10 Bahar 2019</t>
+          <t>Ümit Penceresi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789752498907</t>
+          <t>9786057764058</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Benim Atölyelerim</t>
+          <t>Padişahın Kaftanı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789752498822</t>
+          <t>9789752498990</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tohumun Hikayesi</t>
+          <t>Geçmişin Aynasında</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789752498853</t>
+          <t>9789752498969</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Vegan Bir Dünya</t>
+          <t>Uygunsuzlar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789752498815</t>
+          <t>9789752498976</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kapısı</t>
+          <t>Kooperatifler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752498709</t>
+          <t>9789752498921</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Leyleğin Ayağındaki Dünya</t>
+          <t>Yolboyu</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789752498679</t>
+          <t>9789752498945</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Tiyatro Oyunları - 11 Oyun</t>
+          <t>Mimar Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>224</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789752498730</t>
+          <t>9789752498952</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesi</t>
+          <t>Mistik Göl Dörtlüsü 4 - Kimsesiz, Kaybedilmiş</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752498792</t>
+          <t>3990000044410</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sanatlar, Eğitim ve Kültür</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 10 Bahar 2019</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752498761</t>
+          <t>9789752498907</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekolojistin Not Defteri</t>
+          <t>Benim Atölyelerim</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>186</v>
+        <v>320</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789752498785</t>
+          <t>9789752498822</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kişiliği Belirsiz</t>
+          <t>Tohumun Hikayesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>169</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752498808</t>
+          <t>9789752498853</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Tohum Topu</t>
+          <t>Vegan Bir Dünya</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752498396</t>
+          <t>9789752498815</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Biz Annemizden Hiç Böyle Görmedik</t>
+          <t>Kelebek Kapısı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752498747</t>
+          <t>9789752498709</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Köylülük Mümkün</t>
+          <t>Leyleğin Ayağındaki Dünya</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>156</v>
+        <v>125</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752498686</t>
+          <t>9789752498679</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk ve Peri'nin Büyüsü</t>
+          <t>Çocuk ve Gençlik Tiyatro Oyunları - 11 Oyun</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>99</v>
+        <v>280</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752498648</t>
+          <t>9789752498730</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kimliği Meçhul - Mistik Göl Dörtlüsü 2</t>
+          <t>Düşler Ülkesi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>334</v>
+        <v>225</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752498631</t>
+          <t>9789752498792</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kıyılarına Vur Adamın</t>
+          <t>Sanatlar, Eğitim ve Kültür</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>342</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752498624</t>
+          <t>9789752498761</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Ağacı</t>
+          <t>Bir Ekolojistin Not Defteri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752498662</t>
+          <t>9789752498785</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Gözünden Irak</t>
+          <t>Kişiliği Belirsiz</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>3990000044486</t>
+          <t>9789752498808</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı 8 Güz 2018</t>
+          <t>Tohum Topu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752498358</t>
+          <t>9789752498396</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Biz Annemizden Hiç Böyle Görmedik</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752498600</t>
+          <t>9789752498747</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bahoz - Fırtına</t>
+          <t>Başka Bir Köylülük Mümkün</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752498297</t>
+          <t>9789752498686</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Sanat</t>
+          <t>Pofuduk ve Peri'nin Büyüsü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752498587</t>
+          <t>9789752498648</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Aziz Petrus’un Şemsiyesi</t>
+          <t>Kimliği Meçhul - Mistik Göl Dörtlüsü 2</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>3990000089939</t>
+          <t>9789752498631</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 25 Aralık 2017</t>
+          <t>Kıyılarına Vur Adamın</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>40</v>
+        <v>430</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752498563</t>
+          <t>9789752498624</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dil Irkçılığı - Linguizismus - Linguicism</t>
+          <t>Gökkuşağı Ağacı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>294</v>
+        <v>235</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752498556</t>
+          <t>9789752498662</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama ve Müze</t>
+          <t>Tanrı Gözünden Irak</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752498525</t>
+          <t>3990000044486</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Reel Sosyalizm Sonrası Marx</t>
+          <t>Alternatif Eğitim Dergisi Sayı 8 Güz 2018</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>259</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>3990000029502</t>
+          <t>9789752498358</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 7 Bahar 2018</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752498518</t>
+          <t>9789752498600</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Nina ve Radyo’nun Maceraları</t>
+          <t>Bahoz - Fırtına</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752498495</t>
+          <t>9789752498297</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Fidanların Büyütülmediği Mevsim</t>
+          <t>Çocuk ve Sanat</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752498457</t>
+          <t>9789752498587</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İvan İllich İle Söyleşiler - İvan İllich Kitaplığı 5</t>
+          <t>Aziz Petrus’un Şemsiyesi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>154</v>
+        <v>275</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752498143</t>
+          <t>3990000089939</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kompost Tuvaletler</t>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 25 Aralık 2017</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>415</v>
+        <v>40</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>3990000029546</t>
+          <t>9789752498563</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 6 Kış 2017</t>
+          <t>Dil Irkçılığı - Linguizismus - Linguicism</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752498365</t>
+          <t>9789752498556</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayvanlar</t>
+          <t>Yaratıcı Drama ve Müze</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>425</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752498273</t>
+          <t>9789752498525</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Uranyum Uğruna</t>
+          <t>Reel Sosyalizm Sonrası Marx</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>185</v>
+        <v>330</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752498174</t>
+          <t>3990000029502</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Doğal Annelik Yolunda</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 7 Bahar 2018</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752498303</t>
+          <t>9789752498518</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Mahalle</t>
+          <t>Nina ve Radyo’nun Maceraları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752498259</t>
+          <t>9789752498495</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Savaş Söylemlerinde Kadın İmgesi</t>
+          <t>Fidanların Büyütülmediği Mevsim</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752498280</t>
+          <t>9789752498457</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ahlaklı Yurttaş</t>
+          <t>İvan İllich İle Söyleşiler - İvan İllich Kitaplığı 5</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752498112</t>
+          <t>9789752498143</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Yapı Teknikleri</t>
+          <t>Kompost Tuvaletler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>388</v>
+        <v>545</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752498129</t>
+          <t>3990000029546</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Mikro Tarihin Gözünden 1924</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 6 Kış 2017</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752498068</t>
+          <t>9789752498365</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Moda Praksisi</t>
+          <t>Küçük Hayvanlar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>149</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752498402</t>
+          <t>9789752498273</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bitki Zekası</t>
+          <t>Uranyum Uğruna</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752498037</t>
+          <t>9789752498174</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Afrikaname</t>
+          <t>Doğal Annelik Yolunda</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>3990000089938</t>
+          <t>9789752498303</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 24 Şubat 2017</t>
+          <t>Ekolojik Mahalle</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055895969</t>
+          <t>9789752498259</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocuk ve Gençler</t>
+          <t>Savaş Söylemlerinde Kadın İmgesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>3990000011933</t>
+          <t>9789752498280</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 3 Eylül - Aralık 2016</t>
+          <t>Ahlaklı Yurttaş</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>3990000032270</t>
+          <t>9789752498112</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Dergisi Sayı: 22</t>
+          <t>Geleneksel Yapı Teknikleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>40</v>
+        <v>485</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055895884</t>
+          <t>9789752498129</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Annelik Haritası</t>
+          <t>Mikro Tarihin Gözünden 1924</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055895860</t>
+          <t>9789752498068</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Su Hakkı</t>
+          <t>Moda Praksisi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>299</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055895853</t>
+          <t>9789752498402</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ekoköy İthaca</t>
+          <t>Bitki Zekası</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>3990000032561</t>
+          <t>9789752498037</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 2 Mayıs - Ağustos 2016</t>
+          <t>Afrikaname</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>425</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>3990000046492</t>
+          <t>3990000089938</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 1 Ocak - Nisan 2016</t>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 24 Şubat 2017</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752498426</t>
+          <t>9786055895969</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ekolojizm</t>
+          <t>Suça Sürüklenen Çocuk ve Gençler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>259</v>
+        <v>350</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055895846</t>
+          <t>3990000011933</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Felaketlerle Yaşamak</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 3 Eylül - Aralık 2016</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>164</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055895679</t>
+          <t>3990000032270</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Moda</t>
+          <t>Usatölyesi Dergisi Sayı: 22</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055895761</t>
+          <t>9786055895884</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Şarkılardan Fal Tuttum</t>
+          <t>Annelik Haritası</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>239</v>
+        <v>300</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055895686</t>
+          <t>9786055895860</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Küba'da Sürdürülebilir Kent Tarımı</t>
+          <t>Su Hakkı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055895709</t>
+          <t>9786055895853</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>ABC - Aklın Modernleşmesi</t>
+          <t>Ekoköy İthaca</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>152</v>
+        <v>290</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055895631</t>
+          <t>3990000032561</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi; Küçülmek Güzeldir</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 2 Mayıs - Ağustos 2016</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055895662</t>
+          <t>3990000046492</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Batı Uygarlığının Çöküşü</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 1 Ocak - Nisan 2016</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055895426</t>
+          <t>9789752498426</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Politika</t>
+          <t>Ekolojizm</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752498204</t>
+          <t>9786055895846</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Permakültür Bahçeleri</t>
+          <t>Nükleer Felaketlerle Yaşamak</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>299</v>
+        <v>210</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>3990000027364</t>
+          <t>9786055895679</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 23 Nisan 2015</t>
+          <t>Sürdürülebilir Moda</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>40</v>
+        <v>275</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752498327</t>
+          <t>9786055895761</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Şarkılardan Fal Tuttum</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>380</v>
+        <v>239</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055895402</t>
+          <t>9786055895686</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Karbon Ayak İzi Rehberi</t>
+          <t>Küba'da Sürdürülebilir Kent Tarımı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055895617</t>
+          <t>9786055895709</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Teknoloji Mümkün</t>
+          <t>ABC - Aklın Modernleşmesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055895532</t>
+          <t>9786055895631</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Suzan</t>
+          <t>Yeşil Ekonomi; Küçülmek Güzeldir</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>248</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752498471</t>
+          <t>9786055895662</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ekoköyler: Yeni Rotamız</t>
+          <t>Batı Uygarlığının Çöküşü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>156</v>
+        <v>190</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055895594</t>
+          <t>9786055895426</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Azınlık Okullarında Tarih Eğitimi ve Çokkültürlülük</t>
+          <t>Yeşil Politika</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>294</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055895389</t>
+          <t>9789752498204</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ekofobiyi Aşmak</t>
+          <t>Permakültür Bahçeleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055895778</t>
+          <t>3990000027364</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Gıda Bağımsızlığı</t>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 23 Nisan 2015</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>98</v>
+        <v>40</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055895518</t>
+          <t>9789752498327</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayvancılık Mümkün</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>146</v>
+        <v>380</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055895327</t>
+          <t>9786055895402</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tarım Mümkün Mü?</t>
+          <t>Kişisel Karbon Ayak İzi Rehberi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055895419</t>
+          <t>9786055895617</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji Çözüm Değil</t>
+          <t>Başka Bir Teknoloji Mümkün</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055895525</t>
+          <t>9786055895532</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Romantik Tarihçilik</t>
+          <t>Suzan</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055895433</t>
+          <t>9789752498471</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 10</t>
+          <t>Ekoköyler: Yeni Rotamız</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055895266</t>
+          <t>9786055895594</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 9 - Doğa, Düşünce, Siyaset</t>
+          <t>Azınlık Okullarında Tarih Eğitimi ve Çokkültürlülük</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055895143</t>
+          <t>9786055895389</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 8 Doğa, Düşünce, Siyaset</t>
+          <t>Ekofobiyi Aşmak</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055895105</t>
+          <t>9786055895778</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 7 Doğa, Düşünce, Siyaset</t>
+          <t>Gıda Bağımsızlığı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>3990000009584</t>
+          <t>9786055895518</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 6 Doğa, Düşünce, Siyaset</t>
+          <t>Başka Bir Hayvancılık Mümkün</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055895259</t>
+          <t>9786055895327</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Anayasa</t>
+          <t>Sürdürülebilir Tarım Mümkün Mü?</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055895341</t>
+          <t>9786055895419</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları</t>
+          <t>Nükleer Enerji Çözüm Değil</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055895303</t>
+          <t>9786055895525</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Çernobil Halk Mahkemesi</t>
+          <t>Türkiye'de Romantik Tarihçilik</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
+          <t>9786055895433</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 10</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786055895266</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 9 - Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786055895143</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 8 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786055895105</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 7 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>3990000009584</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 6 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786055895259</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Anayasa</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786055895341</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hakları</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786055895303</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Çernobil Halk Mahkemesi</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
           <t>9789944916271</t>
         </is>
       </c>
-      <c r="B450" s="1" t="inlineStr">
+      <c r="B458" s="1" t="inlineStr">
         <is>
           <t>Üç Ekoloji Sayı: 5</t>
         </is>
       </c>
-      <c r="C450" s="1">
-        <v>220</v>
+      <c r="C458" s="1">
+        <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>