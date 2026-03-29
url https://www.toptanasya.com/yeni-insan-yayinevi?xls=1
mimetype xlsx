--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,6895 +85,8680 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255936677</t>
+          <t>9786255936851</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Efsane Çevreci Kaptan June</t>
+          <t>Mavi ve Bay Gaga</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255936646</t>
+          <t>9786255936875</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sinekler İçin Hayatta Kalma Rehberi</t>
+          <t>Portekiz Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255936745</t>
+          <t>9786255936806</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ekofeminist Felsefe</t>
+          <t>Babamla Balonda Seyahat: Macahel (მაჭახელი): Camili, Artvin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255936592</t>
+          <t>9786255936912</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Acemi Bulut</t>
+          <t>Kayıp Hayaller Şatosu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256813267</t>
+          <t>9786255936769</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avı Yarışması - Canavar Avcıları 4</t>
+          <t>Dev Bal Kabağı Masalı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>285</v>
+        <v>248</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256459373</t>
+          <t>9786255936721</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Meyve Şenliği</t>
+          <t>Gün Işığı Defterim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256813168</t>
+          <t>9786255936691</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ekofeminizm ve Françoise d’Eaubonne</t>
+          <t>Bir İskelet Seç</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256813052</t>
+          <t>9786255936820</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuna Kendin Öğret</t>
+          <t>Annem İki Kişi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258309706</t>
+          <t>9772458990165</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Kedi Var</t>
+          <t>Alternatif Eğitim Dergisi 16. Sayı: Orman Okulları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255936547</t>
+          <t>2789788619250</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bay Lüle’nin Orman Gözleri</t>
+          <t>Felsefe Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255936257</t>
+          <t>9786258309553</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tül Toprak Yığınak</t>
+          <t>Covid-19 Salgınında Halk Sağlığı Çalışanlarının Yapması Gerekenler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>216</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255936509</t>
+          <t>2789788619281</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Biz Süngerciler</t>
+          <t>Tarih Teorisi Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>292</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255936424</t>
+          <t>2789788621086</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Terra ve Mosso - Duygular</t>
+          <t>Sürdürülebilirlik Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>448</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255936578</t>
+          <t>2789788618994</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ne Giyeceksin Pıtpıt?</t>
+          <t>Kırsala Dönüş Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>698</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255936394</t>
+          <t>2789788621048</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Kurbağa</t>
+          <t>Yeşil Politika Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>946</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255936479</t>
+          <t>2789788618932</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dev Kurbağa Heykeli</t>
+          <t>Bahçecilik Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>680</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255936523</t>
+          <t>2789788619052</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Hikâyesi</t>
+          <t>Ekoköyler Seti 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>698</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255936455</t>
+          <t>4440000000657</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Akoba’nın Sırrı</t>
+          <t>Vegan Bir Dünya Seti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>285</v>
+        <v>656</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255936387</t>
+          <t>4440000000562</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Ahmet Şimşek Kitaplığı 3 Kitap</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255936417</t>
+          <t>9786257537223</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin İstanbul’u</t>
+          <t>2022 Astroloji ve Dönüşüm Ajandası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256813137</t>
+          <t>9789752498235</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bahçıvan</t>
+          <t>A'dan Z'ye Yeşil Kapitalizm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256459519</t>
+          <t>9786057764102</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Claire Malone Dünyayı Değiştiriyor</t>
+          <t>Benim Eşim Yapmaz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256813540</t>
+          <t>9789752498846</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvardan Büyük Kaçış</t>
+          <t>Pratik Sebze Yetiştiriciliği Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>399</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255936035</t>
+          <t>9789752498860</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çilli'nin Rüyaları</t>
+          <t>Kutlama</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255936332</t>
+          <t>9789752498334</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunu</t>
+          <t>Çocuk Hakları ve Siyaset</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>259</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255936356</t>
+          <t>3990000096333</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sakız Ağacı</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 5 Güz 2017</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256813380</t>
+          <t>9789752498655</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güneş Balığı ve Ay Işığı</t>
+          <t>Anlaşılmayan İnsan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>225</v>
+        <v>212</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258309348</t>
+          <t>9789752498501</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kadın Tarihi Nasıl Öğretilir?</t>
+          <t>Permakültür Şehirde</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752498693</t>
+          <t>9789752498617</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Empatiyi Geliştirme Rehberi</t>
+          <t>Almanya'da Kimlik Aidiyet ve Türkiye Kökenli Öğrenciler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050001037</t>
+          <t>9786055895457</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mozart’ı Anlamak</t>
+          <t>Organik Ötesi Tarım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>17</v>
+        <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050001105</t>
+          <t>9786055895501</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kabala Yahudi Kadim Mistik Öğretisi</t>
+          <t>Cesaret Koleksiyonu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050001129</t>
+          <t>9786055895563</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kimlik, Vatandaşlık ve Tarih Eğitimi</t>
+          <t>Gümüşten Bir Gece</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758829089</t>
+          <t>9786055895396</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 2</t>
+          <t>Gölge İş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>11.5</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255936318</t>
+          <t>9789752498549</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Permakültür: Sürdürülebilirliğin Ötesinde İlkeler ve Yollar</t>
+          <t>Zer</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>440</v>
+        <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055895808</t>
+          <t>9789752498198</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ritüelleri</t>
+          <t>Sakura Dönemeci</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>425</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055895914</t>
+          <t>9789752498075</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Julio Cortazar'ın Öykülerinin Sembolik İmgelemi</t>
+          <t>Buluntu Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2789788621055</t>
+          <t>9789752498013</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Moda Seti - 3 Kitap</t>
+          <t>Sosyal Sermaye Teorisi ve Sürdürülebilir Yerel Kalkınma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>468</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256813472</t>
+          <t>9786055895792</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Keçileri</t>
+          <t>Anlatsana Pişta!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255936295</t>
+          <t>9789752498242</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Myrmidon Hikayesi: Arif Ali Cangı</t>
+          <t>Yüzyılın Hesabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>389</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255936219</t>
+          <t>9786055895938</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sosyal Girişimcilik</t>
+          <t>Ormanların Gümbürtüsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255936059</t>
+          <t>9786055895754</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Babamla Balonda Seyahat: Mardin</t>
+          <t>Yaşam Bağları Hayvanlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>154</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255936271</t>
+          <t>9786055895648</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mantarların Dansı</t>
+          <t>Çılgın Projeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>192</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255936172</t>
+          <t>9789752498464</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hepimizin İçinde Bir Yer</t>
+          <t>Arka Bahçe Etkinlikleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255936196</t>
+          <t>3990000030981</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsam?</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 4 Bahar 2017</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256813038</t>
+          <t>9789752498099</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerinde Macera</t>
+          <t>İktidar Odaklı Aydınlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>239</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000000554</t>
+          <t>9789752498082</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tayfun Özkaya Kitaplığı Seti - 4 Kitap Takım</t>
+          <t>Organik Gerçeği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>478</v>
+        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255936073</t>
+          <t>9789752498181</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Lilya ve Pıtır: Ormanda Macera</t>
+          <t>Terra Madre</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>235</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255936134</t>
+          <t>9789752498150</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Foça Dedektifleri</t>
+          <t>146 Basamaklı Serüven</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>418</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255936158</t>
+          <t>9786055895587</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Krizin Kökenleri</t>
+          <t>Türk Ulusunun İnşası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>310</v>
+        <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255936011</t>
+          <t>9786055895983</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Deneyen Çocuk</t>
+          <t>Tarih Ders Kitaplarında Kimlik Söylemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>244</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256813724</t>
+          <t>9786055895945</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Diktatörlük</t>
+          <t>Uygulamalı İlişkisel Sosyoloji</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>239</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256813939</t>
+          <t>9786055895921</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çuvalı</t>
+          <t>Aynılığın Tekrarından Biricikliğin Büyüsüne</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>175</v>
+        <v>119</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258309669</t>
+          <t>9786055895815</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kooperatif Şehir Finansmanı</t>
+          <t>İstanbullu Elefteria</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256813953</t>
+          <t>9786055895723</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Sır</t>
+          <t>Editörden</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>110</v>
+        <v>229</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256813236</t>
+          <t>9786055895747</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aydan Ay’a</t>
+          <t>Kimse Düşmesin Diye</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>39</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256813991</t>
+          <t>9786055895471</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Moda Psikolojisi</t>
+          <t>İntihar ve İntihar Girişimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>154</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256813779</t>
+          <t>9786055895488</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seksizm</t>
+          <t>Kimlik ve Tarih</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256813977</t>
+          <t>9789752498051</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Canavar</t>
+          <t>Venüs'ün İzleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256813809</t>
+          <t>9786055895013</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Hakkında Her Şey</t>
+          <t>Yüzüncü Yılında 2. Meşrutiyet</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055895716</t>
+          <t>9786050001075</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığı ve Aile</t>
+          <t>Yazınsal İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>118</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256813731</t>
+          <t>9786055895211</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Oyununda Kadınlar</t>
+          <t>Yanmak İçin Sırt Sırta</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>148</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256813717</t>
+          <t>9786050001068</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çok Korkunç Canavar</t>
+          <t>Yaklaşan Küresel İklim Krizi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258309324</t>
+          <t>9786055895365</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben-Döngü Çemberleri</t>
+          <t>Üniversiteler Direnin!</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>425</v>
+        <v>85</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257537889</t>
+          <t>9789758829088</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Okuduğunu Anlamak</t>
+          <t>Üç Ekoloji Sayı: 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257537490</t>
+          <t>9786055895280</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Karma Desen Araştırmaları</t>
+          <t>Ulusların Babası Hz. İbrahim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752498891</t>
+          <t>9786055895198</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Rosie Joy</t>
+          <t>Talas’ta Zaman</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057764492</t>
+          <t>9786055895006</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İklim Direnişi</t>
+          <t>Semer</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>290</v>
+        <v>56</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752498419</t>
+          <t>9786055895068</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Almanağı: 2005 - 2016</t>
+          <t>Sanatta Postmodern Kırılmalar ya da Modernin Yapıbozumu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>78</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752498440</t>
+          <t>9786055895228</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Otizm Olarak Bilinen Belirtilerden Kurtulmak</t>
+          <t>Rüzgarın Hikayesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>324</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055895990</t>
+          <t>9786055895358</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çin Rüyası</t>
+          <t>Nağmelerin Öyküleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752498372</t>
+          <t>9786055895167</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Ziyafeti</t>
+          <t>Memleketim Üzerine</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>108</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055895495</t>
+          <t>9786055895181</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Öğretilir? (Genişletilmiş Baskı)</t>
+          <t>Matruşka</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>439</v>
+        <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055895730</t>
+          <t>9786055895020</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Döneminde Kadın Olmak</t>
+          <t>Martin Guerre Döndü mü?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>249</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257537049</t>
+          <t>9786055895082</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Kişilerarası İlişkiler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>212</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752498532</t>
+          <t>9786055895204</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Hayatlar</t>
+          <t>Kışladağ’dan Mektup Var</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>139</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257537506</t>
+          <t>9786055895273</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Masalların Kadim Yolundan Terapötik Bir Yolculuğa</t>
+          <t>Kaos Kelam Hijyen Şiddet</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>174</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256813885</t>
+          <t>9786055895136</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dedektif Hiroko</t>
+          <t>Kadınlar Ekolojik Dönüşümde...</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>185</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256813908</t>
+          <t>9786050001013</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Anneler İçin Bir Başucu Kitabı</t>
+          <t>Kaçkarlarda Balayı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>195</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256813823</t>
+          <t>9786055895174</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Anlama Saatleri</t>
+          <t>İşsizlik Hakkı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>260</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256813083</t>
+          <t>9786055895075</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Homeopati</t>
+          <t>İntihar ve İntiharı Önleme</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>225</v>
+        <v>154</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256813854</t>
+          <t>9786055895044</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ekotoplumculuk</t>
+          <t>Hukuk Politikası’ndan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256813793</t>
+          <t>9786055895112</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Veganlığı Anlamak</t>
+          <t>Hem Nalına Hem Mıhına</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>285</v>
+        <v>229</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256813564</t>
+          <t>9786050001020</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dekolonyal Bir Ekoloji</t>
+          <t>H2O ve Unutmanın Suları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>380</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256813748</t>
+          <t>9786055895129</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ben Prenses Değilim</t>
+          <t>Gizemli Sonbahar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256813786</t>
+          <t>9786050001044</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Otizm Erken Tanı, Danışmanlık ve Terapi</t>
+          <t>Enerji ve İnekler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>410</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256459120</t>
+          <t>9786055895372</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Yaratmak</t>
+          <t>Ekonominin Gerçek Yüzü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>460</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256813014</t>
+          <t>9789752498228</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Dergisi 2023 Toplu Yazılar</t>
+          <t>Ekolojik Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256459441</t>
+          <t>9786055895037</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Dergisi 2022 Toplu Yazılar</t>
+          <t>Düşündüşlem Deyişler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>340</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256459007</t>
+          <t>9786050001082</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mantarlar</t>
+          <t>Doğu Anadolu Kültürü Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>675</v>
+        <v>75</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256813755</t>
+          <t>9786055895051</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji ve İklim Krizi İletişiminde Adaletin İnşası</t>
+          <t>Devlet ve Toplum Kuramlarına Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256813700</t>
+          <t>9786050001112</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Babamla Balonda Seyahat: Antakya</t>
+          <t>Deneyen Felsefe</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256813687</t>
+          <t>9786050001006</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Canavar Gece Pazarı - Canavar Avcıları 3</t>
+          <t>Değiştirilen Gen mi, Sen mi, Evren mi?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256459175</t>
+          <t>9786050001099</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kemik Canavarı - Canavar Avcıları 2</t>
+          <t>Avrupa’da Türkiye’yi Savunmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>68</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055895297</t>
+          <t>9786055895334</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Organik Tarım?</t>
+          <t>Anekta</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256813694</t>
+          <t>9789758829880</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı Yeryüzü Sofrasının Bilgesi</t>
+          <t>Üç Ekoloji Sayı: 4</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>225</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256813670</t>
+          <t>9786055895839</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Hukuku</t>
+          <t>Çin Komünist Partisi Nasıl Yönetiliyor?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>129</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259813540</t>
+          <t>9786055895976</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvardan Büyük Kaçış</t>
+          <t>Goa'dan Gecen Yol</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>119</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256813441</t>
+          <t>9786055895907</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Koşanlar</t>
+          <t>Tarım ve Gıdanın Dönüşümü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256813649</t>
+          <t>9786055895624</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sessiz İnşaat</t>
+          <t>Bölüşüyorduk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256813588</t>
+          <t>9786055895464</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kim Benimle Şiir Oynar?</t>
+          <t>Bilimin Mabedinde Yöntem Meselesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>260</v>
+        <v>172</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256813625</t>
+          <t>9786057764928</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Geziyorum - Viyana, Münih, Kopenhag, Oslo</t>
+          <t>Levanna’nın Gülleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>425</v>
+        <v>46</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256813601</t>
+          <t>9786057764133</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Köydeki Mucize Birlikte Yapabiliriz</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>262</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256813144</t>
+          <t>9786057764980</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi</t>
+          <t>Bir Entelektüelin İmbikten Süzülen Yazıları - 2. Cilt</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>260</v>
+        <v>189</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256813519</t>
+          <t>9786057764386</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ev Bahçelerinin Bakım ve Ekim Yöntemleri</t>
+          <t>Lö Aşk</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256813427</t>
+          <t>9786057764560</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Haklarını Savunmak Abolisyonist Veganın El Kitabı</t>
+          <t>Hatırlıyor Musun?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256813502</t>
+          <t>9786057764829</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Moda</t>
+          <t>Benim Kocam Yapmaz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>174</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256813489</t>
+          <t>9786057764409</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Tasarım Kuramı</t>
+          <t>Bir Entelektüelin İmbikten Süzülen Yazıları 1. Cilt</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>430</v>
+        <v>189</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256813403</t>
+          <t>9786057764140</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kızı</t>
+          <t>Türk Tarihçiliğinde Tezler-Teoriler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>239</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256813120</t>
+          <t>9786057764270</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Doğal Yaşam Dünyayı, Tarihi, Bedeni ve Zihni Yeniden Hissetmek</t>
+          <t>COVID-19 Salgınında Vaka Yönetimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>259</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257537643</t>
+          <t>9789752498754</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kuklaların Dansı</t>
+          <t>Doğa ve Direniş Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>205</v>
+        <v>134</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752498006</t>
+          <t>9789752498778</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ekokurgu</t>
+          <t>Gerçekten Öyle mi Olmuş?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>525</v>
+        <v>179</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256813021</t>
+          <t>9789752498716</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Kapasite Geliştirme ve Verimlilik</t>
+          <t>Video Oyunları Endüstrisinde Toplumsal Cinsiyet Sorunsalı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>275</v>
+        <v>119</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256813359</t>
+          <t>9789752498938</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Terra ve Mosso</t>
+          <t>Mevkii: Kanlıca</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>164</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256459458</t>
+          <t>9789752498839</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu ve Türkiye</t>
+          <t>Başlıksız Şiirler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>395</v>
+        <v>98</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256813342</t>
+          <t>9789752498914</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Başkası Adına Konuşmanın Haysiyetsizliği</t>
+          <t>Küçük Dalgıç</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256459465</t>
+          <t>9789752498877</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pigu ve Pembe Kakası</t>
+          <t>Taban Tepenler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256813045</t>
+          <t>9786055895785</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 3 - Arda Antik Çağ’da Thales İle Konuşmalar</t>
+          <t>Kemalist Cumhuriyet'in İnşası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>249</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256813113</t>
+          <t>9786057764010</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 4 Havva Antik Çağ’da İskenderiyeli Hypatia</t>
+          <t>Şiir Ekspresi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>98</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256813007</t>
+          <t>9786055895099</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Serisi - 2 Arda Antik Çağ’da Platon’un Mağarası</t>
+          <t>Bombalamanın Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256459137</t>
+          <t>9786255936677</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yerküre Tasarımı - Ekolojik Anayasalcılık</t>
+          <t>Efsane Çevreci Kaptan June</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256813151</t>
+          <t>9786255936646</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dinle</t>
+          <t>Sinekler İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256813212</t>
+          <t>9786255936745</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bay Mon ve Tuhaf Komşular</t>
+          <t>Ekofeminist Felsefe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>275</v>
+        <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256813106</t>
+          <t>9786255936592</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İklim Değil İnsanlık Krizi</t>
+          <t>Acemi Bulut</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256813069</t>
+          <t>9786256813267</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Antroposen ve Yeni İnsan</t>
+          <t>Hazine Avı Yarışması - Canavar Avcıları 4</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256459281</t>
+          <t>9786256459373</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aşırılıktan Kurtulmak Büyüme Sonrası Ekonomiye Giden Yol</t>
+          <t>Meyve Şenliği</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258309225</t>
+          <t>9786256813168</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim İle Barışı Seçmek</t>
+          <t>Ekofeminizm ve Françoise d’Eaubonne</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258309461</t>
+          <t>9786256813052</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir İklim Eylemi Olarak Kent Bahçeleri</t>
+          <t>Çocuğuna Kendin Öğret</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>245</v>
+        <v>480</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256459205</t>
+          <t>9786258309706</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lavandulanın Çizgileri</t>
+          <t>Dikkat Kedi Var</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256459304</t>
+          <t>9786255936547</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Yolculuk</t>
+          <t>Bay Lüle’nin Orman Gözleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256459243</t>
+          <t>9786255936257</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Meyveli, Sebzeli Mevsimli Bilmeceler</t>
+          <t>Tül Toprak Yığınak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256459434</t>
+          <t>9786255936509</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Doğa Yürüyüşü</t>
+          <t>Biz Süngerciler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258309003</t>
+          <t>9786255936424</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Kızı Rosie</t>
+          <t>Terra ve Mosso - Duygular</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258309041</t>
+          <t>9786255936578</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Homeopati İle Bir Şifa Yolculuğu</t>
+          <t>Ne Giyeceksin Pıtpıt?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256459410</t>
+          <t>9786255936394</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Mekan: Kavramlar ve Deneyimler</t>
+          <t>Mutlu Kurbağa</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>525</v>
+        <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256459267</t>
+          <t>9786255936479</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencileri İçin İklim Değişikliği Etkinlikleri</t>
+          <t>Dev Kurbağa Heykeli</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256459168</t>
+          <t>9786255936523</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Tweet Dünyayı Değiştirir mi? Ekoloji Mücadelesi ve Dijital Aktivizm</t>
+          <t>Ağacın Hikâyesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256459229</t>
+          <t>9786255936455</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdan Düşünmek: Deleuze ve Guattari Perspektifinden Felsefe, Siyaset ve Sanat Yazıları</t>
+          <t>Akoba’nın Sırrı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>595</v>
+        <v>285</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258309355</t>
+          <t>9786255936387</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Gün Doğarken Işığı Yakalamak</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257537414</t>
+          <t>9786255936417</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Pedagojisi</t>
+          <t>Kedilerin İstanbul’u</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257537605</t>
+          <t>9786256813137</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Vaka Yönetimi: Çocuk Alanı</t>
+          <t>Küçük Bahçıvan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258309188</t>
+          <t>9786256459519</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Onkolojik Sosyal Hizmet</t>
+          <t>Claire Malone Dünyayı Değiştiriyor</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257537759</t>
+          <t>9786256813540</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çin Cumhurbaşkanı Xi Jinping'in Konuşmaları</t>
+          <t>Laboratuvardan Büyük Kaçış</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>425</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257537650</t>
+          <t>9786255936035</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bitki Eskizleri</t>
+          <t>Çilli'nin Rüyaları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257537742</t>
+          <t>9786255936332</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Eğitim</t>
+          <t>Çocuk Oyunu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752498136</t>
+          <t>9786255936356</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Engelli Ailesinde Şiddet</t>
+          <t>Sakız Ağacı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752498570</t>
+          <t>9786256813380</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagoji</t>
+          <t>Güneş Balığı ve Ay Işığı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055895891</t>
+          <t>9786258309348</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Milli Tarih Nedir?</t>
+          <t>Kadın Tarihi Nasıl Öğretilir?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057764850</t>
+          <t>9789752498693</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi ve İnsanın On İki Duyusu</t>
+          <t>Empatiyi Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057764638</t>
+          <t>9786050001037</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Talim ve Terbiye Derslerinde Usul</t>
+          <t>Mozart’ı Anlamak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057764478</t>
+          <t>9786050001105</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fröbel ve Pestalozzi Usullerinde Terbiye ve Talim Dersleri</t>
+          <t>Kabala Yahudi Kadim Mistik Öğretisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258309232</t>
+          <t>9786050001129</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Jivamukti Yoga</t>
+          <t>21. Yüzyılda Kimlik, Vatandaşlık ve Tarih Eğitimi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>490</v>
+        <v>30</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257537230</t>
+          <t>9789758829089</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Gemisi</t>
+          <t>Üç Ekoloji Sayı: 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>260</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257537360</t>
+          <t>9786255936318</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şehir Tarihi Nedir?</t>
+          <t>Permakültür: Sürdürülebilirliğin Ötesinde İlkeler ve Yollar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256459212</t>
+          <t>9786055895808</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül Cumhuriyeti</t>
+          <t>Eğitim Ritüelleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258309737</t>
+          <t>9786055895914</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Koreografi: Bedenlerin Element Dansı</t>
+          <t>Julio Cortazar'ın Öykülerinin Sembolik İmgelemi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258309218</t>
+          <t>2789788621055</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İyi Şirket</t>
+          <t>Sürdürülebilir Moda Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258309591</t>
+          <t>9786256813472</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Doğa</t>
+          <t>Ankara'nın Keçileri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257537384</t>
+          <t>9786255936295</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Köyün Vahşi Davulcusu</t>
+          <t>Bir Myrmidon Hikayesi: Arif Ali Cangı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>106</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258309959</t>
+          <t>9786255936219</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Toplum 4.0</t>
+          <t>Adım Adım Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258309928</t>
+          <t>9786255936059</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sıcaklar</t>
+          <t>Babamla Balonda Seyahat: Mardin</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258309898</t>
+          <t>9786255936271</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sıcakları</t>
+          <t>Mantarların Dansı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258309904</t>
+          <t>9786255936172</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gün Dönümü</t>
+          <t>Hepimizin İçinde Bir Yer</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258309881</t>
+          <t>9786255936196</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tahıllar Olgunlaşıyor</t>
+          <t>Bir Kuş Olsam?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258309874</t>
+          <t>9786256813038</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar Filizleniyor</t>
+          <t>Deniz Fenerinde Macera</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258309911</t>
+          <t>4440000000554</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yaz Başlangıcı</t>
+          <t>Tayfun Özkaya Kitaplığı Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>478</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258309683</t>
+          <t>9786255936073</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İki Bilge Su Aygırı</t>
+          <t>Lilya ve Pıtır: Ormanda Macera</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258309966</t>
+          <t>9786255936134</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yer Temelli Eğitim</t>
+          <t>Foça Dedektifleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258309362</t>
+          <t>9786255936158</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Okulu Yönettiğinde</t>
+          <t>Ekolojik Krizin Kökenleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258309829</t>
+          <t>9786255936011</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Arda Antik Çağ’da - Sokrates</t>
+          <t>Her Şeyi Deneyen Çocuk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258309072</t>
+          <t>9786256813724</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Arı ve Kovanı</t>
+          <t>Kötülük ve Diktatörlük</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258309294</t>
+          <t>9786256813939</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yükseltilmiş Yatak Bahçeciliği</t>
+          <t>Yıldız Çuvalı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258309577</t>
+          <t>9786258309669</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Ekmekler</t>
+          <t>Kooperatif Şehir Finansmanı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258309850</t>
+          <t>9786256813953</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Greta Devlere Karşı</t>
+          <t>Vadideki Sır</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258309539</t>
+          <t>9786256813236</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Çocuk - Canavar Avcıları 1</t>
+          <t>Aydan Ay’a</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258309126</t>
+          <t>9786256813991</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sosyokrasi</t>
+          <t>Moda Psikolojisi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258309751</t>
+          <t>9786256813779</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Gücü: Eko-Parti Almanya’yı Nasıl Değiştirecek?</t>
+          <t>Seksizm</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258309713</t>
+          <t>9786256813977</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Nerede?</t>
+          <t>Yeşil Canavar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258309676</t>
+          <t>9786256813809</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyaset Toplu Yazılar - 2021</t>
+          <t>Ağaçlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258309768</t>
+          <t>9786055895716</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Hallerine Dair Yüzleşmeler</t>
+          <t>Madde Bağımlılığı ve Aile</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>340</v>
+        <v>118</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258309584</t>
+          <t>9786256813731</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Dönüşümü: İkizdere’de Hidroelektrik Santraller</t>
+          <t>Erkeklerin Oyununda Kadınlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257537926</t>
+          <t>9786256813717</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yarabıçak</t>
+          <t>Çok Korkunç Canavar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258309638</t>
+          <t>9786258309324</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu ile Renklenen Dünya</t>
+          <t>Yeni Bir Ben-Döngü Çemberleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258309331</t>
+          <t>9786257537889</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir İyi Ebeveynlik Uygulamaları</t>
+          <t>Okuduğunu Anlamak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258309645</t>
+          <t>9786257537490</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Okulu</t>
+          <t>Sosyolojide Karma Desen Araştırmaları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258309607</t>
+          <t>9789752498891</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Levanna'nın Gülleri</t>
+          <t>Rosie Joy</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258309065</t>
+          <t>9786057764492</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında</t>
+          <t>İklim Direnişi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258309195</t>
+          <t>9789752498419</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Plastik</t>
+          <t>Ekoloji Almanağı: 2005 - 2016</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>275</v>
+        <v>78</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258309102</t>
+          <t>9789752498440</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tren</t>
+          <t>Otizm Olarak Bilinen Belirtilerden Kurtulmak</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>225</v>
+        <v>324</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258309515</t>
+          <t>9786055895990</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilikte Yeni Yaklaşımlar: Eski Kaynakları Yeniden Düşünmek</t>
+          <t>Çin Rüyası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>225</v>
+        <v>129</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258309614</t>
+          <t>9789752498372</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yüz Tavşan</t>
+          <t>Tilkinin Ziyafeti</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>240</v>
+        <v>108</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258309485</t>
+          <t>9786055895495</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Devlet Okulu Neden Hedefte?</t>
+          <t>Tarih Nasıl Öğretilir? (Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>275</v>
+        <v>439</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258309300</t>
+          <t>9786055895730</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu Türetim Ekonomisi</t>
+          <t>2. Meşrutiyet Döneminde Kadın Olmak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>249</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258309263</t>
+          <t>9786257537049</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Kültürel Üretimi ve Hayvanlar</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>290</v>
+        <v>212</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257537827</t>
+          <t>9789752498532</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Metinler - Eğitimde Toplumsal Cinsiyet, Sınıf ve İktidar İlişkileri</t>
+          <t>Işıldayan Hayatlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>325</v>
+        <v>139</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258309317</t>
+          <t>9786257537506</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Aracı Olarak Eğitim –Tanzimat Döneminde Ne Değişti?</t>
+          <t>Masalların Kadim Yolundan Terapötik Bir Yolculuğa</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258309010</t>
+          <t>9786256813885</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ödlekler</t>
+          <t>Küçük Dedektif Hiroko</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258309287</t>
+          <t>9786256813908</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Varlığın Çobanı</t>
+          <t>Anneler İçin Bir Başucu Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258309478</t>
+          <t>9786256813823</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana</t>
+          <t>Zamanı Anlama Saatleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258309089</t>
+          <t>9786256813083</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Katalanlar Neden Ayrılmak İstiyor</t>
+          <t>Çocuklar İçin Homeopati</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257537216</t>
+          <t>9786256813854</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Konsensüs</t>
+          <t>Ekotoplumculuk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257537131</t>
+          <t>9786256813793</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Homeopati</t>
+          <t>Veganlığı Anlamak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258309164</t>
+          <t>9786256813564</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Çiftçinin Renkleri - Doğal Mürekkep Yapımı</t>
+          <t>Dekolonyal Bir Ekoloji</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>435</v>
+        <v>380</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057764836</t>
+          <t>9786256813748</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>147 Basamaklı Serüven</t>
+          <t>Ben Prenses Değilim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>575</v>
+        <v>175</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257537445</t>
+          <t>9786256813786</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Ekmek</t>
+          <t>Otizm Erken Tanı, Danışmanlık ve Terapi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258309096</t>
+          <t>9786256459120</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tasarım</t>
+          <t>Geçmişi Yaratmak</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257537803</t>
+          <t>9786256813014</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Eneke'nin Kalbine Yolculuk</t>
+          <t>Yeşil Siyaset Dergisi 2023 Toplu Yazılar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257537995</t>
+          <t>9786256459441</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Otorite ve Öteki</t>
+          <t>Yeşil Siyaset Dergisi 2022 Toplu Yazılar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258309027</t>
+          <t>9786256459007</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratıcılık İmkanı Olarak Kaos</t>
+          <t>Mantarlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>290</v>
+        <v>675</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257537940</t>
+          <t>9786256813755</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Mahalle (Ciltli)</t>
+          <t>Ekoloji ve İklim Krizi İletişiminde Adaletin İnşası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257537971</t>
+          <t>9786256813700</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yana Yakıla Tükenecek Miyiz?</t>
+          <t>Babamla Balonda Seyahat: Antakya</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257537810</t>
+          <t>9786256813687</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pavitra</t>
+          <t>Canavar Gece Pazarı - Canavar Avcıları 3</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257537858</t>
+          <t>9786256459175</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tarım Sektörünün Yönetimi</t>
+          <t>Beyaz Kemik Canavarı - Canavar Avcıları 2</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>532</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257537346</t>
+          <t>9786055895297</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kitluk</t>
+          <t>Nasıl Bir Organik Tarım?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257537896</t>
+          <t>9786256813694</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>T İstasyonu</t>
+          <t>Zeytin Ağacı Yeryüzü Sofrasının Bilgesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257537728</t>
+          <t>9786256813670</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tesis</t>
+          <t>Türlerin Hukuku</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257537841</t>
+          <t>9786259813540</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Senin Kitabın</t>
+          <t>Laboratuvardan Büyük Kaçış</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257537902</t>
+          <t>9786256813441</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destandır Dilim</t>
+          <t>Gökyüzünde Koşanlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257537711</t>
+          <t>9786256813649</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim Kişisel Kıyametim</t>
+          <t>Sessiz İnşaat</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257537735</t>
+          <t>9786256813588</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fukuoka Üstat</t>
+          <t>Kim Benimle Şiir Oynar?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257537797</t>
+          <t>9786256813625</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Türkiye</t>
+          <t>Çocukla Geziyorum - Viyana, Münih, Kopenhag, Oslo</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257537438</t>
+          <t>9786256813601</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Boşluk</t>
+          <t>Köydeki Mucize Birlikte Yapabiliriz</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257537919</t>
+          <t>9786256813144</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Okulu (Ciltli)</t>
+          <t>Döngüsel Ekonomi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9772458990158</t>
+          <t>9786256813519</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi 15. Sayı: Sosyal ve Duygusal Öğrenme</t>
+          <t>Ev Bahçelerinin Bakım ve Ekim Yöntemleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257537698</t>
+          <t>9786256813427</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
+          <t>Hayvan Haklarını Savunmak Abolisyonist Veganın El Kitabı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257537568</t>
+          <t>9786256813502</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Koruyucu Balıkları</t>
+          <t>Döngüsel Ekonomi ve Moda</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257537674</t>
+          <t>9786256813489</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zeo Kio ve Mehpare</t>
+          <t>Ekolojik Tasarım Kuramı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257537612</t>
+          <t>9786256813403</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kardeşler</t>
+          <t>Güneşin Kızı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257537629</t>
+          <t>9786256813120</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sadece Beş Dakika Daha</t>
+          <t>Bütüncül Doğal Yaşam Dünyayı, Tarihi, Bedeni ve Zihni Yeniden Hissetmek</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257537636</t>
+          <t>9786257537643</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Küçük Goril</t>
+          <t>Kuklaların Dansı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257537544</t>
+          <t>9789752498006</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sanata Tarihsel ve Kültürel Yaklaşımlar</t>
+          <t>Ekokurgu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257537209</t>
+          <t>9786256813021</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - Dikkat ve Farkındalık Stratejileri</t>
+          <t>Tarımda Kapasite Geliştirme ve Verimlilik</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257537667</t>
+          <t>9786256813359</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İki Arada Öyküler</t>
+          <t>Terra ve Mosso</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257537537</t>
+          <t>9786256459458</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Ağzındaki Kuş Gibi</t>
+          <t>Tüketim Toplumu ve Türkiye</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257537339</t>
+          <t>9786256813342</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tarihyazımında İdeoloji ve Pratikleri</t>
+          <t>Başkası Adına Konuşmanın Haysiyetsizliği</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257537582</t>
+          <t>9786256459465</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Şehrin En Alt Katı</t>
+          <t>Pigu ve Pembe Kakası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257537575</t>
+          <t>9786256813045</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Baykuşun Kanatlarında Uyuyan Kurbağa</t>
+          <t>Antik Çağ Serisi - 3 - Arda Antik Çağ’da Thales İle Konuşmalar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257537278</t>
+          <t>9786256813113</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Prag Zamanı</t>
+          <t>Antik Çağ Serisi - 4 Havva Antik Çağ’da İskenderiyeli Hypatia</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>425</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257537407</t>
+          <t>9786256813007</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Öğrenen Çocuklar</t>
+          <t>Antik Çağ Serisi - 2 Arda Antik Çağ’da Platon’un Mağarası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257537421</t>
+          <t>9786256459137</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Yeni Bir Yerküre Tasarımı - Ekolojik Anayasalcılık</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257537308</t>
+          <t>9786256813151</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Büyüsü</t>
+          <t>Dinle</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257537476</t>
+          <t>9786256813212</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tamera Ekoköyü'nün Daveti</t>
+          <t>Bay Mon ve Tuhaf Komşular</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257537094</t>
+          <t>9786256813106</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Tüketmek</t>
+          <t>İklim Değil İnsanlık Krizi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057764867</t>
+          <t>9786256813069</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Talaslı Yazarlar Kaynakçası</t>
+          <t>Antroposen ve Yeni İnsan</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055895440</t>
+          <t>9786256459281</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ekoköy Findhorn - Findhorn Topluluğu</t>
+          <t>Aşırılıktan Kurtulmak Büyüme Sonrası Ekonomiye Giden Yol</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752498594</t>
+          <t>9786258309225</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Macar Tiyatro Oyunları</t>
+          <t>Şiddetsiz İletişim İle Barışı Seçmek</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>305</v>
+        <v>245</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9772458990004</t>
+          <t>9786258309461</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 9 Kış 2018</t>
+          <t>Bir İklim Eylemi Olarak Kent Bahçeleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752498488</t>
+          <t>9786256459205</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
+          <t>Lavandulanın Çizgileri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752498167</t>
+          <t>9786256459304</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi</t>
+          <t>Masallarla Yolculuk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>4440000000728</t>
+          <t>9786256459243</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Dergisi Sayı: 21</t>
+          <t>Meyveli, Sebzeli Mevsimli Bilmeceler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>40</v>
+        <v>450</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057764843</t>
+          <t>9786256459434</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Okulsuzluğun El Kitabı</t>
+          <t>Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057764188</t>
+          <t>9786258309003</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fen Öğretimi</t>
+          <t>Çiftlik Kızı Rosie</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9772458990134</t>
+          <t>9786258309041</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 13 Bahar 2020</t>
+          <t>Homeopati İle Bir Şifa Yolculuğu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057764683</t>
+          <t>9786256459410</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Okul Başarısının Sınırları</t>
+          <t>Zaman - Mekan: Kavramlar ve Deneyimler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>2789788618864</t>
+          <t>9786256459267</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 12 Kış 2020</t>
+          <t>Ortaokul Öğrencileri İçin İklim Değişikliği Etkinlikleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257537780</t>
+          <t>9786256459168</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>100 Mutlu Gün</t>
+          <t>Bir Tweet Dünyayı Değiştirir mi? Ekoloji Mücadelesi ve Dijital Aktivizm</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257537773</t>
+          <t>9786256459229</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Longo Mai - Bir Komün Deneyimi</t>
+          <t>Dışarıdan Düşünmek: Deleuze ve Guattari Perspektifinden Felsefe, Siyaset ve Sanat Yazıları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>315</v>
+        <v>595</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257537957</t>
+          <t>9786258309355</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Benny</t>
+          <t>Yeni Bir Gün Doğarken Işığı Yakalamak</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257537964</t>
+          <t>9786257537414</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bazen Küçük Bazen Büyük</t>
+          <t>Öfkenin Pedagojisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257537704</t>
+          <t>9786257537605</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ereksiyon "Aşk"ı</t>
+          <t>Sosyal Hizmette Vaka Yönetimi: Çocuk Alanı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257537483</t>
+          <t>9786258309188</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dünya Senin Ellerinde</t>
+          <t>Onkolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257537681</t>
+          <t>9786257537759</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mete</t>
+          <t>Çin Cumhurbaşkanı Xi Jinping'in Konuşmaları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257537452</t>
+          <t>9786257537650</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Denizi</t>
+          <t>Bitki Eskizleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257537599</t>
+          <t>9786257537742</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mecbur Muyum?</t>
+          <t>Bütüncül Eğitim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257537377</t>
+          <t>9789752498136</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Yarasaya Mektuplar</t>
+          <t>Engelli Ailesinde Şiddet</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257537469</t>
+          <t>9789752498570</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Deniz'in Öyküleri</t>
+          <t>Eleştirel Pedagoji</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>225</v>
+        <v>315</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257537551</t>
+          <t>9786055895891</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Koru Kendini, Bir Daha Hiçbir Ana Doğuramaz Seni</t>
+          <t>Milli Tarih Nedir?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257537322</t>
+          <t>9786057764850</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Okullar</t>
+          <t>Çocuk Eğitimi ve İnsanın On İki Duyusu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257537513</t>
+          <t>9786057764638</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Rahatı Kaçan Orman</t>
+          <t>Talim ve Terbiye Derslerinde Usul</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257537285</t>
+          <t>9786057764478</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kaplumbağası</t>
+          <t>Fröbel ve Pestalozzi Usullerinde Terbiye ve Talim Dersleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257537292</t>
+          <t>9786258309232</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Meşhur Yazarları</t>
+          <t>Jivamukti Yoga</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257537315</t>
+          <t>9786257537230</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayna Dört Kadın</t>
+          <t>Mucizeler Gemisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257537179</t>
+          <t>9786257537360</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kesin Döneceksiniz</t>
+          <t>Şehir Tarihi Nedir?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257537261</t>
+          <t>9786256459212</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşağılama Aracı Olarak Çöp</t>
+          <t>Gül ile Bülbül Cumhuriyeti</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257537186</t>
+          <t>9786258309737</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bir Zeytin Ağacı</t>
+          <t>Kozmik Koreografi: Bedenlerin Element Dansı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257537254</t>
+          <t>9786258309218</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dünyamız</t>
+          <t>İyi Şirket</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257537148</t>
+          <t>9786258309591</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Yeniden Keşfi</t>
+          <t>Üçüncü Doğa</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257537247</t>
+          <t>9786257537384</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Koyu’nda Bir Kış</t>
+          <t>Elmalı Köyün Vahşi Davulcusu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>239</v>
+        <v>106</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257537155</t>
+          <t>9786258309959</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Gücü Adına</t>
+          <t>Toplum 4.0</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257537193</t>
+          <t>9786258309928</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Yüzler</t>
+          <t>Şiddetli Sıcaklar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257537056</t>
+          <t>9786258309898</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizinin ABC'si</t>
+          <t>Yaz Sıcakları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257537162</t>
+          <t>9786258309904</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>George Orwell</t>
+          <t>Yaz Gün Dönümü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057764652</t>
+          <t>9786258309881</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Komita</t>
+          <t>Tahıllar Olgunlaşıyor</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257537032</t>
+          <t>9786258309874</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüyle Barışmak</t>
+          <t>Tohumlar Filizleniyor</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752498884</t>
+          <t>9786258309911</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Permakültür Uygulamaları</t>
+          <t>Yaz Başlangıcı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257537117</t>
+          <t>9786258309683</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bach</t>
+          <t>İki Bilge Su Aygırı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257537087</t>
+          <t>9786258309966</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Son Beyaz Gergedan</t>
+          <t>Yer Temelli Eğitim</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257537124</t>
+          <t>9786258309362</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mozart</t>
+          <t>Çocuklar Okulu Yönettiğinde</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257537100</t>
+          <t>9786258309829</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Başka Türlü Anlatmaktır</t>
+          <t>Arda Antik Çağ’da - Sokrates</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257537018</t>
+          <t>9786258309072</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar</t>
+          <t>Arı ve Kovanı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>215</v>
+        <v>425</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057764812</t>
+          <t>9786258309294</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Yer</t>
+          <t>Yükseltilmiş Yatak Bahçeciliği</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257537070</t>
+          <t>9786258309577</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Hikaye</t>
+          <t>Mükemmel Ekmekler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257537063</t>
+          <t>9786258309850</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Şans Ver</t>
+          <t>Greta Devlere Karşı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257537025</t>
+          <t>9786258309539</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Pis Fred</t>
+          <t>Ölümsüz Çocuk - Canavar Avcıları 1</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257537001</t>
+          <t>9786258309126</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik</t>
+          <t>Sosyokrasi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057764881</t>
+          <t>9786258309751</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Lezzet Gemisi</t>
+          <t>Yeşilin Gücü: Eko-Parti Almanya’yı Nasıl Değiştirecek?</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057764997</t>
+          <t>9786258309713</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çatı Bahçeleri</t>
+          <t>Dinozorlar Nerede?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057764959</t>
+          <t>9786258309676</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Yeşil Siyaset Toplu Yazılar - 2021</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>108</v>
+        <v>340</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057764973</t>
+          <t>9786258309768</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Vasatlığın İktidarı</t>
+          <t>Emeğin Hallerine Dair Yüzleşmeler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057764805</t>
+          <t>9786258309584</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Gün</t>
+          <t>Vadinin Dönüşümü: İkizdere’de Hidroelektrik Santraller</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057764966</t>
+          <t>9786257537926</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Okuryazarlığı</t>
+          <t>Yarabıçak</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057764935</t>
+          <t>9786258309638</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Atıksız Yaşam</t>
+          <t>Ardıç Kuşu ile Renklenen Dünya</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057764898</t>
+          <t>9786258309331</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Muz Ne Kadar Kötüdür?</t>
+          <t>Sürdürülebilir İyi Ebeveynlik Uygulamaları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057764942</t>
+          <t>9786258309645</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
+          <t>Dedemin Okulu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057764874</t>
+          <t>9786258309607</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Meme Kanseri Bencildir</t>
+          <t>Levanna'nın Gülleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057764911</t>
+          <t>9786258309065</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kazdağları Öyküleri</t>
+          <t>Sular Altında</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057764904</t>
+          <t>9786258309195</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Maden Canavarı</t>
+          <t>Plastik</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057764775</t>
+          <t>9786258309102</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca Dönmeyi Bırakınca</t>
+          <t>Kayıp Tren</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752498983</t>
+          <t>9786258309515</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar</t>
+          <t>Tarihçilikte Yeni Yaklaşımlar: Eski Kaynakları Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9772458990141</t>
+          <t>9786258309614</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi 14. Sayı - Dosya: Montessori Metodu</t>
+          <t>Yüz Tavşan</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057764799</t>
+          <t>9786258309485</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Geziyorum</t>
+          <t>Devlet Okulu Neden Hedefte?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057764768</t>
+          <t>9786258309300</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bitki Devrimi</t>
+          <t>Çıkış Yolu Türetim Ekonomisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057764751</t>
+          <t>9786258309263</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Sosyal ve Duygusal Öğrenme</t>
+          <t>Cehaletin Kültürel Üretimi ve Hayvanlar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057764720</t>
+          <t>9786257537827</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Arap Kadının İtirafları</t>
+          <t>Öğretmenler ve Metinler - Eğitimde Toplumsal Cinsiyet, Sınıf ve İktidar İlişkileri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057764737</t>
+          <t>9786258309317</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Okulu</t>
+          <t>Modernleşme Aracı Olarak Eğitim –Tanzimat Döneminde Ne Değişti?</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057764713</t>
+          <t>9786258309010</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Max’in Balıkları</t>
+          <t>Ödlekler</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057764621</t>
+          <t>9786258309287</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yabanıl Anne</t>
+          <t>Göçebe Varlığın Çobanı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057764690</t>
+          <t>9786258309478</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilikte Disiplinlerarasılık: Fırsat mı Sınırlılık mı?</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057764645</t>
+          <t>9786258309089</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sarnıçtaki Kelebek</t>
+          <t>Katalanlar Neden Ayrılmak İstiyor</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057764669</t>
+          <t>9786257537216</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gerçeğimiz Sürdürülebilirlik</t>
+          <t>Konsensüs</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057764676</t>
+          <t>9786257537131</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kitabı</t>
+          <t>Homeopati</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057764577</t>
+          <t>9786258309164</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika</t>
+          <t>Bir Çiftçinin Renkleri - Doğal Mürekkep Yapımı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>425</v>
+        <v>435</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057764607</t>
+          <t>9786057764836</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Dünya Seyahati</t>
+          <t>147 Basamaklı Serüven</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>210</v>
+        <v>575</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057764553</t>
+          <t>9786257537445</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Meczubun Oğlu</t>
+          <t>Kızarmış Ekmek</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057764539</t>
+          <t>9786258309096</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımdaki Rüzgar</t>
+          <t>Tasarım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057764591</t>
+          <t>9786257537803</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Gaudi’nin Gizemini Çözen İki Kafadar</t>
+          <t>Eneke'nin Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057764546</t>
+          <t>9786257537995</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Roman Hayattır</t>
+          <t>Otorite ve Öteki</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057764584</t>
+          <t>9786258309027</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çizgili Fil</t>
+          <t>Bir Yaratıcılık İmkanı Olarak Kaos</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057764614</t>
+          <t>9786257537940</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Canım Kuzenim</t>
+          <t>Ekolojik Mahalle (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057764508</t>
+          <t>9786257537971</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Siluetler</t>
+          <t>Yana Yakıla Tükenecek Miyiz?</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057764515</t>
+          <t>9786257537810</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizinin Kızı</t>
+          <t>Pavitra</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057764454</t>
+          <t>9786257537858</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Aşçının Kızı</t>
+          <t>Türkiye'de Tarım Sektörünün Yönetimi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>532</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057764522</t>
+          <t>9786257537346</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Işıkları</t>
+          <t>Kitluk</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057764485</t>
+          <t>9786257537896</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Vegan Olmak İçin Bahaneler</t>
+          <t>T İstasyonu</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057764447</t>
+          <t>9786257537728</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı, Siyah Köpek ve Bulut</t>
+          <t>Tesis</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057764416</t>
+          <t>9786257537841</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Balıkları</t>
+          <t>Senin Kitabın</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057764461</t>
+          <t>9786257537902</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Tarihçiliğin Gündemi</t>
+          <t>Dillere Destandır Dilim</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057764256</t>
+          <t>9786257537711</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Yalan Uydurdum</t>
+          <t>Benim Kişisel Kıyametim</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752498389</t>
+          <t>9786257537735</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi</t>
+          <t>Fukuoka Üstat</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057764423</t>
+          <t>9786257537797</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretiminde Teknolojinin Kullanımı</t>
+          <t>İklim Krizi ve Türkiye</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057764232</t>
+          <t>9786257537438</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Zorlu Görevde: Akran Zorbalığı</t>
+          <t>Uzaktaki Boşluk</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057764379</t>
+          <t>9786257537919</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Muzcu Kedi</t>
+          <t>Mutluluk Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057764348</t>
+          <t>9772458990158</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Bir Yaşam Kurmak</t>
+          <t>Alternatif Eğitim Dergisi 15. Sayı: Sosyal ve Duygusal Öğrenme</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057764300</t>
+          <t>9786257537698</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarım Politikaları</t>
+          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>259</v>
+        <v>450</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057764294</t>
+          <t>9786257537568</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Yaşam Rehberi</t>
+          <t>Evrenin Koruyucu Balıkları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057764317</t>
+          <t>9786257537674</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mekansallık: Sanat Üretiminde Eşzamanlılık Durumu</t>
+          <t>Zeo Kio ve Mehpare</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057764027</t>
+          <t>9786257537612</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Modada Yavaşlık</t>
+          <t>Köstebek Kardeşler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057764287</t>
+          <t>9786257537629</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Deneyleri</t>
+          <t>Sadece Beş Dakika Daha</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057764225</t>
+          <t>9786257537636</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yetimleri</t>
+          <t>Küçük Goril</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>188</v>
+        <v>175</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057764263</t>
+          <t>9786257537544</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Tüketim Kültürü ve Gıda İsrafı</t>
+          <t>Sanata Tarihsel ve Kültürel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057764164</t>
+          <t>9786257537209</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bizans Düşerken</t>
+          <t>Mindfulness - Dikkat ve Farkındalık Stratejileri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057764157</t>
+          <t>9786257537667</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Liseli Harriet'in Günlüğü - Kanserle Nasıl Savaştı?</t>
+          <t>İki Arada Öyküler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057764096</t>
+          <t>9786257537537</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kule Saatindeki Kuzgun</t>
+          <t>Yılanın Ağzındaki Kuş Gibi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057764171</t>
+          <t>9786257537339</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Gökten Kuş Yağdı</t>
+          <t>Tarihyazımında İdeoloji ve Pratikleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057764201</t>
+          <t>9786257537582</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Spagetti Zürefa</t>
+          <t>Şehrin En Alt Katı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057764195</t>
+          <t>9786257537575</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Göçmenlerin Gizli Dostu</t>
+          <t>Baykuşun Kanatlarında Uyuyan Kurbağa</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057764065</t>
+          <t>9786257537278</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Denkleminde Filistin Sorunu</t>
+          <t>Prag Zamanı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057764218</t>
+          <t>9786257537407</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Psikodrama</t>
+          <t>Bağımsız Öğrenen Çocuklar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057764034</t>
+          <t>9786257537421</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057764119</t>
+          <t>9786257537308</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vatandaşlığın İnşası</t>
+          <t>Deliliğin Büyüsü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057764126</t>
+          <t>9786257537476</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir İyi Ebeveynlik</t>
+          <t>Tamera Ekoköyü'nün Daveti</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>3990000031163</t>
+          <t>9786257537094</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 11 Güz 2019</t>
+          <t>Tarihi Tüketmek</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789752498723</t>
+          <t>9786057764867</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tarih Teorisi</t>
+          <t>Talaslı Yazarlar Kaynakçası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057764072</t>
+          <t>9786055895440</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çocuk</t>
+          <t>Ekoköy Findhorn - Findhorn Topluluğu</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057764041</t>
+          <t>9789752498594</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ümit Penceresi</t>
+          <t>Çağdaş Macar Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>325</v>
+        <v>305</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057764058</t>
+          <t>9772458990004</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Kaftanı</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 9 Kış 2018</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789752498990</t>
+          <t>9789752498488</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Aynasında</t>
+          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789752498969</t>
+          <t>9789752498167</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuzlar</t>
+          <t>Yeşil Ekonomi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789752498976</t>
+          <t>4440000000728</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kooperatifler</t>
+          <t>Usatölyesi Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752498921</t>
+          <t>9786057764843</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yolboyu</t>
+          <t>Okulsuzluğun El Kitabı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789752498945</t>
+          <t>9786057764188</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mimar Olmak İstiyorum</t>
+          <t>Yaratıcı Fen Öğretimi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789752498952</t>
+          <t>9772458990134</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Mistik Göl Dörtlüsü 4 - Kimsesiz, Kaybedilmiş</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 13 Bahar 2020</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>3990000044410</t>
+          <t>9786057764683</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 10 Bahar 2019</t>
+          <t>Okul Başarısının Sınırları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752498907</t>
+          <t>2789788618864</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Benim Atölyelerim</t>
+          <t>Alternatif Eğitim Dergisi Sayı: 12 Kış 2020</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789752498822</t>
+          <t>9786257537780</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tohumun Hikayesi</t>
+          <t>100 Mutlu Gün</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752498853</t>
+          <t>9786257537773</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Vegan Bir Dünya</t>
+          <t>Longo Mai - Bir Komün Deneyimi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752498815</t>
+          <t>9786257537957</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kapısı</t>
+          <t>Küçük Ayı Benny</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752498709</t>
+          <t>9786257537964</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Leyleğin Ayağındaki Dünya</t>
+          <t>Bazen Küçük Bazen Büyük</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752498679</t>
+          <t>9786257537704</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Tiyatro Oyunları - 11 Oyun</t>
+          <t>Aşk ve Ereksiyon "Aşk"ı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752498730</t>
+          <t>9786257537483</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesi</t>
+          <t>Dünya Senin Ellerinde</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752498792</t>
+          <t>9786257537681</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sanatlar, Eğitim ve Kültür</t>
+          <t>Mete</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752498761</t>
+          <t>9786257537452</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekolojistin Not Defteri</t>
+          <t>Arkadaşlık Denizi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752498785</t>
+          <t>9786257537599</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kişiliği Belirsiz</t>
+          <t>Mecbur Muyum?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752498808</t>
+          <t>9786257537377</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tohum Topu</t>
+          <t>Çocuklardan Yarasaya Mektuplar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752498396</t>
+          <t>9786257537469</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Biz Annemizden Hiç Böyle Görmedik</t>
+          <t>Doğa ve Deniz'in Öyküleri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752498747</t>
+          <t>9786257537551</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Köylülük Mümkün</t>
+          <t>Koru Kendini, Bir Daha Hiçbir Ana Doğuramaz Seni</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752498686</t>
+          <t>9786257537322</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk ve Peri'nin Büyüsü</t>
+          <t>Demokratik Okullar</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752498648</t>
+          <t>9786257537513</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kimliği Meçhul - Mistik Göl Dörtlüsü 2</t>
+          <t>Rahatı Kaçan Orman</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752498631</t>
+          <t>9786257537285</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kıyılarına Vur Adamın</t>
+          <t>Deniz Kaplumbağası</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>430</v>
+        <v>235</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752498624</t>
+          <t>9786257537292</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Ağacı</t>
+          <t>Dünyanın En Meşhur Yazarları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752498662</t>
+          <t>9786257537315</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Gözünden Irak</t>
+          <t>Bir Ayna Dört Kadın</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>3990000044486</t>
+          <t>9786257537179</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı 8 Güz 2018</t>
+          <t>Kesin Döneceksiniz</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752498358</t>
+          <t>9786257537261</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Bir Aşağılama Aracı Olarak Çöp</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752498600</t>
+          <t>9786257537186</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bahoz - Fırtına</t>
+          <t>Dünyada Bir Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752498297</t>
+          <t>9786257537254</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Sanat</t>
+          <t>Yeşil Dünyamız</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752498587</t>
+          <t>9786257537148</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Aziz Petrus’un Şemsiyesi</t>
+          <t>Güneşin Yeniden Keşfi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>3990000089939</t>
+          <t>9786257537247</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 25 Aralık 2017</t>
+          <t>Mimoza Koyu’nda Bir Kış</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>40</v>
+        <v>239</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752498563</t>
+          <t>9786257537155</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Dil Irkçılığı - Linguizismus - Linguicism</t>
+          <t>Hayallerin Gücü Adına</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752498556</t>
+          <t>9786257537193</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama ve Müze</t>
+          <t>Gölgedeki Yüzler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752498525</t>
+          <t>9786257537056</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Reel Sosyalizm Sonrası Marx</t>
+          <t>İklim Krizinin ABC'si</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>3990000029502</t>
+          <t>9786257537162</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 7 Bahar 2018</t>
+          <t>George Orwell</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752498518</t>
+          <t>9786057764652</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Nina ve Radyo’nun Maceraları</t>
+          <t>Komita</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752498495</t>
+          <t>9786257537032</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Fidanların Büyütülmediği Mevsim</t>
+          <t>Yeryüzüyle Barışmak</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752498457</t>
+          <t>9789752498884</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İvan İllich İle Söyleşiler - İvan İllich Kitaplığı 5</t>
+          <t>Permakültür Uygulamaları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752498143</t>
+          <t>9786257537117</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kompost Tuvaletler</t>
+          <t>Bach</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>545</v>
+        <v>135</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>3990000029546</t>
+          <t>9786257537087</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 6 Kış 2017</t>
+          <t>Dünyadaki Son Beyaz Gergedan</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752498365</t>
+          <t>9786257537124</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayvanlar</t>
+          <t>Mozart</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752498273</t>
+          <t>9786257537100</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Uranyum Uğruna</t>
+          <t>Edebiyat Başka Türlü Anlatmaktır</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752498174</t>
+          <t>9786257537018</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Doğal Annelik Yolunda</t>
+          <t>İlkbahar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752498303</t>
+          <t>9786057764812</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Mahalle</t>
+          <t>Mekan ve Yer</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752498259</t>
+          <t>9786257537070</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Savaş Söylemlerinde Kadın İmgesi</t>
+          <t>Çizgili Hikaye</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752498280</t>
+          <t>9786257537063</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ahlaklı Yurttaş</t>
+          <t>Yeter ki Şans Ver</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752498112</t>
+          <t>9786257537025</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Yapı Teknikleri</t>
+          <t>Kaptan Pis Fred</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>485</v>
+        <v>180</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752498129</t>
+          <t>9786257537001</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mikro Tarihin Gözünden 1924</t>
+          <t>Biyoçeşitlilik</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752498068</t>
+          <t>9786057764881</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Moda Praksisi</t>
+          <t>Nuh’un Lezzet Gemisi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752498402</t>
+          <t>9786057764997</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bitki Zekası</t>
+          <t>Çatı Bahçeleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752498037</t>
+          <t>9786057764959</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Afrikaname</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>425</v>
+        <v>108</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>3990000089938</t>
+          <t>9786057764973</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 24 Şubat 2017</t>
+          <t>Vasatlığın İktidarı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055895969</t>
+          <t>9786057764805</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenen Çocuk ve Gençler</t>
+          <t>Sıra Dışı Bir Gün</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>3990000011933</t>
+          <t>9786057764966</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 3 Eylül - Aralık 2016</t>
+          <t>Siyaset Okuryazarlığı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>3990000032270</t>
+          <t>9786057764935</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Dergisi Sayı: 22</t>
+          <t>Atıksız Yaşam</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055895884</t>
+          <t>9786057764898</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Annelik Haritası</t>
+          <t>Muz Ne Kadar Kötüdür?</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055895860</t>
+          <t>9786057764942</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Su Hakkı</t>
+          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055895853</t>
+          <t>9786057764874</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ekoköy İthaca</t>
+          <t>Meme Kanseri Bencildir</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>3990000032561</t>
+          <t>9786057764911</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 2 Mayıs - Ağustos 2016</t>
+          <t>Kazdağları Öyküleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>3990000046492</t>
+          <t>9786057764904</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim Dergisi Sayı: 1 Ocak - Nisan 2016</t>
+          <t>Maden Canavarı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752498426</t>
+          <t>9786057764775</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ekolojizm</t>
+          <t>Atlıkarınca Dönmeyi Bırakınca</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055895846</t>
+          <t>9789752498983</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Felaketlerle Yaşamak</t>
+          <t>Karıncalar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055895679</t>
+          <t>9772458990141</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Moda</t>
+          <t>Alternatif Eğitim Dergisi 14. Sayı - Dosya: Montessori Metodu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055895761</t>
+          <t>9786057764799</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Şarkılardan Fal Tuttum</t>
+          <t>Çocukla Geziyorum</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>239</v>
+        <v>425</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055895686</t>
+          <t>9786057764768</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Küba'da Sürdürülebilir Kent Tarımı</t>
+          <t>Bitki Devrimi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055895709</t>
+          <t>9786057764751</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>ABC - Aklın Modernleşmesi</t>
+          <t>Çocuklukta Sosyal ve Duygusal Öğrenme</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055895631</t>
+          <t>9786057764720</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi; Küçülmek Güzeldir</t>
+          <t>Bir Arap Kadının İtirafları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055895662</t>
+          <t>9786057764737</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Batı Uygarlığının Çöküşü</t>
+          <t>Mutluluk Okulu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055895426</t>
+          <t>9786057764713</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Politika</t>
+          <t>Max’in Balıkları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752498204</t>
+          <t>9786057764621</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Permakültür Bahçeleri</t>
+          <t>Yabanıl Anne</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>3990000027364</t>
+          <t>9786057764690</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Usatölyesi Felsefe Dergisi Sayı: 23 Nisan 2015</t>
+          <t>Tarihçilikte Disiplinlerarasılık: Fırsat mı Sınırlılık mı?</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789752498327</t>
+          <t>9786057764645</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Sarnıçtaki Kelebek</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055895402</t>
+          <t>9786057764669</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Karbon Ayak İzi Rehberi</t>
+          <t>Yeni Gerçeğimiz Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055895617</t>
+          <t>9786057764676</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Teknoloji Mümkün</t>
+          <t>Kuş Kitabı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055895532</t>
+          <t>9786057764577</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Suzan</t>
+          <t>Güney Afrika</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789752498471</t>
+          <t>9786057764607</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ekoköyler: Yeni Rotamız</t>
+          <t>Dünya Seyahati</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055895594</t>
+          <t>9786057764553</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Azınlık Okullarında Tarih Eğitimi ve Çokkültürlülük</t>
+          <t>Meczubun Oğlu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055895389</t>
+          <t>9786057764539</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ekofobiyi Aşmak</t>
+          <t>Saçlarımdaki Rüzgar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055895778</t>
+          <t>9786057764591</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gıda Bağımsızlığı</t>
+          <t>Gaudi’nin Gizemini Çözen İki Kafadar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055895518</t>
+          <t>9786057764546</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayvancılık Mümkün</t>
+          <t>Roman Hayattır</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055895327</t>
+          <t>9786057764584</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tarım Mümkün Mü?</t>
+          <t>Mavi Çizgili Fil</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055895419</t>
+          <t>9786057764614</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji Çözüm Değil</t>
+          <t>Canım Kuzenim</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055895525</t>
+          <t>9786057764508</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Romantik Tarihçilik</t>
+          <t>Siluetler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055895433</t>
+          <t>9786057764515</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 10</t>
+          <t>Güney Denizinin Kızı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055895266</t>
+          <t>9786057764454</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 9 - Doğa, Düşünce, Siyaset</t>
+          <t>Aşçının Kızı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055895143</t>
+          <t>9786057764522</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 8 Doğa, Düşünce, Siyaset</t>
+          <t>Akdeniz Işıkları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055895105</t>
+          <t>9786057764485</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 7 Doğa, Düşünce, Siyaset</t>
+          <t>Vegan Olmak İçin Bahaneler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>3990000009584</t>
+          <t>9786057764447</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Üç Ekoloji Sayı: 6 Doğa, Düşünce, Siyaset</t>
+          <t>Erik Ağacı, Siyah Köpek ve Bulut</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055895259</t>
+          <t>9786057764416</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Anayasa</t>
+          <t>İstanbul’un Balıkları</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055895341</t>
+          <t>9786057764461</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları</t>
+          <t>Dünyada Tarihçiliğin Gündemi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055895303</t>
+          <t>9786057764256</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Çernobil Halk Mahkemesi</t>
+          <t>Ben Bir Yalan Uydurdum</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
+          <t>9789752498389</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Vivaldi</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786057764423</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Teknolojinin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786057764232</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağalar Zorlu Görevde: Akran Zorbalığı</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786057764379</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Muzcu Kedi</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786057764348</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte Bir Yaşam Kurmak</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786057764300</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’da Tarım Politikaları</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786057764294</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Yaşam Rehberi</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786057764317</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Mekansallık: Sanat Üretiminde Eşzamanlılık Durumu</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786057764027</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Modada Yavaşlık</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786057764287</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Deneyleri</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786057764225</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Yetimleri</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786057764263</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Sıfır Atık Tüketim Kültürü ve Gıda İsrafı</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786057764164</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Bizans Düşerken</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786057764157</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Liseli Harriet'in Günlüğü - Kanserle Nasıl Savaştı?</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786057764096</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Kule Saatindeki Kuzgun</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786057764171</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Gökten Kuş Yağdı</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786057764201</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Spagetti Zürefa</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786057764195</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Göçmenlerin Gizli Dostu</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786057764065</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu Denkleminde Filistin Sorunu</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786057764218</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Psikodrama</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786057764034</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Milliyetçilik</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786057764119</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Vatandaşlığın İnşası</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786057764126</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir İyi Ebeveynlik</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>3990000031163</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 11 Güz 2019</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789752498723</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Teorisi</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786057764072</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786057764041</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Ümit Penceresi</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786057764058</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Padişahın Kaftanı</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789752498990</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Aynasında</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9789752498969</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Uygunsuzlar</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789752498976</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Kooperatifler</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789752498921</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Yolboyu</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9789752498945</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789752498952</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Mistik Göl Dörtlüsü 4 - Kimsesiz, Kaybedilmiş</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>3990000044410</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 10 Bahar 2019</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9789752498907</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Benim Atölyelerim</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9789752498822</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Tohumun Hikayesi</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9789752498853</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Vegan Bir Dünya</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9789752498815</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Kapısı</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9789752498709</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Leyleğin Ayağındaki Dünya</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9789752498679</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Gençlik Tiyatro Oyunları - 11 Oyun</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789752498730</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Ülkesi</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789752498792</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Sanatlar, Eğitim ve Kültür</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789752498761</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ekolojistin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789752498785</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Kişiliği Belirsiz</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789752498808</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Tohum Topu</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789752498396</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Biz Annemizden Hiç Böyle Görmedik</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789752498747</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Köylülük Mümkün</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789752498686</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Pofuduk ve Peri'nin Büyüsü</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789752498648</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Kimliği Meçhul - Mistik Göl Dörtlüsü 2</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789752498631</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Kıyılarına Vur Adamın</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789752498624</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağı Ağacı</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9789752498662</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Gözünden Irak</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>3990000044486</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı 8 Güz 2018</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9789752498358</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Labirent</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9789752498600</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Bahoz - Fırtına</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789752498297</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Sanat</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789752498587</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Aziz Petrus’un Şemsiyesi</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>3990000089939</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 25 Aralık 2017</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789752498563</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Dil Irkçılığı - Linguizismus - Linguicism</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9789752498556</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Drama ve Müze</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789752498525</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Reel Sosyalizm Sonrası Marx</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>3990000029502</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 7 Bahar 2018</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9789752498518</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Nina ve Radyo’nun Maceraları</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789752498495</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Fidanların Büyütülmediği Mevsim</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789752498457</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>İvan İllich İle Söyleşiler - İvan İllich Kitaplığı 5</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789752498143</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Kompost Tuvaletler</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>3990000029546</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 6 Kış 2017</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789752498365</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789752498273</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Uranyum Uğruna</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789752498174</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Annelik Yolunda</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9789752498303</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Mahalle</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9789752498259</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Söylemlerinde Kadın İmgesi</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789752498280</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Ahlaklı Yurttaş</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789752498112</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Yapı Teknikleri</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789752498129</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Mikro Tarihin Gözünden 1924</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789752498068</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Moda Praksisi</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789752498402</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Zekası</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789752498037</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Afrikaname</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>3990000089938</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 24 Şubat 2017</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786055895969</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Suça Sürüklenen Çocuk ve Gençler</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>3990000011933</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 3 Eylül - Aralık 2016</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>3990000032270</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Usatölyesi Dergisi Sayı: 22</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786055895884</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Annelik Haritası</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786055895860</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Su Hakkı</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786055895853</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Ekoköy İthaca</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>3990000032561</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 2 Mayıs - Ağustos 2016</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>3990000046492</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim Dergisi Sayı: 1 Ocak - Nisan 2016</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9789752498426</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojizm</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786055895846</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Nükleer Felaketlerle Yaşamak</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786055895679</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Moda</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786055895761</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Şarkılardan Fal Tuttum</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786055895686</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Küba'da Sürdürülebilir Kent Tarımı</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786055895709</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>ABC - Aklın Modernleşmesi</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786055895631</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Ekonomi; Küçülmek Güzeldir</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786055895662</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Batı Uygarlığının Çöküşü</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786055895426</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Politika</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9789752498204</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Permakültür Bahçeleri</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>3990000027364</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Usatölyesi Felsefe Dergisi Sayı: 23 Nisan 2015</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9789752498327</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeye Giriş</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786055895402</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Karbon Ayak İzi Rehberi</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786055895617</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Teknoloji Mümkün</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786055895532</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Suzan</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9789752498471</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Ekoköyler: Yeni Rotamız</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786055895594</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Azınlık Okullarında Tarih Eğitimi ve Çokkültürlülük</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786055895389</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Ekofobiyi Aşmak</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786055895778</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Gıda Bağımsızlığı</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786055895518</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Hayvancılık Mümkün</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786055895327</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Tarım Mümkün Mü?</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786055895419</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Nükleer Enerji Çözüm Değil</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786055895525</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Romantik Tarihçilik</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786055895433</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 10</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786055895266</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 9 - Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786055895143</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 8 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786055895105</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 7 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>3990000009584</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ekoloji Sayı: 6 Doğa, Düşünce, Siyaset</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786055895259</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Anayasa</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786055895341</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hakları</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786055895303</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Çernobil Halk Mahkemesi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
           <t>9789944916271</t>
         </is>
       </c>
-      <c r="B458" s="1" t="inlineStr">
+      <c r="B577" s="1" t="inlineStr">
         <is>
           <t>Üç Ekoloji Sayı: 5</t>
         </is>
       </c>
-      <c r="C458" s="1">
+      <c r="C577" s="1">
         <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>