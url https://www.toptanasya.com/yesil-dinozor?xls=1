--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -94,456 +94,456 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786054806836</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Kuyruklular Çetesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786054806881</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>On Garip Misafir (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786054806737</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kuş Bakışı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786054806874</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Neden, Nasıl, Ne Zaman İlaç</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786054806867</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Hayal Et Boo</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786054806850</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Kuyruklular Çetesi - Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786054806171</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>The Spotty Zebra Ponti (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786054806164</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>The Angry Crocodile (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786054806140</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Kızgın Timsah (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786054806157</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Puanlı Zebra Ponti (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786055370244</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Çınazor: Ormanın Tek Dinozoru</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786055370282</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>5 Küçük Dinozor: Sert Zırhlı Ankilozor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055370299</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>5 Küçük Dinozor: İbikli Parasaurolofus</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055370275</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>5 Küçük Dinozor: Zorba Kral Ti-Reks</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786055370305</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>5 Küçük Dinozor: Çatılı Stegozorus</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786055370329</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>5 Küçük Dinozor: Köstebek ve Dev Yumurtalar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786055370343</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Annem ve Babam Ayrılıyor! (Duygularım ve Davranışlarım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786055370374</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Bu Bebeği Hemen Geri Götürün! (Duygularım ve Davranışlarım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786055370220</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Çınazor - Küçük Yeşil Dinazor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786055370367</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Korkacak Ne Var! (Duygularım ve Davranışlarım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786054806034</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Endişelerimden Nasıl Kurtulurum?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786054806027</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Odamdaki Yabancı: Bilgisayar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786055370350</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>O Kadar Kızgınım ki!</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786054806010</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Öğrenme Güçlüğünü Nasıl Yendim?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786054806003</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Ben Yaramaz Değilim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786055370336</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Çınazor - Diğer Dinozorları Arıyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786054806126</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Rengarenk Kasabası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786054806102</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Evcil Hayvanım Bir Dinozor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786055370183</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Beep Beep</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786055370145</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
@@ -649,96 +649,96 @@
         <is>
           <t>9786055370022</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>RengaRenk (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786055370312</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>5 Küçük Dinozor - Tiriseratops: Üç Boynuzlu Yüz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786054806324</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Lalingo Define Peşinde</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786054806331</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Kuyruklular Çetesi</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786054806317</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Uzayın Sırrı : Bunlar Onlar mı?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786055370008</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Mutlu Bebek Kitaplığı 2 - 123 (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786055370015</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
@@ -754,501 +754,501 @@
         <is>
           <t>9786055370060</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Hayvan Dostlarım 2 - Çiflikte (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786054806614</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Çocuklar ve Tavşanlar Yeşil Sever</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786054806720</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Uykucu Ayı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786054806713</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Ben Ebe Olmam!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786054806669</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Bak Baba</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786054806638</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Arnubi ve Fares</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786054806706</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Aceleci At</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786054806591</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>A Takımı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786054806522</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Rosetta ve Philae</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786054806560</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Şehir Kaçkınları: Makarna Fabrikası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786054806607</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Işık Kafası Karışık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786054806553</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Şehir Kaçkınları: Çilek Reçeli</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786054806546</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Uzayın Sırrı: Kara Delik</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786054806652</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Korkusuz Korsan Koko</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786054806621</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>A Takımı - 5’te Devre 10’da Biter!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786054806690</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Süper Kahramanlar Gözlük Takar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786054806683</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Süper Ajan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786054806645</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Sihirli Ağaç Kovuğu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786054806676</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Mutlu Nasil İyileşecek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786054806577</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Şehir Kaçkınları: Büyük Şehrin Küçük Fareleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786054806454</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Hayallerinin Peşinden Uç</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786054806461</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Gezgin Bezgin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786054806416</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Kaplumbağa Kral</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786054806409</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Kırık Oyuncaklar Dükkanı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786054806393</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Astronot Kutup Ayısı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786054806447</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>The New Quenn</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786054806423</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Sihirli Kitap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786054806492</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Kağıt Kanatlı Kuş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786054806485</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Sarayın Balıkları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786054806539</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Pisi ve Misi Doğum Günü Kutluyor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786054806515</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Pisi ve Misi Kayboluyor</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786054806430</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Pisi ve Misi Yuva Yapıyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786055370206</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Kreşe Gidecek Kadar Büyüdüm</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786055370046</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
@@ -1309,346 +1309,346 @@
         <is>
           <t>9786055370053</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Vahşi Doğada (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786054806119</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Keşke Peri Olsaydım! (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786054806294</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>İştahsız Çocuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786054806300</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Zorba Arkadaş İstemem</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786054806225</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Uçmaktan Korkan Uğur Böceği</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786054806270</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Nasıl Prenses Olurum?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786054806188</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mavi Kuş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786054806218</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Gezgin Bulut ve Küçük Kırmızı Valiz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786054806263</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Doğum Günü Dileği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786054806287</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Blue Bird</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786054806478</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Bir Çift Kanat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786054806232</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Ben Kaybolmam</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786054806256</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Geceyi Aydınlatan Ateş Böceği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786054806201</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Arkadaş İstiyorum</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786054806195</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Artık Mutluyum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786054806362</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Kuyruklular Çetesi Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786054806843</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Kuyruklular Çetesi Sirk Baskını</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786054806386</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Lalingo Zaman Yolcusu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786054806379</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Lalingo Gökkuşağının Gizemi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786054806041</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Doğa'nın Müziği</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786054806744</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Işık ve Gölge</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786054806584</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Denizi Kim Kirletiyor?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>