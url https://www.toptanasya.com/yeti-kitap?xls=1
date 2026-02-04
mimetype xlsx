--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,2140 +85,2185 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259916118</t>
+          <t>9786259662886</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Boyama Kitabım</t>
+          <t>Uykuyu Arayan Ayıcık (Sessiz Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>79</v>
+        <v>139</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259662800</t>
+          <t>9781250223189</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boyama : Nesneler</t>
+          <t>0-3 Yaş Bebek Kitapları Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>99</v>
+        <v>629</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259525990</t>
+          <t>9786259662879</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boyama: Meslekler</t>
+          <t>Kalenin Sırrı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99</v>
+        <v>129</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259525983</t>
+          <t>9786259916118</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çiflik Hayvanları Aktiviteli Boyamalar</t>
+          <t>Dinozor Boyama Kitabım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>94</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259662855</t>
+          <t>9786259662800</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Buğday Tanesi</t>
+          <t>Çanta Boyama : Nesneler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>249</v>
+        <v>109</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259662862</t>
+          <t>9786259525990</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>A Piece of Grain</t>
+          <t>Çanta Boyama: Meslekler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>249</v>
+        <v>109</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259525976</t>
+          <t>9786259525983</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uzay Aktiviteli Boyamalar</t>
+          <t>Çiflik Hayvanları Aktiviteli Boyamalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259525952</t>
+          <t>9786259662855</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları Aktiviteli Boyamalar</t>
+          <t>Buğday Tanesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>94</v>
+        <v>269</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259525969</t>
+          <t>9786259662862</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canlıları Aktiviteli Boyamalar</t>
+          <t>A Piece of Grain</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>94</v>
+        <v>269</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259525914</t>
+          <t>9786259525976</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kızlar Dünyası Boyama Kitabı</t>
+          <t>Uzay Aktiviteli Boyamalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259525945</t>
+          <t>9786259525952</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşlar Boyama Kitabı</t>
+          <t>Orman Hayvanları Aktiviteli Boyamalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259525938</t>
+          <t>9786259525969</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Yiyecekler İçecekler Boyama Kitabı</t>
+          <t>Deniz Canlıları Aktiviteli Boyamalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259525921</t>
+          <t>9786259525914</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Renkli Evler Boyama Kitabı</t>
+          <t>Sevimli Kızlar Dünyası Boyama Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9781637581056</t>
+          <t>9786259525945</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Kumbara Etkinliği Seti</t>
+          <t>Sevimli Arkadaşlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>4600</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9781684512591</t>
+          <t>9786259525938</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Kumbara Etkinliği Seti</t>
+          <t>Sevimli Yiyecekler İçecekler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>3700</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256801387</t>
+          <t>9786259525921</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Kitabım</t>
+          <t>Sevimli Renkli Evler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256801349</t>
+          <t>9781637581056</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boyama : Meyveler, Sebzeler</t>
+          <t>Anaokulu Kumbara Etkinliği Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>99</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256801356</t>
+          <t>9781684512591</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boyama : Hayvanlar</t>
+          <t>İlköğretim Kumbara Etkinliği Seti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>99</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256801370</t>
+          <t>9786256801387</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boyama : Örnekli</t>
+          <t>Alfabe Kitabım</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256801363</t>
+          <t>9786256801349</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boyama : Deniz Canlıları</t>
+          <t>Çanta Boyama : Meyveler, Sebzeler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9780679805274</t>
+          <t>9786256801356</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeti Kitap 0-3 Yaş Minnak Serisi Bebek Kitapları Seti (4 Kitap) (Ciltli)</t>
+          <t>Çanta Boyama : Hayvanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>549</v>
+        <v>109</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057262707</t>
+          <t>9786256801370</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çok Gezentiler - Güney Afrika'da (İmzalı) (Ciltli)</t>
+          <t>Çanta Boyama : Örnekli</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>129</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257388962</t>
+          <t>9786256801363</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>3-5 Yaş Cırt Cırtlı Aktivite Kitabım</t>
+          <t>Çanta Boyama : Deniz Canlıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>369</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257388955</t>
+          <t>9780679805274</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2-4 Yaş Cırt Cırtlı Aktivite Kitabım</t>
+          <t>Yeti Kitap 0-3 Yaş Minnak Serisi Bebek Kitapları Seti (4 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>369</v>
+        <v>549</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257388993</t>
+          <t>9786057262707</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sen Miydin Sevgilimi Çalan?</t>
+          <t>Çok Gezentiler - Güney Afrika'da (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256801271</t>
+          <t>9786257388962</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Where Are The Sounds In The Forest Coming From?</t>
+          <t>3-5 Yaş Cırt Cırtlı Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>149</v>
+        <v>429</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256801318</t>
+          <t>9786257388955</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Whoher Kommen Dıe Gerausche Des Waldes?</t>
+          <t>2-4 Yaş Cırt Cırtlı Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>149</v>
+        <v>429</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256801295</t>
+          <t>9786257388993</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Taşıtlar</t>
+          <t>Sen Miydin Sevgilimi Çalan?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99</v>
+        <v>139</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256801301</t>
+          <t>9786256801271</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Oyuncaklar</t>
+          <t>Where Are The Sounds In The Forest Coming From?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99</v>
+        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256801288</t>
+          <t>9786256801318</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Hayvanlar</t>
+          <t>Whoher Kommen Dıe Gerausche Des Waldes?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>99</v>
+        <v>159</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9886256801240</t>
+          <t>9786256801295</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Futbolcular Boyama Kitapları Standı (Kasa Önü 125 Kitap)</t>
+          <t>İlk Boyama Kitabım Taşıtlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>9875</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256801165</t>
+          <t>9786256801301</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo Boyama Kitabı</t>
+          <t>İlk Boyama Kitabım Oyuncaklar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256801202</t>
+          <t>9786256801288</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Neymar Boyama Kitabı</t>
+          <t>İlk Boyama Kitabım Hayvanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256801189</t>
+          <t>9886256801240</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Messi Boyama Kitabı</t>
+          <t>Futbolcular Boyama Kitapları Standı (Kasa Önü 125 Kitap)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>89</v>
+        <v>12375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256801226</t>
+          <t>9786256801165</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mbappe Boyama Kitabı</t>
+          <t>Ronaldo Boyama Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256801240</t>
+          <t>9786256801202</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbolcular Boyama Kitabı</t>
+          <t>Neymar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256801264</t>
+          <t>9786256801189</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Su ve Arkadaşları Güvende</t>
+          <t>Messi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>109</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256801073</t>
+          <t>9786256801226</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Stickerli Aktiviteli Boyamalar Uzay</t>
+          <t>Mbappe Boyama Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256801097</t>
+          <t>9786256801240</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Stickerli Aktiviteli Boyamalar Deniz Canlıları</t>
+          <t>Efsane Futbolcular Boyama Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256801066</t>
+          <t>9786256801264</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Stickerli Aktiviteli Boyamalar Çiftlik Hayvanları</t>
+          <t>Su ve Arkadaşları Güvende</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>89</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256801080</t>
+          <t>9786256801073</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Stickerli Aktiviteli Boyamalar Orman Hayvanları</t>
+          <t>Stickerli Aktiviteli Boyamalar Uzay</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057262769</t>
+          <t>9786256801097</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kolaydan Zora Labirentler Kitabı</t>
+          <t>Stickerli Aktiviteli Boyamalar Deniz Canlıları</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057262790</t>
+          <t>9786256801066</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kolaydan Dikkat Geliştirme ve Algılama Kitabı</t>
+          <t>Stickerli Aktiviteli Boyamalar Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057262738</t>
+          <t>9786256801080</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 2</t>
+          <t>Stickerli Aktiviteli Boyamalar Orman Hayvanları</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057262776</t>
+          <t>9786057262769</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kolaydan Zora Farkı Bul Benzerini Eşleştir Kitabı</t>
+          <t>İngilizce Kolaydan Zora Labirentler Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057262783</t>
+          <t>9786057262790</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kolaydan Zora Çizgiler Kitabı</t>
+          <t>İngilizce Kolaydan Dikkat Geliştirme ve Algılama Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057262745</t>
+          <t>9786057262738</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Aktivite Kitabı 1</t>
+          <t>Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259902852</t>
+          <t>9786057262776</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz - Mini Kitaplar Serisi</t>
+          <t>İngilizce Kolaydan Zora Farkı Bul Benzerini Eşleştir Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>55</v>
+        <v>109</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259902845</t>
+          <t>9786057262783</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Mini Kitaplar Serisi</t>
+          <t>İngilizce Kolaydan Zora Çizgiler Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>55</v>
+        <v>109</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259902883</t>
+          <t>9786057262745</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Mini Kitaplar Serisi</t>
+          <t>İngilizce Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>55</v>
+        <v>109</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259902869</t>
+          <t>9786259902852</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramlar - Mini Kitaplar Serisi</t>
+          <t>Siyah - Beyaz - Mini Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259902876</t>
+          <t>9786259902845</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz - Mini Kitaplar Serisi</t>
+          <t>Renkler - Mini Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259902838</t>
+          <t>9786259902883</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Mini Kitaplar Serisi</t>
+          <t>Hayvanlar - Mini Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057262714</t>
+          <t>9786259902869</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>3-4 Age Activity Book</t>
+          <t>Zıt Kavramlar - Mini Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057262721</t>
+          <t>9786259902876</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>2-3 Age Activity Book</t>
+          <t>Vücudumuz - Mini Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259902807</t>
+          <t>9786259902838</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kes Yapıştır Oyna Kitabı 2</t>
+          <t>Taşıtlar - Mini Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057262752</t>
+          <t>9786057262714</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kes Yapıştır Oyna Kitabı 1</t>
+          <t>3-4 Age Activity Book</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259994024</t>
+          <t>9786057262721</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Boyama Çantası - Dinazor</t>
+          <t>2-3 Age Activity Book</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259994017</t>
+          <t>9786259902807</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Kullanılabilen Benim Sticker Kitabım</t>
+          <t>İngilizce Kes Yapıştır Oyna Kitabı 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>299</v>
+        <v>109</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259994000</t>
+          <t>9786057262752</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bebek Gelişim Seti</t>
+          <t>İngilizce Kes Yapıştır Oyna Kitabı 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>329</v>
+        <v>109</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259994055</t>
+          <t>9786259994024</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Boyama Çantası - Süper Kahramanlar</t>
+          <t>Boyama Çantası - Dinazor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259994048</t>
+          <t>9786259994017</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Boyama Çantası - Prenses</t>
+          <t>Tekrar Kullanılabilen Benim Sticker Kitabım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>99</v>
+        <v>329</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259994031</t>
+          <t>9786259994000</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Boyama Çantası - Pony</t>
+          <t>Bebek Gelişim Seti</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>99</v>
+        <v>359</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257388979</t>
+          <t>9786259994055</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Sesler Nereden Geliyor?</t>
+          <t>Boyama Çantası - Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>119</v>
+        <v>109</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257388986</t>
+          <t>9786259994048</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Korkunun En Güzel İlacı Sevgidir</t>
+          <t>Boyama Çantası - Prenses</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257388948</t>
+          <t>9786259994031</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çok Gezentiler Güney Afrika'da (Ciltli)</t>
+          <t>Boyama Çantası - Pony</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>129</v>
+        <v>109</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257388207</t>
+          <t>9786257388979</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kes Yapıştır Oyna Kitabı 1</t>
+          <t>Ormandaki Sesler Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257388764</t>
+          <t>9786257388986</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kes Yapıştır Oyna Kitabı 2</t>
+          <t>Korkunun En Güzel İlacı Sevgidir</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>149</v>
+        <v>109</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257388757</t>
+          <t>9786257388948</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Rusça İnteraktif Boyama Kitabı 1</t>
+          <t>Çok Gezentiler Güney Afrika'da (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257388740</t>
+          <t>9786257388207</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rusça İnteraktif Boyama Kitabı 1</t>
+          <t>Rusça Kes Yapıştır Oyna Kitabı 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257388788</t>
+          <t>9786257388764</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Rusça Aktivite Kitabı 2</t>
+          <t>Rusça Kes Yapıştır Oyna Kitabı 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257388771</t>
+          <t>9786257388757</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rusça Aktivite Kitabı 1</t>
+          <t>Rusça İnteraktif Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257388405</t>
+          <t>9786257388740</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rusça 3-4 Yaş Aktivite Kitabım</t>
+          <t>Rusça İnteraktif Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257388399</t>
+          <t>9786257388788</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Rusça 2-3 Yaş Aktivite Kitabım</t>
+          <t>Rusça Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257388801</t>
+          <t>9786257388771</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kolaydan Zora Labirentler Kitabı</t>
+          <t>Rusça Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257388818</t>
+          <t>9786257388405</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kolaydan Zora Farkı Bul Benzerini Eşleştir Kitabı</t>
+          <t>Rusça 3-4 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257388825</t>
+          <t>9786257388399</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kolaydan Dikkat Geliştirme ve Algılama Kitabı</t>
+          <t>Rusça 2-3 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257388795</t>
+          <t>9786257388801</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kolaydan Zora Çizgiler Kitabı</t>
+          <t>Rusça Kolaydan Zora Labirentler Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257388580</t>
+          <t>9786257388818</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları - Oyna-Öğren</t>
+          <t>Rusça Kolaydan Zora Farkı Bul Benzerini Eşleştir Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257388603</t>
+          <t>9786257388825</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Meyveler ve Sebzeler - İngilizce Konuşturan Kelimeler Serisi</t>
+          <t>Rusça Kolaydan Dikkat Geliştirme ve Algılama Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257388627</t>
+          <t>9786257388795</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar-Giysiler-Meslekler - En Çok Kullanılan Kelimeler İngilizce Konuşturan Kelimeler Serisi</t>
+          <t>Rusça Kolaydan Zora Çizgiler Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257388610</t>
+          <t>9786257388580</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İngilizce Konuşturan Kelimeler Serisi</t>
+          <t>Atasözü Kartları - Oyna-Öğren</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>179</v>
+        <v>289</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257388597</t>
+          <t>9786257388603</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları - Oyna-Öğren</t>
+          <t>Meyveler ve Sebzeler - İngilizce Konuşturan Kelimeler Serisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9781627797050</t>
+          <t>9786257388627</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>5-7 Yaş Okul Öncesi Evde Etkinlik Seti (10 Kitap)</t>
+          <t>Eşyalar-Giysiler-Meslekler - En Çok Kullanılan Kelimeler İngilizce Konuşturan Kelimeler Serisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>799</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9781627797048</t>
+          <t>9786257388610</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Okul Öncesi Aktivite Seti (4 Kitap)</t>
+          <t>Hayvanlar - İngilizce Konuşturan Kelimeler Serisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257388442</t>
+          <t>9786257388597</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>3-4 Yaş Aktivite Kitabım</t>
+          <t>Deyim Kartları - Oyna-Öğren</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>89</v>
+        <v>289</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257388473</t>
+          <t>9781627797050</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>2-3 Yaş Aktivite Kitabım</t>
+          <t>5-7 Yaş Okul Öncesi Evde Etkinlik Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>89</v>
+        <v>899</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9781476783284</t>
+          <t>9781627797048</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Çocuk Edebiyatı Seti (4 Kitap)</t>
+          <t>4-6 Yaş Okul Öncesi Aktivite Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>359</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9781668001226</t>
+          <t>9786257388442</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Çocuk Edebiyatı Seti (5 Kitap)</t>
+          <t>3-4 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>439</v>
+        <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9781476791456</t>
+          <t>9786257388473</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Çocuk Edebiyatı Seti (3 Kitap)</t>
+          <t>2-3 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>259</v>
+        <v>99</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9781538735619</t>
+          <t>9781476783284</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Çocuk Edebiyatı Seti (4 Kitap)</t>
+          <t>3. Sınıf Çocuk Edebiyatı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>378</v>
+        <v>399</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257388702</t>
+          <t>9781668001226</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli maskeler kral mıyım yoksa korsan mı?</t>
+          <t>2. Sınıf Çocuk Edebiyatı Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>139</v>
+        <v>489</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257388719</t>
+          <t>9781476791456</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli maskeler prenses miyim yoksa cadımı ?</t>
+          <t>1. Sınıf Çocuk Edebiyatı Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>139</v>
+        <v>289</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257388733</t>
+          <t>9781538735619</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bul Bil Serisi - Gizli Objeleri Bul</t>
+          <t>4. Sınıf Çocuk Edebiyatı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>89</v>
+        <v>419</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257388726</t>
+          <t>9786257388702</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bul Bil Serisi - Objeleri Bul</t>
+          <t>Eğlenceli maskeler kral mıyım yoksa korsan mı?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>89</v>
+        <v>159</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257388689</t>
+          <t>9786257388719</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2 - 4 yaş Etkinliklerle Boyama Kitabı 1</t>
+          <t>Eğlenceli maskeler prenses miyim yoksa cadımı ?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>69</v>
+        <v>159</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257388672</t>
+          <t>9786257388733</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Boyama Kitabı</t>
+          <t>Bul Bil Serisi - Gizli Objeleri Bul</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257388641</t>
+          <t>9786257388726</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>2 - 4 Yaş Boyama Kitabı</t>
+          <t>Bul Bil Serisi - Objeleri Bul</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257388665</t>
+          <t>9786257388689</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sporcular Boyama Kitabı</t>
+          <t>2 - 4 yaş Etkinliklerle Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>69</v>
+        <v>79</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257388696</t>
+          <t>9786257388672</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2 - 4 Yaş Etkinliklerle Boyama Kitabı 2</t>
+          <t>Taşıtlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>69</v>
+        <v>79</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257388658</t>
+          <t>9786257388641</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Prenses Boyama Kitabı</t>
+          <t>2 - 4 Yaş Boyama Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>69</v>
+        <v>79</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257388559</t>
+          <t>9786257388665</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bul - Bil Serisi Sayılar (Ciltli)</t>
+          <t>Sporcular Boyama Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>249</v>
+        <v>79</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257388542</t>
+          <t>9786257388696</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bul - Bil Serisi Kelimeler (Ciltli)</t>
+          <t>2 - 4 Yaş Etkinliklerle Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>249</v>
+        <v>79</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9781627797049</t>
+          <t>9786257388658</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>5-7 Yaş Okul Öncesi Aktivite Seti - 5 Kitap Takım</t>
+          <t>Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>459</v>
+        <v>79</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257388511</t>
+          <t>9786257388559</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Seti - 7 Kitap Takım</t>
+          <t>Bul - Bil Serisi Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>599</v>
+        <v>279</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257388528</t>
+          <t>9786257388542</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti - 10 Kitap Takım</t>
+          <t>Bul - Bil Serisi Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>899</v>
+        <v>279</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257388535</t>
+          <t>9781627797049</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>9-12 Yaş Hikaye Seti (5 Kitap Takım)</t>
+          <t>5-7 Yaş Okul Öncesi Aktivite Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>449</v>
+        <v>509</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257388504</t>
+          <t>9786257388511</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>10-14 Yaş Dünya Klasikleri Seti - 5 Kitap Takım</t>
+          <t>Okul Öncesi Seti - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>469</v>
+        <v>699</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257388634</t>
+          <t>9786257388528</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ahbap Kaplumbağa</t>
+          <t>Çocuk Klasikleri Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>99</v>
+        <v>999</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257388498</t>
+          <t>9786257388535</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Okul Öncesi Seti (7 Kitap)</t>
+          <t>9-12 Yaş Hikaye Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>599</v>
+        <v>499</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9781627797047</t>
+          <t>9786257388504</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Okul Öncesi Etkinlik Seti (5 Kitap)</t>
+          <t>10-14 Yaş Dünya Klasikleri Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>419</v>
+        <v>509</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9780063076099</t>
+          <t>9786257388634</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>2-4 Yaş Aktivite Kitabım Evde Etkinlik Seti</t>
+          <t>Ahbap Kaplumbağa</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>169</v>
+        <v>109</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9781501110368</t>
+          <t>9786257388498</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Okul Öncesi Evde Etkinlik Seti (6 Kitap)</t>
+          <t>4-6 Yaş Okul Öncesi Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>539</v>
+        <v>669</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257388047</t>
+          <t>9781627797047</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Oyna 1</t>
+          <t>4-6 Yaş Okul Öncesi Etkinlik Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>99</v>
+        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057047847</t>
+          <t>9780063076099</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Minnak Serisi Doğa (Ciltli)</t>
+          <t>2-4 Yaş Aktivite Kitabım Evde Etkinlik Seti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057047823</t>
+          <t>9781501110368</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Minnak Serisi Sayılar (Ciltli)</t>
+          <t>4-6 Yaş Okul Öncesi Evde Etkinlik Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>139</v>
+        <v>539</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057047854</t>
+          <t>9786257388047</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Minnak Serisi Renkler ve Şekiller Kitabı (Ciltli)</t>
+          <t>Kes Yapıştır Oyna 1</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>139</v>
+        <v>109</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057047830</t>
+          <t>9786057047847</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Minnak Serisi Hayvanlar (Ciltli)</t>
+          <t>Minnak Serisi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057047816</t>
+          <t>9786057047823</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bebek Günlüğü</t>
+          <t>Minnak Serisi Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>399</v>
+        <v>159</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9781250223180</t>
+          <t>9786057047854</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Bebek Kitapları Seti (5 Kitap)</t>
+          <t>Minnak Serisi Renkler ve Şekiller Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>949</v>
+        <v>159</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9781250223182</t>
+          <t>9786057047830</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Bebek Kitapları Seti (6 Kitap)</t>
+          <t>Minnak Serisi Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>694</v>
+        <v>159</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257388085</t>
+          <t>9786057047816</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Bebek Günlüğü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>89</v>
+        <v>439</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257388108</t>
+          <t>9781250223180</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>0-3 Yaş Bebek Kitapları Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>99</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257388122</t>
+          <t>9781250223182</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>0-3 Yaş Bebek Kitapları Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>99</v>
+        <v>749</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257388078</t>
+          <t>9786257388085</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257388139</t>
+          <t>9786257388108</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mobydick</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257388146</t>
+          <t>9786257388122</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257388061</t>
+          <t>9786257388078</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257388115</t>
+          <t>9786257388139</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Mobydick</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257388092</t>
+          <t>9786257388146</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>89</v>
+        <v>109</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257388153</t>
+          <t>9786257388061</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057047861</t>
+          <t>9786257388115</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kolaydan Zora Etkinlik Kitabım - Labirentler</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257388054</t>
+          <t>9786257388092</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Oyna 2</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057047892</t>
+          <t>9786257388153</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İnteraktif Boyama Kitabı 2</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>69</v>
+        <v>109</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257388009</t>
+          <t>9786057047861</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İnteraktif Boyama Kitabı 1</t>
+          <t>Kolaydan Zora Etkinlik Kitabım - Labirentler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257388016</t>
+          <t>9786257388054</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 2</t>
+          <t>Kes Yapıştır Oyna 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>89</v>
+        <v>109</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257388023</t>
+          <t>9786057047892</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 1</t>
+          <t>İnteraktif Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057047878</t>
+          <t>9786257388009</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kolaydan Zora Etkinlik Kitabım -  Farkı Bul Benzerini Eşleştir</t>
+          <t>İnteraktif Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057047885</t>
+          <t>9786257388016</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kolaydan Zora Etkinlik Kitabım -  Dikkat Geliştirme ve Algılama</t>
+          <t>Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
+          <t>9786257388023</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Aktivite Kitabı 1</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786057047878</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Kolaydan Zora Etkinlik Kitabım -  Farkı Bul Benzerini Eşleştir</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786057047885</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kolaydan Zora Etkinlik Kitabım -  Dikkat Geliştirme ve Algılama</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
           <t>9786257388160</t>
         </is>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Kolaydan Zora Etkinlik Kitabım - Çizgiler</t>
         </is>
       </c>
-      <c r="C141" s="1">
-        <v>89</v>
+      <c r="C144" s="1">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>