--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,5515 +85,5680 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259694566</t>
+          <t>9786259383934</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Sudoku 1</t>
+          <t>Ansızın Yağmur</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259694542</t>
+          <t>9786259383941</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Veda: Bakır Yırtık</t>
+          <t>Kusursuz Gün</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259535876</t>
+          <t>9786259694559</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>An Geçer Gölgesi Kalır</t>
+          <t>Güneş Dil</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259694535</t>
+          <t>9786259383903</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Kini Yok</t>
+          <t>Birimiz Hep Uyanık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259694528</t>
+          <t>9786259383910</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Yaşam Felsefesi</t>
+          <t>Konuşan Oyuncaklar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259535869</t>
+          <t>9786259383927</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bulutuyla Dolaşan Kadın</t>
+          <t>Kerem ile Sihirli Kuş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259535890</t>
+          <t>9786259694597</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kül Hatırı</t>
+          <t>Kasnak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259694511</t>
+          <t>9786052027431</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tembel Su Aygırı</t>
+          <t>İki Tekerlekli Alamet Motosiklet</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259694504</t>
+          <t>9786259694580</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Balık</t>
+          <t>Tek Çeşitle Ziyafet</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259535852</t>
+          <t>9786259694573</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Adam Beş Hayat</t>
+          <t>Fosil Ağacı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944362184</t>
+          <t>9786259535883</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Burası Tekin Değil</t>
+          <t>Bir İsyancının Günlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>6.48</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944493970</t>
+          <t>9786259694566</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerim Sınır Tanımaz, Yabancılığım Gibi</t>
+          <t>Akıllı Sudoku 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259535845</t>
+          <t>9786259694542</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Öncül Karga</t>
+          <t>Veda: Bakır Yırtık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944493994</t>
+          <t>9786259535876</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yitirilmiş Şeyler Arasında</t>
+          <t>An Geçer Gölgesi Kalır</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944493925</t>
+          <t>9786259694535</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bisikletle Asya Yolculuğu</t>
+          <t>Sokağın Kini Yok</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259535814</t>
+          <t>9786259694528</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>75 Yılda Fatih’ten Teşvikiye’ye</t>
+          <t>Kızılderili Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259535821</t>
+          <t>9786259535869</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt</t>
+          <t>Bulutuyla Dolaşan Kadın</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259535838</t>
+          <t>9786259535890</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İkiyüzlü Öyküler</t>
+          <t>Kül Hatırı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944493949</t>
+          <t>9786259694511</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gri Hikayeler</t>
+          <t>Tembel Su Aygırı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944493956</t>
+          <t>9786259694504</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eski Cesetler</t>
+          <t>Mutlu Balık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944493987</t>
+          <t>9786259535852</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Rüzgar - Toplu Şiirler</t>
+          <t>Bir Adam Beş Hayat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944493918</t>
+          <t>9789944362184</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui</t>
+          <t>Burası Tekin Değil</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944493963</t>
+          <t>9789944493970</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şiir Nasıl Yazılır?</t>
+          <t>Sözcüklerim Sınır Tanımaz, Yabancılığım Gibi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944493932</t>
+          <t>9786259535845</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Seyahat</t>
+          <t>Öncül Karga</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944493901</t>
+          <t>9789944493994</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Parla ve Yan</t>
+          <t>Yitirilmiş Şeyler Arasında</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944493895</t>
+          <t>9789944493925</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dünya Denen Defter</t>
+          <t>Bisikletle Asya Yolculuğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944493857</t>
+          <t>9786259535814</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kahve Hakkında Her Şey</t>
+          <t>75 Yılda Fatih’ten Teşvikiye’ye</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944493888</t>
+          <t>9786259535821</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kimsem Yok İhanet Edecek</t>
+          <t>Zümrüt</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944493871</t>
+          <t>9786259535838</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Musibet</t>
+          <t>İkiyüzlü Öyküler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944493840</t>
+          <t>9789944493949</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Böyle Eserken</t>
+          <t>Gri Hikayeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944493864</t>
+          <t>9789944493956</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İki Kalp Atışı Arasında Sessizlik</t>
+          <t>Eski Cesetler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944493833</t>
+          <t>9789944493987</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Acıkınca</t>
+          <t>Sürgündeki Rüzgar - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059782265</t>
+          <t>9789944493918</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eski Saat Tik Tak</t>
+          <t>Feng Shui</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>20</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944493192</t>
+          <t>9789944493963</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy Sözlüğü</t>
+          <t>Şiir Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059782418</t>
+          <t>9789944493932</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Hiperaktivite - Belirtiler; Psikososyal, Eğitsel ve Medikal Tedaviler</t>
+          <t>Yavaş Seyahat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059782500</t>
+          <t>9789944493901</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden İyi İnsanlar</t>
+          <t>Parla ve Yan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059782548</t>
+          <t>9789944493895</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Her Kitabın El Kitabı</t>
+          <t>Dünya Denen Defter</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944493819</t>
+          <t>9789944493857</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Malikanesi</t>
+          <t>Kahve Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944493826</t>
+          <t>9789944493888</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Belki de Rüya Değildi</t>
+          <t>Kimsem Yok İhanet Edecek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052027349</t>
+          <t>9789944493871</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Antika Dünyasında Yolculuk</t>
+          <t>Beyaz Musibet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944493802</t>
+          <t>9789944493840</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kağıdın Ölümü</t>
+          <t>Rüzgar Böyle Eserken</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944493741</t>
+          <t>9789944493864</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Mitolojisi</t>
+          <t>İki Kalp Atışı Arasında Sessizlik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052027103</t>
+          <t>9789944493833</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Oroonoko</t>
+          <t>Tanrı Acıkınca</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052027288</t>
+          <t>9786059782265</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Luna Buga and Ayana</t>
+          <t>Eski Saat Tik Tak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059782982</t>
+          <t>9789944493192</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tenedos Bozcaada</t>
+          <t>Kadıköy Sözlüğü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052027080</t>
+          <t>9786059782418</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tavuk</t>
+          <t>Okul Öncesinde Hiperaktivite - Belirtiler; Psikososyal, Eğitsel ve Medikal Tedaviler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052235157</t>
+          <t>9786059782500</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Terazinin Kefesi</t>
+          <t>Ölmeden İyi İnsanlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059782692</t>
+          <t>9786059782548</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şarap</t>
+          <t>Her Kitabın El Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059782456</t>
+          <t>9789944493819</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şifayı Beklerken</t>
+          <t>Cinayet Malikanesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944493291</t>
+          <t>9789944493826</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Torani</t>
+          <t>Belki de Rüya Değildi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944493321</t>
+          <t>9786052027349</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öteki Sahne</t>
+          <t>Antika Dünyasında Yolculuk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052235027</t>
+          <t>9789944493802</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Radde</t>
+          <t>Kağıdın Ölümü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052235041</t>
+          <t>9789944493741</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Poeturka</t>
+          <t>Astrolojinin Mitolojisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058183940</t>
+          <t>9786052027103</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Önemli Bir Gün</t>
+          <t>Oroonoko</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058183988</t>
+          <t>9786052027288</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Fısıldar Geceye</t>
+          <t>The Adventures of Luna Buga and Ayana</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052027226</t>
+          <t>9786059782982</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sana İnandığım İçin Yine Kendime Kırıldım</t>
+          <t>Tenedos Bozcaada</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052027059</t>
+          <t>9786052027080</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sepya</t>
+          <t>Tavuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059782562</t>
+          <t>9786052235157</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarla Saklı</t>
+          <t>Terazinin Kefesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058183933</t>
+          <t>9786059782692</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Önce İstanbul Sonra Hep Cunda</t>
+          <t>Şarap</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052027370</t>
+          <t>9786059782456</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Rüya Gözü</t>
+          <t>Şifayı Beklerken</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052027318</t>
+          <t>9789944493291</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Örgü Örmeyi Bilmeyen Tırtıl</t>
+          <t>Torani</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052235225</t>
+          <t>9789944493321</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pati ve Tata</t>
+          <t>Öteki Sahne</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058183964</t>
+          <t>9786052235027</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Ağında Çırpınma</t>
+          <t>Radde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059782739</t>
+          <t>9786052235041</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sansür ve Mülkiyetin Karşısında Metin Erksan</t>
+          <t>Poeturka</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052027189</t>
+          <t>9786058183940</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ottoloyo 2 - Bandırma Vapuru Demir Aldı</t>
+          <t>Önemli Bir Gün</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059782555</t>
+          <t>9786058183988</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Poyraz</t>
+          <t>Ölüm Fısıldar Geceye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052027004</t>
+          <t>9786052027226</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Senin Olan Sana Gelir</t>
+          <t>Sana İnandığım İçin Yine Kendime Kırıldım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059782395</t>
+          <t>9786052027059</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Saçmalama Kudret!</t>
+          <t>Sepya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052027844</t>
+          <t>9786059782562</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Obur Tavşan Tiki</t>
+          <t>Rüzgarla Saklı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944493307</t>
+          <t>9786058183933</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Maneviyat Üzerine</t>
+          <t>Önce İstanbul Sonra Hep Cunda</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052027790</t>
+          <t>9786052027370</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Olmayışın Habil’i</t>
+          <t>Rüya Gözü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052027714</t>
+          <t>9786052027318</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Üç Kala Uyandır Beni</t>
+          <t>Örgü Örmeyi Bilmeyen Tırtıl</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944493338</t>
+          <t>9786052235225</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ol!..</t>
+          <t>Pati ve Tata</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052027165</t>
+          <t>9786058183964</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sanı</t>
+          <t>Örümcek Ağında Çırpınma</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944493314</t>
+          <t>9786059782739</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Saat Adam</t>
+          <t>Sansür ve Mülkiyetin Karşısında Metin Erksan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058183919</t>
+          <t>9786052027189</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Ottoloyo 2 - Bandırma Vapuru Demir Aldı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052027097</t>
+          <t>9786059782555</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sevişmenin Hiçbir Riski Yoktur İçinde Aşk Yoksa</t>
+          <t>Poyraz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052027448</t>
+          <t>9786052027004</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Bahsetmiyorum</t>
+          <t>Senin Olan Sana Gelir</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052027387</t>
+          <t>9786059782395</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fener Sokağı</t>
+          <t>Saçmalama Kudret!</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052027325</t>
+          <t>9786052027844</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Şifresi</t>
+          <t>Obur Tavşan Tiki</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056815263</t>
+          <t>9789944493307</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Masal Dağı’nın Sırrı</t>
+          <t>Sanatta Maneviyat Üzerine</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052235133</t>
+          <t>9786052027790</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kozmopoetika</t>
+          <t>Olmayışın Habil’i</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056815256</t>
+          <t>9786052027714</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Koca Konağın Küçük Köpeği</t>
+          <t>Ölüme Üç Kala Uyandır Beni</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052235386</t>
+          <t>9789944493338</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Minik Öpücükler</t>
+          <t>Ol!..</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059782937</t>
+          <t>9786052027165</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kaybedenler</t>
+          <t>Sanı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059782579</t>
+          <t>9789944493314</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Özü Kısa Film</t>
+          <t>Saat Adam</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052235140</t>
+          <t>9786058183919</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kelime Kabukları</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059782586</t>
+          <t>9786052027097</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Su’yun Gölgesi</t>
+          <t>Sevişmenin Hiçbir Riski Yoktur İçinde Aşk Yoksa</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052235218</t>
+          <t>9786052027448</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çantalı Kadın</t>
+          <t>Kendimden Bahsetmiyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059782784</t>
+          <t>9786052027387</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kelebekten Sığınak</t>
+          <t>Kırmızı Fener Sokağı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059782272</t>
+          <t>9786052027325</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sıkça Sorulan Sorular</t>
+          <t>Mutluluğun Şifresi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056815270</t>
+          <t>9786056815263</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mavi Eşekler Adası</t>
+          <t>Masal Dağı’nın Sırrı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059782968</t>
+          <t>9786052235133</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kozmopoetika</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059782593</t>
+          <t>9786056815256</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küçük Salyangoz Pişinga</t>
+          <t>Koca Konağın Küçük Köpeği</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056815287</t>
+          <t>9786052235386</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mori</t>
+          <t>Minik Öpücükler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059782883</t>
+          <t>9786059782937</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kedi Öyküleri</t>
+          <t>Kutlu Kaybedenler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059782906</t>
+          <t>9786059782579</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karton Kanatlı Melekler</t>
+          <t>Sinemanın Özü Kısa Film</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052027042</t>
+          <t>9786052235140</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yapım ve Yönetim</t>
+          <t>Kelime Kabukları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059782661</t>
+          <t>9786059782586</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kuzuların Ergenliği</t>
+          <t>Su’yun Gölgesi</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054841981</t>
+          <t>9786052235218</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Korkulara Elveda</t>
+          <t>Kırmızı Çantalı Kadın</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059782838</t>
+          <t>9786059782784</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kalipra Günceleri - Uyanış</t>
+          <t>Kelebekten Sığınak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054841998</t>
+          <t>9786059782272</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kasabada Yeni Bir Şey Yok</t>
+          <t>Sıkça Sorulan Sorular</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059782401</t>
+          <t>9786056815270</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Maruha</t>
+          <t>Mavi Eşekler Adası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059782647</t>
+          <t>9786059782968</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düğüm</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059782722</t>
+          <t>9786059782593</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Küçük Salyangoz Pişinga</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059782197</t>
+          <t>9786056815287</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Soğan Öldü Yaşasın Yemek</t>
+          <t>Mori</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944493437</t>
+          <t>9786059782883</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Pençeleri</t>
+          <t>Kedi Öyküleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052027134</t>
+          <t>9786059782906</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Korkuluklara Giysi Yardımı</t>
+          <t>Karton Kanatlı Melekler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944493482</t>
+          <t>9786052027042</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Nasıl Çizilir?</t>
+          <t>Sinemada Yapım ve Yönetim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944493345</t>
+          <t>9786059782661</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Köpek Öyküleri</t>
+          <t>Kuzuların Ergenliği</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052235195</t>
+          <t>9786054841981</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tutuşamayanlar</t>
+          <t>Korkulara Elveda</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052235089</t>
+          <t>9786059782838</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Huzur ve Bilgelik Defteri</t>
+          <t>Kalipra Günceleri - Uyanış</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058183902</t>
+          <t>9786054841998</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Mırnık Kedi</t>
+          <t>Kasabada Yeni Bir Şey Yok</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052027417</t>
+          <t>9786059782401</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Sevgiyle</t>
+          <t>Maruha</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052235058</t>
+          <t>9786059782647</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Bir Gölge</t>
+          <t>Mavi Düğüm</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052027356</t>
+          <t>9786059782722</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ziyan Balkonu</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059782685</t>
+          <t>9786059782197</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kırılır</t>
+          <t>Soğan Öldü Yaşasın Yemek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058183995</t>
+          <t>9789944493437</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İlk Samuray</t>
+          <t>Kasabanın Pençeleri</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052027172</t>
+          <t>9786052027134</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yumuşakçalar</t>
+          <t>Korkuluklara Giysi Yardımı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059782609</t>
+          <t>9789944493482</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yakılmamış Öyküler</t>
+          <t>Karikatür Nasıl Çizilir?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059782999</t>
+          <t>9789944493345</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Güzü İnciten Yara</t>
+          <t>Köpek Öyküleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059782517</t>
+          <t>9786052235195</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yatır</t>
+          <t>Tutuşamayanlar</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059782531</t>
+          <t>9786052235089</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Göz Seğirmesi</t>
+          <t>Huzur ve Bilgelik Defteri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052027073</t>
+          <t>9786058183902</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Jena</t>
+          <t>Üç Kafadar Mırnık Kedi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054841202</t>
+          <t>9786052027417</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Foça'da Aşkla</t>
+          <t>Her Şey Sevgiyle</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052235379</t>
+          <t>9786052235058</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tuğla Harmanı</t>
+          <t>Uyurgezer Bir Gölge</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052235003</t>
+          <t>9786052027356</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık Defteri</t>
+          <t>Ziyan Balkonu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059782913</t>
+          <t>9786059782685</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İki Bahçe Bir Pencere</t>
+          <t>Herkes Kırılır</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052235393</t>
+          <t>9786058183995</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Giderken Öpmeseydin Keşke</t>
+          <t>İlk Samuray</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052235072</t>
+          <t>9786052027172</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perestler ve Günahkarlar</t>
+          <t>Yumuşakçalar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052235034</t>
+          <t>9786059782609</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Kısa Tarihi</t>
+          <t>Yakılmamış Öyküler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059782944</t>
+          <t>9786059782999</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gemi Mezarlığı</t>
+          <t>Güzü İnciten Yara</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059782807</t>
+          <t>9786059782517</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hepsi 6 Dakika</t>
+          <t>Yatır</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059782678</t>
+          <t>9786059782531</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zülfü Livaneli Edebiyatı</t>
+          <t>Göz Seğirmesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059782494</t>
+          <t>9786052027073</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy’den Köprüaltı’na Hikayeler</t>
+          <t>Jena</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059782487</t>
+          <t>9786054841202</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uzun Ruhlu Bir Cüce</t>
+          <t>Foça'da Aşkla</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059782425</t>
+          <t>9786052235379</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kötülük</t>
+          <t>Tuğla Harmanı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059782777</t>
+          <t>9786052235003</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kadın</t>
+          <t>Yaratıcı Yazarlık Defteri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059782746</t>
+          <t>9786059782913</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidi Karadeniz</t>
+          <t>İki Bahçe Bir Pencere</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052235317</t>
+          <t>9786052235393</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yaz</t>
+          <t>Giderken Öpmeseydin Keşke</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944493444</t>
+          <t>9786052235072</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Issızdakiler</t>
+          <t>Hayal Perestler ve Günahkarlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052235270</t>
+          <t>9786052235034</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Vay Başına Yoga Gelenler</t>
+          <t>Unutmanın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944493468</t>
+          <t>9786059782944</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Geyikli Dağ</t>
+          <t>Gemi Mezarlığı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052027837</t>
+          <t>9786059782807</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Truva ve Yunan Mitolojisinden Öyküler</t>
+          <t>Hepsi 6 Dakika</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052027745</t>
+          <t>9786059782678</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İlk Gibi Son Turgay Kantürk Şiirler</t>
+          <t>Zülfü Livaneli Edebiyatı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052027455</t>
+          <t>9786059782494</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimcinin Salyangozu</t>
+          <t>Kadıköy’den Köprüaltı’na Hikayeler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052027769</t>
+          <t>9786059782487</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yanardöner’in Sıradan Mucizesi</t>
+          <t>Uzun Ruhlu Bir Cüce</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052027479</t>
+          <t>9786059782425</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Aynı Hep Aynı</t>
+          <t>Türk Romanında Kötülük</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052027363</t>
+          <t>9786059782777</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zadig</t>
+          <t>Gölge Kadın</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052027578</t>
+          <t>9786059782746</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fetretin Kartalı Aydınoğlu Cüneyt Bey</t>
+          <t>Hey Gidi Karadeniz</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944493567</t>
+          <t>9786052235317</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Uzak Yaz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944493550</t>
+          <t>9789944493444</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aynı Güneşin Altında</t>
+          <t>Issızdakiler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944493499</t>
+          <t>9786052235270</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Başka Evlere Yolculuklar</t>
+          <t>Vay Başına Yoga Gelenler</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944493536</t>
+          <t>9789944493468</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bilge Lastik Çocuk Macera Peşinde</t>
+          <t>Geyikli Dağ</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052027110</t>
+          <t>9786052027837</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Gizemli Bahçesinden</t>
+          <t>Truva ve Yunan Mitolojisinden Öyküler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054841752</t>
+          <t>9786052027745</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Oda</t>
+          <t>İlk Gibi Son Turgay Kantürk Şiirler</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052235348</t>
+          <t>9786052027455</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Atların Günü</t>
+          <t>Gökbilimcinin Salyangozu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052235126</t>
+          <t>9786052027769</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ella ve Yoyo’nun Yuvası</t>
+          <t>Yanardöner’in Sıradan Mucizesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058183926</t>
+          <t>9786052027479</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Sesler Korosu</t>
+          <t>Her Gün Aynı Hep Aynı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059782869</t>
+          <t>9786052027363</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı</t>
+          <t>Zadig</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059782821</t>
+          <t>9786052027578</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Elma Kurdu</t>
+          <t>Fetretin Kartalı Aydınoğlu Cüneyt Bey</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786056815225</t>
+          <t>9789944493567</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Liderlik</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052235355</t>
+          <t>9789944493550</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Babam Beni Niye Öldürdü?</t>
+          <t>Aynı Güneşin Altında</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052027066</t>
+          <t>9789944493499</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Babil Prensesi</t>
+          <t>Başka Evlere Yolculuklar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059782975</t>
+          <t>9789944493536</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakuşa Bakmanın On Üç Yolu</t>
+          <t>Bilge Lastik Çocuk Macera Peşinde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052235300</t>
+          <t>9786052027110</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bulut Fabrikası</t>
+          <t>Doğanın Gizemli Bahçesinden</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052235263</t>
+          <t>9786054841752</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Mucizelerini Yaşamak</t>
+          <t>Bozuk Oda</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054841783</t>
+          <t>9786052235348</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Eradikasyon</t>
+          <t>Atların Günü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944493475</t>
+          <t>9786052235126</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Elma Bahçesinden</t>
+          <t>Ella ve Yoyo’nun Yuvası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052027547</t>
+          <t>9786058183926</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Evladıma Miras Bu Sevda</t>
+          <t>Çirkin Sesler Korosu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052235256</t>
+          <t>9786059782869</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bozcaada Öyküleri</t>
+          <t>Dut Ağacı</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052235331</t>
+          <t>9786059782821</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Savcının Anıları</t>
+          <t>Elma Kurdu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052235287</t>
+          <t>9786056815225</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aşksız Gölgeler</t>
+          <t>Bütünsel Liderlik</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059782791</t>
+          <t>9786052235355</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Düşün Düşü</t>
+          <t>Babam Beni Niye Öldürdü?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944493406</t>
+          <t>9786052027066</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>El Ombu</t>
+          <t>Babil Prensesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052027905</t>
+          <t>9786059782975</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Bir Karakuşa Bakmanın On Üç Yolu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944493581</t>
+          <t>9786052235300</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Aşağı Kalkar</t>
+          <t>Bulut Fabrikası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944493512</t>
+          <t>9786052235263</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Altı Saat İstiklal</t>
+          <t>Farkındalık Mucizelerini Yaşamak</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052027493</t>
+          <t>9786054841783</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Abydoslu Gelin</t>
+          <t>Eradikasyon</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786056815201</t>
+          <t>9789944493475</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Mori</t>
+          <t>Elma Bahçesinden</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059782890</t>
+          <t>9786052027547</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Alya Hayvanat Bahçesinde</t>
+          <t>Evladıma Miras Bu Sevda</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056815218</t>
+          <t>9786052235256</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Anız</t>
+          <t>Bozcaada Öyküleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052235164</t>
+          <t>9786052235331</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aslında Maviydi Terk Eden</t>
+          <t>Bir Savcının Anıları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059782449</t>
+          <t>9786052235287</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aşk Benim Dilsizliğim (Ciltli)</t>
+          <t>Aşksız Gölgeler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052027011</t>
+          <t>9786059782791</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Da Uzak</t>
+          <t>Düşün Düşü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059782845</t>
+          <t>9789944493406</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Albüm</t>
+          <t>El Ombu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059782852</t>
+          <t>9786052027905</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aghartalı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059782753</t>
+          <t>9789944493581</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Destanı</t>
+          <t>Ağaçlar Aşağı Kalkar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052027752</t>
+          <t>9789944493512</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Acayiplikler Kapısı</t>
+          <t>Altı Saat İstiklal</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052027684</t>
+          <t>9786052027493</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>1933</t>
+          <t>Abydoslu Gelin</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944493673</t>
+          <t>9786056815201</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>8 Dakika 27 Saniye</t>
+          <t>Ahtapot Mori</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944493598</t>
+          <t>9786059782890</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim</t>
+          <t>Alya Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944493604</t>
+          <t>9786056815218</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ölemiyorum Kütüphanesi</t>
+          <t>Anız</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944493574</t>
+          <t>9786052235164</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>Aslında Maviydi Terk Eden</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052027721</t>
+          <t>9786059782449</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yanan Eve Yolculuklar</t>
+          <t>Aşk Benim Dilsizliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052027646</t>
+          <t>9786052027011</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eğiş</t>
+          <t>Anılardan Da Uzak</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052027653</t>
+          <t>9786059782845</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Yedi Öğüdüne Yedi Masal</t>
+          <t>Albüm</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052027776</t>
+          <t>9786059782852</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ürperti</t>
+          <t>Aghartalı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052027783</t>
+          <t>9786059782753</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Buz Üzerinde Tango</t>
+          <t>Anadolu Destanı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052027561</t>
+          <t>9786052027752</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hikayeleri</t>
+          <t>Acayiplikler Kapısı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052027738</t>
+          <t>9786052027684</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Ağacı</t>
+          <t>1933</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052027639</t>
+          <t>9789944493673</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Söyleyecek Bir Şeyi Olmalı İnsanın</t>
+          <t>8 Dakika 27 Saniye</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052027554</t>
+          <t>9789944493598</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Cinayet</t>
+          <t>Kız Kardeşim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052027882</t>
+          <t>9789944493604</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Leydi Susan</t>
+          <t>Ölemiyorum Kütüphanesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052027592</t>
+          <t>9789944493574</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Uzağa Yürüdüm Yakını Buldum</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052027271</t>
+          <t>9786052027721</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cyprianka - Kıbrıs Şiiri’nin 3000 Yılı</t>
+          <t>Yanan Eve Yolculuklar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052027707</t>
+          <t>9786052027646</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Olumlama Kitabı</t>
+          <t>Eğiş</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052027677</t>
+          <t>9786052027653</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kadınlar</t>
+          <t>Mevlana’nın Yedi Öğüdüne Yedi Masal</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052027608</t>
+          <t>9786052027776</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ayvayı Yedim - Şirin Şekerpare 1.Kitap</t>
+          <t>Ürperti</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052027622</t>
+          <t>9786052027783</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Okulumuz! - Şirin Şekerpare 2.Kitap</t>
+          <t>Buz Üzerinde Tango</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052027615</t>
+          <t>9786052027561</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dijital Cadı - Şirin Şekerpare 3. Kitap</t>
+          <t>Hayalet Hikayeleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052027530</t>
+          <t>9786052027738</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ausgang</t>
+          <t>Şeftali Ağacı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052027301</t>
+          <t>9786052027639</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Edebiyat</t>
+          <t>Söyleyecek Bir Şeyi Olmalı İnsanın</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944493420</t>
+          <t>9786052027554</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Hafızası</t>
+          <t>Hastanede Cinayet</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052027585</t>
+          <t>9786052027882</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharda Sarhoş Bir Kasaba</t>
+          <t>Leydi Susan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052027660</t>
+          <t>9786052027592</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kaçak Yolcuları</t>
+          <t>Uzağa Yürüdüm Yakını Buldum</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052027394</t>
+          <t>9786052027271</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Robot</t>
+          <t>Cyprianka - Kıbrıs Şiiri’nin 3000 Yılı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052027295</t>
+          <t>9786052027707</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tren Öyküleri</t>
+          <t>Olumlama Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052027257</t>
+          <t>9786052027677</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Anısız Adam</t>
+          <t>Kaplumbağa Kadınlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944493413</t>
+          <t>9786052027608</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sincap Bo</t>
+          <t>Ayvayı Yedim - Şirin Şekerpare 1.Kitap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052027820</t>
+          <t>9786052027622</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Beceri</t>
+          <t>Yaşasın Okulumuz! - Şirin Şekerpare 2.Kitap</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052027806</t>
+          <t>9786052027615</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hu!</t>
+          <t>Dijital Cadı - Şirin Şekerpare 3. Kitap</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052027813</t>
+          <t>9786052027530</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Şiire Giriş Dersleri</t>
+          <t>Ausgang</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052027516</t>
+          <t>9786052027301</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Yalnız Edebiyat</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052027523</t>
+          <t>9789944493420</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İlişkiler Astrolojisi</t>
+          <t>Yatağın Hafızası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052027486</t>
+          <t>9786052027585</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kış Salkımı</t>
+          <t>Sonbaharda Sarhoş Bir Kasaba</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052027462</t>
+          <t>9786052027660</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gezegen</t>
+          <t>Zamanın Kaçak Yolcuları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052027424</t>
+          <t>9786052027394</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Gitmek</t>
+          <t>İçimdeki Robot</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052027332</t>
+          <t>9786052027295</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarından Bilmeceler Şiirler ve Daha Niceleri</t>
+          <t>Tren Öyküleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052027400</t>
+          <t>9786052027257</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Çocuklar İçin)</t>
+          <t>Anısız Adam</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052027264</t>
+          <t>9789944493413</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kocam Yine Aşık Oldu</t>
+          <t>Sincap Bo</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052235119</t>
+          <t>9786052027820</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yıllar Sessiz</t>
+          <t>Sosyal Beceri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786058183971</t>
+          <t>9786052027806</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Fürya ile Arp</t>
+          <t>Hu!</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052235171</t>
+          <t>9786052027813</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>35 mm.</t>
+          <t>Şiire Giriş Dersleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056815232</t>
+          <t>9786052027516</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dionysos - Özgürlüğün Şarkısı</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052027509</t>
+          <t>9786052027523</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Aşk ve İlişkiler Astrolojisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944493796</t>
+          <t>9786052027486</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş’ın Gelincikleri Eski Topağacı'ndan Yeni İstanbul'a</t>
+          <t>Kış Salkımı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944493543</t>
+          <t>9786052027462</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Filler Çapraz Gider</t>
+          <t>Saklı Gezegen</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944493505</t>
+          <t>9786052027424</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ruhlar Arşivi</t>
+          <t>Türkiye’den Gitmek</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944493529</t>
+          <t>9786052027332</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Elemlerin Nefesi</t>
+          <t>Harikalar Diyarından Bilmeceler Şiirler ve Daha Niceleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944493451</t>
+          <t>9786052027400</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Otların Kalbi - Haikular</t>
+          <t>Nutuk (Çocuklar İçin)</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059782210</t>
+          <t>9786052027264</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Ayakkabıları</t>
+          <t>Kocam Yine Aşık Oldu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059782364</t>
+          <t>9786052235119</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gelmeyen Pazartesi</t>
+          <t>Uzun Yıllar Sessiz</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059782173</t>
+          <t>9786058183971</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Issız İncir Ağacı</t>
+          <t>Fürya ile Arp</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059782302</t>
+          <t>9786052235171</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sıraya Girmez</t>
+          <t>35 mm.</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054841943</t>
+          <t>9786056815232</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ben Napoli Radyosu</t>
+          <t>Dionysos - Özgürlüğün Şarkısı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059782074</t>
+          <t>9786052027509</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar Ülkesine Yolculuk</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059782258</t>
+          <t>9789944493796</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Duman Savaşçıları</t>
+          <t>Beşiktaş’ın Gelincikleri Eski Topağacı'ndan Yeni İstanbul'a</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944362405</t>
+          <t>9789944493543</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ş</t>
+          <t>Filler Çapraz Gider</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944362603</t>
+          <t>9789944493505</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Soze’nin Tırmıkları</t>
+          <t>Ölü Ruhlar Arşivi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>70</v>
+        <v>310</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059782050</t>
+          <t>9789944493529</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Günbatımının Kıyısında</t>
+          <t>Elemlerin Nefesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059782081</t>
+          <t>9789944493451</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Ötesinde - Saklı Cennet</t>
+          <t>Otların Kalbi - Haikular</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059782098</t>
+          <t>9786059782210</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yılgın</t>
+          <t>Tanrı'nın Ayakkabıları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059782036</t>
+          <t>9786059782364</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Öyküleri</t>
+          <t>Gelmeyen Pazartesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059782111</t>
+          <t>9786059782173</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Roman</t>
+          <t>Issız İncir Ağacı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059782005</t>
+          <t>9786059782302</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Sabahı</t>
+          <t>Aşk Sıraya Girmez</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059782128</t>
+          <t>9786054841943</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açan Urgan</t>
+          <t>Ben Napoli Radyosu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059782067</t>
+          <t>9786059782074</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Zirvede</t>
+          <t>Karıncalar Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054841011</t>
+          <t>9786059782258</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Girdap Balıkçısı</t>
+          <t>Duman Savaşçıları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059782043</t>
+          <t>9789944362405</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Kelebeği</t>
+          <t>Ş</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054841745</t>
+          <t>9789944362603</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Leyla Erbil Kitabı</t>
+          <t>Soze’nin Tırmıkları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054841899</t>
+          <t>9786059782050</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Güve Yeniği</t>
+          <t>Günbatımının Kıyısında</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059782029</t>
+          <t>9786059782081</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Uçuşur Ege Rüzgarında</t>
+          <t>Sonsuzluğun Ötesinde - Saklı Cennet</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054841974</t>
+          <t>9786059782098</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Belkıs</t>
+          <t>Yılgın</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054841905</t>
+          <t>9786059782036</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mine'nin Masasındaki Çikolatalar</t>
+          <t>Bisiklet Öyküleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059782012</t>
+          <t>9786059782111</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Gezide Dört Kadın</t>
+          <t>Bir Garip Roman</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054841813</t>
+          <t>9786059782005</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgiliye Yazılmış Mektuplar</t>
+          <t>Dünyanın İlk Sabahı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054841554</t>
+          <t>9786059782128</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sihrini Kendin Yap!</t>
+          <t>Çiçek Açan Urgan</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054841622</t>
+          <t>9786059782067</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cahide</t>
+          <t>Zirvede</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054841769</t>
+          <t>9786054841011</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Herbaryum</t>
+          <t>Girdap Balıkçısı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054841776</t>
+          <t>9786059782043</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Katmunya</t>
+          <t>Gündüz Kelebeği</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054841820</t>
+          <t>9786054841745</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sayıklamalar</t>
+          <t>Leyla Erbil Kitabı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054841882</t>
+          <t>9786054841899</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bdin, O Bataklık</t>
+          <t>Güve Yeniği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054841615</t>
+          <t>9786059782029</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İmdat İşaretleri</t>
+          <t>Uçuşur Ege Rüzgarında</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054841844</t>
+          <t>9786054841974</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sinema Senaryoları Nasıl Yazılır?</t>
+          <t>Belkıs</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054841721</t>
+          <t>9786054841905</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Nehrin İki Yakası</t>
+          <t>Mine'nin Masasındaki Çikolatalar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054841585</t>
+          <t>9786059782012</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mor Cepkenliler</t>
+          <t>Gezide Dört Kadın</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054841578</t>
+          <t>9786054841813</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Modern İskandinav Şiir Antolojisi : Gece Güneşi</t>
+          <t>Eski Sevgiliye Yazılmış Mektuplar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054841639</t>
+          <t>9786054841554</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Çocuk</t>
+          <t>Kendi Sihrini Kendin Yap!</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054841684</t>
+          <t>9786054841622</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Büyümek</t>
+          <t>Cahide</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054841561</t>
+          <t>9786054841769</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Kahkahalar</t>
+          <t>Herbaryum</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054841868</t>
+          <t>9786054841776</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mentollü Larva</t>
+          <t>Katmunya</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054841851</t>
+          <t>9786054841820</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Zamana Vuran Dalgalar : Virginia Woolf ve Ahmet Hamdi Tanpınar</t>
+          <t>Sayıklamalar</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054841707</t>
+          <t>9786054841882</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İzansız Mahalle</t>
+          <t>Bdin, O Bataklık</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054841523</t>
+          <t>9786054841615</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Felç</t>
+          <t>İmdat İşaretleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054841387</t>
+          <t>9786054841844</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Göç Öyküleri</t>
+          <t>Sinema Senaryoları Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054841172</t>
+          <t>9786054841721</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Kadınları</t>
+          <t>Nehrin İki Yakası</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059782135</t>
+          <t>9786054841585</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kesin ki Seni Seviyorum</t>
+          <t>Mor Cepkenliler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054841370</t>
+          <t>9786054841578</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Adem Ademoğlu’nun Tek Muzaffer Günü</t>
+          <t>Modern İskandinav Şiir Antolojisi : Gece Güneşi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944362948</t>
+          <t>9786054841639</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İğneler</t>
+          <t>Eski Bir Çocuk</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054841714</t>
+          <t>9786054841684</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kitabı - Yağmurlar Ülkesinde Çocuk Olmak</t>
+          <t>Büyümek</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054841394</t>
+          <t>9786054841561</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kahkahalar mı Duyuyorum?</t>
+          <t>Kocaman Kahkahalar</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054841332</t>
+          <t>9786054841868</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Mentollü Larva</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054841400</t>
+          <t>9786054841851</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yitik Öykü - Bir Tweet'lik Öyküler</t>
+          <t>Zamana Vuran Dalgalar : Virginia Woolf ve Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059782166</t>
+          <t>9786054841707</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ay Yağmurları</t>
+          <t>İzansız Mahalle</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054841325</t>
+          <t>9786054841523</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Giden Yolcu</t>
+          <t>Felç</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054841424</t>
+          <t>9786054841387</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Büyüyor Üzümler Bağlarda</t>
+          <t>Göç Öyküleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054841356</t>
+          <t>9786054841172</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Barış Ne Oldu Bilmiyorum</t>
+          <t>İstanbul'un Kadınları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054841295</t>
+          <t>9786059782135</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şey</t>
+          <t>Kesin ki Seni Seviyorum</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054841196</t>
+          <t>9786054841370</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz</t>
+          <t>Adem Ademoğlu’nun Tek Muzaffer Günü</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054841530</t>
+          <t>9789944362948</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraflar</t>
+          <t>İğneler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054841592</t>
+          <t>9786054841714</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Bekçisi</t>
+          <t>Karadeniz Kitabı - Yağmurlar Ülkesinde Çocuk Olmak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054841257</t>
+          <t>9786054841394</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Ölümü</t>
+          <t>Kahkahalar mı Duyuyorum?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059782289</t>
+          <t>9786054841332</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bisikletli Kız</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>48</v>
+        <v>280</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054841486</t>
+          <t>9786054841400</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Değirmeni</t>
+          <t>Yitik Öykü - Bir Tweet'lik Öyküler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054841448</t>
+          <t>9786059782166</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sürüden Ayrılmaya Hazır mısınız?</t>
+          <t>Ay Yağmurları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054841691</t>
+          <t>9786054841325</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Gezginname</t>
+          <t>Giden Yolcu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059782234</t>
+          <t>9786054841424</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzgun Yaz</t>
+          <t>Büyüyor Üzümler Bağlarda</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054841349</t>
+          <t>9786054841356</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>S.ktir Git İsakovski</t>
+          <t>Barış Ne Oldu Bilmiyorum</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054841271</t>
+          <t>9786054841295</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yitikler Denizi</t>
+          <t>Şey</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054841189</t>
+          <t>9786054841196</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>O Anda</t>
+          <t>Sevgisiz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054841264</t>
+          <t>9786054841530</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kader Bozucu</t>
+          <t>Fotoğraflar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054841158</t>
+          <t>9786054841592</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Göz</t>
+          <t>Sessizliğin Bekçisi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054841233</t>
+          <t>9786054841257</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Arşipel’in Çocukları</t>
+          <t>Doğanın Ölümü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054841097</t>
+          <t>9786059782289</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kıyı'ya, Göl'e, Ada'ya Haiku</t>
+          <t>Yeşil Bisikletli Kız</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>500</v>
+        <v>48</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944362818</t>
+          <t>9786054841486</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Yazgı</t>
+          <t>Yıldız Değirmeni</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944362801</t>
+          <t>9786054841448</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Aşk Vardır</t>
+          <t>Sürüden Ayrılmaya Hazır mısınız?</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054841110</t>
+          <t>9786054841691</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote'nin Üçüncü Cildi</t>
+          <t>Gezginname</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944362955</t>
+          <t>9786059782234</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Buğu ile Çizgi</t>
+          <t>Bir Kuzgun Yaz</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054841677</t>
+          <t>9786054841349</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Zamanlar</t>
+          <t>S.ktir Git İsakovski</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059782159</t>
+          <t>9786054841271</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Yalnız Kırları</t>
+          <t>Yitikler Denizi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944362931</t>
+          <t>9786054841189</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlangıç Meridyeni</t>
+          <t>O Anda</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054841004</t>
+          <t>9786054841264</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İnek</t>
+          <t>Kader Bozucu</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054841073</t>
+          <t>9786054841158</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kayıtları</t>
+          <t>Aynadaki Göz</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944362993</t>
+          <t>9786054841233</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Rehberine Kulak Ver: Çocuklarla El Ele Ebeveynlik</t>
+          <t>Arşipel’in Çocukları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054841042</t>
+          <t>9786054841097</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Akla Çarpan</t>
+          <t>Kıyı'ya, Göl'e, Ada'ya Haiku</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944362979</t>
+          <t>9789944362818</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Yalan Söyle</t>
+          <t>Soğuk Yazgı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944362986</t>
+          <t>9789944362801</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İçindeyim</t>
+          <t>Mutsuz Aşk Vardır</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944362245</t>
+          <t>9786054841110</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yedi Gün Duası</t>
+          <t>Don Quijote'nin Üçüncü Cildi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944362337</t>
+          <t>9789944362955</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Özüne Dokunmak</t>
+          <t>Buğu ile Çizgi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944362481</t>
+          <t>9786054841677</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Alışkanlıklar Kitabı</t>
+          <t>Büyülü Zamanlar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944362399</t>
+          <t>9786059782159</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Tekrarı Olmayan Öyküler</t>
+          <t>Tanrı'nın Yalnız Kırları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944362696</t>
+          <t>9789944362931</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tayyare</t>
+          <t>Yeniden Başlangıç Meridyeni</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944362375</t>
+          <t>9786054841004</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Unutuş</t>
+          <t>Kutsal İnek</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944362795</t>
+          <t>9786054841073</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Son Aşk Çiçeği</t>
+          <t>Aşk Kayıtları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944362610</t>
+          <t>9789944362993</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sardunyalar</t>
+          <t>Rehberine Kulak Ver: Çocuklarla El Ele Ebeveynlik</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944362450</t>
+          <t>9786054841042</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sırtında Bunca Sözcükle (Ciltli)</t>
+          <t>Akla Çarpan</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944362771</t>
+          <t>9789944362979</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Senden Öğrendiğim Şarkılar</t>
+          <t>Bana Bir Yalan Söyle</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944362269</t>
+          <t>9789944362986</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sana Şiir Yazmasam Olur mu?</t>
+          <t>İçindeyim</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944362740</t>
+          <t>9789944362245</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Rosa ile Ejder</t>
+          <t>Yedi Gün Duası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944362313</t>
+          <t>9789944362337</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Protest Yayın</t>
+          <t>Yaşamın Özüne Dokunmak</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944362351</t>
+          <t>9789944362481</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Öğle Uykusu</t>
+          <t>Tuhaf Alışkanlıklar Kitabı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944362146</t>
+          <t>9789944362399</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Öyküleri</t>
+          <t>Tekrarı Olmayan Öyküler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944362856</t>
+          <t>9789944362696</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kendi ile Ben</t>
+          <t>Tayyare</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944362849</t>
+          <t>9789944362375</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gözüyle Aşk</t>
+          <t>Sonsuz Unutuş</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944362597</t>
+          <t>9789944362795</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kabuksuz Salyangoz</t>
+          <t>Son Aşk Çiçeği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944362825</t>
+          <t>9789944362610</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İsmilazımdeğil</t>
+          <t>Siyah Sardunyalar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944362627</t>
+          <t>9789944362450</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İmza: Kızın</t>
+          <t>Sırtında Bunca Sözcükle (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944362108</t>
+          <t>9789944362771</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Kulesi</t>
+          <t>Senden Öğrendiğim Şarkılar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944362504</t>
+          <t>9789944362269</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Haymatlos</t>
+          <t>Sana Şiir Yazmasam Olur mu?</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944362559</t>
+          <t>9789944362740</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Seç</t>
+          <t>Rosa ile Ejder</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944362252</t>
+          <t>9789944362313</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yetişmek</t>
+          <t>Protest Yayın</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944362160</t>
+          <t>9789944362351</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hatice</t>
+          <t>Öğle Uykusu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944362368</t>
+          <t>9789944362146</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Gebelere Balon</t>
+          <t>Olimpos Öyküleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944362658</t>
+          <t>9789944362856</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Eylül Aniden Gelir</t>
+          <t>Kendi ile Ben</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944362054</t>
+          <t>9789944362849</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Evler Sokaklar Kitabı</t>
+          <t>Kadın Gözüyle Aşk</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944362764</t>
+          <t>9789944362597</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Sarayı</t>
+          <t>Kabuksuz Salyangoz</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944362276</t>
+          <t>9789944362825</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Cunda Öyküleri</t>
+          <t>İsmilazımdeğil</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944362221</t>
+          <t>9789944362627</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Varmış Bir Şehir Yokmuş</t>
+          <t>İmza: Kızın</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944362665</t>
+          <t>9789944362108</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ben Onu Tuz Kadar Sevdim</t>
+          <t>Hiçlik Kulesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944362542</t>
+          <t>9789944362504</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bay T</t>
+          <t>Haymatlos</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944362344</t>
+          <t>9789944362559</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aşk Perisi’ne Gözlük</t>
+          <t>Hayatını Seç</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944362788</t>
+          <t>9789944362252</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Asit ya da İksir</t>
+          <t>Hayata Yetişmek</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944362283</t>
+          <t>9789944362160</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>90’lar Kitabı - Çocuk mu, Genç mi?</t>
+          <t>Hatice</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
+          <t>9789944362368</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Gebelere Balon</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9789944362658</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Eylül Aniden Gelir</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789944362054</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Evler Sokaklar Kitabı</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789944362764</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Dikenler Sarayı</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789944362276</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Cunda Öyküleri</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789944362221</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şehir Varmış Bir Şehir Yokmuş</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789944362665</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Ben Onu Tuz Kadar Sevdim</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789944362542</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Bay T</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789944362344</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Perisi’ne Gözlük</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789944362788</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Asit ya da İksir</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789944362283</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>90’lar Kitabı - Çocuk mu, Genç mi?</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
           <t>9789944362122</t>
         </is>
       </c>
-      <c r="B366" s="1" t="inlineStr">
+      <c r="B377" s="1" t="inlineStr">
         <is>
           <t>80’lerde Çocuk Olmak</t>
         </is>
       </c>
-      <c r="C366" s="1">
+      <c r="C377" s="1">
         <v>600</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>