--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,6340 +85,6595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051727349</t>
+          <t>9786051727776</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Emperyalizm</t>
+          <t>Marksist Bir Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059046510</t>
+          <t>9786059046206</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Uyanmak</t>
+          <t>Somutun Diyalektiği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051725826</t>
+          <t>9786055541743</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politik ve Marksist Eleştirisi</t>
+          <t>Kapital’in İzinde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>670</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2889675396735</t>
+          <t>9789944122320</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Samir Amin Seti (7 Kitap Takım)</t>
+          <t>Hep Aranızda Olacağım Frederic Joliot-Curie’nin Yaşamöyküsü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1906</v>
+        <v>345</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051723204</t>
+          <t>9786054836437</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antikomünizm Ülkücü Hareket Türkeş</t>
+          <t>Kapitalizmin Kıskacında Doğa, Toplum ve Bilim - Onur Hamzaoğlu Olayı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054836468</t>
+          <t>9786055541903</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Liberal İdeolojinin Marksist Eleştirisi</t>
+          <t>Diyalektiğin Kategorileri ve Yasaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055541255</t>
+          <t>9789944122856</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye Sosyal Bilime Karşı</t>
+          <t>Bir Bilim Olarak İktisat Tarihinin Doğuşu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055541040</t>
+          <t>9789944568821</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Seçme Yazılar: Devrim Demokrasi Sosyalizm (Ciltli)</t>
+          <t>Dünyayı Sarsan On Gün</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>540</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051727110</t>
+          <t>9786051727790</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa: Evrim</t>
+          <t>Doğruda Durmanın Felsefesi (Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051727134</t>
+          <t>9786051727813</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalet Kol Geziyor/ Komünist Manifesto Üstüne</t>
+          <t>Lenin Biyografi (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055541620</t>
+          <t>9786051727844</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı, Libya Kışı</t>
+          <t>Doğruda Durmanın Felsefesi Cilt 4</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055541118</t>
+          <t>9786051727837</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Un Lun Dun</t>
+          <t>Doğruda Durmanın Felsefesi Cilt 3</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>540</v>
+        <v>750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051727097</t>
+          <t>9786051727820</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi’nde Yeni Arayışlar 1933-1935</t>
+          <t>Doğruda Durmanın Felsefesi Cilt 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>730</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>1864045071208</t>
+          <t>9786051727806</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa Seti - 8 Kitap Takım</t>
+          <t>Doğruda Durmanın Fel Sefesi Cilt 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1376</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051720951</t>
+          <t>9786051727721</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kentin Mutenalaştırılması</t>
+          <t>İletişim ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055541132</t>
+          <t>9786051727738</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oburluk Çağı</t>
+          <t>Lenin Biyografi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055541859</t>
+          <t>9786051727745</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>2026 Yordam Ajanda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>92</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944122238</t>
+          <t>9786051727349</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız ve Ölüm</t>
+          <t>21. Yüzyılda Emperyalizm</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944122061</t>
+          <t>9786059046510</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Francisco Sanctis’in Uzun Gecesi</t>
+          <t>Yaşama Uyanmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059046978</t>
+          <t>9786051725826</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>2025 Yordam Ajanda</t>
+          <t>Ekonomi Politik ve Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>490</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054836697</t>
+          <t>2889675396735</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Antikomünist Şebeke</t>
+          <t>Samir Amin Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051727066</t>
+          <t>9786051723204</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sınıf Mücadeleleri Cilt 2</t>
+          <t>Antikomünizm Ülkücü Hareket Türkeş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051726977</t>
+          <t>9786054836468</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa: Sosyoloji</t>
+          <t>Liberal İdeolojinin Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>510</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051726960</t>
+          <t>9786055541255</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Feodalizmi ve Sınıf Savaşımları</t>
+          <t>Sosyal Sermaye Sosyal Bilime Karşı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>510</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051726953</t>
+          <t>9786055541040</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Sefaleti</t>
+          <t>Seçme Yazılar: Devrim Demokrasi Sosyalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051726991</t>
+          <t>9786051727110</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başlangıç İlkeleri</t>
+          <t>Gençlerle Baş Başa: Evrim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051725581</t>
+          <t>9786051727134</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa: Mitoloji</t>
+          <t>Bir Hayalet Kol Geziyor/ Komünist Manifesto Üstüne</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051726526</t>
+          <t>9786055541620</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ludwig Feuerbach ve Klasik Alman Felsefesinin Sonu</t>
+          <t>Arap Baharı, Libya Kışı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051726649</t>
+          <t>9786055541118</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşmaz Marx Kargaşa İçindeki Dünya</t>
+          <t>Un Lun Dun</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>610</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054836499</t>
+          <t>9786051727097</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İsyan ve Devrim Filmleri</t>
+          <t>Türkiye Komünist Partisi’nde Yeni Arayışlar 1933-1935</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>850</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051726618</t>
+          <t>1864045071208</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Paradigmasını Değiştirmek</t>
+          <t>Gençlerle Baş Başa Seti - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051726625</t>
+          <t>9786051720951</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>100 Yıl Sonra Türkiye Cumhuriyeti</t>
+          <t>Kentin Mutenalaştırılması</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051726632</t>
+          <t>9786055541132</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tırmanan Faşizmin Kitle Psikolojisi</t>
+          <t>Oburluk Çağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055541002</t>
+          <t>9786055541859</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Politik Film</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944122290</t>
+          <t>9789944122238</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto ve Hakkında Yazılar (Ciltli)</t>
+          <t>Genç Kız ve Ölüm</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051726489</t>
+          <t>9789944122061</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi’nin Bölünmesi 1928-1932</t>
+          <t>Francisco Sanctis’in Uzun Gecesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>840</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051726496</t>
+          <t>9786059046978</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Lenin: Dünya Devriminin Önderi</t>
+          <t>2025 Yordam Ajanda</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051726441</t>
+          <t>9786054836697</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa: Arkeoloji</t>
+          <t>Antikomünist Şebeke</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051725215</t>
+          <t>9786051727066</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Komünizmin Abecesi</t>
+          <t>Türkiye'de Sınıf Mücadeleleri Cilt 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>392</v>
+        <v>610</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051726410</t>
+          <t>9786051726977</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Devrim Nasıl Yapılır?</t>
+          <t>Gençlerle Baş Başa: Sosyoloji</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051726397</t>
+          <t>9786051726960</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Komünist Ufuk</t>
+          <t>Osmanlı Feodalizmi ve Sınıf Savaşımları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051726236</t>
+          <t>9786051726953</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Kadını</t>
+          <t>Felsefenin Sefaleti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>196</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051726175</t>
+          <t>9786051726991</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Savaşçı Kadınlar</t>
+          <t>Felsefenin Başlangıç İlkeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051726182</t>
+          <t>9786051725581</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aylak Sınıfın İktisadi Teorisi</t>
+          <t>Gençlerle Baş Başa: Mitoloji</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>264</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051726113</t>
+          <t>9786051726526</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Para</t>
+          <t>Ludwig Feuerbach ve Klasik Alman Felsefesinin Sonu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051726120</t>
+          <t>9786051726649</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'da Toplumcu Bir Deneyim: Kerala</t>
+          <t>Uzlaşmaz Marx Kargaşa İçindeki Dünya</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051726137</t>
+          <t>9786054836499</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtilal Olarak Milli Mücadele</t>
+          <t>İsyan ve Devrim Filmleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>436</v>
+        <v>480</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051726007</t>
+          <t>9786051726618</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vergi-Ordu Sistemleri ve Geçiş Tartışmaları</t>
+          <t>Uygarlık Paradigmasını Değiştirmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>264</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051726069</t>
+          <t>9786051726625</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Düzenini Arayan Osmanlı</t>
+          <t>100 Yıl Sonra Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>480</v>
+        <v>540</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051726045</t>
+          <t>9786051726632</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Faşizm</t>
+          <t>Tırmanan Faşizmin Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051726052</t>
+          <t>9786055541002</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kültüründe "Delilik” Sorunsalı</t>
+          <t>Politik Film</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>196</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051725987</t>
+          <t>9789944122290</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kriz Çağı</t>
+          <t>Komünist Manifesto ve Hakkında Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051725963</t>
+          <t>9786051726489</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Mesleki Temsil Ve Sol</t>
+          <t>Türkiye Komünist Partisi’nin Bölünmesi 1928-1932</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>940</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051725956</t>
+          <t>9786051726496</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Meksika Devriminin Kısa Tarihi (1910-1920)</t>
+          <t>Lenin: Dünya Devriminin Önderi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>196</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051725949</t>
+          <t>9786051726441</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Yaşamlar</t>
+          <t>Gençlerle Baş Başa: Arkeoloji</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051725901</t>
+          <t>9786051725215</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa: Felsefenin Bahçesinde</t>
+          <t>Komünizmin Abecesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051725833</t>
+          <t>9786051726410</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Giden Yol</t>
+          <t>Devrim Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051725840</t>
+          <t>9786051726397</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx Biyografi</t>
+          <t>Dünyada ve Türkiye'de Komünist Ufuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>720</v>
+        <v>660</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051725857</t>
+          <t>9786051726236</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx Biyografi (Ciltli)</t>
+          <t>Sovyet Kadını</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>900</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051725345</t>
+          <t>9786051726175</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Soğuk Savaş Düşünce Hayatı</t>
+          <t>Kızıl Savaşçı Kadınlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>392</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051725376</t>
+          <t>9786051726182</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Düzen, Anarşi</t>
+          <t>Aylak Sınıfın İktisadi Teorisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>2789786003877</t>
+          <t>9786051726113</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Cep Kitapları Seti (12 Kitap Takım)</t>
+          <t>Kan ve Para</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1808</v>
+        <v>490</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051725017</t>
+          <t>9786051726120</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Umudun Pedagojisi</t>
+          <t>Hindistan'da Toplumcu Bir Deneyim: Kerala</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051725420</t>
+          <t>9786051726137</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcın Sonu - Sovyetler’in Çöküşünden Dersler</t>
+          <t>Bir İhtilal Olarak Milli Mücadele</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>196</v>
+        <v>530</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051725390</t>
+          <t>9786051726007</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Washington Kurşunları</t>
+          <t>Vergi-Ordu Sistemleri ve Geçiş Tartışmaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>196</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051725383</t>
+          <t>9786051726069</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Devrim Okumaları</t>
+          <t>Düzenini Arayan Osmanlı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051725338</t>
+          <t>9786051726045</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anti-Marksist Devrimcilik</t>
+          <t>Eski ve Yeni Faşizm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>264</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051725369</t>
+          <t>9786051726052</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Buradan</t>
+          <t>Osmanlı Kültüründe "Delilik” Sorunsalı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051725291</t>
+          <t>9786051725987</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Komintern, TKP ve Kürt İsyanları</t>
+          <t>Kriz Çağı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051725352</t>
+          <t>9786051725963</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir: Marx</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Mesleki Temsil Ve Sol</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051725284</t>
+          <t>9786051725956</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sayılara Yenik Düşmek</t>
+          <t>Meksika Devriminin Kısa Tarihi (1910-1920)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051725222</t>
+          <t>9786051725949</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yanılsama ve Gerçeklik</t>
+          <t>Unutulmuş Yaşamlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051725314</t>
+          <t>9786051725901</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Devrim ve Karşıdevrim</t>
+          <t>Gençlerle Baş Başa: Felsefenin Bahçesinde</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051725154</t>
+          <t>9786051725833</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi (Takım)</t>
+          <t>Kurtuluşa Giden Yol</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>2120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051725260</t>
+          <t>9786051725840</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Marksistler 2</t>
+          <t>Karl Marx Biyografi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>840</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051725253</t>
+          <t>9786051725857</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Marksistler 1</t>
+          <t>Karl Marx Biyografi (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>580</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051725086</t>
+          <t>9786051725345</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Teorisi</t>
+          <t>Türkiye'nin Soğuk Savaş Düşünce Hayatı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>436</v>
+        <v>490</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051725123</t>
+          <t>9786051725376</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa - Sayıları Sevelim Sayalım</t>
+          <t>Devlet, Düzen, Anarşi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051725192</t>
+          <t>2789786003877</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Dönemeci</t>
+          <t>Sosyalist Cep Kitapları Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>330</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051725208</t>
+          <t>9786051725017</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Son Yılları</t>
+          <t>Umudun Pedagojisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051725185</t>
+          <t>9786051725420</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi Cilt 3</t>
+          <t>Başlangıcın Sonu - Sovyetler’in Çöküşünden Dersler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>740</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051725178</t>
+          <t>9786051725390</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi Cilt 2</t>
+          <t>Washington Kurşunları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051725161</t>
+          <t>9786051725383</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi Cilt 1</t>
+          <t>Devrim Okumaları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051725093</t>
+          <t>9786051725338</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Halkların Dünya Tarihi</t>
+          <t>Anti-Marksist Devrimcilik</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>720</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051725109</t>
+          <t>9786051725369</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Marksist Dünya Tarihi</t>
+          <t>Çıkış Buradan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051724997</t>
+          <t>9786051725291</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Biyosfer</t>
+          <t>Komintern, TKP ve Kürt İsyanları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051725000</t>
+          <t>9786051725352</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi’nin Bolşevikleşmesi, 1925-1928</t>
+          <t>Davetsiz Misafir: Marx</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>840</v>
+        <v>580</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051725048</t>
+          <t>9786051725284</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncelerin Toplumsal Tarihi (3 Kitap Takım)</t>
+          <t>Sayılara Yenik Düşmek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1740</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051725079</t>
+          <t>9786051725222</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncelerin Toplumsal Tarihi 3</t>
+          <t>Yanılsama ve Gerçeklik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>590</v>
+        <v>480</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051725062</t>
+          <t>9786051725314</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncelerin Toplumsal Tarihi 2</t>
+          <t>Almanya’da Devrim ve Karşıdevrim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>590</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051725055</t>
+          <t>9786051725154</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncelerin Toplumsal Tarihi 1</t>
+          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi (Takım)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>560</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051724355</t>
+          <t>9786051725260</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler Birliği’nde Komünist Kadın Hareketi (1919-1930)</t>
+          <t>Marksistler 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>184</v>
+        <v>540</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051724379</t>
+          <t>9786051725253</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kurtuluş Hareketi</t>
+          <t>Marksistler 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>316</v>
+        <v>700</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051724348</t>
+          <t>9786051725086</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tragedyanın Kökeni</t>
+          <t>Sinemanın Teorisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051724300</t>
+          <t>9786051725123</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Paris Komünü 150</t>
+          <t>Gençlerle Baş Başa - Sayıları Sevelim Sayalım</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051724294</t>
+          <t>9786051725192</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sanat Nedir? - Gençlerle Baş Başa</t>
+          <t>Uygarlık Dönemeci</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051724287</t>
+          <t>9786051725208</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Habercilik ve Medya - Gençlerle Baş Başa</t>
+          <t>Karl Marx’ın Son Yılları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051724249</t>
+          <t>9786051725185</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Militan İyimserlik</t>
+          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi Cilt 3</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>230</v>
+        <v>840</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051724263</t>
+          <t>9786051725178</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İlk Filozoflar</t>
+          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi Cilt 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051724256</t>
+          <t>9786051725161</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Partisi Radyoda Proletaryanın Büyülü Kutusu</t>
+          <t>Uluslararası İşçi Sınıfı Hareketi Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>630</v>
+        <v>800</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051724270</t>
+          <t>9786051725093</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Partisi Radyoda Proletaryanın Büyülü Kutusu (Ciltli)</t>
+          <t>Halkların Dünya Tarihi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>860</v>
+        <v>840</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051724232</t>
+          <t>9786051725109</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tarihöncesi Ege</t>
+          <t>Marksist Dünya Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>630</v>
+        <v>700</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051724195</t>
+          <t>9786051724997</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Küresel İktisadi Tarihçe, 1980-2009</t>
+          <t>Biyosfer</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>560</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051724171</t>
+          <t>9786051725000</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kökeni</t>
+          <t>Türkiye Komünist Partisi’nin Bolşevikleşmesi, 1925-1928</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>940</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051723617</t>
+          <t>9786051725048</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Marksist Reddiyesi</t>
+          <t>Siyasal Düşüncelerin Toplumsal Tarihi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051721897</t>
+          <t>9786051725079</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Sözlüğü (Ciltli)</t>
+          <t>Siyasal Düşüncelerin Toplumsal Tarihi 3</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1500</v>
+        <v>710</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051724188</t>
+          <t>9786051725062</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Psikolojideki Krizin Tarihsel Anlamı</t>
+          <t>Siyasal Düşüncelerin Toplumsal Tarihi 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>710</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051724164</t>
+          <t>9786051725055</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Mi Varoluşçuluk Mu?</t>
+          <t>Siyasal Düşüncelerin Toplumsal Tarihi 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>264</v>
+        <v>670</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051723662</t>
+          <t>9786051724355</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Makroiktisat</t>
+          <t>Sovyetler Birliği’nde Komünist Kadın Hareketi (1919-1930)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051723679</t>
+          <t>9786051724379</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat</t>
+          <t>Kadın Kurtuluş Hareketi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051724157</t>
+          <t>9786051724348</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>1918 Alman Devriminde Spartakistler</t>
+          <t>Tragedyanın Kökeni</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051724133</t>
+          <t>9786051724300</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Siyaset</t>
+          <t>Paris Komünü 150</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>392</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051724140</t>
+          <t>9786051724294</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Faşizm - Gençlerle Baş Başa</t>
+          <t>Sanat Nedir? - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051724102</t>
+          <t>9786051724287</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İkinci Enternasyonal 1889-1923</t>
+          <t>Habercilik ve Medya - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051724119</t>
+          <t>9786051724249</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eko-Sosyalist Paradigma</t>
+          <t>Militan İyimserlik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051724041</t>
+          <t>9786051724263</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Zorun Rolü</t>
+          <t>İlk Filozoflar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051723839</t>
+          <t>9786051724256</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İdealin Diyalektiği Etkinlik ve Zihnin Kuruluşu</t>
+          <t>Türkiye İşçi Partisi Radyoda Proletaryanın Büyülü Kutusu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051723846</t>
+          <t>9786051724270</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Silah ve Seçim Sandığı</t>
+          <t>Türkiye İşçi Partisi Radyoda Proletaryanın Büyülü Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>390</v>
+        <v>900</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051723853</t>
+          <t>9786051724232</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi'nin Kuruluşu 1919-1925</t>
+          <t>Tarihöncesi Ege</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>810</v>
+        <v>750</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051722177</t>
+          <t>9786051724195</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Direniş ve Devrim</t>
+          <t>Küresel İktisadi Tarihçe, 1980-2009</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>670</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051723822</t>
+          <t>9786051724171</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Baş Başa: İnsan Olmak</t>
+          <t>Kapitalizmin Kökeni</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051723815</t>
+          <t>9786051723617</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Batı'nın Egemenliği Nasıl Kuruldu?</t>
+          <t>Sosyolojinin Marksist Reddiyesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051723808</t>
+          <t>9786051721897</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Apaydınlık Gelecek</t>
+          <t>Marksizm Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>436</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051723730</t>
+          <t>9786051724188</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Lenin’den Anılar</t>
+          <t>Psikolojideki Krizin Tarihsel Anlamı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051723792</t>
+          <t>9786051724164</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka - Gençlerle Baş Başa</t>
+          <t>Marksizm Mi Varoluşçuluk Mu?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051723785</t>
+          <t>9786051723662</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Halkçı Ecevit</t>
+          <t>Makroiktisat</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051723778</t>
+          <t>9786051723679</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Popülizm Dalgası Sivil Darbeler ve Osmanlı Hülyası</t>
+          <t>Mikroiktisat</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051723686</t>
+          <t>9786051724157</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinin Maddesi</t>
+          <t>1918 Alman Devriminde Spartakistler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>810</v>
+        <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051723754</t>
+          <t>9786051724133</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm - Gençlerle Baş Başa</t>
+          <t>Marksizm ve Siyaset</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051723761</t>
+          <t>9786051724140</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Ekolojik Yıkım - Gençlerle Baş Başa</t>
+          <t>Faşizm - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051723747</t>
+          <t>9786051724102</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm - Gençlerle Baş Başa</t>
+          <t>İkinci Enternasyonal 1889-1923</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051723716</t>
+          <t>9786051724119</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş ve Türkiye'nin Batı'ya Yönelişi</t>
+          <t>Eko-Sosyalist Paradigma</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051723709</t>
+          <t>9786051724041</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Konut Sorunu</t>
+          <t>Tarihte Zorun Rolü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>144</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051723648</t>
+          <t>9786051723839</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ücret Fiyat ve Kar</t>
+          <t>İdealin Diyalektiği Etkinlik ve Zihnin Kuruluşu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>114</v>
+        <v>440</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051723631</t>
+          <t>9786051723846</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Friedrich Engels: Yaşamı ve Düşüncesi</t>
+          <t>Silah ve Seçim Sandığı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051723600</t>
+          <t>9786051723853</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Esmer Milletler</t>
+          <t>Türkiye Komünist Partisi'nin Kuruluşu 1919-1925</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>940</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051723594</t>
+          <t>9786051722177</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyalizm</t>
+          <t>Kadınlar, Direniş ve Devrim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>7822311639839</t>
+          <t>9786051723822</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (5 Kitap Takım)</t>
+          <t>Gençlerle Baş Başa: İnsan Olmak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>2080</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051723549</t>
+          <t>9786051723815</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Özel Mülkiyetin ve Devletin Kökeni</t>
+          <t>Batı'nın Egemenliği Nasıl Kuruldu?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051723587</t>
+          <t>9786051723808</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çığırından Çıkmış Bir Dünya</t>
+          <t>Apaydınlık Gelecek</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051723488</t>
+          <t>9786051723730</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mühürler</t>
+          <t>Lenin’den Anılar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051723570</t>
+          <t>9786051723792</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kültür İşçileri Olarak Öğretmenler</t>
+          <t>Yapay Zeka - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051723563</t>
+          <t>9786051723785</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Pedagojisi</t>
+          <t>Halkçı Ecevit</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051723532</t>
+          <t>9786051723778</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünya Üzerinde Kızıl Yıldız</t>
+          <t>Popülizm Dalgası Sivil Darbeler ve Osmanlı Hülyası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>184</v>
+        <v>440</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051723471</t>
+          <t>9786051723686</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Newton'ın Principia'sının Toplumsal ve İktisadi Kökleri</t>
+          <t>Osmanlı Tarihinin Maddesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>170</v>
+        <v>980</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051723440</t>
+          <t>9786051723754</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Ciddi Sosyalizm</t>
+          <t>Sosyalizm - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051723433</t>
+          <t>9786051723761</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>AKP Devrinde Medya Alemi</t>
+          <t>İklim Krizi ve Ekolojik Yıkım - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051723426</t>
+          <t>9786051723747</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Komintern’in Seyyar Militanları</t>
+          <t>Kapitalizm - Gençlerle Baş Başa</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051723419</t>
+          <t>9786051723716</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Marksizm Seçkisi</t>
+          <t>Soğuk Savaş ve Türkiye'nin Batı'ya Yönelişi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>740</v>
+        <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051723402</t>
+          <t>9786051723709</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kapital</t>
+          <t>Konut Sorunu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>830</v>
+        <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051723365</t>
+          <t>9786051723648</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Sermaye</t>
+          <t>Ücret Fiyat ve Kar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051723167</t>
+          <t>9786051723631</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bir Devletin Doğuşu: Osmanlılar (1300-1481)</t>
+          <t>Friedrich Engels: Yaşamı ve Düşüncesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>570</v>
+        <v>480</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051723341</t>
+          <t>9786051723600</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Samir Amin Anlatıyor</t>
+          <t>Esmer Milletler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051723334</t>
+          <t>9786051723594</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam, Laiklik ve Aydınlanma Savaşı</t>
+          <t>Kadın ve Sosyalizm</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>316</v>
+        <v>660</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051723198</t>
+          <t>7822311639839</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizmin Oluşturulması</t>
+          <t>Tarih Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>520</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051723181</t>
+          <t>9786051723549</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sınıf Savaşı 1914 - 1918</t>
+          <t>Ailenin Özel Mülkiyetin ve Devletin Kökeni</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>570</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051723174</t>
+          <t>9786051723587</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx ve Dünya Edebiyatı</t>
+          <t>Çığırından Çıkmış Bir Dünya</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051723143</t>
+          <t>9786051723488</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Mühürler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>680</v>
+        <v>640</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051723150</t>
+          <t>9786051723570</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ütopyadan Bilime Sosyalizmin Gelişimi</t>
+          <t>Kültür İşçileri Olarak Öğretmenler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051723051</t>
+          <t>9786051723563</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Ölmeli!</t>
+          <t>Özgürlüğün Pedagojisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051723037</t>
+          <t>9786051723532</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Kaçış</t>
+          <t>Üçüncü Dünya Üzerinde Kızıl Yıldız</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051723020</t>
+          <t>9786051723471</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmiş Değer Yasası</t>
+          <t>Newton'ın Principia'sının Toplumsal ve İktisadi Kökleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>184</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051723044</t>
+          <t>9786051723440</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Aklın İsyanı</t>
+          <t>Ciddi Ciddi Sosyalizm</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>560</v>
+        <v>264</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051723068</t>
+          <t>9786051723433</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Ağzında - ABD Komünist Partisi Tarihi 1919 - 1959</t>
+          <t>AKP Devrinde Medya Alemi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>470</v>
+        <v>440</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051723082</t>
+          <t>9786051723426</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yeni Paradigmayı Oluşturmak</t>
+          <t>Komintern’in Seyyar Militanları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051723075</t>
+          <t>9786051723419</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Deneyinden Siyaset Dersleri</t>
+          <t>Çağdaş Marksizm Seçkisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051723112</t>
+          <t>9786051723402</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Eski Tanrılar, Yeni Bilmeceler</t>
+          <t>Aşk ve Kapital</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>390</v>
+        <v>830</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8633821007327</t>
+          <t>9786051723365</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Seti (10 Kitap Takım)</t>
+          <t>İmkansız Sermaye</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>2330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051722962</t>
+          <t>9786051723167</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Genlerimizden İbaret Değiliz</t>
+          <t>Büyük Bir Devletin Doğuşu: Osmanlılar (1300-1481)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051722993</t>
+          <t>9786051723341</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Alman Köylü Savaşı</t>
+          <t>Samir Amin Anlatıyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051723006</t>
+          <t>9786051723334</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Avrupa-Merkezcilik</t>
+          <t>İslam, Laiklik ve Aydınlanma Savaşı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>316</v>
+        <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051722719</t>
+          <t>9786051723198</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Marx Sınırlarda</t>
+          <t>Küresel Kapitalizmin Oluşturulması</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>436</v>
+        <v>620</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051722313</t>
+          <t>9786051723181</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Hukuk</t>
+          <t>Büyük Sınıf Savaşı 1914 - 1918</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>380</v>
+        <v>680</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051722658</t>
+          <t>9786051723174</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dijital Ekonomide Emek</t>
+          <t>Karl Marx ve Dünya Edebiyatı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051722702</t>
+          <t>9786051723143</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Feminizm</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>490</v>
+        <v>800</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051722559</t>
+          <t>9786051723150</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Lenin'in Seçim Stratejisi (2 Cilt Takım)</t>
+          <t>Ütopyadan Bilime Sosyalizmin Gelişimi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>752</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051722696</t>
+          <t>9786051723051</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Lenin’in Seçim Stratejisi - 2: 1907’den 1917 Ekim Devrimi’ne</t>
+          <t>Kapitalizm Ölmeli!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>392</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051722566</t>
+          <t>9786051723037</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Lenin'in Seçim Stratejisi - 1: Marx ve Engels’ten 1905 Devrimi’ne</t>
+          <t>Tarihten Kaçış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051722634</t>
+          <t>9786051723020</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Küreselleşmiş Değer Yasası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051722603</t>
+          <t>9786051723044</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Paradigmanın İflası</t>
+          <t>Aklın İsyanı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>670</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051722542</t>
+          <t>9786051723068</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Faşizm Üzerine Önlenebilir Yükseliş</t>
+          <t>Canavarın Ağzında - ABD Komünist Partisi Tarihi 1919 - 1959</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>390</v>
+        <v>560</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051722535</t>
+          <t>9786051723082</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Eşitsiz Gelişme</t>
+          <t>Yeni Paradigmayı Oluşturmak</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051722580</t>
+          <t>9786051723075</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Alfabesi</t>
+          <t>Sovyet Deneyinden Siyaset Dersleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051722504</t>
+          <t>9786051723112</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Birey Sorunsalı</t>
+          <t>Eski Tanrılar, Yeni Bilmeceler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>126</v>
+        <v>460</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051722412</t>
+          <t>8633821007327</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Nazım Hikmet</t>
+          <t>Çizgilerle Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>390</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051722290</t>
+          <t>9786051722962</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Savaş Söylencesi</t>
+          <t>Genlerimizden İbaret Değiliz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051722429</t>
+          <t>9786051722993</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Socialist Register 2017: Devrimi Yeniden Düşünmek</t>
+          <t>Alman Köylü Savaşı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051722399</t>
+          <t>9786051723006</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Marksist Tarih Kuramı Üzerine</t>
+          <t>Avrupa-Merkezcilik</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051722436</t>
+          <t>9786051722719</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gotha ve Erfurt Programları Üzerine</t>
+          <t>Marx Sınırlarda</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>530</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051722320</t>
+          <t>9786051722313</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Onlar Uyanırken</t>
+          <t>Marksizm ve Hukuk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051722382</t>
+          <t>9786051722658</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yazarların ve Sanatçıların Gözüyle Lenin</t>
+          <t>Küresel Dijital Ekonomide Emek</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051722337</t>
+          <t>9786051722702</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Devrimler Çağı</t>
+          <t>Marksizm ve Feminizm</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>184</v>
+        <v>580</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051722375</t>
+          <t>9786051722559</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Ekim Devrimi</t>
+          <t>Lenin'in Seçim Stratejisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>436</v>
+        <v>930</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051722306</t>
+          <t>9786051722696</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Küresel Tarihçe, 1945-79</t>
+          <t>Lenin’in Seçim Stratejisi - 2: 1907’den 1917 Ekim Devrimi’ne</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>436</v>
+        <v>490</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051722283</t>
+          <t>9786051722566</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Halkların Rus Devrimi Tarihi</t>
+          <t>Lenin'in Seçim Stratejisi - 1: Marx ve Engels’ten 1905 Devrimi’ne</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>316</v>
+        <v>440</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051722160</t>
+          <t>9786051722634</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Ağzında ABD Komünist Partisi Tarihi, 1919-1959</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>436</v>
+        <v>360</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051722207</t>
+          <t>9786051722603</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Şili’de Allende’li Yıllar</t>
+          <t>Paradigmanın İflası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051722184</t>
+          <t>9786051722542</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmden Uygarlığa</t>
+          <t>Faşizm Üzerine Önlenebilir Yükseliş</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>316</v>
+        <v>480</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051722191</t>
+          <t>9786051722535</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıflar, Türkiye Devrimi ve Sosyalizm</t>
+          <t>Emperyalizm ve Eşitsiz Gelişme</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>392</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051722054</t>
+          <t>9786051722580</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Yirminci Yüzyılı</t>
+          <t>Sosyalizmin Alfabesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>392</v>
+        <v>220</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051722108</t>
+          <t>9786051722504</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Tarihi</t>
+          <t>Marksizm ve Birey Sorunsalı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051722061</t>
+          <t>9786051722412</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ulusun Ölümü ve Arap Devriminin Geleceği</t>
+          <t>Çizgilerle Nazım Hikmet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051722047</t>
+          <t>9786051722290</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hayır De !</t>
+          <t>Hayırlı Savaş Söylencesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051721835</t>
+          <t>9786051722429</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Aşılması ve Gerçekleştirilmesi 1. Cilt</t>
+          <t>Socialist Register 2017: Devrimi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051721644</t>
+          <t>9786051722399</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Kuramları</t>
+          <t>Marksist Tarih Kuramı Üzerine</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051722009</t>
+          <t>9786051722436</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sınıflar Dönüşürken</t>
+          <t>Gotha ve Erfurt Programları Üzerine</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051721736</t>
+          <t>9786051722320</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kapital'e Giriş</t>
+          <t>Onlar Uyanırken</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051721668</t>
+          <t>9786051722382</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kökler Çarklar ve Bulutlar</t>
+          <t>Yazarların ve Sanatçıların Gözüyle Lenin</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051721811</t>
+          <t>9786051722337</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Monarşi ve Fransız Devrimi</t>
+          <t>Devrimler Çağı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051721705</t>
+          <t>9786051722375</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Fransız Üçlemesi (Ciltli)</t>
+          <t>100. Yılında Ekim Devrimi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>700</v>
+        <v>530</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051721682</t>
+          <t>9786051722306</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da İç Savaş</t>
+          <t>Küresel Tarihçe, 1945-79</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051721712</t>
+          <t>9786051722283</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Louis Bonaparte’ın 18 Brumaire’i</t>
+          <t>Halkların Rus Devrimi Tarihi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051721699</t>
+          <t>9786051722160</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fransa'da Sınıf Mücadeleleri 1848 -1850</t>
+          <t>Canavarın Ağzında ABD Komünist Partisi Tarihi, 1919-1959</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051721606</t>
+          <t>9786051722207</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Feodalizmden Kapitalizme Osmanlı'dan Türkiye'ye</t>
+          <t>Çizgilerle Şili’de Allende’li Yıllar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>430</v>
+        <v>216</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051721620</t>
+          <t>9786051722184</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türkçü Faşizmden Türk-İslam Ülküsü'ne</t>
+          <t>Kapitalizmden Uygarlığa</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051721637</t>
+          <t>9786051722191</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Sosyalizm Sorunları</t>
+          <t>Toplumsal Sınıflar, Türkiye Devrimi ve Sosyalizm</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>470</v>
+        <v>490</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051721729</t>
+          <t>9786051722054</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye’de Siyasal Hayat</t>
+          <t>Çin'in Yirminci Yüzyılı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1000</v>
+        <v>490</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051721613</t>
+          <t>9786051722108</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Orta Sınıf Efsanesi</t>
+          <t>Ortaçağ Tarihi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>264</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051721538</t>
+          <t>9786051722061</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Ekonomi</t>
+          <t>Ulusun Ölümü ve Arap Devriminin Geleceği</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051721507</t>
+          <t>9786051722047</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Sonrası</t>
+          <t>Hayır De !</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051721439</t>
+          <t>9786051721835</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Strateji Sorunu</t>
+          <t>Felsefenin Aşılması ve Gerçekleştirilmesi 1. Cilt</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051721132</t>
+          <t>9786051721644</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Komünist Enternasyonal (1919-1943)</t>
+          <t>İdeoloji Kuramları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>430</v>
+        <v>510</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051721156</t>
+          <t>9786051722009</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bolşevikler İktidarda</t>
+          <t>Sınıflar Dönüşürken</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>530</v>
+        <v>510</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051721095</t>
+          <t>9786051721736</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>B*ktan Kitap</t>
+          <t>Kapital'e Giriş</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051720692</t>
+          <t>9786051721668</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Özne, Nesne, Biliş</t>
+          <t>Kökler Çarklar ve Bulutlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051721064</t>
+          <t>9786051721811</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Devrim</t>
+          <t>Mutlak Monarşi ve Fransız Devrimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051721057</t>
+          <t>9786051721705</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Açıdan Jöntürk Hareketi</t>
+          <t>Fransız Üçlemesi (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>390</v>
+        <v>820</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051721071</t>
+          <t>9786051721682</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Devlet Üzerine</t>
+          <t>Fransa’da İç Savaş</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>88</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051721088</t>
+          <t>9786051721712</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türkiye, Ortadoğu ve Mezhep Savaşı</t>
+          <t>Louis Bonaparte’ın 18 Brumaire’i</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051721040</t>
+          <t>9786051721699</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Rosa</t>
+          <t>Fransa'da Sınıf Mücadeleleri 1848 -1850</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051721033</t>
+          <t>9786051721606</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Bir Bilim Kadınının Hikayesi - Madame Cruie</t>
+          <t>Feodalizmden Kapitalizme Osmanlı'dan Türkiye'ye</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051720975</t>
+          <t>9786051721620</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Roma: Kartalların İmparatorluğu</t>
+          <t>Türkçü Faşizmden Türk-İslam Ülküsü'ne</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>430</v>
+        <v>264</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051720708</t>
+          <t>9786051721637</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Tarihi 1500-2010</t>
+          <t>Türkiye ve Sosyalizm Sorunları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>470</v>
+        <v>560</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051720982</t>
+          <t>9786051721729</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>AKP'li Yıllarda Emeğin Durumu</t>
+          <t>Osmanlı'dan Günümüze Türkiye’de Siyasal Hayat</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>2789786022038</t>
+          <t>9786051721613</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kapital Set 3 Cilt Takım (Ciltli)</t>
+          <t>Orta Sınıf Efsanesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>2700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051720944</t>
+          <t>9786051721538</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Ağzında Cilt : 1 Kuruluş ve Çocukluk Dönemi</t>
+          <t>Çizgilerle Ekonomi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051720920</t>
+          <t>9786051721507</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Neler Yapmalı ve Dünyayı Nasıl Değiştirmeli</t>
+          <t>Kapitalizm Sonrası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>510</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055541323</t>
+          <t>9786051721439</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kapital Kutulu Set 3 Cilt</t>
+          <t>Strateji Sorunu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1870</v>
+        <v>390</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051721019</t>
+          <t>9786051721132</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Sınıflar ve Sınıf Mücadelesi</t>
+          <t>Komünist Enternasyonal (1919-1943)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051720968</t>
+          <t>9786051721156</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Komün’ün Asi Kadınları</t>
+          <t>Bolşevikler İktidarda</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>390</v>
+        <v>640</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051721026</t>
+          <t>9786051721095</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Darağacından Notlar</t>
+          <t>B*ktan Kitap</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>184</v>
+        <v>360</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051720906</t>
+          <t>9786051720692</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Ateistin El Kitabı</t>
+          <t>Özne, Nesne, Biliş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051720883</t>
+          <t>9786051721064</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Türkiye'ye, İktisattan Siyasete</t>
+          <t>Devlet ve Devrim</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059046244</t>
+          <t>9786051721057</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sınıflar</t>
+          <t>Sosyalist Açıdan Jöntürk Hareketi</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055541361</t>
+          <t>9786051721071</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kapital Manga Cilt: 1 (Kürtçe)</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>230</v>
+        <v>105</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051720760</t>
+          <t>9786051721088</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Suriye Kürdistanı'nda Savaş ve Devrim</t>
+          <t>Türkiye, Ortadoğu ve Mezhep Savaşı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>316</v>
+        <v>420</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051720739</t>
+          <t>9786051721040</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Usta : Balzac, Dickens, Dostoyevski</t>
+          <t>Çizgilerle Rosa</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>216</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051720791</t>
+          <t>9786051721033</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kapital Cilt: 3 (Ciltli)</t>
+          <t>Çizgilerle Bir Bilim Kadınının Hikayesi - Madame Cruie</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051720784</t>
+          <t>9786051720975</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kapital Cilt: 3</t>
+          <t>Roma: Kartalların İmparatorluğu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>700</v>
+        <v>510</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944122924</t>
+          <t>9786051720708</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Marksizme Sıra Dışı Bir Giriş</t>
+          <t>Kapitalizmin Tarihi 1500-2010</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>560</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944122122</t>
+          <t>9786051720982</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Marksizm, İnsan ve Toplum</t>
+          <t>AKP'li Yıllarda Emeğin Durumu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051720722</t>
+          <t>2789786022038</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Felsefe</t>
+          <t>Kapital Set 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>330</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051720753</t>
+          <t>9786051720944</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İşçi Filmleri, Öteki Sinemalar</t>
+          <t>Canavarın Ağzında Cilt : 1 Kuruluş ve Çocukluk Dönemi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051720746</t>
+          <t>9786051720920</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Uzun 19. Yüzyılda Orta Avrupa</t>
+          <t>Sınavlarda Neler Yapmalı ve Dünyayı Nasıl Değiştirmeli</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055541583</t>
+          <t>9786055541323</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto Manga</t>
+          <t>Kapital Kutulu Set 3 Cilt</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>230</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944122801</t>
+          <t>9786051721019</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>21. Yüzyılda Sınıflar ve Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>80</v>
+        <v>410</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051720685</t>
+          <t>9786051720968</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Neyi, Nasıl Okumalı?</t>
+          <t>Komün’ün Asi Kadınları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051720678</t>
+          <t>9786051721026</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Binyıl Eşiğinde Marksizm ve Türkiye Solu</t>
+          <t>Darağacından Notlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059046251</t>
+          <t>9786051720906</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Demir Konsey</t>
+          <t>Çizgilerle Ateistin El Kitabı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>520</v>
+        <v>252</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054836505</t>
+          <t>9786051720883</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Büyük Depresyon</t>
+          <t>Dünyadan Türkiye'ye, İktisattan Siyasete</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055541675</t>
+          <t>9786059046244</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kraken Bir Canavarın Anatomisi</t>
+          <t>Marksizm ve Sınıflar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055541798</t>
+          <t>9786055541361</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kapital Cilt: 2 (Ciltli)</t>
+          <t>Kapital Manga Cilt: 1 (Kürtçe)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059046237</t>
+          <t>9786051720760</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Emek-Değer Teorileri ve Dışticaret</t>
+          <t>Suriye Kürdistanı'nda Savaş ve Devrim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059046190</t>
+          <t>9786051720739</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kinimiz Dinimizdir</t>
+          <t>Üç Büyük Usta : Balzac, Dickens, Dostoyevski</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>316</v>
+        <v>280</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059046183</t>
+          <t>9786051720791</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>AKP, Cemaat, Sünni - Ulus</t>
+          <t>Kapital Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059046176</t>
+          <t>9786051720784</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Kapitalizmin Korkunç Tarihi</t>
+          <t>Kapital Cilt: 3</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>210</v>
+        <v>840</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059046220</t>
+          <t>9789944122924</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>AKP'nin Önlenebilir Karşı - Devrimi</t>
+          <t>Marksizme Sıra Dışı Bir Giriş</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>192</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054836703</t>
+          <t>9789944122122</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Marksizm İçin Eleştirel Kılavuz (Ciltli)</t>
+          <t>Marksizm, İnsan ve Toplum</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059046213</t>
+          <t>9786051720722</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmış Bir Şarkı</t>
+          <t>Çizgilerle Felsefe</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944122009</t>
+          <t>9786051720753</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>IMF Gözetiminde On Uzun Yıl, 1998 - 2008</t>
+          <t>İşçi Filmleri, Öteki Sinemalar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>196</v>
+        <v>450</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944122207</t>
+          <t>9786051720746</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hugo Chavez ve Bolivarcı Devrim</t>
+          <t>Uzun 19. Yüzyılda Orta Avrupa</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059046169</t>
+          <t>9786055541583</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Makroiktisada Giriş</t>
+          <t>Komünist Manifesto Manga</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944122085</t>
+          <t>9789944122801</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Evi</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055541507</t>
+          <t>9786051720685</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Sınırları ve Toplumsal Proletarya</t>
+          <t>Neyi, Nasıl Okumalı?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055541149</t>
+          <t>9786051720678</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kısa Tarihi</t>
+          <t>Binyıl Eşiğinde Marksizm ve Türkiye Solu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944122191</t>
+          <t>9786059046251</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Arkaik Kültürü</t>
+          <t>Demir Konsey</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944568883</t>
+          <t>9786054836505</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizme Reddiye Marksist Bir Giriş</t>
+          <t>Üçüncü Büyük Depresyon</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054836642</t>
+          <t>9786055541675</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sermaye İmparatorluğu</t>
+          <t>Kraken Bir Canavarın Anatomisi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>230</v>
+        <v>610</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944122849</t>
+          <t>9786055541798</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Gücü</t>
+          <t>Kapital Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>330</v>
+        <v>840</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944122818</t>
+          <t>9786059046237</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ecinniler’in Gölgesinde</t>
+          <t>Emek-Değer Teorileri ve Dışticaret</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944122832</t>
+          <t>9786059046190</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bankası</t>
+          <t>Kinimiz Dinimizdir</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054836413</t>
+          <t>9786059046183</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinleri ve İktidar</t>
+          <t>AKP, Cemaat, Sünni - Ulus</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054836611</t>
+          <t>9786059046176</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kore Nire</t>
+          <t>Çizgilerle Kapitalizmin Korkunç Tarihi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>370</v>
+        <v>252</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054836635</t>
+          <t>9786059046220</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Prometheus'un Sönmeyen Ateşi</t>
+          <t>AKP'nin Önlenebilir Karşı - Devrimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054836604</t>
+          <t>9786054836703</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kapital</t>
+          <t>Çağdaş Marksizm İçin Eleştirel Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054836727</t>
+          <t>9786059046213</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Lenin</t>
+          <t>Yarım Kalmış Bir Şarkı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054836680</t>
+          <t>9789944122009</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Ölümü ve Kültür</t>
+          <t>IMF Gözetiminde On Uzun Yıl, 1998 - 2008</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055541941</t>
+          <t>9789944122207</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Marksist Klasikleri Okuma Kılavuzu</t>
+          <t>Hugo Chavez ve Bolivarcı Devrim</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944122375</t>
+          <t>9786059046169</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Marksist İktisat El Kitabı</t>
+          <t>Makroiktisada Giriş</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>126</v>
+        <v>370</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054836710</t>
+          <t>9789944122085</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya (Manga)</t>
+          <t>Kardeş Evi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054836666</t>
+          <t>9786055541507</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Marksist Dünya Tarihi (Ciltli)</t>
+          <t>Kapitalizmin Sınırları ve Toplumsal Proletarya</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>750</v>
+        <v>510</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054836598</t>
+          <t>9786055541149</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm, İslamcı Sermayenin Yükselişi ve Akp</t>
+          <t>Kapitalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055541385</t>
+          <t>9789944122191</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ücretli Emek ve Sermaye</t>
+          <t>Kapitalizmin Arkaik Kültürü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944568869</t>
+          <t>9789944568883</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Güncelliğe Sınıf Savaşları ve Devlet</t>
+          <t>Kapitalizme Reddiye Marksist Bir Giriş</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055541156</t>
+          <t>9786054836642</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yapıları</t>
+          <t>Sermaye İmparatorluğu</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055541712</t>
+          <t>9789944122849</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Socialist Register 2011 - Bu Defaki Kriz</t>
+          <t>Emeğin Gücü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055541576</t>
+          <t>9789944122818</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Filistin Komünist Partisi 1919-1948</t>
+          <t>Ecinniler’in Gölgesinde</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055541477</t>
+          <t>9789944122832</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Toplum Bilimleri ve Tarihçi (Ciltli)</t>
+          <t>Dünya Bankası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>570</v>
+        <v>264</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944122733</t>
+          <t>9786054836413</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Soruşturmalar</t>
+          <t>Dünya Dinleri ve İktidar</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944122900</t>
+          <t>9786054836611</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Materyalizme Giriş</t>
+          <t>Kore Nire</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944122047</t>
+          <t>9786054836635</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Birikirken</t>
+          <t>Prometheus'un Sönmeyen Ateşi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055541835</t>
+          <t>9786054836604</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustası - Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Yeni Başlayanlar İçin Kapital</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054836567</t>
+          <t>9786054836727</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Lenin Hegel ve Batı Marksizmi</t>
+          <t>Çizgilerle Lenin</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>496</v>
+        <v>264</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054836550</t>
+          <t>9786054836680</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Sağlığı</t>
+          <t>Tanrı’nın Ölümü ve Kültür</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054836536</t>
+          <t>9786055541941</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti</t>
+          <t>Marksist Klasikleri Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054836543</t>
+          <t>9789944122375</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Devlet Nedir?</t>
+          <t>Marksist İktisat El Kitabı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>264</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054836529</t>
+          <t>9786054836710</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Birey Nedir?</t>
+          <t>İlahi Komedya (Manga)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>2789786023769</t>
+          <t>9786054836666</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Yapıtlar (10 Kitap Set)</t>
+          <t>Marksist Dünya Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>888</v>
+        <v>900</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944122795</t>
+          <t>9786054836598</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Dünyada Ekonomik Bunalım 2008-2009</t>
+          <t>Neoliberalizm, İslamcı Sermayenin Yükselişi ve Akp</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055541064</t>
+          <t>9786055541385</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sınıf Mücadeleleri Cilt 1</t>
+          <t>Ücretli Emek ve Sermaye</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>316</v>
+        <v>360</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051721149</t>
+          <t>9789944568869</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Halkın Devlet Yönetimine Katılımı Üzerine</t>
+          <t>Tarihten Güncelliğe Sınıf Savaşları ve Devlet</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051721446</t>
+          <t>9786055541156</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Marx’tan Yeniden Doğmak</t>
+          <t>Tarihin Yapıları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051721453</t>
+          <t>9786055541712</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Uygarlık İçin Manifesto</t>
+          <t>Socialist Register 2011 - Bu Defaki Kriz</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051721125</t>
+          <t>9786055541576</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Modernite Demokrasi ve Din</t>
+          <t>Filistin Komünist Partisi 1919-1948</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051720715</t>
+          <t>9786055541477</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Liberal Virüs</t>
+          <t>Felsefe, Toplum Bilimleri ve Tarihçi (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051721118</t>
+          <t>9789944122733</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tarih Türkiye Sosyalizm</t>
+          <t>Diyalektik Soruşturmalar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944568876</t>
+          <t>9789944122900</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Diyalektiğin Dansı</t>
+          <t>Diyalektik Materyalizme Giriş</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944122689</t>
+          <t>9789944122047</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Devrim Provaları</t>
+          <t>Sermaye Birikirken</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>360</v>
+        <v>372</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054836482</t>
+          <t>9786055541835</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Satranç Ustası - Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>420</v>
+        <v>168</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944122740</t>
+          <t>9786054836567</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Felsefe El Kitabı</t>
+          <t>Lenin Hegel ve Batı Marksizmi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054836420</t>
+          <t>9786054836550</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx ve Marksizm Üzerine</t>
+          <t>Ulusların Sağlığı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>116</v>
+        <v>440</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944122573</t>
+          <t>9786054836536</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş ve Düşüş</t>
+          <t>Demokrat Parti</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944122726</t>
+          <t>9786054836543</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlardan Lordlara</t>
+          <t>Devlet Nedir?</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944122511</t>
+          <t>9786054836529</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yön - Devrim Hareketi</t>
+          <t>Birey Nedir?</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944122269</t>
+          <t>2789786023769</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılın Eşiğinde</t>
+          <t>Stefan Zweig Seçme Yapıtlar (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>888</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055541880</t>
+          <t>9789944122795</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Diyalektik</t>
+          <t>Türkiye’de ve Dünyada Ekonomik Bunalım 2008-2009</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944122696</t>
+          <t>9786055541064</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yakın Çağlar Tarihi</t>
+          <t>Türkiye’de Sınıf Mücadeleleri Cilt 1</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>410</v>
+        <v>380</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055541897</t>
+          <t>9786051721149</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır - Alacakaranlık Öyküsü</t>
+          <t>Halkın Devlet Yönetimine Katılımı Üzerine</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055541422</t>
+          <t>9786051721446</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma</t>
+          <t>Marx’tan Yeniden Doğmak</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>436</v>
+        <v>490</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055541545</t>
+          <t>9786051721453</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Üzerinde Güneş Batmayan Katliam</t>
+          <t>Başka Bir Uygarlık İçin Manifesto</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>540</v>
+        <v>360</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944122955</t>
+          <t>9786051721125</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solunda Üç Tarz-ı Siyaset</t>
+          <t>Modernite Demokrasi ve Din</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055541699</t>
+          <t>9786051720715</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasının Ekonomi Politiği</t>
+          <t>Liberal Virüs</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786055541538</t>
+          <t>9786051721118</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Teorisyeniniz Devrimciydi</t>
+          <t>Tarih Türkiye Sosyalizm</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055541033</t>
+          <t>9789944568876</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Teğet’in Yıkımı</t>
+          <t>Diyalektiğin Dansı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944122023</t>
+          <t>9789944122689</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Tarlalardan Ocaklara, Sefaletten Mücadeleye</t>
+          <t>Devrim Provaları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055541071</t>
+          <t>9786054836482</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Değişimin Sınıfsal Dinamikleri</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>196</v>
+        <v>510</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055541125</t>
+          <t>9789944122740</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Yenilgisi ve Geleceği</t>
+          <t>Felsefe El Kitabı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>196</v>
+        <v>220</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055541347</t>
+          <t>9786054836420</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Alternatif</t>
+          <t>Karl Marx ve Marksizm Üzerine</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>152</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944122481</t>
+          <t>9789944122573</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı İnsanlar</t>
+          <t>Yükseliş ve Düşüş</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944122016</t>
+          <t>9789944122726</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sınıftan Kaçış</t>
+          <t>Yurttaşlardan Lordlara</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>316</v>
+        <v>390</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055541163</t>
+          <t>9789944122511</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Rosa Luxemburg: Her Şeye Rağmen Tutkuyla Yaşamak</t>
+          <t>Yön - Devrim Hareketi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>560</v>
+        <v>480</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055541293</t>
+          <t>9789944122269</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Paran Kadar Sağlık</t>
+          <t>Yeni Yüzyılın Eşiğinde</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055541736</t>
+          <t>9786055541880</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Para ve Finansın Ekonomi Politiği</t>
+          <t>Yeni Yüzyılda Diyalektik</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944122276</t>
+          <t>9789944122696</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Papa’ya Komplo</t>
+          <t>Yakın Çağlar Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944568852</t>
+          <t>9786055541897</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yanılsaması</t>
+          <t>Yakan Sır - Alacakaranlık Öyküsü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>196</v>
+        <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944122108</t>
+          <t>9786055541422</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Örgütlülük</t>
+          <t>Yabancılaşma</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055541767</t>
+          <t>9786055541545</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Mülkiyet</t>
+          <t>Üzerinde Güneş Batmayan Katliam</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944122306</t>
+          <t>9789944122955</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm</t>
+          <t>Türkiye Solunda Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>436</v>
+        <v>570</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944122177</t>
+          <t>9786055541699</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Molotov Anlatıyor</t>
+          <t>Türk Dış Politikasının Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055541613</t>
+          <t>9786055541538</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin Zenginliğinin Ölçülmesi</t>
+          <t>Teorisyeniniz Devrimciydi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944122412</t>
+          <t>9786055541033</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i</t>
+          <t>Teğet’in Yıkımı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>260</v>
+        <v>252</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944122870</t>
+          <t>9789944122023</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Değeri Ölçülebilir mi?</t>
+          <t>Tarlalardan Ocaklara, Sefaletten Mücadeleye</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055541729</t>
+          <t>9786055541071</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Marx-Engels ve Osmanlı Toplumu</t>
+          <t>Tarımsal Değişimin Sınıfsal Dinamikleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055541354</t>
+          <t>9786055541125</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Marx Neden Haklıydı?</t>
+          <t>Sosyalizmin Yenilgisi ve Geleceği</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055541569</t>
+          <t>9786055541347</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin 100 Kavramı</t>
+          <t>Sosyalist Alternatif</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944122450</t>
+          <t>9789944122481</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Medya Araştırmaları</t>
+          <t>Sıra Dışı İnsanlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944122474</t>
+          <t>9789944122016</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve İnsan Doğası</t>
+          <t>Sınıftan Kaçış</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944122641</t>
+          <t>9786055541163</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Ekolojik İktisat</t>
+          <t>Rosa Luxemburg: Her Şeye Rağmen Tutkuyla Yaşamak</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>480</v>
+        <v>670</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944122825</t>
+          <t>9786055541293</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Üzerine Dört Ders</t>
+          <t>Paran Kadar Sağlık</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944122627</t>
+          <t>9786055541736</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Nedir?</t>
+          <t>Para ve Finansın Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055541408</t>
+          <t>9789944122276</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Marksist Kriz Teorisi ve Kredi Krizi</t>
+          <t>Papa’ya Komplo</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>264</v>
+        <v>320</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055541378</t>
+          <t>9789944568852</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Manifestoya Komunist</t>
+          <t>Özgürlük Yanılsaması</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944122566</t>
+          <t>9789944122108</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Malların Mallarla Üretimi</t>
+          <t>Özgürlük ve Örgütlülük</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055541217</t>
+          <t>9786055541767</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Lenin'den Stalin'e Rus Devrimi, 1917-1929</t>
+          <t>Özgürlük ve Mülkiyet</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>316</v>
+        <v>510</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944122153</t>
+          <t>9789944122306</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Krizi</t>
+          <t>Neoliberalizm</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944122504</t>
+          <t>9789944122177</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Kim İçin?</t>
+          <t>Molotov Anlatıyor</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>356</v>
+        <v>700</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944122634</t>
+          <t>9786055541613</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Küresel Parlama Noktaları</t>
+          <t>Milletlerin Zenginliğinin Ölçülmesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944122665</t>
+          <t>9789944122412</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınmayı Durduralım, Dünyayı Değiştirelim!</t>
+          <t>Marx’ın Kapital’i</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055541460</t>
+          <t>9789944122870</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Sanat, Bilim ve Felsefe Üzerine</t>
+          <t>Marx’ın Değeri Ölçülebilir mi?</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>264</v>
+        <v>470</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944122542</t>
+          <t>9786055541729</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kitap</t>
+          <t>Marx-Engels ve Osmanlı Toplumu</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055541453</t>
+          <t>9786055541354</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Köktendincilik Nedir?</t>
+          <t>Marx Neden Haklıydı?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>126</v>
+        <v>390</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944122429</t>
+          <t>9786055541569</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Küreselleşme</t>
+          <t>Marksizmin 100 Kavramı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>390</v>
+        <v>216</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055541286</t>
+          <t>9789944122450</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kemal Özer İçin Anı Fotoğrafları</t>
+          <t>Marksizm ve Medya Araştırmaları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055541873</t>
+          <t>9789944122474</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Karışık Duygular</t>
+          <t>Marksizm ve İnsan Doğası</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>130</v>
+        <v>372</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055541224</t>
+          <t>9789944122641</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmde Sağlık Sağlıksızlık Semptomları</t>
+          <t>Marksizm ve Ekolojik İktisat</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>430</v>
+        <v>570</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944122436</t>
+          <t>9789944122825</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Köylülük</t>
+          <t>Marksizm Üzerine Dört Ders</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>264</v>
+        <v>192</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944122313</t>
+          <t>9789944122627</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Kapitalizmin İktisadı</t>
+          <t>Marksizm Nedir?</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>400</v>
+        <v>172</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055541415</t>
+          <t>9786055541408</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Komada</t>
+          <t>Marksist Kriz Teorisi ve Kredi Krizi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944122498</t>
+          <t>9786055541378</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Demokrasiye Karşı</t>
+          <t>Manifestoya Komunist</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055541781</t>
+          <t>9789944122566</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kapital Cilt: 2</t>
+          <t>Malların Mallarla Üretimi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>470</v>
+        <v>264</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055541316</t>
+          <t>9786055541217</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kapital Cilt:1 (Ciltli)</t>
+          <t>Lenin'den Stalin'e Rus Devrimi, 1917-1929</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>1000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055541330</t>
+          <t>9789944122153</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kapital Cilt:1</t>
+          <t>Küreselleşmenin Krizi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>700</v>
+        <v>470</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055541682</t>
+          <t>9789944122504</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kan Tadı</t>
+          <t>Küreselleşme, Kim İçin?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>496</v>
+        <v>420</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944122528</t>
+          <t>9789944122634</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kadının Görünmeyen Emeği</t>
+          <t>Küresel Parlama Noktaları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944122405</t>
+          <t>9789944122665</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarihi Cilt: 2</t>
+          <t>Küresel Isınmayı Durduralım, Dünyayı Değiştirelim!</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944122399</t>
+          <t>9786055541460</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarihi Cilt: 1</t>
+          <t>Kültür, Sanat, Bilim ve Felsefe Üzerine</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055541484</t>
+          <t>9789944122542</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İktisat Üzerine Düşünceler</t>
+          <t>Kumdan Kitap</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>530</v>
+        <v>340</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055541262</t>
+          <t>9786055541453</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin İktisat</t>
+          <t>Köktendincilik Nedir?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>410</v>
+        <v>155</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055541248</t>
+          <t>9789944122429</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Halkların Dünya Tarihi (Ciltli)</t>
+          <t>Kod Adı Küreselleşme</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>900</v>
+        <v>480</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944122559</t>
+          <t>9786055541286</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Habermas’ı Okumak</t>
+          <t>Kemal Özer İçin Anı Fotoğrafları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>330</v>
+        <v>432</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944122986</t>
+          <t>9786055541873</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Şiddet</t>
+          <t>Karışık Duygular</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944122245</t>
+          <t>9786055541224</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Latin Amerika ve Sosyalizm</t>
+          <t>Kapitalizmde Sağlık Sağlıksızlık Semptomları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055541750</t>
+          <t>9789944122436</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçilik, Yeniden!</t>
+          <t>Kapitalizm ve Köylülük</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055541279</t>
+          <t>9789944122313</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Geç Barbarlık Çağı 2</t>
+          <t>Kapitalizm ve Kapitalizmin İktisadı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055541187</t>
+          <t>9786055541415</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Geç Barbarlık Çağı 1</t>
+          <t>Kapitalizm Komada</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055541019</t>
+          <t>9789944122498</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Finansallaşma ve Kapitalizmin Krizi</t>
+          <t>Kapitalizm Demokrasiye Karşı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944122115</t>
+          <t>9786055541781</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Felsefe İncelemeleri</t>
+          <t>Kapital Cilt: 2</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944122979</t>
+          <t>9786055541316</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Evrim Bilimi ve Yaratılış Efsanesi</t>
+          <t>Kapital Cilt:1 (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944122252</t>
+          <t>9786055541330</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Türkiye’ye Girişi</t>
+          <t>Kapital Cilt:1</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>840</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055541095</t>
+          <t>9786055541682</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm, Sosyalizm ve Türkiye</t>
+          <t>Kan Tadı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>560</v>
+        <v>600</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055541606</t>
+          <t>9789944122528</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Savaşçıları Olarak Marx ve Engels</t>
+          <t>Kadının Görünmeyen Emeği</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>530</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944568845</t>
+          <t>9789944122405</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Kitap</t>
+          <t>İlkçağ Tarihi Cilt: 2</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944122931</t>
+          <t>9789944122399</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Komünist Manifesto</t>
+          <t>İlkçağ Tarihi Cilt: 1</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944122672</t>
+          <t>9786055541484</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Çalışarak Yaşamak ya da Savaşarak Ölmek</t>
+          <t>İktisat Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>390</v>
+        <v>640</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055541088</t>
+          <t>9786055541262</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Hamalları: İşçiler</t>
+          <t>Herkes İçin İktisat</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055541514</t>
+          <t>9786055541248</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dedem Karl MarX</t>
+          <t>Halkların Dünya Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>264</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944122443</t>
+          <t>9789944122559</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bolşevikler İktidara Geliyor</t>
+          <t>Habermas’ı Okumak</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944122214</t>
+          <t>9789944122986</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Behice Boran Öğretim Üyesi, Siyasetçi, Kuramcı</t>
+          <t>Günümüzde Şiddet</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944122078</t>
+          <t>9789944122245</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Batı Diye Diye</t>
+          <t>Günümüzde Latin Amerika ve Sosyalizm</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>264</v>
+        <v>480</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944122610</t>
+          <t>9786055541750</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Avrupa İçin</t>
+          <t>Gerçekçilik, Yeniden!</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055541439</t>
+          <t>9786055541279</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Arap Ülkelerinin Yakın Tarihi</t>
+          <t>Geç Barbarlık Çağı 2</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055541842</t>
+          <t>9786055541187</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Amok - Usta İşi</t>
+          <t>Geç Barbarlık Çağı 1</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944122221</t>
+          <t>9786055541019</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Alinin Biri</t>
+          <t>Finansallaşma ve Kapitalizmin Krizi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>264</v>
+        <v>460</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944122580</t>
+          <t>9789944122115</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Adam Smith Pekin’de</t>
+          <t>Felsefe İncelemeleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944568807</t>
+          <t>9789944122979</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Acı Lokma</t>
+          <t>Evrim Bilimi ve Yaratılış Efsanesi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055541705</t>
+          <t>9789944122252</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>ABD, Ortadoğu, Türkiye</t>
+          <t>Emperyalizmin Türkiye’ye Girişi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944122283</t>
+          <t>9786055541095</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin Sosyalizm</t>
+          <t>Emperyalizm, Sosyalizm ve Türkiye</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>196</v>
+        <v>670</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944122344</t>
+          <t>9786055541606</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>2008 Kavşağında Türkiye</t>
+          <t>Demokrasi Savaşçıları Olarak Marx ve Engels</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>380</v>
+        <v>640</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054836475</t>
+          <t>9789944568845</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kriz Ve Sol</t>
+          <t>Çöpten Kitap</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
+          <t>9789944122931</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Çizgilerle Komünist Manifesto</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789944122672</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Çalışarak Yaşamak ya da Savaşarak Ölmek</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786055541088</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’in Hamalları: İşçiler</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786055541514</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Dedem Karl MarX</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9789944122443</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Bolşevikler İktidara Geliyor</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789944122214</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Behice Boran Öğretim Üyesi, Siyasetçi, Kuramcı</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789944122078</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Batı Diye Diye</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789944122610</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Avrupa İçin</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786055541439</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Arap Ülkelerinin Yakın Tarihi</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055541842</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Amok - Usta İşi</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789944122221</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Alinin Biri</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789944122580</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Adam Smith Pekin’de</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789944568807</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Acı Lokma</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786055541705</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>ABD, Ortadoğu, Türkiye</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789944122283</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl İçin Sosyalizm</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789944122344</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>2008 Kavşağında Türkiye</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786054836475</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Kriz Ve Sol</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
           <t>9786054836512</t>
         </is>
       </c>
-      <c r="B421" s="1" t="inlineStr">
+      <c r="B438" s="1" t="inlineStr">
         <is>
           <t>Atları Hatırlayın... Ve Sopayı Kapın !</t>
         </is>
       </c>
-      <c r="C421" s="1">
-        <v>196</v>
+      <c r="C438" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>