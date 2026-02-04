--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,5470 +85,5800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752747326</t>
+          <t>9789752748125</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Benim İlk Yapboz Kitabım</t>
+          <t>Hazır Olun Orman’a</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752746794</t>
+          <t>9789752748118</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Hareketli Kitabım Hayvanlar (Ciltli)</t>
+          <t>4’lü Set Banyo Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752743069</t>
+          <t>9789752748057</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Oynayan Gözlü Boyama Kitabı – Orman Hayvanları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752742574</t>
+          <t>9789752748040</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Origami 2 - Kağıt Katlama Kitabım</t>
+          <t>Oynayan Gözlü Boyama Kitabı – Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752742376</t>
+          <t>9789752748279</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Boyuyorum</t>
+          <t>Kış Tatili Kitabım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752744455</t>
+          <t>9789752748064</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nesli Tükenmekte Olan Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 2</t>
+          <t>Kutlama Başlasın - Oynar Gözlü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752743816</t>
+          <t>9789752748088</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Prensesler - Çıkartmalı Boyama Serisi</t>
+          <t>Dokun ve Hisset - Çiftlik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752743793</t>
+          <t>9789752748071</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Çıkartmalı Boyama Serisi</t>
+          <t>Dokun ve Hisset – Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752743854</t>
+          <t>9789752748033</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Masal Dünyasından Periler - Çıkartmalı Boyama Serisi</t>
+          <t>Maceracı Arı Pop-Up Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752742697</t>
+          <t>9789752748101</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin ve Mumya Korkusu - Üç Boyutlu Kitap (Ciltli)</t>
+          <t>Gürültülü Çiftlik - Sesli Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>610</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752742710</t>
+          <t>9789752748095</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin ve Kötü Mürekkep Balığı - Üç Boyutlu Kitap (Ciltli)</t>
+          <t>Gürültülü Araçlar – Sesli Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>610</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8697911208339</t>
+          <t>9789752748231</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Flash Cards 127 Cards</t>
+          <t>İlk Boyama Okulda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059497121</t>
+          <t>9789752748255</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş İçin Boyama Kitabı - Neşeli Hayvanlar</t>
+          <t>İlk Boyama Kostümler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752741515</t>
+          <t>9789752748262</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları - Minik Ressamlar 3</t>
+          <t>İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>40</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752745711</t>
+          <t>9789752748248</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Temiz Çevre Savaşçıları</t>
+          <t>İlk Boyama Hayvanlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752745681</t>
+          <t>9789752748224</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Başarır</t>
+          <t>İlk Boyama Araçlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752745667</t>
+          <t>9789752748187</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Pugi</t>
+          <t>Çizerim Silerim - Sayılar Dünyası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752745629</t>
+          <t>9789752748170</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tutumlu Kız</t>
+          <t>Çizerim Silerim – Matematiğe Başla</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752745605</t>
+          <t>9789752748163</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mikroplar</t>
+          <t>Çizerim Silerim – Kalem Dünyası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752745568</t>
+          <t>9789752748156</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Tavuk</t>
+          <t>Çizerim Silerim – Harflere Başla</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752745537</t>
+          <t>9789752748132</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cesur Pembe Bulut</t>
+          <t>Çizerim Silerim – Çizgi Çalışması</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752743083</t>
+          <t>9789752748149</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve 7 Cüceler - Miniklere Klasikler</t>
+          <t>Çizerim Silerim – Çizgi Eğlencesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752740594</t>
+          <t>9789752747326</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çevir ve Bul - Evler</t>
+          <t>Taşıtlar - Benim İlk Yapboz Kitabım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752746046</t>
+          <t>9789752746794</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dinozorlar</t>
+          <t>Benim İlk Hareketli Kitabım Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752744615</t>
+          <t>9789752743069</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Duygusu Harika</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752744608</t>
+          <t>9789752742574</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kibar Olmak Harika</t>
+          <t>Origami 2 - Kağıt Katlama Kitabım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752744554</t>
+          <t>9789752742376</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Diş Fırçalamak Harika</t>
+          <t>Hayvanları Boyuyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752748200</t>
+          <t>9789752744455</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yaban Hayatı Peşinde</t>
+          <t>Nesli Tükenmekte Olan Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752748217</t>
+          <t>9789752743816</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kırmızı</t>
+          <t>Prensesler - Çıkartmalı Boyama Serisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752748194</t>
+          <t>9789752743793</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sürüsünü Arayan Ördek</t>
+          <t>Dinozorlar - Çıkartmalı Boyama Serisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>8681149050167</t>
+          <t>9789752743854</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çizerim - Silerim İlk Harfler</t>
+          <t>Masal Dünyasından Periler - Çıkartmalı Boyama Serisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752747937</t>
+          <t>9789752742697</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Orman Eğlencesi Etkinlik Kitabı (Kabartmalı Çıkartmalı)</t>
+          <t>Alaaddin ve Mumya Korkusu - Üç Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752747944</t>
+          <t>9789752742710</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uzay Etkinlik Kitabı (Kabartmalı Çıkartmalı)</t>
+          <t>Alaaddin ve Kötü Mürekkep Balığı - Üç Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752747364</t>
+          <t>8697911208339</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Atlayan Kaplan - Oynak Gözler Serisi (Ciltli)</t>
+          <t>Flash Cards 127 Cards</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752747357</t>
+          <t>9786059497121</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dino - Oynak Gözler Serisi (Ciltli)</t>
+          <t>Her Yaş İçin Boyama Kitabı - Neşeli Hayvanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752747982</t>
+          <t>9789752741515</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bambi (Ciltli)</t>
+          <t>Deniz Hayvanları - Minik Ressamlar 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752747999</t>
+          <t>9789752745711</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Temiz Çevre Savaşçıları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752743502</t>
+          <t>9789752745681</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vakvak Teyze - Hikayeli Yapboz Eğlencesi (Ciltli)</t>
+          <t>Çalışan Başarır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752743489</t>
+          <t>9789752745667</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Harika Uçaklar - Hikayeli Yapboz Eğlencesi (Ciltli)</t>
+          <t>Pugi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752747883</t>
+          <t>9789752745629</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Fil (Ciltli)</t>
+          <t>Tutumlu Kız</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752747876</t>
+          <t>9789752745605</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Canavar ile Eğlence (Ciltli)</t>
+          <t>Mikroplar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752747920</t>
+          <t>9789752745568</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Trenler Yapboz Kitabı (Ciltli)</t>
+          <t>Yardımsever Tavuk</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752747913</t>
+          <t>9789752745537</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Polis Yapboz Kitabı (Ciltli)</t>
+          <t>Cesur Pembe Bulut</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752747890</t>
+          <t>9789752743083</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar Yapboz Kitabı (Ciltli)</t>
+          <t>Pamuk Prenses ve 7 Cüceler - Miniklere Klasikler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>275</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752747906</t>
+          <t>9789752740594</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Yapboz Kitabı (Ciltli)</t>
+          <t>Çevir ve Bul - Evler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752742383</t>
+          <t>9789752746046</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Taşıtları Boyuyorum</t>
+          <t>Çıkartmalı Dinozorlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752748002</t>
+          <t>9789752744615</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yaz Tatili Kitabım</t>
+          <t>Sorumluluk Duygusu Harika</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752747777</t>
+          <t>9789752744608</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dino Aktivite Kitabı</t>
+          <t>Kibar Olmak Harika</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752747791</t>
+          <t>9789752744554</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Korsanlar Aktivite Kitabı</t>
+          <t>Diş Fırçalamak Harika</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752747807</t>
+          <t>9789752748200</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Hayvanları Aktivite Kitabı</t>
+          <t>Yaban Hayatı Peşinde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752747784</t>
+          <t>9789752748217</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları Aktivite Kitabı</t>
+          <t>Arkadaşım Kırmızı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752747821</t>
+          <t>9789752748194</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Peri Kızı Balon Çıkartmalı Aktivite Kitabı</t>
+          <t>Sürüsünü Arayan Ördek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752747845</t>
+          <t>8681149050167</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tek Boynuzlu At Balon Çıkartmalı Aktivite Kitabı</t>
+          <t>Çizerim - Silerim İlk Harfler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752747814</t>
+          <t>9789752747937</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Prenses Balon Çıkartmalı Aktivite Kitabı</t>
+          <t>Orman Eğlencesi Etkinlik Kitabı (Kabartmalı Çıkartmalı)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752747838</t>
+          <t>9789752747944</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı Balon Çıkartmalı Aktivite Kitabı</t>
+          <t>Uzay Etkinlik Kitabı (Kabartmalı Çıkartmalı)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256044128</t>
+          <t>9789752747364</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Atlayan Kaplan - Oynak Gözler Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752746817</t>
+          <t>9789752747357</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Pek Çok Eğlenceli Aktiviteli</t>
+          <t>Neşeli Dino - Oynak Gözler Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752747968</t>
+          <t>9789752747982</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezgini Canan</t>
+          <t>Bambi (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752747975</t>
+          <t>9789752747999</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Baykuş</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>4444444442675</t>
+          <t>9789752743502</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Eva Mozaik Çalışması - 07</t>
+          <t>Vakvak Teyze - Hikayeli Yapboz Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>25</v>
+        <v>275</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752742680</t>
+          <t>9789752743489</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin ve Kurnaz Büyücü - Üç Boyutlu Kitap (Ciltli)</t>
+          <t>Harika Uçaklar - Hikayeli Yapboz Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>8681149050112</t>
+          <t>9789752747883</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Haritası Yapboz</t>
+          <t>Çılgın Fil (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752747418</t>
+          <t>9789752747876</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şekerlerle Sayılar – Yeni Water Magic</t>
+          <t>Canavar ile Eğlence (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752747432</t>
+          <t>9789752747920</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sualtında Farklı ve Aynı – Yeni Water Magic</t>
+          <t>Trenler Yapboz Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752747401</t>
+          <t>9789752747913</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sirkteki Renkler – Yeni Water Magic</t>
+          <t>Polis Yapboz Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752747449</t>
+          <t>9789752747890</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Hayvanlar - Yeni Water Magic</t>
+          <t>Uçaklar Yapboz Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752747425</t>
+          <t>9789752747906</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar ile Büyük ve Küçük - Yeni Water Magic</t>
+          <t>Evcil Hayvanlar Yapboz Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752747456</t>
+          <t>9789752742383</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Alfabe - Yeni Water Magic</t>
+          <t>Taşıtları Boyuyorum</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752747869</t>
+          <t>9789752748002</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Yazıya</t>
+          <t>Okul Öncesi Yaz Tatili Kitabım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752747555</t>
+          <t>9789752747777</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Canan Sağlıklı Besleniyor - Hayat Dersleri Dizisi</t>
+          <t>Sevimli Dino Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752747531</t>
+          <t>9789752747791</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Canan Çok Mutlu - Hayat Dersleri Dizisi</t>
+          <t>Neşeli Korsanlar Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752747548</t>
+          <t>9789752747807</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldan Geçiyor - Hayat Dersleri Dizisi</t>
+          <t>Gökkuşağı Hayvanları Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752747562</t>
+          <t>9789752747784</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Can Korkmuş Hissediyor - Hayat Dersleri Dizisi</t>
+          <t>Deniz Hayvanları Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752747586</t>
+          <t>9789752747821</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Can Çevreye Saygılı - Hayat Dersleri Dizisi</t>
+          <t>Peri Kızı Balon Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752747319</t>
+          <t>9789752747845</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Park - Benim İlk Yapboz Kitabım</t>
+          <t>Tek Boynuzlu At Balon Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752746824</t>
+          <t>9789752747814</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Prenses -Pek Çok Eğlenceli Aktiviteli</t>
+          <t>Prenses Balon Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>8681149051096</t>
+          <t>9789752747838</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dersleri Dizisi (6 Kitap)</t>
+          <t>Deniz Kızı Balon Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752747333</t>
+          <t>9786256044128</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Benim İlk Yapboz Kitabım</t>
+          <t>İnsan Vücudu / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752747340</t>
+          <t>9789752746817</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Benim İlk Yapboz Kitabım</t>
+          <t>Çiftlik - Pek Çok Eğlenceli Aktiviteli</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752747395</t>
+          <t>9789752747968</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Aktiviteler</t>
+          <t>Uzay Gezgini Canan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752747388</t>
+          <t>9789752747975</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tek Boynuzlu Atlarla Aktiviteler</t>
+          <t>Uykusuz Baykuş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752747371</t>
+          <t>4444444442675</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Çiftlik</t>
+          <t>Eva Mozaik Çalışması - 07</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752747265</t>
+          <t>9789752742680</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Annemi Korkutan Ne?</t>
+          <t>Alaaddin ve Kurnaz Büyücü - Üç Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752747258</t>
+          <t>8681149050112</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kış Tatili Kitabım</t>
+          <t>Türkiye Haritası Yapboz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752747180</t>
+          <t>9789752747418</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Prensesler</t>
+          <t>Şekerlerle Sayılar – Yeni Water Magic</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752747227</t>
+          <t>9789752747432</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Prenses Kıyafetleri</t>
+          <t>Sualtında Farklı ve Aynı – Yeni Water Magic</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752746213</t>
+          <t>9789752747401</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çiziyorum Yazıyorum - Sesleri Tanıyorum</t>
+          <t>Sirkteki Renkler – Yeni Water Magic</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752743281</t>
+          <t>9789752747449</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa ile Tavşan - Kocaman Masallar</t>
+          <t>Çiftlikteki Hayvanlar - Yeni Water Magic</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752745964</t>
+          <t>9789752747425</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Kurt - Şekilli Kitaplar</t>
+          <t>Dinozorlar ile Büyük ve Küçük - Yeni Water Magic</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752747234</t>
+          <t>9789752747456</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkı</t>
+          <t>Hayvanlarla Alfabe - Yeni Water Magic</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752747241</t>
+          <t>9789752747869</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Çizgiden Yazıya</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752747197</t>
+          <t>9789752747555</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar</t>
+          <t>Canan Sağlıklı Besleniyor - Hayat Dersleri Dizisi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752747289</t>
+          <t>9789752747531</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Dolabı</t>
+          <t>Canan Çok Mutlu - Hayat Dersleri Dizisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752747272</t>
+          <t>9789752747548</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ayının Şarkısı</t>
+          <t>Can Yoldan Geçiyor - Hayat Dersleri Dizisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752747203</t>
+          <t>9789752747562</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tek Boynuzlu Atlar</t>
+          <t>Can Korkmuş Hissediyor - Hayat Dersleri Dizisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752747159</t>
+          <t>9789752747586</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik</t>
+          <t>Can Çevreye Saygılı - Hayat Dersleri Dizisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752747302</t>
+          <t>9789752747319</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Boncuk Neden Büyümüyor</t>
+          <t>Park - Benim İlk Yapboz Kitabım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752747296</t>
+          <t>9789752746824</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Evimin Bahçesinde Dinozorlar Var</t>
+          <t>Sevimli Prenses -Pek Çok Eğlenceli Aktiviteli</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752747142</t>
+          <t>8681149051096</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dişini Fırçalayan Tavşan</t>
+          <t>Hayat Dersleri Dizisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752747135</t>
+          <t>9789752747333</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Fil F İle Başlar / Alfabe Öyküleri</t>
+          <t>Hayvanlar - Benim İlk Yapboz Kitabım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752747128</t>
+          <t>9789752747340</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Efsane E İle Başlar / Alfabe Öyküleri</t>
+          <t>Çiftlik - Benim İlk Yapboz Kitabım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752747111</t>
+          <t>9789752747395</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dodi D İle Başlar / Alfabe Öyküleri</t>
+          <t>Hayvanlarla Aktiviteler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752747104</t>
+          <t>9789752747388</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cesi C İle Başlar / Alfabe Öyküleri</t>
+          <t>Tek Boynuzlu Atlarla Aktiviteler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752747098</t>
+          <t>9789752747371</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Balina B İle Başlar / Alfabe Öyküleri</t>
+          <t>Hareketli Çiftlik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752747081</t>
+          <t>9789752747265</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arı A İle Başlar / Alfabe Öyküleri</t>
+          <t>Annemi Korkutan Ne?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>8681149051058</t>
+          <t>9789752747258</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Öyküleri</t>
+          <t>Kış Tatili Kitabım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>540</v>
+        <v>60</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752746855</t>
+          <t>9789752747180</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli Yapboz Eğlencesi - Prensesler</t>
+          <t>Prensesler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752746862</t>
+          <t>9789752747227</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli Yapboz Eğlencesi - Çiftlikte</t>
+          <t>Prenses Kıyafetleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752747029</t>
+          <t>9789752746213</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tatili Kitabım</t>
+          <t>Okul Öncesi Çiziyorum Yazıyorum - Sesleri Tanıyorum</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752746848</t>
+          <t>9789752743281</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç! Hayvanlar Dünyası (Ciltli)</t>
+          <t>Kaplumbağa ile Tavşan - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>420</v>
+        <v>80</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752746756</t>
+          <t>9789752745964</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Oynayan Gözler Ormanda</t>
+          <t>Dürüst Kurt - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752746749</t>
+          <t>9789752747234</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oynayan Gözler Evde</t>
+          <t>Oyun Parkı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752746787</t>
+          <t>9789752747241</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Hareketli Kitabım Taşıtlar (Ciltli)</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752746732</t>
+          <t>9789752747197</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya - Büyükannem Beni Seviyor - Etkinlik Kitabı</t>
+          <t>Taşıtlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752746725</t>
+          <t>9789752747289</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya - Anne ve Yavrusu - Etkinlik Kitabı</t>
+          <t>Büyükannemin Dolabı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752746763</t>
+          <t>9789752747272</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar 120+ Çıkartma</t>
+          <t>Ayının Şarkısı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752746909</t>
+          <t>9789752747203</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Sahneleri - Korsanlar Adası</t>
+          <t>Tek Boynuzlu Atlar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752746879</t>
+          <t>9789752747159</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Sahneleri - Ormanda Hayvanlar</t>
+          <t>Çiftlik</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752746657</t>
+          <t>9789752747302</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Hayat</t>
+          <t>Yeşil Boncuk Neden Büyümüyor</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752746664</t>
+          <t>9789752747296</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Patlak Gözler - Evcil Hayvanlar</t>
+          <t>Evimin Bahçesinde Dinozorlar Var</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752746671</t>
+          <t>9789752747142</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Patlak Gözler - Deniz Hayvanları</t>
+          <t>Dişini Fırçalayan Tavşan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752746701</t>
+          <t>9789752747135</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çok Sevilen Masallar - Pamuk Prenses ve Yedi Cüceler (Hareketli Kitap)</t>
+          <t>Fil F İle Başlar / Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752746718</t>
+          <t>9789752747128</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çok Sevilen Masallar - Çirkin Ördek Yavrusu</t>
+          <t>Efsane E İle Başlar / Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752746688</t>
+          <t>9789752747111</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çok Sevilen Masallar - Kırmızı Başlıklı Kız</t>
+          <t>Dodi D İle Başlar / Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752746930</t>
+          <t>9789752747104</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kış Tatili Kitabım</t>
+          <t>Cesi C İle Başlar / Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752744301</t>
+          <t>9789752747098</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışma Kitabım</t>
+          <t>Balina B İle Başlar / Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752746916</t>
+          <t>9789752747081</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Harika Sayılar (Kapakçıklı) (Ciltli)</t>
+          <t>Arı A İle Başlar / Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752746923</t>
+          <t>8681149051058</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Harika Renkler (Kapakçıklı) (Ciltli)</t>
+          <t>Alfabe Öyküleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>8681149050655</t>
+          <t>9789752746855</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Çalışma Yaprakları</t>
+          <t>Hikayeli Yapboz Eğlencesi - Prensesler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752743052</t>
+          <t>9789752746862</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı - Miniklere Klasikler</t>
+          <t>Hikayeli Yapboz Eğlencesi - Çiftlikte</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>45</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752745070</t>
+          <t>9789752747029</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Canan Çok Mutlu - Küçük Hayat Dersleri</t>
+          <t>Yaz Tatili Kitabım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752745063</t>
+          <t>9789752746848</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Canan Sağlıklı Besleniyor - Küçük Hayat Dersleri</t>
+          <t>Saklambaç! Hayvanlar Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>30</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8681149050716</t>
+          <t>9789752746756</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayat Dersleri Seti - 6 Kitap Takım</t>
+          <t>Oynayan Gözler Ormanda</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752745087</t>
+          <t>9789752746749</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Canan Banyo Yapıyor</t>
+          <t>Oynayan Gözler Evde</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>30</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752745094</t>
+          <t>9789752746787</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldan Geçiyor</t>
+          <t>Benim İlk Hareketli Kitabım Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>30</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752745100</t>
+          <t>9789752746732</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Can Korkmuş Hissediyor</t>
+          <t>Küçük Dünya - Büyükannem Beni Seviyor - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752745117</t>
+          <t>9789752746725</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Can Çevreye Saygılı</t>
+          <t>Küçük Dünya - Anne ve Yavrusu - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752746596</t>
+          <t>9789752746763</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dört Element Toprak</t>
+          <t>Yavru Hayvanlar 120+ Çıkartma</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752746619</t>
+          <t>9789752746909</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dört Element Su</t>
+          <t>Çıkartma Sahneleri - Korsanlar Adası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752746633</t>
+          <t>9789752746879</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hikayeler - Renkler</t>
+          <t>Çıkartma Sahneleri - Ormanda Hayvanlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752746602</t>
+          <t>9789752746657</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dört Element Hava</t>
+          <t>Çiftlikteki Hayat</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752746626</t>
+          <t>9789752746664</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dört Element Ateş</t>
+          <t>Patlak Gözler - Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752746640</t>
+          <t>9789752746671</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hikayeler - Günün Kısımları</t>
+          <t>Patlak Gözler - Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752743045</t>
+          <t>9789752746701</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabıcı ve Cüceler</t>
+          <t>Çok Sevilen Masallar - Pamuk Prenses ve Yedi Cüceler (Hareketli Kitap)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>45</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753811255</t>
+          <t>9789752746718</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yumurcak Yapboz</t>
+          <t>Çok Sevilen Masallar - Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>40</v>
+        <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752741508</t>
+          <t>9789752746688</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları-Minik Ressamlar 1</t>
+          <t>Çok Sevilen Masallar - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752741447</t>
+          <t>9789752746930</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Oyun Hamuru Eğitim Seti-4 Kitap</t>
+          <t>Kış Tatili Kitabım</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>4440000001813</t>
+          <t>9789752744301</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Seviyorum Dizisi Seti (6 Kitap Takım)</t>
+          <t>Çizgi Çalışma Kitabım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>414</v>
+        <v>130</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752744042</t>
+          <t>9789752746916</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dedem - Ben ve Ailem</t>
+          <t>Harika Sayılar (Kapakçıklı) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752744059</t>
+          <t>9789752746923</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ablam - Ben ve Ailem</t>
+          <t>Harika Renkler (Kapakçıklı) (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752744004</t>
+          <t>8681149050655</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Annem - Ben ve Ailem</t>
+          <t>Okul Öncesi Eğitim Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752744028</t>
+          <t>9789752743052</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyim - Ben ve Ailem</t>
+          <t>Fareli Köyün Kavalcısı - Miniklere Klasikler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752746251</t>
+          <t>9789752745070</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Penguen</t>
+          <t>Canan Çok Mutlu - Küçük Hayat Dersleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752746275</t>
+          <t>9789752745063</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Maymun</t>
+          <t>Canan Sağlıklı Besleniyor - Küçük Hayat Dersleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752746299</t>
+          <t>8681149050716</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Polis Aracı</t>
+          <t>Küçük Hayat Dersleri Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752746268</t>
+          <t>9789752745087</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Otobüs</t>
+          <t>Canan Banyo Yapıyor</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752746282</t>
+          <t>9789752745094</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kamyon</t>
+          <t>Can Yoldan Geçiyor</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752746305</t>
+          <t>9789752745100</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ambulans</t>
+          <t>Can Korkmuş Hissediyor</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752746237</t>
+          <t>9789752745117</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dinozor</t>
+          <t>Can Çevreye Saygılı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752746244</t>
+          <t>9789752746596</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ayı</t>
+          <t>Dört Element Toprak</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752745766</t>
+          <t>9789752746619</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çiftliğin Sesleri</t>
+          <t>Dört Element Su</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752745735</t>
+          <t>9789752746633</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa - Eğlenceli Bir Hareketli Kitap 3 Boyutlu</t>
+          <t>Küçük Hikayeler - Renkler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>490</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752745773</t>
+          <t>9789752746602</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Denizin Sesleri</t>
+          <t>Dört Element Hava</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752745506</t>
+          <t>9789752746626</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı</t>
+          <t>Dört Element Ateş</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752746374</t>
+          <t>9789752746640</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Neredesin?</t>
+          <t>Küçük Hikayeler - Günün Kısımları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>30</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752746367</t>
+          <t>9789752743045</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yemek Seçen Ayı</t>
+          <t>Ayakkabıcı ve Cüceler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752746350</t>
+          <t>9789753811255</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Vaşak İz Peşinde</t>
+          <t>Yumurcak Yapboz</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752746381</t>
+          <t>9789752741508</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuş</t>
+          <t>Çiftlik Hayvanları-Minik Ressamlar 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752746343</t>
+          <t>9789752741447</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sinbad (Ciltli)</t>
+          <t>Oyun Hamuru Eğitim Seti-4 Kitap</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752743984</t>
+          <t>4440000001813</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Akciğeri - Doğayı Seviyorum Serisi</t>
+          <t>Doğayı Seviyorum Dizisi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>414</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752743977</t>
+          <t>9789752744042</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Masalı - Doğayı Seviyorum Serisi</t>
+          <t>Dedem - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752743960</t>
+          <t>9789752744059</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Çiçek - Doğayı Seviyorum Serisi</t>
+          <t>Ablam - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752743953</t>
+          <t>9789752744004</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Çiftliği - Doğayı Seviyorum Serisi</t>
+          <t>Annem - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752743939</t>
+          <t>9789752744028</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Suyun Önemi - Doğayı Seviyorum Serisi</t>
+          <t>Ağabeyim - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752743922</t>
+          <t>9789752746251</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>En Güçlü Kim? - Doğayı Seviyorum Serisi</t>
+          <t>Penguen</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752746077</t>
+          <t>9789752746275</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atımı Seviyorum</t>
+          <t>Maymun</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752746091</t>
+          <t>9789752746299</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sana Söylemediklerim Anne...</t>
+          <t>Polis Aracı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752746084</t>
+          <t>9789752746268</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yavru Filin Uçma Hayali</t>
+          <t>Otobüs</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752746220</t>
+          <t>9789752746282</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sanat Atölyem</t>
+          <t>Kamyon</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>720</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8681149050310</t>
+          <t>9789752746305</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hedef Adası</t>
+          <t>Ambulans</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752745728</t>
+          <t>9789752746237</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kekito</t>
+          <t>Dinozor</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>35</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752745704</t>
+          <t>9789752746244</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sultan Kız</t>
+          <t>Ayı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>35</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752745698</t>
+          <t>9789752745766</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olmak Kötü mü?</t>
+          <t>Çiftliğin Sesleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>35</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752745674</t>
+          <t>9789752745735</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lider Kim</t>
+          <t>Tavşan ile Kaplumbağa - Eğlenceli Bir Hareketli Kitap 3 Boyutlu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>35</v>
+        <v>490</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752745643</t>
+          <t>9789752745773</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Köstebeğin Planı</t>
+          <t>Denizin Sesleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>35</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752745650</t>
+          <t>9789752745506</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Karakulak</t>
+          <t>Banyo Zamanı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752745636</t>
+          <t>9789752746374</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İyimserlik Oyunu</t>
+          <t>Tavşan Neredesin?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>35</v>
+        <v>210</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752740907</t>
+          <t>9789752746367</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bul Buluştur Yap Yapıştır 3</t>
+          <t>Yemek Seçen Ayı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>38</v>
+        <v>210</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752745612</t>
+          <t>9789752746350</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Papatya’nın Sözü</t>
+          <t>Meraklı Vaşak İz Peşinde</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>35</v>
+        <v>210</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752745599</t>
+          <t>9789752746381</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Komşumuz Macide Teyze</t>
+          <t>Minik Kuş</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>35</v>
+        <v>210</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752745582</t>
+          <t>9789752746343</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kral Cimbo</t>
+          <t>Sinbad (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>35</v>
+        <v>270</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752745575</t>
+          <t>9789752743984</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ders</t>
+          <t>Şehrin Akciğeri - Doğayı Seviyorum Serisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752745551</t>
+          <t>9789752743977</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hakimin Adaleti</t>
+          <t>Kelebek Masalı - Doğayı Seviyorum Serisi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752745544</t>
+          <t>9789752743960</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Cömert Padişah</t>
+          <t>Güzel Bir Çiçek - Doğayı Seviyorum Serisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752744318</t>
+          <t>9789752743953</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yavrucağın Tatil Seti (3 Kitap)</t>
+          <t>Dedemin Çiftliği - Doğayı Seviyorum Serisi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752742765</t>
+          <t>9789752743939</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Treni Doğaya Yolculuk</t>
+          <t>Suyun Önemi - Doğayı Seviyorum Serisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752742796</t>
+          <t>9789752743922</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlıklar Dünyası Kavram Kitabı</t>
+          <t>En Güçlü Kim? - Doğayı Seviyorum Serisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752745490</t>
+          <t>9789752746077</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Benim Sevimli Mutfak Setim (Ciltli)</t>
+          <t>Beyaz Atımı Seviyorum</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752745483</t>
+          <t>9789752746091</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Benim Sevimli Hayvan Setim (Ciltli)</t>
+          <t>Sana Söylemediklerim Anne...</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752745827</t>
+          <t>9789752746084</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Prenses Sarayı</t>
+          <t>Yavru Filin Uçma Hayali</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>8681149050631</t>
+          <t>9789752746220</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyası Serisi (8 Kitap Takım)</t>
+          <t>Sanat Atölyem</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>640</v>
+        <v>720</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752746176</t>
+          <t>8681149050310</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çöl - Hayvanlar Dünyası</t>
+          <t>Hedef Adası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>143</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752746114</t>
+          <t>9789752745728</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dağ - Hayvanlar Dünyası</t>
+          <t>Kekito</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752746169</t>
+          <t>9789752745704</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Denizler - Hayvanlar Dünyası</t>
+          <t>Sultan Kız</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752746107</t>
+          <t>9789752745698</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kutuplar - Hayvanlar Dünyası</t>
+          <t>Farklı Olmak Kötü mü?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752746152</t>
+          <t>9789752745674</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Nehirler ve Göller - Hayvanlar Dünyası</t>
+          <t>Lider Kim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752746145</t>
+          <t>9789752745643</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Orman - Hayvanlar Dünyası</t>
+          <t>Köstebeğin Planı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752746138</t>
+          <t>9789752745650</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Savan - Hayvanlar Dünyası</t>
+          <t>Karakulak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752746190</t>
+          <t>9789752745636</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tek Tek Tekerlemeler Kitabım</t>
+          <t>İyimserlik Oyunu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752746183</t>
+          <t>9789752740907</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Tekerlemeler Kitabım</t>
+          <t>Bul Buluştur Yap Yapıştır 3</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>38</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752746121</t>
+          <t>9789752745612</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tropik Orman - Hayvanlar Dünyası</t>
+          <t>Papatya’nın Sözü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752746015</t>
+          <t>9789752745599</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Midilliler</t>
+          <t>Komşumuz Macide Teyze</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>8681149050624</t>
+          <t>9789752745582</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Hayvanlar Serisi (6 Kitap Takım)</t>
+          <t>Kral Cimbo</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>840</v>
+        <v>35</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752746022</t>
+          <t>9789752745575</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Köpekler</t>
+          <t>Büyük Ders</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752746039</t>
+          <t>9789752745551</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Kediler</t>
+          <t>Hakimin Adaleti</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752746053</t>
+          <t>9789752745544</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çiftlik</t>
+          <t>Cömert Padişah</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752746060</t>
+          <t>9789752744318</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Atlar</t>
+          <t>Yavrucağın Tatil Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752743304</t>
+          <t>9789752742765</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabılar - Kocaman Masallar</t>
+          <t>Eğlence Treni Doğaya Yolculuk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752743298</t>
+          <t>9789752742796</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kral Midas - Kocaman Masallar</t>
+          <t>Karşıtlıklar Dünyası Kavram Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752743311</t>
+          <t>9789752745490</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Koruyucusu - Kocaman Masallar</t>
+          <t>Çıkartmalarla Benim Sevimli Mutfak Setim (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752743250</t>
+          <t>9789752745483</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Cüce - Kocaman Masallar</t>
+          <t>Çıkartmalarla Benim Sevimli Hayvan Setim (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752743274</t>
+          <t>9789752745827</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Üç Tüy - Kocaman Masallar</t>
+          <t>Prenses Sarayı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752743243</t>
+          <t>8681149050631</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sandık - Kocaman Masallar</t>
+          <t>Hayvanlar Dünyası Serisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>80</v>
+        <v>640</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752743267</t>
+          <t>9789752746176</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kedi - Kocaman Masallar</t>
+          <t>Çöl - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053837084</t>
+          <t>9789752746114</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Şeker Hikayeler Öğretmen Kitabı</t>
+          <t>Dağ - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752741485</t>
+          <t>9789752746169</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Fen Kitabım 2</t>
+          <t>Denizler - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752745025</t>
+          <t>9789752746107</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Çalışmaları 4. Kitap (Kalem Hediyeli)</t>
+          <t>Kutuplar - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752745018</t>
+          <t>9789752746152</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Çalışmaları 3. Kitap (Kalem Hediyeli)</t>
+          <t>Nehirler ve Göller - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752745001</t>
+          <t>9789752746145</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Çalışmaları 2. Kitap (Kalem Hediyeli)</t>
+          <t>Orman - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>8697911208438</t>
+          <t>9789752746138</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Akıllı Çocuklar Eğitim Programı Seti (4 Kitap)</t>
+          <t>Savan - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>8681149050600</t>
+          <t>9789752746190</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Kitaplar Seti ( 8 Kitap Kitap )</t>
+          <t>Tek Tek Tekerlemeler Kitabım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>640</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752743236</t>
+          <t>9789752746183</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Masallar Seti - 8 Kitap Takım</t>
+          <t>Benim İlk Tekerlemeler Kitabım</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>640</v>
+        <v>120</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752745902</t>
+          <t>9789752746121</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme 9+ Yaş</t>
+          <t>Tropik Orman - Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752745933</t>
+          <t>9789752746015</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yakalı Güvercin - Şekilli Kitaplar</t>
+          <t>Çıkartmalı Midilliler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752745940</t>
+          <t>8681149050624</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tilki’nin Oyunu - Şekilli Kitaplar</t>
+          <t>Çıkartmalı Hayvanlar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>80</v>
+        <v>840</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752745995</t>
+          <t>9789752746022</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Midillisi - Şekilli Kitaplar</t>
+          <t>Çıkartmalı Köpekler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752745971</t>
+          <t>9789752746039</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kedi ile Fare - Şekilli Kitaplar</t>
+          <t>Çıkartmalı Kediler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752745896</t>
+          <t>9789752746053</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme 8+ Yaş</t>
+          <t>Çıkartmalı Çiftlik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752745988</t>
+          <t>9789752746060</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Üç Balık - Şekilli Kitaplar</t>
+          <t>Çıkartmalı Atlar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752746008</t>
+          <t>9789752743304</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Peri Kızı - Şekilli Kitaplar</t>
+          <t>Kırmızı Ayakkabılar - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752745957</t>
+          <t>9789752743298</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kral Aslan - Şekilli Kitaplar</t>
+          <t>Kral Midas - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752745865</t>
+          <t>9789752743311</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Yazıya</t>
+          <t>Kuşların Koruyucusu - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752745889</t>
+          <t>9789752743250</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgilerim</t>
+          <t>Meraklı Cüce - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752745858</t>
+          <t>9789752743274</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Matematiği Seviyorum</t>
+          <t>Üç Tüy - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752745872</t>
+          <t>9789752743243</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Oynuyorum</t>
+          <t>Uçan Sandık - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3997784512654</t>
+          <t>9789752743267</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Anneannem - Ben ve Ailem</t>
+          <t>Yaramaz Kedi - Kocaman Masallar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>8681149050587</t>
+          <t>9786053837084</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Değerlerle Hikayeler (10 Kitap Takım)</t>
+          <t>Şeker Hikayeler Öğretmen Kitabı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>36</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>8681149050594</t>
+          <t>9789752741485</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Erdemlerle Hikayeler (10 Kitap Takım)</t>
+          <t>Benim İlk Fen Kitabım 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752745445</t>
+          <t>9789752745025</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Can Çevreye Saygılı - Küçük Hayat Dersleri (Ciltli)</t>
+          <t>Dikkat Çalışmaları 4. Kitap (Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752745421</t>
+          <t>9789752745018</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Can Korkmuş Hissediyor - Küçük Hayat Dersleri (Ciltli)</t>
+          <t>Dikkat Çalışmaları 3. Kitap (Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752745438</t>
+          <t>9789752745001</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldan Geçiyor - Küçük Hayat Dersleri (Ciltli)</t>
+          <t>Dikkat Çalışmaları 2. Kitap (Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752745469</t>
+          <t>8697911208438</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Canan Banyo Yapıyor - Küçük Hayat Dersleri (Ciltli)</t>
+          <t>Okul Öncesi Akıllı Çocuklar Eğitim Programı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752745452</t>
+          <t>8681149050600</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Canan Çok Mutlu - Küçük Hayat Dersleri (Ciltli)</t>
+          <t>Şekilli Kitaplar Seti ( 8 Kitap Kitap )</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752745476</t>
+          <t>9789752743236</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Canan Sağlıklı Besleniyor - Küçük Hayat  Dersleri (Ciltli)</t>
+          <t>Kocaman Masallar Seti - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752744837</t>
+          <t>9789752745902</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kedi - Şekilli Kitap</t>
+          <t>Dikkat Geliştirme 9+ Yaş</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752744851</t>
+          <t>9789752745933</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Fil - Şekilli Kitap</t>
+          <t>Yakalı Güvercin - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752744868</t>
+          <t>9789752745940</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Şekilli Kitap</t>
+          <t>Tilki’nin Oyunu - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752744844</t>
+          <t>9789752745995</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Flamingo - Şekilli Kitap</t>
+          <t>Prenses ve Midillisi - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752744813</t>
+          <t>9789752745971</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Uçak - Şekilli Kitap</t>
+          <t>Kedi ile Fare - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752744806</t>
+          <t>9789752745896</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tren - Şekilli Kitap</t>
+          <t>Dikkat Geliştirme 8+ Yaş</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752744790</t>
+          <t>9789752745988</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İtfaiye Kamyonu</t>
+          <t>Üç Balık - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752744820</t>
+          <t>9789752746008</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Araba - Şekilli Kitap</t>
+          <t>Prenses ve Peri Kızı - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752745056</t>
+          <t>9789752745957</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Patik</t>
+          <t>Kral Aslan - Şekilli Kitaplar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752744905</t>
+          <t>9789752745865</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Afrika Ovası Macerası - Yapışkan İpler</t>
+          <t>Çizgiden Yazıya</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752744875</t>
+          <t>9789752745889</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Macerası - Yapışkan İpler</t>
+          <t>İlk Çizgilerim</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752744882</t>
+          <t>9789752745858</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Yapışkan İpler</t>
+          <t>Matematiği Seviyorum</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752744899</t>
+          <t>9789752745872</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Taşıtlar - Yapışkan İpler</t>
+          <t>Sayılarla Oynuyorum</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752744943</t>
+          <t>3997784512654</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanları Keşfedin! - Kendi Kitabını Yap</t>
+          <t>Anneannem - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752744936</t>
+          <t>8681149050587</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dinozorları Keşfedin! - Kendi Kitabını Yap</t>
+          <t>Değerlerle Hikayeler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752744912</t>
+          <t>8681149050594</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kitabını Yap Böcekleri Keşfedin!</t>
+          <t>Erdemlerle Hikayeler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752744929</t>
+          <t>9789752745445</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kitabını Yap Deniz Hayatını Keşfedin!</t>
+          <t>Can Çevreye Saygılı - Küçük Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752744974</t>
+          <t>9789752745421</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Prensesini Giydir</t>
+          <t>Can Korkmuş Hissediyor - Küçük Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752744967</t>
+          <t>9789752745438</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşını Giydir</t>
+          <t>Can Yoldan Geçiyor - Küçük Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752744950</t>
+          <t>9789752745469</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşını Giydir</t>
+          <t>Canan Banyo Yapıyor - Küçük Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752744981</t>
+          <t>9789752745452</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dostunu Giydir</t>
+          <t>Canan Çok Mutlu - Küçük Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>3991155887452</t>
+          <t>9789752745476</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ben - Ben ve Ailem</t>
+          <t>Canan Sağlıklı Besleniyor - Küçük Hayat  Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>3999552666547</t>
+          <t>9789752744837</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Babam - Ben ve Ailem</t>
+          <t>Kedi - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789752744998</t>
+          <t>9789752744851</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Çalışmaları 1. Kitap (Kalem Hediyeli)</t>
+          <t>Fil - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752745049</t>
+          <t>9789752744868</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kerem Maçta</t>
+          <t>Aslan - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752745032</t>
+          <t>9789752744844</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tilki ve Kurbağa</t>
+          <t>Flamingo - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752743632</t>
+          <t>9789752744813</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu Masallar (Farklı Seçenekler)</t>
+          <t>Uçak - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>21</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752744776</t>
+          <t>9789752744806</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme (7 Yaş)</t>
+          <t>Tren - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752744769</t>
+          <t>9789752744790</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme (6 Yaş)</t>
+          <t>İtfaiye Kamyonu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752744738</t>
+          <t>9789752744820</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Zeka ve Dikkat Çalışmaları Seti (12 Kitap)</t>
+          <t>Araba - Şekilli Kitap</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752744585</t>
+          <t>9789752745056</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak Harika</t>
+          <t>Kayıp Patik</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752744578</t>
+          <t>9789752744905</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yemek Harika</t>
+          <t>Afrika Ovası Macerası - Yapışkan İpler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752744592</t>
+          <t>9789752744875</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Olmak Harika</t>
+          <t>Yağmur Ormanı Macerası - Yapışkan İpler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>8681149050426</t>
+          <t>9789752744882</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bora ve Buro Serisi (8 Kitap Takım)</t>
+          <t>Uzay Macerası - Yapışkan İpler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752744622</t>
+          <t>9789752744899</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenmek Harika</t>
+          <t>Muhteşem Taşıtlar - Yapışkan İpler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752744561</t>
+          <t>9789752744943</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Temiz Olmak Harika</t>
+          <t>Evcil Hayvanları Keşfedin! - Kendi Kitabını Yap</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>8681149050068</t>
+          <t>9789752744936</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Saat Öğreniyorum - Yapboz</t>
+          <t>Dinozorları Keşfedin! - Kendi Kitabını Yap</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752741959</t>
+          <t>9789752744912</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Afacan Yaz Tatil Keyfi</t>
+          <t>Kendi Kitabını Yap Böcekleri Keşfedin!</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>104</v>
+        <v>190</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752744530</t>
+          <t>9789752744929</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bobi'nin Hayvanat Bahçesi Partisi</t>
+          <t>Kendi Kitabını Yap Deniz Hayatını Keşfedin!</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752744547</t>
+          <t>9789752744974</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Cem'in Uzay Macerası</t>
+          <t>Prensesini Giydir</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752741935</t>
+          <t>9789752744967</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Renkli Özgün Düşüncelerim</t>
+          <t>Oyun Arkadaşını Giydir</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752743106</t>
+          <t>9789752744950</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Arkadaşını Giydir</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752744127</t>
+          <t>9789752744981</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İtfaiye - Mavi Seri</t>
+          <t>Dostunu Giydir</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752744189</t>
+          <t>3991155887452</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Şehir - Mavi Seri</t>
+          <t>Ben - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752744103</t>
+          <t>3999552666547</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Harika Trenler - Mavi Seri</t>
+          <t>Babam - Ben ve Ailem</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>8681149050297</t>
+          <t>9789752744998</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yuplay Eğitici Oyunlar Seti</t>
+          <t>Dikkat Çalışmaları 1. Kitap (Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>760</v>
+        <v>120</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752742864</t>
+          <t>9789752745049</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Okul Öncesi (3 Yaş)</t>
+          <t>Kerem Maçta</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752742857</t>
+          <t>9789752745032</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Okuş Öncesi (4 Yaş)</t>
+          <t>Kızıl Tilki ve Kurbağa</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752742871</t>
+          <t>9789752743632</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Okul Öncesi - (5 Yaş)</t>
+          <t>Yapbozlu Masallar (Farklı Seçenekler)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>310</v>
+        <v>21</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752742772</t>
+          <t>9789752744776</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Renkler ve Şekilller</t>
+          <t>Dikkat Geliştirme (7 Yaş)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752742567</t>
+          <t>9789752744769</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Origami 1 - Kağıt Katlama Kitabım</t>
+          <t>Dikkat Geliştirme (6 Yaş)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752742581</t>
+          <t>9789752744738</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Origami 3 - Kağıt Katlama Kitabım</t>
+          <t>Okul Öncesi Zeka ve Dikkat Çalışmaları Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752742598</t>
+          <t>9789752744585</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Origami 4 - Kağıt Katlama Kitabım</t>
+          <t>Paylaşmak Harika</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752744486</t>
+          <t>9789752744578</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 4</t>
+          <t>Sağlıklı Yemek Harika</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752744448</t>
+          <t>9789752744592</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Benim Tavşancığım - İlk Arkadaşlarım Serisi</t>
+          <t>Dürüst Olmak Harika</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752744394</t>
+          <t>8681149050426</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Dünyası - Kelime Oyunu</t>
+          <t>Bora ve Buro Serisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752744400</t>
+          <t>9789752744622</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü - Kelime Oyunu</t>
+          <t>Kendine Güvenmek Harika</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752741522</t>
+          <t>9789752744561</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Minik Ressamlar 4</t>
+          <t>Temiz Olmak Harika</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752744370</t>
+          <t>8681149050068</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Kelime Oyunu</t>
+          <t>Saat Öğreniyorum - Yapboz</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752744387</t>
+          <t>9789752741959</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Boş Zamanımda - Kelime Oyunu</t>
+          <t>Afacan Yaz Tatil Keyfi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752744479</t>
+          <t>9789752744530</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 3</t>
+          <t>Bobi'nin Hayvanat Bahçesi Partisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752744462</t>
+          <t>9789752744547</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Afrikadaki Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 1</t>
+          <t>Cem'in Uzay Macerası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752744349</t>
+          <t>9789752741935</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Aleyna'nın Dinozor Arkadaşı</t>
+          <t>Okul Öncesi Renkli Özgün Düşüncelerim</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752744356</t>
+          <t>9789752743106</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Dinozorlar</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752744332</t>
+          <t>9789752744127</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Riko'nun Robotları</t>
+          <t>İtfaiye - Mavi Seri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752744363</t>
+          <t>9789752744189</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İşe Yaramayan Robot</t>
+          <t>Şehir - Mavi Seri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752744516</t>
+          <t>9789752744103</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayvan Arkadaşlarım Dizisi (4 Kitap)</t>
+          <t>Harika Trenler - Mavi Seri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752744509</t>
+          <t>8681149050297</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İlk Arkadaşlarım Serisi (2 Kitap)</t>
+          <t>Yuplay Eğitici Oyunlar Seti</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>40</v>
+        <v>760</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752744523</t>
+          <t>9789752742864</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kelime Oyunu Dizisi (4 Kitap)</t>
+          <t>Dikkat Geliştirme - Okul Öncesi (3 Yaş)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>8697911200968</t>
+          <t>9789752742857</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Defterim</t>
+          <t>Dikkat Geliştirme - Okuş Öncesi (4 Yaş)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752742611</t>
+          <t>9789752742871</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Origami Seti - Kağıt Katlama Kitabım (4 Kitap Takım)</t>
+          <t>Dikkat Geliştirme - Okul Öncesi - (5 Yaş)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752743724</t>
+          <t>9789752742772</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Evdeki - En Sevdiğim Hayvanlar</t>
+          <t>Eğlenceli Renkler ve Şekilller</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752743076</t>
+          <t>9789752742567</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Origami 1 - Kağıt Katlama Kitabım</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752743090</t>
+          <t>9789752742581</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sinbad'ın Maceraları</t>
+          <t>Origami 3 - Kağıt Katlama Kitabım</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752743038</t>
+          <t>9789752742598</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Altınbukle ve Üç Ayı</t>
+          <t>Origami 4 - Kağıt Katlama Kitabım</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752743755</t>
+          <t>9789752744486</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki En Sevdiğim Hayvanlar</t>
+          <t>Çiftlikteki Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 4</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752741713</t>
+          <t>9789752744448</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Arda Banyo Yapıyor</t>
+          <t>Benim Tavşancığım - İlk Arkadaşlarım Serisi</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752743731</t>
+          <t>9789752744394</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki En Sevdiğim Hayvanlar Kitabı</t>
+          <t>Hayvanların Dünyası - Kelime Oyunu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752743601</t>
+          <t>9789752744400</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Hayvan Maskeleri</t>
+          <t>Yeryüzü - Kelime Oyunu</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752741706</t>
+          <t>9789752741522</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Arda Karton Çiftlik Yapıyor</t>
+          <t>Taşıtlar - Minik Ressamlar 4</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752741690</t>
+          <t>9789752744370</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Arda Kamp Yapıyor</t>
+          <t>Benim Dünyam - Kelime Oyunu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752743748</t>
+          <t>9789752744387</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Doğadaki En Sevdiğim Hayvanlar Kitabı</t>
+          <t>Boş Zamanımda - Kelime Oyunu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752741720</t>
+          <t>9789752744479</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Arda Doğruyu Söylüyor</t>
+          <t>Yavru Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 3</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752743717</t>
+          <t>9789752744462</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Minik Hayvanlar Ansiklopedisi</t>
+          <t>Afrikadaki Hayvanlar - Benim Hayvan Arkadaşlarım Dizisi 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>8681149050105</t>
+          <t>9789752744349</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yingo Grup Oyunu</t>
+          <t>Aleyna'nın Dinozor Arkadaşı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789752741751</t>
+          <t>9789752744356</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Ne Olacak? Oku, Yap, Bul!</t>
+          <t>Görünmez Dinozorlar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789752740297</t>
+          <t>9789752744332</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>La Fonten Masalları</t>
+          <t>Riko'nun Robotları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789752741539</t>
+          <t>9789752744363</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Minik Ressamlar (4 Kitap Takım)</t>
+          <t>İşe Yaramayan Robot</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789752740761</t>
+          <t>9789752744516</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İşte Şekiller</t>
+          <t>Benim Hayvan Arkadaşlarım Dizisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8681149050204</t>
+          <t>9789752744509</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kartları 127 Kart</t>
+          <t>İlk Arkadaşlarım Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752740402</t>
+          <t>9789752744523</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Ögreniyorum Seti (3 Kitap Takım)</t>
+          <t>Kelime Oyunu Dizisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789752740778</t>
+          <t>8697911200968</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İşte Zıt Kavramlar</t>
+          <t>Çizgi Defterim</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>8681149050150</t>
+          <t>9789752742611</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kalem Tutma</t>
+          <t>Origami Seti - Kağıt Katlama Kitabım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059497084</t>
+          <t>9789752743724</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş İçin Boyama Kitabı - Hayvanat Bahçesi</t>
+          <t>Evdeki - En Sevdiğim Hayvanlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752742703</t>
+          <t>9789752743076</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin Çin'de - Üç Boyutlu Kitap (Ciltli)</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>8681149050174</t>
+          <t>9789752743090</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İlk Matematik</t>
+          <t>Sinbad'ın Maceraları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>8681149050181</t>
+          <t>9789752743038</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>1,2,3 Sayılar</t>
+          <t>Altınbukle ve Üç Ayı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789752741942</t>
+          <t>9789752743755</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Korsan Pedro ve Gizemli Ada</t>
+          <t>Çiftlikteki En Sevdiğim Hayvanlar</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752743823</t>
+          <t>9789752741713</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte - Çıkartmalı Boyama Serisi</t>
+          <t>Arda Banyo Yapıyor</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752743809</t>
+          <t>9789752743731</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ormanda - Çıkartmalı Boyama Serisi</t>
+          <t>Ormandaki En Sevdiğim Hayvanlar Kitabı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789752743847</t>
+          <t>9789752743601</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Çıkartmalı Boyama Serisi</t>
+          <t>Neşeli Hayvan Maskeleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752743830</t>
+          <t>9789752741706</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Serisi (6 Kitap Takım)</t>
+          <t>Arda Karton Çiftlik Yapıyor</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>480</v>
+        <v>60</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752743113</t>
+          <t>9789752741690</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Klasikler Seti (8 Kitap Takım)</t>
+          <t>Arda Kamp Yapıyor</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789752743564</t>
+          <t>9789752743748</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et, Çiz, Boya ve Süsle 2</t>
+          <t>Vahşi Doğadaki En Sevdiğim Hayvanlar Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752743557</t>
+          <t>9789752741720</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et, Çiz, Boya ve Süsle 1</t>
+          <t>Arda Doğruyu Söylüyor</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752742420</t>
+          <t>9789752743717</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Dünyası</t>
+          <t>Minik Hayvanlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789752742314</t>
+          <t>8681149050105</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olsam - Aşçı Olsam</t>
+          <t>Yingo Grup Oyunu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
+          <t>9789752741751</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Ne Olacak? Oku, Yap, Bul!</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789752740297</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>La Fonten Masalları</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789752741539</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Minik Ressamlar (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789752740761</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>İşte Şekiller</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>8681149050204</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Kavram Kartları 127 Kart</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789752740402</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Ögreniyorum Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789752740778</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>İşte Zıt Kavramlar</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>8681149050150</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Kalem Tutma</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786059497084</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Her Yaş İçin Boyama Kitabı - Hayvanat Bahçesi</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789752742703</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Alaaddin Çin'de - Üç Boyutlu Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>8681149050174</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>İlk Matematik</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>8681149050181</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>1,2,3 Sayılar</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789752741942</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Pedro ve Gizemli Ada</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789752743823</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlikte - Çıkartmalı Boyama Serisi</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789752743809</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda - Çıkartmalı Boyama Serisi</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789752743847</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Taşıtlar - Çıkartmalı Boyama Serisi</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789752743830</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Boyama Serisi (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789752743113</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Klasikler Seti (8 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789752743564</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Et, Çiz, Boya ve Süsle 2</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789752743557</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Et, Çiz, Boya ve Süsle 1</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789752742420</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi Dünyası</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789752742314</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyünce Ne Olsam - Aşçı Olsam</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
           <t>9789752742345</t>
         </is>
       </c>
-      <c r="B363" s="1" t="inlineStr">
+      <c r="B385" s="1" t="inlineStr">
         <is>
           <t>Büyüyünce Ne Olsam - Veteriner Olsam</t>
         </is>
       </c>
-      <c r="C363" s="1">
+      <c r="C385" s="1">
         <v>27</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>