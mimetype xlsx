--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -94,291 +94,291 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786055290559</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Sfenks’in Bilmecesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786055290504</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Krallar Kongresi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786055290481</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Ehl-i Beytin Feryadı: Zeynep</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2789788620539</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Alamut Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>3000</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786055290405</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Yitik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786055290412</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Rıza Şehri'nin Çocukları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786055290436</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Mardin'den Karahöyük'e Hacı Bektaş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786055290351</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Ejderhanın Nefesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786055290191</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Alamut Fedaisi Talon Yunan Ateşi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786055290184</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Alevi Hak Aşığı Bayrek Kuşçuoğlu Divanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786055290238</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Beyaz Adam Gelmeden Önce</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786055290153</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Pontus Kralı - Roma’nın En Büyük Düşmanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055290160</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Karanlıktaki Madonna - İsa'nın Siyahi Kızı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055290146</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Yatak Öğretmeni</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789759025410</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hipnoz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789759025687</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Herşeye Rağmen Aşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789759025502</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Hepimizin Kökeni  Afrika</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789757076391</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Haydut</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>26.85</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789759025335</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
@@ -409,141 +409,141 @@
         <is>
           <t>9789759025380</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Hakk’ın Emri Rızası   Alevilik Talip Üzerine Kurulan Yol</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789757076490</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Güvercinin Gerdanlığı Alamut’a Dönüş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789757076261</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Güneş Tanrısı Ra’nın Kızı Kleopatra</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789757076926</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Gök Tanrı’nın Çocukları</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789759025397</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Gomorra</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>28.7</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789759025694</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Gizli Bilgilerin Sahipleri Ve Aleviler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789759025953</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Genetik Bir Macera İnsanın Yolculuğu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789759025793</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Genesis (50. Bölüm)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789757076094</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Fedailerin Kalesi Alamut</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786055290061</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
@@ -559,96 +559,96 @@
         <is>
           <t>9789759025311</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Ezoterik-Batıni Doktrinler Tarihi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789757076780</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Evliliğin Koruyucusu Hera</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789759025625</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786055290139</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Efsane</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789757076568</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Düşlerin Efendisi Yusuf</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9759787076999</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Düş Zamanı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789757076445</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
@@ -664,96 +664,96 @@
         <is>
           <t>9789757076919</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Destanlaşan Kadın Kahraman Huban Arığ</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789759025762</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Dersimiz Evrim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786055290313</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Dermansız Sevda Dewreş ile Adule</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789757076513</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Derin Yara Kerbela</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789757076728</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Denizler Tanrısı Poseidon</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789759025199</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Deli Görünüşlü Akıllı Behlül Danende</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789757076865</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
@@ -769,231 +769,231 @@
         <is>
           <t>9789757076988</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Cennetin Bakireleri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>31.48</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789759025489</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Büyüye Karşı Karşı Büyü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789757076452</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Büyük Pers Kralı Darius</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789757076964</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Bozkırın Atlıları Oğuz... Beyrek... Dumrul...</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789759025823</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Bizans Döneminde (650-1405) Hristiyan Düalist Heretikler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789759025434</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Biz Vatanımıza Hasret Öldük Yavrularım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789759025113</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Bir Varmış Bir Yokmuş Asya İçlerinden Masallar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789757076070</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Bir Özlem Bir Türkü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9789759025885</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Yönleriyle Hz. Muhammed’in Ölümü</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789757076821</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Bilimin Kapıları Arşimet</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9789759025298</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Beyin Fırtınası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789759025038</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Beyaz Şaman</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789757076803</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Bereket Tanrıçası  Demeter</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789757076896</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Behram Şah Sarayında Yedi Prenses</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789759025731</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Dede Garkın Süreğinde Cem</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>78</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789757076476</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
@@ -1024,141 +1024,141 @@
         <is>
           <t>9789757076360</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Bağdat’tan İstanbul’a</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789757076278</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Bağdat’ta Ölüm Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789757076469</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Babil’in Üzerine Gece Çöküyor</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789757076285</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Babil Hammurabi’nin Mührü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>3990000021476</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Babamız</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789757076773</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Avcı Tanrıça Artemis</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789757076179</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Ateşin ve Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789757076742</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Ateşin Topal Efendisi Hephaistos</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789757076216</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Ateşin Efendisi Şaman Mitolojinin Romanı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789757076674</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
@@ -1174,51 +1174,51 @@
         <is>
           <t>9789757076308</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Aşk Tanrıçası İnanna Mitolojinin Romanı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>41</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789757076759</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Aşk Tanrıçası Afrodit</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789757076124</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Arsızlık Tanrısı Hermes’in Dirilişi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789757076384</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
@@ -1234,201 +1234,201 @@
         <is>
           <t>9789757076346</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Arap Çöllerinde</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789759025892</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Aradia Cadıların İncili</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789759025014</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Amistad Siyah Öfke</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789757079453</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Altın Ordu Kartalı Edigey</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789759025236</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Biz Bir Aileyiz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9789759025229</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Alevilerin Büyük Sırrı Damlanın İçindeki Gerçek</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789759025618</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Aleviler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789759025755</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Alevi Tarih Yazımında Skandal</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786055290078</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Alamut’tan Kahire’ye Fedai</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789757076049</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Adressiz Sorgular</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789759025717</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Acının Kerameti Kerbela</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789759025212</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid Bin Kadının Efendisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789759025809</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Ateist Manifesto</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789759025496</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
@@ -1489,441 +1489,441 @@
         <is>
           <t>9786055290009</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Eski Kağın Bir Mesel Tapınağı</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786055290221</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Haç ve Hançer</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786055290214</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Aleviliğin Kaynağı Ezdan Dini</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>43</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786055290337</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>İnsanlar Sanık Sandalyesinde</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786055290375</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Hak Muhammed Ali Yolu - Alevilik</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>41.67</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786055290252</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Zatımın Doğal Tarihi - Asortik Maymun</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786055290276</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Aşıkların Dilinden Dede Garkın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786055290344</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Saba Melikesi Belkıs</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>3990000017266</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Mitoloji (25 Kitap takım)</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>138.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9789757076605</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Zeus’un Oğlu Herkül</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9789757076704</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Zeka Tanrıçası Athena</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786055290023</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Zamanın Testi</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9789757076209</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Yıldızların Efendisi Hayyam</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9789757076186</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Yeryüzü Aşkın Yüzü Oluncaya Dek</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789757076711</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Yeraltı Tanrısı Hades</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9789757076551</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Yeniden Doğuş Tufan</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9789759025779</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Yaşamı ve Anılarıyla Seyyid Hasan Efendi (Hasani Sani)</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9789759025908</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Yarizm</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9789759025557</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Yaralı Güvercin</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9789757076100</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Uruk Aslanı Gılgameş</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9789759025120</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Ural Batır</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9789759025519</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Unuttuğum Bedenim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9789757076902</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Türk Mitolojisinden Masallar</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9789759025052</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Türk Mitolojisi Ansiklopedik Sözlük</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9789759025151</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Timur Kasırga ve Dehşet</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9789757076957</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Tıbbın Kapıları Galen</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9789759025328</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Terapi</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9789759025786</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Temmuz Ağrısı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789757076933</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Odysseus’un Oğlu Telemakhos</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9789757076520</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
@@ -1939,1296 +1939,1296 @@
         <is>
           <t>9789757076537</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Tarihte ve Mitolojide İsyan</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>2880000013327</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Olimpos Tanrıları 2 (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1200</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789759025274</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Tarihin Tanığı Aras</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9789759025915</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Tapınakçıların Gizemi</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9786055290054</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Tapınakçıların Arasında Alamut Fedaisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>9789757076339</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Tanrının Kırbacı Attila 2. Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>28.7</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>9789757076322</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Tanrının Kırbacı Attila 1. Kitap</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>28.7</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>9786055290269</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Tanrıların Masalları Mitolojinin Öyküsü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9789757076681</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Tanrıların Habercisi  Hermes</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9789757076797</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Tanrıların Babası Zeus</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9789757076872</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Tanrılar ve Lejyonlar</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9789759025090</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Talanya Kulların (Demokratik) Cumhuriyeti</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9789757076438</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Şeyh Edebali’nin Kızı  Malhatun</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9789757076735</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Şarap ve Neşe Tanrısı Dionysos</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9789757076032</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Sular Tanıktır Aşkımıza</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9789757076629</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Sonsuz Savaş İlyada</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9789759025021</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Son Yahudi İspanya’da Ateş ve Kan</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9789759025137</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Sokrates: Tanrıdan İnsana Karanlıktan Aydınlığa</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9789757076162</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Soframda Kaval Sesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9789759025205</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Sıyrılmış Kılıç Babek</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9789757070856</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Ölümün Eşiğinde Sırat Köprüsü</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9789759025724</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Sır Kapısı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9789759025359</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Scipio</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9789757076698</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Savaş Tanrısı Ares</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9789757076599</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Uruk’un Ölümsüz Kralı Gılgameş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9789759025458</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Runların Çağrısı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9789757076841</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Peygamber Şehri Mekke</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9789759025922</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Peçenin Arka Yüzü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9789759025106</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Ölümsüzlük Peşinde Gılgameş</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>31.48</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9789759025700</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>O’nun Oğlu</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9789757076575</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>On Emir Musa</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9789757076643</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Oğuz Ülkesinin Laneti Tepegöz</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9786055290368</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Oğuz Han</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9789757076421</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Odysseia</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9786055290030</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Nemrut’un Son Avı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9789757076834</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Sevdalı Irmaklar Munzur ile Pülümür</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9789757076582</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Miladın Başlangıcı Nasıralı İsa</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786055290108</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Vahşi Kürdistan İçlerinde</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9786055290092</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Baba İshak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9789759025069</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Mezar Bekçileri</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9789759025250</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Mecdel Parşömenleri</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9789757070115</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Mavi Yunuslar Sarayı Mitolojinin Romanı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9789759025427</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Masonik Merdiven</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9789759025441</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Masonik Gözle Yusuf</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9789757076889</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Mahşer Halk Elçisi Seyyit Nesimi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9789759025854</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Magdalenli Mary’nin Tutkusu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9789759025861</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Magdalen’in Doğuşu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9789757076353</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Kürt Dağlarında</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9786055290115</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Küçük Dev Adam Messi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9789759025045</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Kutsal Taş İnsanlığın Uzun Öyküsü</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9789759025007</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Köle Gerçekten Özgür Müyüm?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9789759025564</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Kodifiye-Tez-i Maval</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9789759025748</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Kobay Turka</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9789759025588</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Kilo Almadan Bugün Hemen Sigarayı Bırakın</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9789757076813</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Kızılbaşlar "Ben de Bu Yayladan Şah’a Giderim"</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>9789757076650</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Kazılık Dağı’nın Aslanı Boğaç Han</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>9786055290047</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Kartal Yuvası Alamut</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>9789759025533</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Karma Atak</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>9789759025465</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Kara Afrika’nın Kara Çığlığı Voodoo</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>9789757076503</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>İnsanoğlu (İsa Peygamber’in Yaşamı)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>9789759025878</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>İnanç ve Ahlak Bağlamında Alevi Öğretisi</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>9789757076247</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>İlyada</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9789757076544</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>İlk Günah Adem ile Havva</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9789757076612</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>İki Dünyanın Savaşı  Labirent</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9789759025526</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Yarın</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9789759025304</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Küçük Prens Saint - Exupery ile Keşif Gezisi Üzerine</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9789759025830</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>İbni Sina’nın Talebesi Hekim</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9789757076766</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Işık ve Aydınlık Tanrısı Apollon</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t>9789757076223</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Hz. Muhammed’in Sevgili Eşi Ayşe</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
           <t>9789759025946</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Hükümdarlar Hükümdarı Sargon</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9789759025175</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Hunların Arasında Kölelikten Kahramanlığa</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9789759025281</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Vikingler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>9789759025267</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Vatikan’ın Aşk Arşivi Papalar ve Kadınlar</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>28.7</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>9789757076636</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Vatana Dönüş Odysseia</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9786055290122</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Hakikat Yolu - Güruh-u Naci</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9786055290306</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Salem Cadısı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>9786055290290</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Ölümsüz Rahip</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>9786055290283</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Kayıp Stradivarius</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>9786055290245</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Bir Şahin Uçuyor</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>3990000085762</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Tarihin ve Mitolojinin Romanları 1 (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>663</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>9786055290085</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Safeviler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>9786055290207</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Pir Sultan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>9786055290320</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Taduno'nun Şarkısı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>9789759025991</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Alamut Seyduna ve Şahrud</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9786055290498</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>İntikam Fırtınaları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9789757076148</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Gül Parmaklı Şafak</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>17.1</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9789757076810</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
@@ -3244,301 +3244,301 @@
         <is>
           <t>9786055290429</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Ay Işığında Gidenler</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>9786055290450</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Kıbrıs Zorbasına Karşı Kantara Fedaileri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>9786055290443</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Hasani Sani'den Hak ve Hakikat Yolu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t>9786055290399</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Son Yahudi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>3990000048655</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Tarihin Ve Mitolojinin Romanları - 2 (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>682</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>9786055290177</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Cennetten Sürgüne - Beş Bin Yıllık Yolculuk</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>9789759025649</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Hanok’un Gizemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>9789757076025</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Çukurova Çeşitlemesi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>9789759025182</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Kabusu Cengiz Han</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>9789757076971</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Altay Dağlarının Kaplanı Manas</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>9789759025571</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Alamut Efsaneleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>9789757076063</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Acıya Kurşun İşlemez</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>9786055290382</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Aleviliğin Kaynağındaki Cevher</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t>9789757076056</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Rüzgarla Bir</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>9789759025632</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Süleyman’ın Anahtarı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>9789759025403</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Kızılbaş Alevilikte Yol Erkan Meydan</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
           <t>2880000055136</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Tarihin ve Mitolojinin Masalları 1 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>770</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>9789759025472</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Periyodik Cetvelin Gizemi</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>9786055290573</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Yalnızlığa Övgü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>