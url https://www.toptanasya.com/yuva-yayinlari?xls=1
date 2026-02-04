--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,1570 +85,4270 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755177854</t>
+          <t>9789755177953</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvan Dostlarımız (10 Kitap)</t>
+          <t>Çizgilerin Ahengi Yetişkinler İçin Mandala</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>649.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755176260</t>
+          <t>9789755177885</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü (Plastik Kapak)</t>
+          <t>Desen Sokağı Gençler İçin Mandala</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755173290</t>
+          <t>9789755177359</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Satranç Seti (3 Kitap Takım)</t>
+          <t>4. Sınıf Geçmişten Günümüze Destanlar Serisi (10 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>13.89</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755170404</t>
+          <t>9799756510338</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev)</t>
+          <t>Yavru Kartal</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755171555</t>
+          <t>9789755175881</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Lafonten Masalları</t>
+          <t>4. Sınıflar İçin Öykü Yağmuru (10 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>5.3</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755175867</t>
+          <t>9789755174587</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sarmaşığı (10 Kitap Takım)</t>
+          <t>Güldüren Atasözleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755177748</t>
+          <t>9789755174594</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Günlüğüm</t>
+          <t>Düşündüren Atasözleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>49.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755174952</t>
+          <t>9789755174617</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yazım (İmla) Kılavuzu (Plastik Kapak)</t>
+          <t>Düşündüren Deyimler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>179.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755176833</t>
+          <t>9789755174396</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Plastik Kapak)</t>
+          <t>Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755176369</t>
+          <t>9786055393779</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Yazıya Mutlu İnek ile Ece</t>
+          <t>İlkokul 2. ve 3. Sınıf Yazı Defteri (El Yazısı İle)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>99.9</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259625201</t>
+          <t>9789755171845</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yolcu-Şiirler</t>
+          <t>Zenda Mahkumları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>149.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755177472</t>
+          <t>9799755171752</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Okumaya İlk Adım Serisi - Anetil (15 Kitap)</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258167849</t>
+          <t>9789755172668</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2. - 3. Sınıf Bisikletli Kaşifler Serisi</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>399.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755177632</t>
+          <t>9789755172644</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Öykü Bulutu (10 kitap)</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>349.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755176451</t>
+          <t>9789755172637</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Dünya Klasikleri Seti (10 Kitap Takım)</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>449.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755176338</t>
+          <t>9789755172552</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Konuşan Hayvanlar Serisi (10 Kitap Takım)</t>
+          <t>Truva’dan Dönüş Destanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>199.9</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755176253</t>
+          <t>9799755171103</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Öykülerle Değerler Eğitimi 10 Kitap</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>399.9</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755177588</t>
+          <t>9799755170724</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları (10 Kitap)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>199.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755177601</t>
+          <t>9789755171913</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (10 Kitap)</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>199.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755174570</t>
+          <t>9789755171357</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları (10 Kitap)</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>199.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755177458</t>
+          <t>9786055728601</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Kitabım Yaz Sil Yazı Defteri Anetil</t>
+          <t>Şirin Boyama</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>99.9</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755174945</t>
+          <t>9789755172606</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma</t>
+          <t>Sokak Çalgıcısı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>249.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755177564</t>
+          <t>9789755171890</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kıpır'ın Maceraları (10 Kitap)</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>199.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755177557</t>
+          <t>9789755171340</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Poni'nin Maceraları (10 Kitap)</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755174563</t>
+          <t>9786055728625</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Penguen Pugi'nin Maceraları (10 Kitap)</t>
+          <t>Sevimli Boyama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>199.9</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755177540</t>
+          <t>9789755170435</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Tonti'nin Maceraları (10 Kitap)</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>199.9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755177526</t>
+          <t>9799755170748</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dumdum’un Maceraları (10 Kitap)</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755177533</t>
+          <t>9799755170731</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Panda Babibu’nun Maceraları (10 Kitap)</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755177496</t>
+          <t>9789755171333</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Okumaya İlk Adım Serisi Anetil Düz Yazı (10 Kitap)</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755177489</t>
+          <t>9786055728571</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çizgiden Yazıya Çalışma Defteri (64 sayfa - Düz Yazı - Anetil)</t>
+          <t>Masal Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>99.9</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755177571</t>
+          <t>9789755173191</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hece ile Hızlı Kolay Okuma Yazma Kitabı</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>124.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755177519</t>
+          <t>9789755171937</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazma Farkındalığı - İlkokula Hazırlık</t>
+          <t>Marko Polonun Maceraları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>114.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755177502</t>
+          <t>9789755172651</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Matematik - İlkokula Hazırlık</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>114.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755177410</t>
+          <t>9799755171325</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Yazı Defteri Standart Dik Çizgili</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>49.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755175911</t>
+          <t>9799755171080</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mevsimi (10 Kitap)</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>399.9</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755176291</t>
+          <t>3990000015216</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Hikayelerle Kolay Arapça (8 Kitap + 2 Aktivite)</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>149.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755174914</t>
+          <t>9789755170886</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yuva 2. Sınıf Hem Okurum Hem Yazarım</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>99.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755174938</t>
+          <t>9789755171999</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yuva 4. Sınıf Hem Okurum Hem Yazarım</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>99.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755174921</t>
+          <t>9789755171036</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yuva 3. Sınıf Hem Okurum Hem Yazarım</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>99.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755176437</t>
+          <t>9799755170755</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Öykülerle Doğa ve Çevre Seti (10 Kitap Takım)</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755177427</t>
+          <t>9799755170922</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Yazı Defteri Standart Çizgili</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>45</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755177434</t>
+          <t>9789755173139</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>114.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755177403</t>
+          <t>9789755173160</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Yazı Defteri Standart Çizgili</t>
+          <t>Küçük Dedektif</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>44.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755177441</t>
+          <t>9789755172385</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık ve Öykü Tamamlama</t>
+          <t>Mişel Strogof</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>114.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755177465</t>
+          <t>9789755172347</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Harf ve Çizgi Çalışmalarım</t>
+          <t>Mihrace’nin Mirası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>114.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055393762</t>
+          <t>9799755171745</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yazı Defteri</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>40</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755177366</t>
+          <t>9789755172699</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mırmır’ın Maceraları</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054720200</t>
+          <t>9789755170572</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İlkokul Resimli Türkçe Sözlük</t>
+          <t>Belirli Günler Ve Haftalar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>199.9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755175997</t>
+          <t>9789755171784</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Öykü Denizi (10 Kitap Takım)</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>399.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755176277</t>
+          <t>9789755171791</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Hikayelerle Kolay Arapça (9 Kitap + 2 Aktivite)</t>
+          <t>Aya Seyahat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>149.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755177373</t>
+          <t>9789755170312</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Mevlana Mesneviden Öyküler (10 Kitaplık Set)</t>
+          <t>Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>199.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755177380</t>
+          <t>9789755172583</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sarı’nın Maceraları</t>
+          <t>Antikacı Dükkanı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755177243</t>
+          <t>9789755170794</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>99.9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755177236</t>
+          <t>9789755171562</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Jules Verne Serisi (10 Kitaplık Set)</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>499.9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755177229</t>
+          <t>9789755171142</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük</t>
+          <t>Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>99.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755176482</t>
+          <t>9799755171318</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Dünya Klasikleri Serisi (10 Kitaplık Set)</t>
+          <t>Alibaba ve Kırkharamiler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>499.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755176239</t>
+          <t>9789755172378</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Öykülerle Erdemler Serisi (10 Kitaplık Set)</t>
+          <t>Afrika Ormanlarında</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>449.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755176192</t>
+          <t>9789755171654</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Doğa ve Çevre Serisi (10 Kitaplık Set)</t>
+          <t>80 Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>449.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755176468</t>
+          <t>9786055728595</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Dünya Klasikleri (10 Kitap Takım)</t>
+          <t>365 Boyama (Sert Kapak)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>399.9</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755176420</t>
+          <t>9789755171661</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Öykülerle Erdemler Serisi Seti (10 Kitap Takım)</t>
+          <t>15 Yaşında Kaptan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>199.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755176383</t>
+          <t>9789755171777</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Öykülerle Değerler Eğitimi Seti (10 Kitap Takım)</t>
+          <t>Deniz Yılanı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>199.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755176307</t>
+          <t>9789755172163</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Hikayelerle Kolay Arapça (8 Kitap + 2 Aktivite)</t>
+          <t>Deniz Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>149.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755176284</t>
+          <t>9789755171852</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Hikayelerle Kolay Arapça (8 Kitap + 2 Aktivite)</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>149.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054720248</t>
+          <t>9789755170909</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Defteri</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>49.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755176215</t>
+          <t>9789755170848</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Öykülerle Erdemler Serisi 10 Kitap</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>399.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755176185</t>
+          <t>9789755171173</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Öykülerle Doğa ve Çevre 10 Kitap</t>
+          <t>Dede Korkut</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>399.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755176208</t>
+          <t>9789755171418</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıflar İçin Öykülerle Erdemler Serisi (10 Kitap Takım)</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>399.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755176178</t>
+          <t>9789755173054</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıflar İçin Öykülerle Doğa ve Çevre (10 Kitap Takım)</t>
+          <t>David Coperfield</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>399.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755176246</t>
+          <t>9786055728090</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıflar İçin Öykülerle Değerler Eğitimi Seti (10 Kitap Takım)</t>
+          <t>Çocuklara En Güzel Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>399.9</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755176345</t>
+          <t>9789755172941</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Seçme Dünya Masalları (10 Kitap Takım)</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>199.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755176321</t>
+          <t>9789755170787</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Topun Maceraları (10 Kitap Takım)</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>199.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755176017</t>
+          <t>9789755171388</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Öykü Baharı (10 Kitap Takım)</t>
+          <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>399.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755175942</t>
+          <t>9789755172330</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Seçme Dünya Masalları Düz Yazılı - 10 Kitap</t>
+          <t>Budanın İntikamı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>199.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755175928</t>
+          <t>9789755170497</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sevilen Hayvanlar Serisi Düz Yazılı 1. Sınıf (10 Kitap Set)</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>199.9</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755174532</t>
+          <t>9789755172040</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı, Eş Sesli, Zıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>74.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755175850</t>
+          <t>9786054720163</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Öykü Dünyası 4. Sınıf (10 Kitap Takım)</t>
+          <t>Öykülerle Karakter Eğitimi - Gökkuşağından Mavi Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>449.9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755174822</t>
+          <t>9789755170008</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>A-Z Türkçe Büyük Sözlük</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>79.9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755174839</t>
+          <t>9786054720026</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çöz Bakalım Bilim 200 Etkinlik</t>
+          <t>Çizgiden Yazıya 1. Sınıf Çalışma Defteri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>119.9</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755174884</t>
+          <t>9786055393786</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çöz Bakalım Matematik 200 Etkinlik</t>
+          <t>İlkokul 1. Sınıf Yazı Defteri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>119.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755174860</t>
+          <t>9786054720156</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Matematik 200 Etkinlik</t>
+          <t>Öykülerle karakter Eğitimi - Gökkuşağından Kırmızı Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>119.9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755174907</t>
+          <t>9786054720187</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çöz Bakalım Eğlence 200 Etkinlik</t>
+          <t>Öykülerle Karakter Eğitimi - Gökkuşağından Yeşil Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>119.9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755174891</t>
+          <t>9799755170762</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Eğlence 200 Etkinlik</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>119.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755174815</t>
+          <t>9789755171982</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Sinsisi : Yılan</t>
+          <t>Robensonlar Okulu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>59.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755174785</t>
+          <t>9799755170595</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Asabisi : Su Aygırı</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>59.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755174709</t>
+          <t>9789755172460</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Bilgesi : Baykuş</t>
+          <t>Paul ve Virginie</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>59.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755174716</t>
+          <t>9799755170953</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Kaba Sabası : Gergedan</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>59.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054720224</t>
+          <t>9799755171011</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>99.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755174600</t>
+          <t>9789755173405</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Deyimler</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>99.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755175904</t>
+          <t>9789755172132</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Öykü Rüzgarı (10 Kitap Takım)</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>399.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755174631</t>
+          <t>9789755171432</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>49.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755174648</t>
+          <t>9789755171425</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çevre Dostu</t>
+          <t>Notre Damein Kamburu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>44.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054720019</t>
+          <t>9786055728618</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Çizgiye 1. Sınıf Çalışma Defteri</t>
+          <t>Neşeli Boyama</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>59.9</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755174525</t>
+          <t>9789755171364</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Resimli Arapça Sözlük</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>99.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755174549</t>
+          <t>9799755172278</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>74.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755174501</t>
+          <t>9789755172026</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Arapça (Cep Sözlüğü)</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>39.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755174556</t>
+          <t>9789755171869</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Resimli, Eş Anlamlı, Eş Sesli, Zıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>Kristof Colomb</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>149.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755174662</t>
+          <t>9789755172613</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sivri İş Başında</t>
+          <t>Korkusuz Şovalye Ivanhoe</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>79.9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755174655</t>
+          <t>9799755171004</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Küçüklük Başa Bela</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>49.9</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054720217</t>
+          <t>9789755172361</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Resimli Sözlük (Ciltli)</t>
+          <t>Kip Kardeşler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>99.9</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755173283</t>
+          <t>9789755172095</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin Uygulamalı Drama 1.Kitap</t>
+          <t>Kimsesiz Kız</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>59.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054720149</t>
+          <t>9799755171165</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Resimli Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Kelile ve Dimne Beydaba</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>199.99</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
+          <t>9789755171630</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan Grant’ın Çocukları</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789755170831</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Jane Eyre</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789755172033</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>İsviçreli Robensonlar</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789755172354</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>İnatçı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789755171807</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İki Yıl Okul Tatili</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789755171678</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>İki Yıl Okul Tatili</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789755171395</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789755171876</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Issız Adada Bir Yıl</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789755173443</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786055728632</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Harika Boyama</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789755172712</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Halk Masalları</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789755171968</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Patenler</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789755171302</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Güliver’in Gezileri</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789755170916</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Grimm Masalları</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789755171609</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Gökler Hakimi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789755173313</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Goriot Baba</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789755171760</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Gezginci Cambazlar</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789755171685</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin Cambazlar</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789755170800</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Ferman</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789755171548</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Ezop’tan Masallar</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9799755172537</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789755170466</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Efruz Bey</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789755171623</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Ucundaki Fener</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789755172156</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Merkezine Seyehat</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789755171180</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789755170879</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789755170961</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler Atasözleri ve Özdeyişler</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789755176000</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Sihirbazı (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789755171159</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Destanlar</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789755172392</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Yılanı</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789755174679</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Başkanı</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789755174969</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Okumaya İlk Adım Serisi (10 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789755176376</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yuva 1. Sınıf Dik Temel Harflerle Okumaya İlk Adım Serisi (Elakin) Yeni Ses Grupları (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786054720231</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi Kitabım Yaz Sil (Mavi - Pembe renk seçeneği ile)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789755175980</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Seçme Dünya Masalları - 20 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789755175973</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Seçme Dünya Masalları El Yazılı - 10 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789755173207</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Satranç 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789755170367</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimler İçin Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789755170336</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Deyimlerimizin Dili</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>2015170000000</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Tan Heceleme Çözümleme</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789755171722</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ten Düşünceler ve Özdeyişler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789755170558</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Şairler Yazarlar ve Edebi Akımlar</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9799755171158</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Destanlar</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789755176161</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser 4. Sınıf (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789755176154</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser 3. Sınıf (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789755176147</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser 2. Sınıf (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055728588</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim İçin Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789755176314</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Seçme Dünya Masalları (20 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789755176222</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Çocukları Serisi (10 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9799755172308</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Tutkusu</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789755173962</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Öyküler Serisi Düz Yazılı (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789755175874</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Seli 10 Kitap (4. Sınıflar için)</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789755174389</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Yağmuru 4. Sınıf (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789755175935</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Hayvanlar El Yazılı Renkli Heceli 1. Sınıf (10 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789755175898</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786054720170</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerle Karakter Eğitimi - Gökkuşağından Sarı Öyküler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>3990000016101</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Jules Verne Serisi 5-6 Sınıflar İçin 20 Kitaplık Set</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>74.07</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789755174846</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Bul Bakalım Bilim 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789755174877</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Çöz Bakalım İngilizce 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789755174853</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Bul Bakalım İngilizce 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789755174624</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Aşkı</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789755175829</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Mevsimi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>179.9</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054720002</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Seli Hikaye Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789755175966</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Sarmaş Dolaş Öyküler (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789755175959</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağından Öyküler (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789755176024</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Salıncağı 2. Sınıflar İçin (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>3990001748221</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>3990000040061</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Süper Boyama 10</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789755176352</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul 1. Sınıf Yazı Defteri-Dik Temel Harflerle</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>44.9</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>3996055728834</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Süper Boyama 9</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>3999755176017</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Gözlük Takmak İstemiyorum</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789755176444</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yazıyorum Okuyorum - Hece Kitabım</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786055393441</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Sihirbazı Set 2. Sınıf</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789755176475</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Okuma Yazma Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789755172408</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Esrarlı Ada</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789755172101</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Siyah İnci</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789755172415</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Ay'a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789755172576</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Truva Destanı - İlyada</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789755172675</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789755177854</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvan Dostlarımız (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>649.9</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789755176260</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri ve Deyimler Sözlüğü (Plastik Kapak)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789755173290</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789755170404</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk (Söylev)</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789755171555</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Lafonten Masalları</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>5.3</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789755175867</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Sarmaşığı (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789755177748</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Okuma Günlüğüm</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789755174952</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Yazım (İmla) Kılavuzu (Plastik Kapak)</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789755176833</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Sözlük (Plastik Kapak)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789755176369</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiden Yazıya Mutlu İnek ile Ece</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786259625201</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Yolcu-Şiirler</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789755177472</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Okumaya İlk Adım Serisi - Anetil (15 Kitap)</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786258167849</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>2. - 3. Sınıf Bisikletli Kaşifler Serisi</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789755177632</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Bulutu (10 kitap)</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789755176451</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Dünya Klasikleri Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>449.9</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789755176338</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Konuşan Hayvanlar Serisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789755176253</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıflar İçin Öykülerle Değerler Eğitimi 10 Kitap</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789755177588</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Andersen Masalları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789755177601</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789755174570</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine Masalları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789755177458</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi Kitabım Yaz Sil Yazı Defteri Anetil</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789755174945</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>249.9</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789755177564</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağa Kıpır'ın Maceraları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789755177557</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Uğur Böceği Poni'nin Maceraları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789755174563</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Penguen Pugi'nin Maceraları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789755177540</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Tonti'nin Maceraları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789755177526</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Dumdum’un Maceraları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789755177533</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Panda Babibu’nun Maceraları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789755177496</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Okumaya İlk Adım Serisi Anetil Düz Yazı (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789755177489</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiden Yazıya Çalışma Defteri (64 sayfa - Düz Yazı - Anetil)</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>109.9</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789755177571</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Hece ile Hızlı Kolay Okuma Yazma Kitabı</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>129.9</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789755177519</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Yazma Farkındalığı - İlkokula Hazırlık</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789755177502</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Matematik - İlkokula Hazırlık</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789755177410</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Yazı Defteri Standart Dik Çizgili</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789755175911</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Mevsimi (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789755176291</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Hikayelerle Kolay Arapça (8 Kitap + 2 Aktivite)</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789755174914</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Yuva 2. Sınıf Hem Okurum Hem Yazarım</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789755174938</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Yuva 4. Sınıf Hem Okurum Hem Yazarım</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789755174921</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Yuva 3. Sınıf Hem Okurum Hem Yazarım</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789755176437</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Öykülerle Doğa ve Çevre Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789755177427</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Yazı Defteri Standart Çizgili</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789755177434</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789755177403</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Yazı Defteri Standart Çizgili</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>44.9</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789755177441</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Yazarlık ve Öykü Tamamlama</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789755177465</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Harf ve Çizgi Çalışmalarım</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786055393762</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789755177366</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Mırmır’ın Maceraları</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786054720200</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Resimli Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789755175997</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Denizi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789755176277</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Hikayelerle Kolay Arapça (9 Kitap + 2 Aktivite)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789755177373</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Mevlana Mesneviden Öyküler (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789755177380</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Sarı’nın Maceraları</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789755177243</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789755177236</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Jules Verne Serisi (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>499.9</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789755177229</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789755176482</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Dünya Klasikleri Serisi (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>499.9</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789755176239</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Öykülerle Erdemler Serisi (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>449.9</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789755176192</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Doğa ve Çevre Serisi (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>499.9</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789755176468</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Dünya Klasikleri (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>449.9</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789755176420</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Öykülerle Erdemler Serisi Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789755176383</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Öykülerle Değerler Eğitimi Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789755176307</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Hikayelerle Kolay Arapça (8 Kitap + 2 Aktivite)</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789755176284</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Hikayelerle Kolay Arapça (8 Kitap + 2 Aktivite)</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786054720248</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Okuma Defteri</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789755176215</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıflar İçin Öykülerle Erdemler Serisi 10 Kitap</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789755176185</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıflar İçin Öykülerle Doğa ve Çevre 10 Kitap</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789755176208</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıflar İçin Öykülerle Erdemler Serisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789755176178</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıflar İçin Öykülerle Doğa ve Çevre (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789755176246</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıflar İçin Öykülerle Değerler Eğitimi Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789755176345</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Seçme Dünya Masalları (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789755176321</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Topun Maceraları (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789755176017</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Baharı (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789755175942</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Seçme Dünya Masalları Düz Yazılı - 10 Kitap</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789755175928</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Sevilen Hayvanlar Serisi Düz Yazılı 1. Sınıf (10 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789755174532</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Eş Anlamlı, Eş Sesli, Zıt Anlamlı Kelimeler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>84.9</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789755175850</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Dünyası 4. Sınıf (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789755174822</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>89.9</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789755174839</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Çöz Bakalım Bilim 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789755174884</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Çöz Bakalım Matematik 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789755174860</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Bul Bakalım Matematik 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789755174907</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Çöz Bakalım Eğlence 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789755174891</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Bul Bakalım Eğlence 200 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789755174815</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Aleminin En Sinsisi : Yılan</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789755174785</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Aleminin En Asabisi : Su Aygırı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789755174709</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Aleminin En Bilgesi : Baykuş</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789755174716</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Aleminin En Kaba Sabası : Gergedan</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786054720224</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri ve Deyimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789755174600</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Güldüren Deyimler</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789755175904</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Rüzgarı (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789755174631</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Can Dostum</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789755174648</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Dostu</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>44.9</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786054720019</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Noktadan Çizgiye 1. Sınıf Çalışma Defteri</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789755174525</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Arapça Sözlük</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>149.9</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789755174549</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Yazım Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>94.9</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789755174501</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Arapça (Cep Sözlüğü)</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>39.9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789755174556</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Resimli, Eş Anlamlı, Eş Sesli, Zıt Anlamlı Kelimeler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>179.9</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789755174662</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Sivri İş Başında</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789755174655</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Küçüklük Başa Bela</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786054720217</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Arapça-Türkçe Resimli Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789755173283</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Okulları İçin Uygulamalı Drama 1.Kitap</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786054720149</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Atasözleri ve Deyimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
           <t>9789755170565</t>
         </is>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B283" s="1" t="inlineStr">
         <is>
           <t>Kompozisyon Sanatı</t>
         </is>
       </c>
-      <c r="C103" s="1">
+      <c r="C283" s="1">
         <v>299.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>