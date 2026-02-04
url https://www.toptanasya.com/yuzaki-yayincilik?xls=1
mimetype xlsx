--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -829,51 +829,51 @@
         <is>
           <t>9786059214063</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Sana Geldim (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786059214193</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Metinleri ve Manzum Tercümeleriyle 40 Hadis</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789750053832</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Hak'tan Hediye</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786058672758</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>