--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,895 +85,910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752612242</t>
+          <t>9799752610315</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyet - 1 / İlk Müslüman Türk Devletleri</t>
+          <t>Bostan Seçme Öyküler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9799756836636</t>
+          <t>9789752612242</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yollar ve Yolcular</t>
+          <t>Kayıp Medeniyet - 1 / İlk Müslüman Türk Devletleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752611726</t>
+          <t>9799756836636</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri 4</t>
+          <t>Yollar ve Yolcular</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752611597</t>
+          <t>9789752611726</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri 3</t>
+          <t>Sorularla Risale-i Nur Dersleri 4</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752611535</t>
+          <t>9789752611597</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri -1</t>
+          <t>Sorularla Risale-i Nur Dersleri 3</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9799752610285</t>
+          <t>9789752611535</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Güzel Yüzü</t>
+          <t>Sorularla Risale-i Nur Dersleri -1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752611252</t>
+          <t>9799752610285</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Namaza Giden Yollar</t>
+          <t>Ölümün Güzel Yüzü</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799752610063</t>
+          <t>9789752611252</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Yoktur</t>
+          <t>Namaza Giden Yollar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752611245</t>
+          <t>9799752610063</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsan Niçin Sevilir?</t>
+          <t>Kötü Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752611832</t>
+          <t>9789752611245</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evlilik Okulu</t>
+          <t>İnsan Niçin Sevilir?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752611757</t>
+          <t>9789752611832</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinin Dili</t>
+          <t>Herkes İçin Evlilik Okulu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799756836117</t>
+          <t>9789752611757</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Kader Sohbeti</t>
+          <t>Çocuk Resimlerinin Dili</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756836293</t>
+          <t>9799756836117</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratılış Sohbeti Evrim, Madde ve Tabiat Üzerine</t>
+          <t>Bir Kader Sohbeti</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752611542</t>
+          <t>9789756836293</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri - 2</t>
+          <t>Bir Yaratılış Sohbeti Evrim, Madde ve Tabiat Üzerine</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752611603</t>
+          <t>9789752611542</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Söz Geçirme Sanatı</t>
+          <t>Sorularla Risale-i Nur Dersleri - 2</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799752611121</t>
+          <t>9789752611603</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden (Almanca)</t>
+          <t>Çocuklara Söz Geçirme Sanatı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752611863</t>
+          <t>9799752611121</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Kelimeler Cümleler 3</t>
+          <t>Hayatın İçinden (Almanca)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752611948</t>
+          <t>9789752611863</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Dersler 2</t>
+          <t>Risale-i Nur’dan Kelimeler Cümleler 3</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752612099</t>
+          <t>9789752611948</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Dersler</t>
+          <t>Risale-i Nur’dan Dersler 2</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756836859</t>
+          <t>9789752612099</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nükteler</t>
+          <t>Risale-i Nur’dan Dersler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756836361</t>
+          <t>9789756836859</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Allah’ın Güzel İsimleri</t>
+          <t>Nükteler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757762379</t>
+          <t>9789756836361</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Nedir?</t>
+          <t>Esma-i Hüsna Allah’ın Güzel İsimleri</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752611764</t>
+          <t>9789757762379</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Dersler</t>
+          <t>Alevilik Nedir?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752612235</t>
+          <t>9789752611764</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Dersler - Mesnevi-i Nuriye</t>
+          <t>Risale-i Nur'dan Dersler</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756836132</t>
+          <t>9789752612235</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hülya’ya Mektuplar Gerçek Nedir? Sevgi Nedir? Kadın Nedir?</t>
+          <t>Risale-i Nur'dan Dersler - Mesnevi-i Nuriye</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752611924</t>
+          <t>9789756836132</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Genç Anneye Mektuplar</t>
+          <t>Hülya’ya Mektuplar Gerçek Nedir? Sevgi Nedir? Kadın Nedir?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752613966</t>
+          <t>9789752611924</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 6</t>
+          <t>Genç Anneye Mektuplar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752613973</t>
+          <t>9789752613966</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 7</t>
+          <t>Sözler'den Dersler 6</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752613980</t>
+          <t>9789752613973</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Örnek İnsanlar</t>
+          <t>Sözler'den Dersler 7</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752613874</t>
+          <t>9789752613980</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler - 4</t>
+          <t>Örnek İnsanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752613751</t>
+          <t>9789752613874</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler - 5</t>
+          <t>Sözler'den Dersler - 4</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752613638</t>
+          <t>9789752613751</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan İnsanlar</t>
+          <t>Sözler'den Dersler - 5</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752613560</t>
+          <t>9789752613638</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 3</t>
+          <t>Unutulmayan İnsanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752613256</t>
+          <t>9789752613560</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Eğleniyorum Öğreniyorum</t>
+          <t>Sözler'den Dersler 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752613249</t>
+          <t>9789752613256</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı'ndan Anahtar Kelimeler</t>
+          <t>Oynuyorum Eğleniyorum Öğreniyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752612860</t>
+          <t>9789752613249</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ailede ve Okulda Değerler Eğitimi</t>
+          <t>Risale-i Nur Külliyatı'ndan Anahtar Kelimeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752612358</t>
+          <t>9789752612860</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 1</t>
+          <t>Ailede ve Okulda Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752612365</t>
+          <t>9789752612358</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler - 2</t>
+          <t>Sözler'den Dersler 1</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752612280</t>
+          <t>9789752612365</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Adile Sultan</t>
+          <t>Sözler'den Dersler - 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752612266</t>
+          <t>9789752612280</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Duygu Keşifleri</t>
+          <t>Adile Sultan</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752612259</t>
+          <t>9789752612266</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyet 2: Selçuklular</t>
+          <t>Duygu Keşifleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258355666</t>
+          <t>9789752612259</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Kitap</t>
+          <t>Kayıp Medeniyet 2: Selçuklular</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799752610605</t>
+          <t>9786258355666</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Vesvese Şeytanın Bir Oyunu</t>
+          <t>Yengeç Kitap</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752611900</t>
+          <t>9799752610605</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Anneme Soramadığım Sorular</t>
+          <t>Vesvese Şeytanın Bir Oyunu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752612211</t>
+          <t>9789752611900</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarıyla Çözümleriyle Ergenlik Çağı</t>
+          <t>Anneme Soramadığım Sorular</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752612204</t>
+          <t>9789752612211</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Anne Olma Sanatı</t>
+          <t>Sorunlarıyla Çözümleriyle Ergenlik Çağı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752611498</t>
+          <t>9789752612204</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Anne Olma Sanatı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799756836681</t>
+          <t>9789752611498</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Benim Sağlıklı Bebeğim</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752612174</t>
+          <t>9799756836681</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Baba Olma Sanatı</t>
+          <t>Benim Sağlıklı Bebeğim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752611795</t>
+          <t>9789752612174</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşk Biter İnsan Yorulur!</t>
+          <t>Baba Olma Sanatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752611788</t>
+          <t>9789752611795</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Anne Saati Geldi mi?</t>
+          <t>Aşk Biter İnsan Yorulur!</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752611887</t>
+          <t>9789752611788</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ana Baba Okulu</t>
+          <t>Anne Saati Geldi mi?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752612037</t>
+          <t>9789752611887</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Torun Sevme Rehberi</t>
+          <t>Ana Baba Okulu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055523640</t>
+          <t>9789752612037</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Saltanatın Yürek Sızısı</t>
+          <t>Torun Sevme Rehberi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752611375</t>
+          <t>9786055523640</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Okul Ailede Başlar</t>
+          <t>Saltanatın Yürek Sızısı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799756836407</t>
+          <t>9789752611375</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımız Mutsuz ve Başarısız Olmasın</t>
+          <t>Okul Ailede Başlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9799756836407</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarımız Mutsuz ve Başarısız Olmasın</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
           <t>9799752611336</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Çocuğun Manevi Eğitimi</t>
         </is>
       </c>
-      <c r="C58" s="1">
+      <c r="C59" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>