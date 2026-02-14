--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,910 +85,2980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9799752610315</t>
+          <t>2789785964957</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bostan Seçme Öyküler</t>
+          <t>Bir Fiil Yaratmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>9</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752612242</t>
+          <t>9789752611368</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyet - 1 / İlk Müslüman Türk Devletleri</t>
+          <t>Mehmed Kırkıncı Bütün Eserleri 7 - Hayatım Hatıralarım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9799756836636</t>
+          <t>9789752611290</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yollar ve Yolcular</t>
+          <t>Mehmed Kırkıncı Bütün Eserleri (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752611726</t>
+          <t>9789752611702</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri 4</t>
+          <t>Yolumuzu Aydınlatanlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752611597</t>
+          <t>9789756836965</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri 3</t>
+          <t>Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752611535</t>
+          <t>9789756836514</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri -1</t>
+          <t>Ümit Öyküleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799752610285</t>
+          <t>9799752610438</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Güzel Yüzü</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752611252</t>
+          <t>9789752611269</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Namaza Giden Yollar</t>
+          <t>Tarih Öyküleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799752610063</t>
+          <t>9789752611504</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Yoktur</t>
+          <t>Şifa Öyküleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752611245</t>
+          <t>9789752611481</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İnsan Niçin Sevilir?</t>
+          <t>Sultan Fatih</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752611832</t>
+          <t>9799752610513</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evlilik Okulu</t>
+          <t>Serap</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752611757</t>
+          <t>9789752612105</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinin Dili</t>
+          <t>Seni Seviyorum Anne</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799756836117</t>
+          <t>9789752611160</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Kader Sohbeti</t>
+          <t>Sahabelerin Hayatlarından Hidayet Öyküleri 5: Nasıl Müslüman Oldular?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756836293</t>
+          <t>9799752610544</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratılış Sohbeti Evrim, Madde ve Tabiat Üzerine</t>
+          <t>Sahabelerin Hayatlarından Hidayet Öyküleri 3 Nasıl Müslüman Oldular?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752611542</t>
+          <t>9799752610087</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Risale-i Nur Dersleri - 2</t>
+          <t>Sahabelerin Hayatlarından Hidayet Öyküleri 1 Nasıl Müslüman Oldular</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752611603</t>
+          <t>9789752612167</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Söz Geçirme Sanatı</t>
+          <t>Sahabe Hayatından Hidayet Öyküleri - 3</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799752611121</t>
+          <t>9789752612150</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden (Almanca)</t>
+          <t>Sahabe Hayatından Hidayet Öyküleri - 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752611863</t>
+          <t>9789752612143</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Kelimeler Cümleler 3</t>
+          <t>Sahabe Hayatından Hidayet Öyküleri - 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752611948</t>
+          <t>9799752610322</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Dersler 2</t>
+          <t>Sevgi Öyküleri 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752612099</t>
+          <t>9799756836483</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Dersler</t>
+          <t>Sevgi Öyküleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756836859</t>
+          <t>9799752610667</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nükteler</t>
+          <t>Rüzgarın Çevirdiği Sayfalar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756836361</t>
+          <t>9789752611207</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Allah’ın Güzel İsimleri</t>
+          <t>Risale-i Nur’dan Kelimeler Cümleler 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757762379</t>
+          <t>9789752611191</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Nedir?</t>
+          <t>Risale-i Nur’dan Kelimeler Cümleler 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752611764</t>
+          <t>9799752611060</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Dersler</t>
+          <t>Rahman’ın Misafiri İnsan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752612235</t>
+          <t>9799756836605</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Dersler - Mesnevi-i Nuriye</t>
+          <t>Peygamberler Tarihi  Çocuklar İçin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756836132</t>
+          <t>9789756836064</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hülya’ya Mektuplar Gerçek Nedir? Sevgi Nedir? Kadın Nedir?</t>
+          <t>Peygamberimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752611924</t>
+          <t>9789752612075</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Genç Anneye Mektuplar</t>
+          <t>Peygamberimizin Hayatından Seçilmiş Asr-ı Saadet Öyküleri - 3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>245</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752613966</t>
+          <t>9789752612068</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 6</t>
+          <t>Peygamberimizin Hayatından Seçilmiş Asr-ı Saadet Öyküleri - 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752613973</t>
+          <t>9789752612051</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 7</t>
+          <t>Peygamberimizin Hayatından Seçilmiş Asr-ı Saadet Öyküleri - 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752613980</t>
+          <t>9789752611412</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Örnek İnsanlar</t>
+          <t>Peygamberimizin Güzel İsimleri - Esma-i Nebi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752613874</t>
+          <t>9789752610781</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler - 4</t>
+          <t>Peygamberimin Sevdiği Müslüman</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752613751</t>
+          <t>9789752611566</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler - 5</t>
+          <t>Peygamber Efendimiz (SAV)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752613638</t>
+          <t>9799752610445</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan İnsanlar</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752613560</t>
+          <t>9799756836421</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 3</t>
+          <t>Ölüm Son Değildir Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752613256</t>
+          <t>9789756836101</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Eğleniyorum Öğreniyorum</t>
+          <t>Ölüm Son Değildir İkinci Kitap</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752613249</t>
+          <t>9789756836095</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı'ndan Anahtar Kelimeler</t>
+          <t>Ölüm Son Değildir Birinci Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752612860</t>
+          <t>9799752610247</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ailede ve Okulda Değerler Eğitimi</t>
+          <t>Okul Öyküleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752612358</t>
+          <t>9789757762720</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler 1</t>
+          <t>Nur’dan Kelimeler -1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752612365</t>
+          <t>9789756836507</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sözler'den Dersler - 2</t>
+          <t>Nur’dan Kelimeler - 4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752612280</t>
+          <t>9799756836827</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adile Sultan</t>
+          <t>Nur’dan Cümleler -3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752612266</t>
+          <t>3990000003076</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Duygu Keşifleri</t>
+          <t>Nur’dan Cümleler -2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752612259</t>
+          <t>3990000003075</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyet 2: Selçuklular</t>
+          <t>Nur’dan Cümleler - 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258355666</t>
+          <t>9799756836698</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Kitap</t>
+          <t>Neşeli Öyküler 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9799752610605</t>
+          <t>9789756836453</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Vesvese Şeytanın Bir Oyunu</t>
+          <t>Neşeli Öyküler 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752611900</t>
+          <t>9789752611801</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Anneme Soramadığım Sorular</t>
+          <t>Na’t-ı Şerifler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752612211</t>
+          <t>9789752611672</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarıyla Çözümleriyle Ergenlik Çağı</t>
+          <t>Namazın Sayısal Mucizeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752612204</t>
+          <t>9799752611053</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Anne Olma Sanatı</t>
+          <t>Müjdeli Hadisler 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752611498</t>
+          <t>9799752610766</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Muzlu Çikolata ve Kargalar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799756836681</t>
+          <t>9799752610254</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim Sağlıklı Bebeğim</t>
+          <t>Mesnevi  Seçme Öyküler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>360</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752612174</t>
+          <t>9789752611528</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Baba Olma Sanatı</t>
+          <t>Merak Edilen Cevaplar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752611795</t>
+          <t>9789752611399</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aşk Biter İnsan Yorulur!</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752611788</t>
+          <t>9789757762560</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Anne Saati Geldi mi?</t>
+          <t>Küçük Yaştaki Adamlara Büyük Boyda Bilmeceler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752611887</t>
+          <t>9789752611153</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ana Baba Okulu</t>
+          <t>Küçük Lügat 13000 Kelime - Terim - Terkip</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752612037</t>
+          <t>9789752611382</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Torun Sevme Rehberi</t>
+          <t>Kur’an’daki İsimlerin Esrarı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055523640</t>
+          <t>9789752611849</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Saltanatın Yürek Sızısı</t>
+          <t>Kur’an’da Fetih Müjdeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752611375</t>
+          <t>9789752612181</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Okul Ailede Başlar</t>
+          <t>Kur’an ve Sünnet Işığında 40 Soru 40 Cevap</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>245</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799756836407</t>
+          <t>9789752612136</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımız Mutsuz ve Başarısız Olmasın</t>
+          <t>Kur’an Ayetlerinden Vahiy Öyküleri - 3</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
+          <t>9789752612129</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ayetlerinden Vahiy Öyküleri - 2</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789752612112</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Ayetlerinden Vahiy Öyküleri - 1</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789757762652</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Gram Tebessüm</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789752611573</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kesilen Gitar</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789752611221</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlık Öyküleri Bir Hilal Uğruna</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789756836958</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Kader Nedir?</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9799752610476</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>İslam’a Koşanlar İslamiyeti Kabul Eden Yirmi Adamın Hidayet Öyküsü</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9799756836834</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İslam’a Koşan Hanımlar</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789752611641</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>İslam Birliği ve Yavuz Sultan Selim</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9799752610483</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>İnsan, Millet ve Devlet</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9799752610711</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>İki Cihan Güneşi Peygamberimiz</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9799752610391</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>İdeal Öğretmen</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9799752610506</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>İçimde Bir Göçebe Var</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789752611740</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Ariflerin Kutbu İbrahim Gürses Hazretleri</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9799756836780</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Hikmet Pırıltıları</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789752611450</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Öykü Seti</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>166.67</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9799752610773</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Hazır Cevaplar 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789757762553</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Hazır Cevaplar 1</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789757762577</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden 1</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789752611931</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden 3</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789757762126</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden 2</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789756836941</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım - Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789752611559</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Yön Veren Peygamber</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789752611689</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Sahabeler</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9799752610162</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Hac Günlüğü</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9799752610193</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan Seçme Öyküler</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9799756836223</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Göze Takılanlar Makaleler ve Gezi Notları -2</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789756836422</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Hazır Cevaplar 2</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789752611696</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789757762973</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeğe Doğru Cilt: 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789757762966</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeğe Doğru Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789757762997</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeğe Doğru Cilt 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789756836989</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Gencin Annesine Mektuplar</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789752611283</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Evrim Teorisi Biyolojiden İdeolojiye</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789752611771</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Özlü Sözler</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789756836910</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Dostluk Öyküleri</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9799752610421</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789752611870</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Doğudan Geldiler</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9799752610681</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 7</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9799752610100</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 6</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9799752610025</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 5</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789756836675</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 4</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9799756836810</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 3</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9799756836650</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 2</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9799756836643</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri 1</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789752611443</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Öyküleri (Yedi Kitaplık Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9799756836476</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluktan Evliliğe Ruh Sağlığımız</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9799752610278</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Hikayeler</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789756836248</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Bir Psikiyatristle Sohbetler</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789752611719</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gül Demeti</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9799752611084</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Başımda Örümcek mi Var Öğretmenim?</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9799756836551</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Öyküleri</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9799756836735</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Ay’da Yanan Mum</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789752611238</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Annem ve Babamla Oynuyorum Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789752612013</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Allah ve Hayat</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9799756836841</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Düşündüren Öyküler</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9799752610650</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Bahçesi</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789756836491</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Çıkar Sokak</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789752611894</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Allah’a Giden Yollar</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789752611405</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Allah ve Dua</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789752611733</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Allah ve Aşk</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789756836538</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Öyküleri</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9799756836612</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Aile Öyküleri</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789752611467</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Öyküleri</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789752611320</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Kırkıncı Bütün Eserleri- 3 Kader Nedir? Ruh Nedir? Nasıl Aldanıyorlar?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789752611351</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Kırkıncı Bütün Eserleri- 6 / İnsan, Millet ve Devlet - Rahman'ın Misafiri İnsan</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789752611344</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Kırkıncı Bütün Eserleri - 5 / Fikir Damlaları - Gönül Damlaları</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789752611580</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Orucu</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789752611313</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Alevilik Nedir? - İslam'da Birlik - Siyasette Ölçü - İçtihad Nedir? - Dar-ül Harb Nedir?</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789752611306</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Kırkıncı Bütün Eserleri - 1: Hikmet Pırıltıları - Nükteler</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789752611337</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Kırkıncı Bütün Eserleri - 4: İrşad Sahasında Bediüzzaman - Cihad Sahasında Bediüzzaman - Bediüzzaman'ı Nasıl Tanıdım?</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789756836323</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Nur’dan Kelimeler -3</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789756836088</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Nur’dan Kelimeler -2</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789752611511</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Allah ve Ümit</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789752613430</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Ol Pozitif Bak</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789752613485</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Allah ve Sen</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789752612228</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Peygamber Efendimiz</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789756836620</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Özel Lügat 25.000 Kelime-Terim-Terkip (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789752612198</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kızları Kız Gibi Erkekleri Erkek Gibi Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>3990000088715</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Na’t-ı Şerifler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>2880000116011</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden (Arapça)</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9799752610315</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Bostan Seçme Öyküler</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789752612242</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Medeniyet - 1 / İlk Müslüman Türk Devletleri</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9799756836636</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Yollar ve Yolcular</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789752611726</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Risale-i Nur Dersleri 4</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789752611597</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Risale-i Nur Dersleri 3</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789752611535</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Risale-i Nur Dersleri -1</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9799752610285</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Güzel Yüzü</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789752611252</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Namaza Giden Yollar</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9799752610063</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Çocuk Yoktur</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789752611245</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Niçin Sevilir?</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789752611832</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Evlilik Okulu</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789752611757</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Resimlerinin Dili</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9799756836117</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kader Sohbeti</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789756836293</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaratılış Sohbeti Evrim, Madde ve Tabiat Üzerine</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789752611542</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Risale-i Nur Dersleri - 2</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789752611603</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Söz Geçirme Sanatı</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9799752611121</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden (Almanca)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789752611863</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur’dan Kelimeler Cümleler 3</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789752611948</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur’dan Dersler 2</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789752612099</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur’dan Dersler</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789756836859</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Nükteler</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789756836361</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Esma-i Hüsna Allah’ın Güzel İsimleri</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789757762379</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Alevilik Nedir?</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789752611764</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur'dan Dersler</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789752612235</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur'dan Dersler - Mesnevi-i Nuriye</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789756836132</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Hülya’ya Mektuplar Gerçek Nedir? Sevgi Nedir? Kadın Nedir?</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789752611924</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Genç Anneye Mektuplar</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789752613966</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler 6</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789752613973</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler 7</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789752613980</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Örnek İnsanlar</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789752613874</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler - 4</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789752613751</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler - 5</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789752613638</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmayan İnsanlar</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789752613560</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler 3</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789752613256</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Oynuyorum Eğleniyorum Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789752613249</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur Külliyatı'ndan Anahtar Kelimeler</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789752612860</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Ailede ve Okulda Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789752612358</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler 1</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789752612365</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Sözler'den Dersler - 2</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789752612280</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Adile Sultan</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789752612266</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Keşifleri</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789752612259</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Medeniyet 2: Selçuklular</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786258355666</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Yengeç Kitap</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9799752610605</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Vesvese Şeytanın Bir Oyunu</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789752611900</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Anneme Soramadığım Sorular</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789752612211</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Sorunlarıyla Çözümleriyle Ergenlik Çağı</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789752612204</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Anne Olma Sanatı</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789752611498</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9799756836681</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sağlıklı Bebeğim</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789752612174</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Baba Olma Sanatı</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789752611795</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Biter İnsan Yorulur!</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789752611788</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Anne Saati Geldi mi?</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789752611887</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Ana Baba Okulu</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789752612037</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Torun Sevme Rehberi</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786055523640</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Saltanatın Yürek Sızısı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789752611375</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Okul Ailede Başlar</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9799756836407</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarımız Mutsuz ve Başarısız Olmasın</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
           <t>9799752611336</t>
         </is>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Çocuğun Manevi Eğitimi</t>
         </is>
       </c>
-      <c r="C59" s="1">
+      <c r="C197" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>