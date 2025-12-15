--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -139,81 +139,81 @@
         <is>
           <t>9786054243716</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Münazarat (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786054243105</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Şualar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>546</v>
+        <v>740</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>3990000004910</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Mesnevi-i Nuriye (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>3990000004927</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Lem’alar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>365</v>
+        <v>645</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>3990000010308</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman Said Nursi Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>3990000010304</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>