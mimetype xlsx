--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1810 +85,1945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789756382936</t>
+          <t>4440000003119</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Küçük Sözler</t>
+          <t>Büyük Boy Ciltli Set (14 Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>80</v>
+        <v>10125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756382929</t>
+          <t>3990000004891</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi</t>
+          <t>En Kolay Anlaşılır Risale-i Nur Külliyatı Orta Boy (16 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>9750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054243716</t>
+          <t>3990000004890</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Münazarat (Ciltli)</t>
+          <t>En Kolay Anlaşılır Risale-i Nur Külliyatı Küçük Boy (14 Cilt Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>5737</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054243105</t>
+          <t>9786054243266</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy) (Ciltli)</t>
+          <t>En Kolay Anlaşılır Risale-i Nur Külliyatı Büyük Boy (16 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>740</v>
+        <v>11880</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000004910</t>
+          <t>3990000093679</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Orta Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatı 14 Cilt Takım (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>315</v>
+        <v>8370</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000004927</t>
+          <t>9789756382950</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Lem’alar (Büyük Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından İhlas Risaleleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>645</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000010308</t>
+          <t>9786054243044</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
+          <t>Mucizeyen Ehmedi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>700</v>
+        <v>142</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000010304</t>
+          <t>9786054243457</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi - Tarihçe-i Hayatı (Küçük Boy) (Ciltli)</t>
+          <t>Dersen Civaki (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>844</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054243129</t>
+          <t>9786054243013</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Mecmuası (Büyük Boy) (Ciltli)</t>
+          <t>Xutbeya Şame</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>665</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756382905</t>
+          <t>9789756382936</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Küçük Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından Küçük Sözler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>390</v>
+        <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756382058</t>
+          <t>9789756382929</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Küçük Boy) (Ciltli)</t>
+          <t>Hanımlar Rehberi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>162</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756382042</t>
+          <t>9786054243716</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Lem’alar (Küçük Boy) (Ciltli)</t>
+          <t>Münazarat (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>370</v>
+        <v>405</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054243303</t>
+          <t>9786054243105</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Nexweşan</t>
+          <t>Şualar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>85</v>
+        <v>740</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054243327</t>
+          <t>3990000004910</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından - Hizmet Rehberi</t>
+          <t>Mesnevi-i Nuriye (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054243020</t>
+          <t>3990000004927</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Munazerat</t>
+          <t>Lem’alar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>85</v>
+        <v>645</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054243051</t>
+          <t>3990000010308</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Diwana Herba Urfi</t>
+          <t>Bediüzzaman Said Nursi Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>85</v>
+        <v>700</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000011273</t>
+          <t>3990000010304</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman’dan Öğütler</t>
+          <t>Bediüzzaman Said Nursi - Tarihçe-i Hayatı (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>55</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054243259</t>
+          <t>9786054243129</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Üçüncü Söz</t>
+          <t>Zülfikar Mecmuası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>897</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000004899</t>
+          <t>9789756382905</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-i Seniyye Risalesi</t>
+          <t>Sözler (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>526</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054243464</t>
+          <t>9789756382058</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-U Valideyn (Mini Boy)</t>
+          <t>İman ve Küfür Muvazeneleri (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>55</v>
+        <v>297</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000004924</t>
+          <t>9789756382042</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nur’un İlk Kapısı</t>
+          <t>Lem’alar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>499</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756382998</t>
+          <t>9786054243303</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zülfıkar Mecmuası (Ciltli)</t>
+          <t>Risaleya Nexweşan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054243358</t>
+          <t>9786054243327</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mesnewiya Nuriye (Orta Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından - Hizmet Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>405</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756382004</t>
+          <t>9786054243020</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Büyük Boy) (Ciltli)</t>
+          <t>Munazerat</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>750</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756382479</t>
+          <t>9786054243051</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Orta Boy) (Ciltli)</t>
+          <t>Diwana Herba Urfi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>315</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756382783</t>
+          <t>3990000011273</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi</t>
+          <t>Bediüzzaman’dan Öğütler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>65</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054243334</t>
+          <t>9786054243259</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Gençlik Rehberi</t>
+          <t>Yirmi Üçüncü Söz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>105</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000004902</t>
+          <t>3990000004899</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Otuz Üç Pencere</t>
+          <t>Sünnet-i Seniyye Risalesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000010306</t>
+          <t>9786054243464</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı ve Türkçe Meali</t>
+          <t>Hukuk-U Valideyn (Mini Boy)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756382356</t>
+          <t>3990000004924</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi</t>
+          <t>Nur’un İlk Kapısı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>162</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054243242</t>
+          <t>9789756382998</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi</t>
+          <t>Zülfıkar Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>351</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756382112</t>
+          <t>9786054243358</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Küçük Boy (Ciltli)</t>
+          <t>Mesnewiya Nuriye (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>390</v>
+        <v>743</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756382465</t>
+          <t>9789756382004</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mesnevî-i Nuriye (Ciltli)</t>
+          <t>Sözler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>315</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054243518</t>
+          <t>9789756382479</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Büyük Boy) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>645</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054243396</t>
+          <t>9789756382783</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy) (Ciltli)</t>
+          <t>Tabiat Risalesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>740</v>
+        <v>88</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756382943</t>
+          <t>9786054243334</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Hastalar Risalesi</t>
+          <t>Risale-i Nur Külliyatından Gençlik Rehberi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>65</v>
+        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054243402</t>
+          <t>3990000004902</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Mecmuası (Büyük Boy) (Ciltli)</t>
+          <t>Otuz Üç Pencere</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>122</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756382202</t>
+          <t>3990000010306</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Büyük Boy) (Ciltli)</t>
+          <t>Namaz Tesbihatı ve Türkçe Meali</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>182</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054243679</t>
+          <t>9789756382356</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Reçete't-ül Ekrad (Arapça Münazarat) (Ciltli)</t>
+          <t>Gençlik Rehberi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054243648</t>
+          <t>9786054243242</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rîsaleya Lem'eyan (Ciltli)</t>
+          <t>Haşir Risalesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>625</v>
+        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054243617</t>
+          <t>9789756382112</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cewşena Mezin ü Meala We - Cevşen ve Kürtçe Meali (Ciltli)</t>
+          <t>Tarihçe-i Hayat Küçük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>526</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054243181</t>
+          <t>9789756382465</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi</t>
+          <t>Mesnevî-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054243556</t>
+          <t>9786054243518</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi - Rebera Xizmete (Ciltli)</t>
+          <t>Lem'alar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>510</v>
+        <v>870</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054243525</t>
+          <t>9786054243396</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Ciltli)</t>
+          <t>Şualar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>625</v>
+        <v>999</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054243631</t>
+          <t>9789756382943</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sözler - Koma Gotinan (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından Hastalar Risalesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>625</v>
+        <v>88</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054243136</t>
+          <t>9786054243402</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi</t>
+          <t>Tılsımlar Mecmuası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>607</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756382455</t>
+          <t>9789756382202</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Asa-yı Musa (Orta Boy) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>315</v>
+        <v>526</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756382368</t>
+          <t>9786054243679</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İçtimai Dersler (Küçük Boy) (Ciltli)</t>
+          <t>Reçete't-ül Ekrad (Arapça Münazarat) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>370</v>
+        <v>405</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054243549</t>
+          <t>9786054243648</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Orta Boy) (Ciltli)</t>
+          <t>Rîsaleya Lem'eyan (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>530</v>
+        <v>844</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756382171</t>
+          <t>9786054243617</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Müdafaalar (Küçük Boy) (Ciltli)</t>
+          <t>Cewşena Mezin ü Meala We - Cevşen ve Kürtçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000030667</t>
+          <t>9786054243181</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi (Ciltli, Kırmızı Kapak)</t>
+          <t>Gençlik Rehberi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>460</v>
+        <v>121</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756382189</t>
+          <t>9786054243556</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
+          <t>Hizmet Rehberi - Rebera Xizmete (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>700</v>
+        <v>689</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756382082</t>
+          <t>9786054243525</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l - İcaz (Küçük Boy) (Ciltli)</t>
+          <t>Mektubat (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>310</v>
+        <v>844</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054243600</t>
+          <t>9786054243631</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Vateya Qıjeki</t>
+          <t>Sözler - Koma Gotinan (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>85</v>
+        <v>844</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054243563</t>
+          <t>9786054243136</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Neweşan</t>
+          <t>Haşir Risalesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>85</v>
+        <v>121</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054243570</t>
+          <t>9789756382455</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Risaleya İxlasi</t>
+          <t>Risale-i Nur Külliyatından Asa-yı Musa (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>85</v>
+        <v>425</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054243594</t>
+          <t>9789756382368</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Bırarıye</t>
+          <t>İçtimai Dersler (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>85</v>
+        <v>499</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054243587</t>
+          <t>9786054243549</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mucizeye Ehmediye</t>
+          <t>Lem'alar (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>85</v>
+        <v>715</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756382769</t>
+          <t>9789756382171</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından İşaratü’l - İcaz (Büyük Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından Müdafaalar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>499</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756382686</t>
+          <t>3990000030667</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Müdafaalar (Orta Boy) (Ciltli)</t>
+          <t>Hizmet Rehberi (Ciltli, Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000004916</t>
+          <t>9789756382189</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Orta Boy) (Ciltli)</t>
+          <t>Bediüzzaman Said Nursi Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>945</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756382090</t>
+          <t>9789756382082</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Küçük Boy ) (Ciltli)</t>
+          <t>İşaratü'l - İcaz (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>310</v>
+        <v>418</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000002768</t>
+          <t>9786054243600</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Büyük Boy ) (Ciltli)</t>
+          <t>Vateya Qıjeki</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>560</v>
+        <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756382981</t>
+          <t>9786054243563</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi</t>
+          <t>Risaleya Neweşan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000016656</t>
+          <t>9786054243570</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cevşen ve Meali (Cep Boy)</t>
+          <t>Risaleya İxlasi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000010303</t>
+          <t>9786054243594</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Meali (Çanta Boy) (Ciltli)</t>
+          <t>Risaleya Bırarıye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>555</v>
+        <v>115</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000016655</t>
+          <t>9786054243587</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Meali (Cep Boy)</t>
+          <t>Mucizeye Ehmediye</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000011272</t>
+          <t>9789756382769</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman’ın Hayatından Harikalar</t>
+          <t>Risale-i Nur Külliyatından İşaratü’l - İcaz (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>105</v>
+        <v>607</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000017555</t>
+          <t>9789756382686</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Münacat Risalesi</t>
+          <t>Risale-i Nur Külliyatından Müdafaalar (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>65</v>
+        <v>621</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756382139</t>
+          <t>3990000004916</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Küçük Boy) (Ciltli)</t>
+          <t>Emirdağ Lahikası (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>607</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054243228</t>
+          <t>9789756382090</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
+          <t>Emirdağ Lahikası (Küçük Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>418</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756382646</t>
+          <t>3990000002768</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Orta Boy ) (Ciltli)</t>
+          <t>Emirdağ Lahikası (Büyük Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>570</v>
+        <v>756</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756382031</t>
+          <t>9789756382981</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Küçük Boy) (Ciltli)</t>
+          <t>Divan-ı Harb-i Örfi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>330</v>
+        <v>122</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054243341</t>
+          <t>3990000016656</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Büyük Boy) (Ciltli)</t>
+          <t>Küçük Cevşen ve Meali (Cep Boy)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>665</v>
+        <v>141</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000004903</t>
+          <t>3990000010303</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler - Osmanlıca - Türkçe</t>
+          <t>Büyük Cevşen ve Meali (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>749</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756382493</t>
+          <t>3990000016655</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen ve Meali (Cep Boy)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>450</v>
+        <v>357</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756382074</t>
+          <t>3990000011272</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Küçük Boy) (Ciltli)</t>
+          <t>Bediüzzaman’ın Hayatından Harikalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>290</v>
+        <v>141</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756382219</t>
+          <t>3990000017555</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından Münacat Risalesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756382509</t>
+          <t>9789756382139</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İşaratü’l - İcaz (Orta Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>375</v>
+        <v>351</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054243495</t>
+          <t>9786054243228</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Hakikat Nurları</t>
+          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>564</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756382790</t>
+          <t>9789756382646</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ramazan İktisad Şükür Risaleleri</t>
+          <t>Mektubat (Orta Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>75</v>
+        <v>769</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756382523</t>
+          <t>9789756382031</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Orta Boy) (Ciltli)</t>
+          <t>Mektubat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>370</v>
+        <v>445</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000016809</t>
+          <t>9786054243341</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İçtimai Dersler (Orta Boy) (Ciltli)</t>
+          <t>Mektubat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>530</v>
+        <v>897</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054243433</t>
+          <t>3990000004903</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Si U Se Pencere</t>
+          <t>Küçük Sözler - Osmanlıca - Türkçe</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756382844</t>
+          <t>9789756382493</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Trente - Trois Fenetres</t>
+          <t>Kastamonu Lahikası (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>526</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000004929</t>
+          <t>9789756382074</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tefekkürname</t>
+          <t>Kastamonu Lahikası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>391</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756382707</t>
+          <t>9789756382219</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Orta Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>570</v>
+        <v>607</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756382120</t>
+          <t>9789756382509</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Küçük Boy) (Ciltli)</t>
+          <t>İşaratü’l - İcaz (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>390</v>
+        <v>506</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756382660</t>
+          <t>9786054243495</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Orta Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından Hakikat Nurları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>690</v>
+        <v>108</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756382155</t>
+          <t>9789756382790</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Küçük Boy) (Ciltli)</t>
+          <t>Ramazan İktisad Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>102</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756382813</t>
+          <t>9789756382523</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Büyük Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>499</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054243488</t>
+          <t>3990000016809</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi’nin Kendi Dilinden Nesebi</t>
+          <t>İçtimai Dersler (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>90</v>
+        <v>715</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054243204</t>
+          <t>9786054243433</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Risaleyen Remezan ü İqtisad ü Şukre</t>
+          <t>Si U Se Pencere</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054243174</t>
+          <t>9789756382844</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Risaleyen İxlase</t>
+          <t>Trente - Trois Fenetres</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054243075</t>
+          <t>3990000004929</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Munacate</t>
+          <t>Tefekkürname</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>85</v>
+        <v>162</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054243211</t>
+          <t>9789756382707</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Mirac u Şeqqa Qemere</t>
+          <t>Şualar (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>85</v>
+        <v>769</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054243471</t>
+          <t>9789756382120</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Uhuvvet Risalesi</t>
+          <t>Şualar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>65</v>
+        <v>526</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756382011</t>
+          <t>9789756382660</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Müdafaalar (Büyük Boy) (Ciltli)</t>
+          <t>Sözler (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>580</v>
+        <v>931</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054243006</t>
+          <t>9789756382155</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Münazarat</t>
+          <t>Sikke-i Tasdik-i Gaybi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>351</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756382503</t>
+          <t>9789756382813</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Orta Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>315</v>
+        <v>607</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756382066</t>
+          <t>9786054243488</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Küçük Boy) (Ciltli)</t>
+          <t>Said Nursi’nin Kendi Dilinden Nesebi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>122</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756382236</t>
+          <t>9786054243204</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Büyük Boy) (Ciltli)</t>
+          <t>Risaleyen Remezan ü İqtisad ü Şukre</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>370</v>
+        <v>115</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054243037</t>
+          <t>9786054243174</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyen Qur’ane</t>
+          <t>Risaleyen İxlase</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054243143</t>
+          <t>9786054243075</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mucizat-ı Kur’aniye</t>
+          <t>Risaleya Munacate</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054243150</t>
+          <t>9786054243211</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mucizat-ı Ahmediye</t>
+          <t>Risaleya Mirac u Şeqqa Qemere</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000004900</t>
+          <t>9786054243471</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mirac ve Şakk-ı Kamer Risaleleri</t>
+          <t>Risale-i Nur Külliyatından Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054243112</t>
+          <t>9789756382011</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi</t>
+          <t>Risale-i Nur Külliyatından Müdafaalar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>783</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756382244</t>
+          <t>9786054243006</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İçtimai Dersler (Büyük Boy) (Ciltli)</t>
+          <t>Münazarat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>665</v>
+        <v>162</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756382882</t>
+          <t>9789756382503</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye</t>
+          <t>Muhakemat (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>425</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000030666</t>
+          <t>9789756382066</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi (Termo Deri, Ciltli)</t>
+          <t>Muhakemat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>470</v>
+        <v>297</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756382691</t>
+          <t>9789756382236</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi - Tarihçe-i Hayatı (Orta Boy) (Ciltli)</t>
+          <t>Muhakemat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>570</v>
+        <v>499</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000010305</t>
+          <t>9786054243037</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Orta Boy) (Ciltli)</t>
+          <t>Mucizeyen Qur’ane</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>385</v>
+        <v>142</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756382104</t>
+          <t>9786054243143</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Küçük Boy ) (Ciltli)</t>
+          <t>Mucizat-ı Kur’aniye</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>330</v>
+        <v>121</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054243099</t>
+          <t>9786054243150</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>Mucizat-ı Ahmediye</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>465</v>
+        <v>121</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054243297</t>
+          <t>3990000004900</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ayetü’l Kübra</t>
+          <t>Mirac ve Şakk-ı Kamer Risaleleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054243235</t>
+          <t>9786054243112</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Osmanlıca) (Ciltli)</t>
+          <t>Meyve Risalesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>470</v>
+        <v>162</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756382147</t>
+          <t>9789756382244</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Küçük Boy) (Ciltli)</t>
+          <t>İçtimai Dersler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>280</v>
+        <v>897</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
+          <t>9789756382882</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Hutbe-i Şamiye</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>3990000030666</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Rehberi (Termo Deri, Ciltli)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789756382691</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said Nursi - Tarihçe-i Hayatı (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>3990000010305</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789756382104</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Küçük Boy ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054243099</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786054243297</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Ayetü’l Kübra</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786054243235</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Asa-yı Musa (Osmanlıca) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789756382147</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Asa-yı Musa (Küçük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
           <t>9786054243365</t>
         </is>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Asa-yı Musa (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
-      <c r="C119" s="1">
-        <v>540</v>
+      <c r="C128" s="1">
+        <v>729</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>