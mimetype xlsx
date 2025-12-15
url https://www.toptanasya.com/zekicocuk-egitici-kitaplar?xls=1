--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -142,58 +142,43 @@
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>3. sınıf Bilsem Zeka Kartları / 8-9 Yaş Zeka Oyun Kartları</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786059097086</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Bilsem 3. Sınıf 5'li Deneme Seti</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>150</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-[...13 lines deleted...]
-    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>