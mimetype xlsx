--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,6820 +85,6880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259563213</t>
+          <t>9786257864992</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Ölünür</t>
+          <t>Usta İle Margarita</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259563268</t>
+          <t>9786259395449</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ego ve İd</t>
+          <t>Propaganda Konuşmaları 1. Cilt</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259395425</t>
+          <t>9786259563275</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalanlar 3. Cilt</t>
+          <t>Mutlu Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259746197</t>
+          <t>9786257864503</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonların Psikolojik Sırları</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057775092</t>
+          <t>9786259563213</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Nasıl Ölünür</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>98</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058057098</t>
+          <t>9786259563268</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>Ego ve İd</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>112</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052060483</t>
+          <t>9786259395425</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'ya İhtiyaç Duymak</t>
+          <t>Büyük Yalanlar 3. Cilt</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059691932</t>
+          <t>9786259746197</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Şampiyonların Psikolojik Sırları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>224</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052060513</t>
+          <t>9786057775092</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>994</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052060285</t>
+          <t>9786058057098</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ulu Ağaç</t>
+          <t>Sünger Avcısı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057775054</t>
+          <t>9786052060483</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Tanrı'ya İhtiyaç Duymak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>364</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059691772</t>
+          <t>9786059691932</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059691673</t>
+          <t>9786052060513</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Stefan Zweig Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>98</v>
+        <v>994</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059691024</t>
+          <t>9786052060285</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarıcının Günlüğü</t>
+          <t>Ulu Ağaç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059115957</t>
+          <t>9786057775054</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İçimizde Gezinen Sessizlik - Aforizmalar</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>98</v>
+        <v>364</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059691710</t>
+          <t>9786059691772</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>98</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059691123</t>
+          <t>9786059691673</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Mutlu Olmayı İhmal Etme</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059115209</t>
+          <t>9786059691024</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kış Hayalleri</t>
+          <t>Baştan Çıkarıcının Günlüğü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059115513</t>
+          <t>9786059115957</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Baltık'taki Balıkçılar</t>
+          <t>İçimizde Gezinen Sessizlik - Aforizmalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059115599</t>
+          <t>9786059691710</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm : Kapitalizmin En Yüksek Aşaması</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059115063</t>
+          <t>9786059691123</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bizi Büyüten Şey</t>
+          <t>Hayat Kısa Mutlu Olmayı İhmal Etme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054849963</t>
+          <t>9786059115209</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Kış Hayalleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057775917</t>
+          <t>9786059115513</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Reading Zindanı Baladı</t>
+          <t>Baltık'taki Balıkçılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257966337</t>
+          <t>9786059115599</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Emperyalizm : Kapitalizmin En Yüksek Aşaması</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058057074</t>
+          <t>9786059115063</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Walden - Ormanda Yaşam</t>
+          <t>Bizi Büyüten Şey</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057775122</t>
+          <t>9786054849963</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Biri, Hiçbiri, Binlercesi</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057775634</t>
+          <t>9786057775917</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma İhtimalimiz</t>
+          <t>Reading Zindanı Baladı</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257966597</t>
+          <t>9786257966337</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gülen Adam</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257966856</t>
+          <t>9786058057074</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar</t>
+          <t>Walden - Ormanda Yaşam</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052060797</t>
+          <t>9786057775122</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen Seti (4 Kitap Takım)</t>
+          <t>Biri, Hiçbiri, Binlercesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>644</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257966115</t>
+          <t>9786057775634</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Komplolar Üzerine</t>
+          <t>Mutlu Olma İhtimalimiz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257864640</t>
+          <t>9786257966597</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Konuşmalar II. Cilt</t>
+          <t>Gülen Adam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057775948</t>
+          <t>9786257966856</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya İhtiyaç Duymak ( Kısaltılmış Metin )</t>
+          <t>Zor Zamanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257966573</t>
+          <t>9786052060797</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uçurum İnsanları</t>
+          <t>Jane Austen Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>644</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257864763</t>
+          <t>9786257966115</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Özgürlüktür</t>
+          <t>Komplolar Üzerine</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257864756</t>
+          <t>9786257864640</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arayışı</t>
+          <t>Mahrem Konuşmalar II. Cilt</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>112</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057775511</t>
+          <t>9786057775948</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dolambaçlı Yolları</t>
+          <t>Tanrı’ya İhtiyaç Duymak ( Kısaltılmış Metin )</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057775658</t>
+          <t>9786257966573</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Dediğimiz Şey</t>
+          <t>Uçurum İnsanları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259563251</t>
+          <t>9786257864763</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Yalnızlık Özgürlüktür</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259563244</t>
+          <t>9786257864756</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Anlam Arayışı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259563237</t>
+          <t>9786057775511</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Aşkın Dolambaçlı Yolları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059115377</t>
+          <t>9786057775658</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Yaşamak Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259746166</t>
+          <t>9786259563251</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Diplomasız Psikanaliz Tartışması</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257864930</t>
+          <t>9786259563244</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi 6. Cilt</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057775757</t>
+          <t>9786259563237</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mahpus</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257864565</t>
+          <t>9786059115377</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başlangıç İlkeleri</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257864282</t>
+          <t>9786259746166</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mussolini : Otobiyografim</t>
+          <t>Diplomasız Psikanaliz Tartışması</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052060445</t>
+          <t>9786257864930</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla Seti</t>
+          <t>Melankolinin Anatomisi 6. Cilt</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>518</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057775238</t>
+          <t>9786057775757</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Mahpus</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>112</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257864053</t>
+          <t>9786257864565</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler</t>
+          <t>Felsefenin Başlangıç İlkeleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>294</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057775276</t>
+          <t>9786257864282</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe</t>
+          <t>Mussolini : Otobiyografim</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>126</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057775740</t>
+          <t>9786052060445</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sodom ve Gomorra</t>
+          <t>Nikola Tesla Seti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>420</v>
+        <v>518</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257864893</t>
+          <t>9786057775238</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>546</v>
+        <v>112</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257864862</t>
+          <t>9786257864053</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezerler</t>
+          <t>Adolf Hitler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>294</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059115896</t>
+          <t>9786057775276</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Dediğimiz Şey</t>
+          <t>Yatak Odasında Felsefe</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257864039</t>
+          <t>9786057775740</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>Sodom ve Gomorra</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257966719</t>
+          <t>9786257864893</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Don Quijote</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>546</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257864732</t>
+          <t>9786257864862</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Konuşmalar Cilt 3</t>
+          <t>Uyurgezerler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257864855</t>
+          <t>9786059115896</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalanlar 2. Cilt</t>
+          <t>Mutluluk Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>98</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057775764</t>
+          <t>9786257864039</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Guermantes Tarafı</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257864848</t>
+          <t>9786257966719</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi 5. Cilt</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257864718</t>
+          <t>9786257864732</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Hayal</t>
+          <t>Mahrem Konuşmalar Cilt 3</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>126</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257864725</t>
+          <t>9786257864855</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Nedir?</t>
+          <t>Büyük Yalanlar 2. Cilt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>126</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057775771</t>
+          <t>9786057775764</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açmış Genç Kızların Gölgesinde</t>
+          <t>Guermantes Tarafı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257864466</t>
+          <t>9786257864848</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Konuşmalar 1. Cilt</t>
+          <t>Melankolinin Anatomisi 5. Cilt</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257864831</t>
+          <t>9786257864718</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürek</t>
+          <t>Her Şey Bir Hayal</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257864824</t>
+          <t>9786257864725</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>Hayatın Anlamı Nedir?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257864527</t>
+          <t>9786057775771</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Çiçek Açmış Genç Kızların Gölgesinde</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257864817</t>
+          <t>9786257864466</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Mahrem Konuşmalar 1. Cilt</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>112</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057775627</t>
+          <t>9786257864831</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Canavar</t>
+          <t>Yufka Yürek</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257864787</t>
+          <t>9786257864824</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vejetaryenliğin Yararları</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>91</v>
+        <v>112</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257864794</t>
+          <t>9786257864527</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>112</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257864770</t>
+          <t>9786257864817</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257864800</t>
+          <t>9786057775627</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlkesiz Yaşam</t>
+          <t>İçimizdeki Canavar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>84</v>
+        <v>98</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257864688</t>
+          <t>9786257864787</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Vejetaryenliğin Yararları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>126</v>
+        <v>91</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054849802</t>
+          <t>9786257864794</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Kapat Ve Gör</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054849819</t>
+          <t>9786257864770</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Ciddiye Alınamayacak Kadar Önemlidir</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054849741</t>
+          <t>9786257864800</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Hayalperest “Verlaine”</t>
+          <t>İlkesiz Yaşam</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>112</v>
+        <v>84</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257864749</t>
+          <t>9786257864688</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Acı Veren Şeyleri Hatırlarız</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257864701</t>
+          <t>9786054849802</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Olasılıkların En Güzeli</t>
+          <t>Gözünü Kapat Ve Gör</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257864633</t>
+          <t>9786054849819</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi 4. Cilt</t>
+          <t>Hayat, Ciddiye Alınamayacak Kadar Önemlidir</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>98</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257864534</t>
+          <t>9786054849741</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bir Küçük Hayalperest “Verlaine”</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257864657</t>
+          <t>9786257864749</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Kazananlar Yazar</t>
+          <t>Yalnızca Acı Veren Şeyleri Hatırlarız</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257864541</t>
+          <t>9786257864701</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Seraphita</t>
+          <t>Olasılıkların En Güzeli</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>154</v>
+        <v>182</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257864428</t>
+          <t>9786257864633</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Melankolinin Anatomisi 4. Cilt</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>112</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257864664</t>
+          <t>9786257864534</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Yalnızdır</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257864671</t>
+          <t>9786257864657</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek Zor Sorular Sormakla Başlar</t>
+          <t>Tarihi Kazananlar Yazar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257864626</t>
+          <t>9786257864541</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yaraları Sevgi İyileştirir</t>
+          <t>Seraphita</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>98</v>
+        <v>154</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257864596</t>
+          <t>9786257864428</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Germinal</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>308</v>
+        <v>112</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257864619</t>
+          <t>9786257864664</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öyleyse Varım</t>
+          <t>Her İnsan Yalnızdır</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257864602</t>
+          <t>9786257864671</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Carl Sagan : İnanmak Değil, Bilmek İstiyorum</t>
+          <t>Düşünmek Zor Sorular Sormakla Başlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257864183</t>
+          <t>9786257864626</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Noam Chomsky : Özgürlük Bedel Ödemeye Değer</t>
+          <t>Yaraları Sevgi İyileştirir</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>224</v>
+        <v>98</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257864275</t>
+          <t>9786257864596</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Neyi Ararsan O Olursun</t>
+          <t>Germinal</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>182</v>
+        <v>308</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257864558</t>
+          <t>9786257864619</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Düşünüyorum, Öyleyse Varım</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257864480</t>
+          <t>9786257864602</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sahte Sevgili</t>
+          <t>Carl Sagan : İnanmak Değil, Bilmek İstiyorum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257864411</t>
+          <t>9786257864183</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Nihai Istırapların Sığınağı</t>
+          <t>Noam Chomsky : Özgürlük Bedel Ödemeye Değer</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>98</v>
+        <v>224</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257864473</t>
+          <t>9786257864275</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhu Dediğimiz Şey</t>
+          <t>Neyi Ararsan O Olursun</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257864435</t>
+          <t>9786257864558</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung - Haz Dediğimiz Şey</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257864442</t>
+          <t>9786257864480</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ayn Rand - Ahlak Dediğimiz Şey</t>
+          <t>Sahte Sevgili</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>196</v>
+        <v>112</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257864381</t>
+          <t>9786257864411</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kan Davası</t>
+          <t>Nihai Istırapların Sığınağı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257864398</t>
+          <t>9786257864473</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Honorine</t>
+          <t>İnsan Ruhu Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257864404</t>
+          <t>9786257864435</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Arzuların Tatmini</t>
+          <t>Carl Gustav Jung - Haz Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257864374</t>
+          <t>9786257864442</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Ayn Rand - Ahlak Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057775733</t>
+          <t>9786257864381</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Swann’ların Tarafı</t>
+          <t>Kan Davası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>252</v>
+        <v>112</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257864367</t>
+          <t>9786257864398</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi : 3. Cilt</t>
+          <t>Honorine</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>112</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257864312</t>
+          <t>9786257864404</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Lemoine Davası</t>
+          <t>Arzuların Tatmini</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257864350</t>
+          <t>9786257864374</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günleri</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257864305</t>
+          <t>9786057775733</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Size Kendinizden Nefret Etmeyi Kim Öğretti?</t>
+          <t>Swann’ların Tarafı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>126</v>
+        <v>252</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257864251</t>
+          <t>9786257864367</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Jack Ma - Pes Etmek En Büyük Başarısızlıktır</t>
+          <t>Melankolinin Anatomisi : 3. Cilt</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>112</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257864237</t>
+          <t>9786257864312</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mark Zuckerberg - En Büyük Risk Hiç Risk Almamaktır</t>
+          <t>Lemoine Davası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257864336</t>
+          <t>9786257864350</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aşk Karşılıklı İşkencedir</t>
+          <t>Okuma Günleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257864299</t>
+          <t>9786257864305</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Neil Degrasse Tyson - Bu İşte Bir Terslik Var</t>
+          <t>Malcolm X - Size Kendinizden Nefret Etmeyi Kim Öğretti?</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257864190</t>
+          <t>9786257864251</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye</t>
+          <t>Jack Ma - Pes Etmek En Büyük Başarısızlıktır</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257864169</t>
+          <t>9786257864237</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Para İçin Çalışmıyorum</t>
+          <t>Mark Zuckerberg - En Büyük Risk Hiç Risk Almamaktır</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257864176</t>
+          <t>9786257864336</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlık En İyi Okuldur</t>
+          <t>Aşk Karşılıklı İşkencedir</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257966375</t>
+          <t>9786257864299</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Beethoven</t>
+          <t>Neil Degrasse Tyson - Bu İşte Bir Terslik Var</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257966399</t>
+          <t>9786257864190</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bill Gates</t>
+          <t>Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257864091</t>
+          <t>9786257864169</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Para İçin Çalışmıyorum</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>420</v>
+        <v>112</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257966412</t>
+          <t>9786257864176</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Frida'nın Gizli Defteri</t>
+          <t>Başarısızlık En İyi Okuldur</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>252</v>
+        <v>168</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257966405</t>
+          <t>9786257966375</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Beethoven</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>126</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257966351</t>
+          <t>9786257966399</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo: Bir Dehayı Anlamak</t>
+          <t>Bill Gates</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257966382</t>
+          <t>9786257864091</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mandela Aforizmalar</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257966993</t>
+          <t>9786257966412</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'nin Kamburu</t>
+          <t>Frida'nın Gizli Defteri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>252</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257966986</t>
+          <t>9786257966405</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>126</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257966948</t>
+          <t>9786257966351</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Michelangelo: Bir Dehayı Anlamak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257966849</t>
+          <t>9786257966382</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci</t>
+          <t>Mandela Aforizmalar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257966870</t>
+          <t>9786257966993</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Veba Kralı</t>
+          <t>Notre Dame'nin Kamburu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>98</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257966887</t>
+          <t>9786257966986</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Usher Evi’nin Çöküşü</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257966863</t>
+          <t>9786257966948</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tükenmiş Adam</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257966825</t>
+          <t>9786257966849</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Edin!</t>
+          <t>Yaşama Sevinci</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>112</v>
+        <v>196</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257966924</t>
+          <t>9786257966870</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Teyze</t>
+          <t>Veba Kralı</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257966795</t>
+          <t>9786257966887</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Suçluyorum!</t>
+          <t>Usher Evi’nin Çöküşü</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257966801</t>
+          <t>9786257966863</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Tükenmiş Adam</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257966726</t>
+          <t>9786257966825</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yumurtalar</t>
+          <t>Tövbe Edin!</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257864084</t>
+          <t>9786257966924</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları</t>
+          <t>Teyze</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>98</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257864022</t>
+          <t>9786257966795</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Münakaşa</t>
+          <t>Suçluyorum!</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257864008</t>
+          <t>9786257966801</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257966788</t>
+          <t>9786257966726</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mavi Otel</t>
+          <t>Ölümcül Yumurtalar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257966832</t>
+          <t>9786257864084</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Huckleberry Finn’in Maceraları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>112</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257966894</t>
+          <t>9786257864022</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Yaşlı Adamla Güzel Kızın Öyküsü</t>
+          <t>Münakaşa</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257966900</t>
+          <t>9786257864008</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257966672</t>
+          <t>9786257966788</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Süvari</t>
+          <t>Mavi Otel</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257864060</t>
+          <t>9786257966832</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Fayton</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257966764</t>
+          <t>9786257966894</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Canavar</t>
+          <t>İyi Yürekli Yaşlı Adamla Güzel Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257966818</t>
+          <t>9786257966900</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Hayalperestler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257966917</t>
+          <t>9786257966672</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Hayalet Süvari</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257966641</t>
+          <t>9786257864060</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Fayton</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257966702</t>
+          <t>9786257966764</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>Canavar</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257966658</t>
+          <t>9786257966818</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söyledi Zerdüşt</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>98</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057775887</t>
+          <t>9786257966917</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Taras Bulba</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257966313</t>
+          <t>9786257966641</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Gençlik</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257966009</t>
+          <t>9786257966702</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ölmek</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257966955</t>
+          <t>9786257966658</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>On Bir Oğul</t>
+          <t>Böyle Söyledi Zerdüşt</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>112</v>
+        <v>210</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257966931</t>
+          <t>9786057775887</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Josefine veya Fare Ulusu</t>
+          <t>Taras Bulba</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057775894</t>
+          <t>9786257966313</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Krallığı Yüreğinizdedir</t>
+          <t>Tanrısız Gençlik</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>126</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257966320</t>
+          <t>9786257966009</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Randevu</t>
+          <t>Ölmek</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257966047</t>
+          <t>9786257966955</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>On Bir Oğul</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257966085</t>
+          <t>9786257966931</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşünceler</t>
+          <t>Şarkıcı Josefine veya Fare Ulusu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257966481</t>
+          <t>9786057775894</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Tanrı’nın Krallığı Yüreğinizdedir</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257966061</t>
+          <t>9786257966320</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Narcissus’un Zencisi</t>
+          <t>Randevu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>133</v>
+        <v>98</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257966771</t>
+          <t>9786257966047</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kış Yürüyüşü</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257864015</t>
+          <t>9786257966085</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Katli</t>
+          <t>Kendime Düşünceler</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257966757</t>
+          <t>9786257966481</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>126</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057775672</t>
+          <t>9786257966061</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Narcissus’un Zencisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>112</v>
+        <v>133</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257864046</t>
+          <t>9786257966771</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Grete’ye Mektuplar</t>
+          <t>Kış Yürüyüşü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257966368</t>
+          <t>9786257864015</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Girdaba İniş</t>
+          <t>Kardeş Katli</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257864077</t>
+          <t>9786257966757</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Felice’ye Mektuplar</t>
+          <t>İzlanda Balıkçısı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>126</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257966221</t>
+          <t>9786057775672</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Kazanırken</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257966962</t>
+          <t>9786257864046</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sanatçısı</t>
+          <t>Grete’ye Mektuplar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257966979</t>
+          <t>9786257966368</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Araştırmaları</t>
+          <t>Girdaba İniş</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257966269</t>
+          <t>9786257864077</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Anıları</t>
+          <t>Felice’ye Mektuplar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257966740</t>
+          <t>9786257966221</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Altın Böcek</t>
+          <t>Ekmeğimi Kazanırken</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057775726</t>
+          <t>9786257966962</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057775863</t>
+          <t>9786257966979</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Bir Köpeğin Araştırmaları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057775702</t>
+          <t>9786257966269</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Bir Delinin Anıları</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057775900</t>
+          <t>9786257966740</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Strateji Sanatı</t>
+          <t>Altın Böcek</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257966733</t>
+          <t>9786057775726</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>98</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057775719</t>
+          <t>9786057775863</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257966160</t>
+          <t>9786057775702</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>105</v>
+        <v>98</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257966177</t>
+          <t>9786057775900</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Strateji Sanatı</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257966122</t>
+          <t>9786257966733</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>126</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057775696</t>
+          <t>9786057775719</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057775818</t>
+          <t>9786257966160</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin İflası</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257966016</t>
+          <t>9786257966177</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257966054</t>
+          <t>9786257966122</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Küçük Burjuvalar</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057775801</t>
+          <t>9786057775696</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257966030</t>
+          <t>9786057775818</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Kapitalizmin İflası</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257966108</t>
+          <t>9786257966016</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257966153</t>
+          <t>9786257966054</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Küçük Burjuvalar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257966139</t>
+          <t>9786057775801</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İlkgençlik</t>
+          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257966689</t>
+          <t>9786257966030</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>112</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257966191</t>
+          <t>9786257966108</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gençlik</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257966207</t>
+          <t>9786257966153</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>126</v>
+        <v>168</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257966665</t>
+          <t>9786257966139</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>İlkgençlik</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257966214</t>
+          <t>9786257966689</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057775832</t>
+          <t>9786257966191</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Gençlik</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057775665</t>
+          <t>9786257966207</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257966290</t>
+          <t>9786257966665</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sanatı : Kama Sutra</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257966467</t>
+          <t>9786257966214</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Seti Kutulu (10 Kitap)</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>2086</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257966443</t>
+          <t>9786057775832</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Bütün Öyküleri Seti Kutulu (28 Kitap Takım)</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>2758</v>
+        <v>126</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257966450</t>
+          <t>9786057775665</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar Seti Kutulu (25 Kitap Takım)</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>2450</v>
+        <v>98</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057775955</t>
+          <t>9786257966290</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Dostluk</t>
+          <t>Aşk Sanatı : Kama Sutra</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>126</v>
+        <v>168</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057775962</t>
+          <t>9786257966467</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>Biyografi Seti Kutulu (10 Kitap)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>98</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057775993</t>
+          <t>9786257966443</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sarı Odanın Esrarı</t>
+          <t>Stefan Zweig Bütün Öyküleri Seti Kutulu (28 Kitap Takım)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>168</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057775856</t>
+          <t>9786257966450</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Aforizmalar Seti Kutulu (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>105</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057775849</t>
+          <t>9786057775955</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Zeno’nun Bilinci</t>
+          <t>Talihsiz Dostluk</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>126</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057775870</t>
+          <t>9786057775962</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yolcu ve Ayışığı</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257966580</t>
+          <t>9786057775993</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Veba Yılı Günlüğü</t>
+          <t>Sarı Odanın Esrarı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257966542</t>
+          <t>9786057775856</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Dalgalar</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057775986</t>
+          <t>9786057775849</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Zeno’nun Bilinci</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>182</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057775979</t>
+          <t>9786057775870</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Yıllar</t>
+          <t>Yolcu ve Ayışığı</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>196</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257966078</t>
+          <t>9786257966580</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han Üzerine Notlar</t>
+          <t>Veba Yılı Günlüğü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>112</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057775924</t>
+          <t>9786257966542</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ne Denizsiz Ne Tütünsüz</t>
+          <t>Ölümcül Dalgalar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257966023</t>
+          <t>9786057775986</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Melekler ve Tanrıtanımazlar</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>112</v>
+        <v>182</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057775931</t>
+          <t>9786057775979</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Leydi Chatterley’in Aşığı</t>
+          <t>Renkler ve Yıllar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>400</v>
+        <v>196</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257966146</t>
+          <t>9786257966078</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kayıkta Üç Adam</t>
+          <t>Kubilay Han Üzerine Notlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257966092</t>
+          <t>9786057775924</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kafatasımın Etrafında Yolculuk</t>
+          <t>Ne Denizsiz Ne Tütünsüz</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>196</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057775689</t>
+          <t>9786257966023</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kadın Denen Mucize</t>
+          <t>Melekler ve Tanrıtanımazlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257966511</t>
+          <t>9786057775931</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Leydi Chatterley’in Aşığı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257966184</t>
+          <t>9786257966146</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Kayıkta Üç Adam</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257966627</t>
+          <t>9786257966092</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kafatasımın Etrafında Yolculuk</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>98</v>
+        <v>210</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257966498</t>
+          <t>9786057775689</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Kadın Denen Mucize</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257966535</t>
+          <t>9786257966511</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257966429</t>
+          <t>9786257966184</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gençlik</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257966504</t>
+          <t>9786257966627</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Düzülke</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257966238</t>
+          <t>9786257966498</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dünyadevleti</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>196</v>
+        <v>126</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257966603</t>
+          <t>9786257966535</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ile Bay Hyde</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257966245</t>
+          <t>9786257966429</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Sardinya Adası</t>
+          <t>Gençlik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257966610</t>
+          <t>9786257966504</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>Düzülke</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>112</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257966559</t>
+          <t>9786257966238</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çaydanlık ile Cırcır Böceği</t>
+          <t>Dünyadevleti</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257966528</t>
+          <t>9786257966603</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorgu</t>
+          <t>Dr. Jekyll ile Bay Hyde</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257966252</t>
+          <t>9786257966245</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dünyanın Düşmanı</t>
+          <t>Deniz ve Sardinya Adası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257966566</t>
+          <t>9786257966610</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Hikaye Değildir</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>98</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257966276</t>
+          <t>9786257966559</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Çaydanlık ile Cırcır Böceği</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257966283</t>
+          <t>9786257966528</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Büyük Sorgu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257966306</t>
+          <t>9786257966252</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Bütün Dünyanın Düşmanı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257966634</t>
+          <t>9786257966566</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Bu Bir Hikaye Değildir</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057775825</t>
+          <t>9786257966276</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi - 1. Cilt</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257966344</t>
+          <t>9786257966283</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tesla vs Edison: Akıl Savaşları</t>
+          <t>Billy Budd</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>196</v>
+        <v>112</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257966474</t>
+          <t>9786257966306</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi - 2. Cilt</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>196</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057775641</t>
+          <t>9786257966634</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Neden Mutsuzdur İnsan?</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257966436</t>
+          <t>9786057775825</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
+          <t>Melankolinin Anatomisi - 1. Cilt</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1162</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057775061</t>
+          <t>9786257966344</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Tesla vs Edison: Akıl Savaşları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>196</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057775115</t>
+          <t>9786257966474</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Melankolinin Anatomisi - 2. Cilt</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>252</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057775160</t>
+          <t>9786057775641</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Baragan’ın Dikenleri</t>
+          <t>Neden Mutsuzdur İnsan?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057775245</t>
+          <t>9786257966436</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057775153</t>
+          <t>9786057775061</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Banker</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>98</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058057081</t>
+          <t>9786057775115</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>161</v>
+        <v>252</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057775207</t>
+          <t>9786057775160</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Baragan’ın Dikenleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057775009</t>
+          <t>9786057775245</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057775016</t>
+          <t>9786057775153</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Anarşist Banker</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057775078</t>
+          <t>9786058057081</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>98</v>
+        <v>161</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057775085</t>
+          <t>9786057775207</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Oğlu</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057775429</t>
+          <t>9786057775009</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057775146</t>
+          <t>9786057775016</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057633019</t>
+          <t>9786057775078</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Hayat Futbola Benzer</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>400</v>
+        <v>98</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052060995</t>
+          <t>9786057775085</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Gandhi - Umudun Direnişi</t>
+          <t>Güneşin Oğlu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057633002</t>
+          <t>9786057775429</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Einstein - Yer Çekimine Karşı Yapayalnız</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>280</v>
+        <v>112</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057775191</t>
+          <t>9786057775146</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057775313</t>
+          <t>9786057633019</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Radetzky Marşı</t>
+          <t>Ronaldo - Hayat Futbola Benzer</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>252</v>
+        <v>400</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057775351</t>
+          <t>9786052060995</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Gandhi - Umudun Direnişi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>126</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057775023</t>
+          <t>9786057633002</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Evinde Anılar</t>
+          <t>Einstein - Yer Çekimine Karşı Yapayalnız</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057775221</t>
+          <t>9786057775191</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>224</v>
+        <v>112</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057775030</t>
+          <t>9786057775313</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonat</t>
+          <t>Radetzky Marşı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>112</v>
+        <v>252</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057775382</t>
+          <t>9786057775351</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057775528</t>
+          <t>9786057775023</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Ölüler Evinde Anılar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>252</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057775139</t>
+          <t>9786057775221</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>98</v>
+        <v>224</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057775504</t>
+          <t>9786057775030</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suçları</t>
+          <t>Kreutzer Sonat</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057775184</t>
+          <t>9786057775382</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Watson Ailesi</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057775436</t>
+          <t>9786057775528</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sıçanların Cenazesi</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>98</v>
+        <v>252</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057775214</t>
+          <t>9786057775139</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sahte Kupon</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057775375</t>
+          <t>9786057775504</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Aşkın Suçları</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057775047</t>
+          <t>9786057775184</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Oyun</t>
+          <t>Watson Ailesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057775108</t>
+          <t>9786057775436</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dublinliler</t>
+          <t>Sıçanların Cenazesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057775542</t>
+          <t>9786057775214</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>Sahte Kupon</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057775566</t>
+          <t>9786057775375</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Aşk İksiri</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057775252</t>
+          <t>9786057775047</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Aklın Haysiyeti</t>
+          <t>Kanlı Oyun</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057775283</t>
+          <t>9786057775108</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Dublinliler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057775269</t>
+          <t>9786057775542</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Doğa</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057775344</t>
+          <t>9786057775566</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Aşk İksiri</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057775368</t>
+          <t>9786057775252</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Nerede ve Ne İçin Yaşadım?</t>
+          <t>Aklın Haysiyeti</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057775399</t>
+          <t>9786057775283</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Lanetli El</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057775412</t>
+          <t>9786057775269</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kira Kiralina</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057775450</t>
+          <t>9786057775344</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057775467</t>
+          <t>9786057775368</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Uçurumdur</t>
+          <t>Nerede ve Ne İçin Yaşadım?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057775573</t>
+          <t>9786057775399</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Aklın İflası</t>
+          <t>Lanetli El</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057775337</t>
+          <t>9786057775412</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Düşleri</t>
+          <t>Kira Kiralina</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057775559</t>
+          <t>9786057775450</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057775498</t>
+          <t>9786057775467</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Başkalarına Aşık Kadınlar</t>
+          <t>İnsan Bir Uçurumdur</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057775535</t>
+          <t>9786057775573</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Aklın İflası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>112</v>
+        <v>196</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057775290</t>
+          <t>9786057775337</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057775306</t>
+          <t>9786057775559</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Bir Adam Olarak Portresi</t>
+          <t>Perde Arkası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>168</v>
+        <v>140</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057775405</t>
+          <t>9786057775498</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kaderci Jacques ve Efendisi</t>
+          <t>Başkalarına Aşık Kadınlar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057775481</t>
+          <t>9786057775535</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İçine Kapanık Bir İhtiyarın Anıları</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>196</v>
+        <v>112</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057775474</t>
+          <t>9786057775290</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057775603</t>
+          <t>9786057775306</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Akıl Dediğimiz Şey</t>
+          <t>Sanatçının Genç Bir Adam Olarak Portresi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057775610</t>
+          <t>9786057775405</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Azaltın Sadeleştirin Basitleştirin</t>
+          <t>Kaderci Jacques ve Efendisi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057775580</t>
+          <t>9786057775481</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalanlar</t>
+          <t>İçine Kapanık Bir İhtiyarın Anıları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>300</v>
+        <v>196</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057633057</t>
+          <t>9786057775474</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057633149</t>
+          <t>9786057775603</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Akıl Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057633033</t>
+          <t>9786057775610</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Önce</t>
+          <t>Azaltın Sadeleştirin Basitleştirin</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057633064</t>
+          <t>9786057775580</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Büyük Yalanlar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>98</v>
+        <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057633095</t>
+          <t>9786057633057</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Lyon’da Düğün</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057633101</t>
+          <t>9786057633149</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Rahel Tanrı’yla Hesaplaşıyor</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057633132</t>
+          <t>9786057633033</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları</t>
+          <t>Adem’den Önce</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057633088</t>
+          <t>9786057633064</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İki Yalnız</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057633040</t>
+          <t>9786057633095</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Lyon’da Düğün</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057633125</t>
+          <t>9786057633101</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Bir İnsan</t>
+          <t>Rahel Tanrı’yla Hesaplaşıyor</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057633118</t>
+          <t>9786057633132</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786058057067</t>
+          <t>9786057633088</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>İki Yalnız</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057633071</t>
+          <t>9786057633040</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052060766</t>
+          <t>9786057633125</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Jack London Seti (6 Kitap Takım)</t>
+          <t>Unutulmaz Bir İnsan</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>882</v>
+        <v>98</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052060773</t>
+          <t>9786057633118</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Seti (8 Kitap Takım)</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>826</v>
+        <v>98</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052060865</t>
+          <t>9786058057067</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Montaigne: Her Şeyin Birazı, Hiçbir Şeyin Hepsi</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052060711</t>
+          <t>9786057633071</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Koleksiyon</t>
+          <t>İnsanoğlu İsa</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052060742</t>
+          <t>9786052060766</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Jack London Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>196</v>
+        <v>882</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052060704</t>
+          <t>9786052060773</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Karşılaşma</t>
+          <t>Halil Cibran Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>98</v>
+        <v>826</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052060629</t>
+          <t>9786052060865</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Ülkesinde</t>
+          <t>Montaigne: Her Şeyin Birazı, Hiçbir Şeyin Hepsi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>210</v>
+        <v>98</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052060698</t>
+          <t>9786052060711</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kızıl</t>
+          <t>Görünmez Koleksiyon</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052060919</t>
+          <t>9786052060742</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski - Yalnızlığın Keşfi</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>126</v>
+        <v>196</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052060858</t>
+          <t>9786052060704</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Dava Defteri</t>
+          <t>Beklenmedik Karşılaşma</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052060841</t>
+          <t>9786052060629</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Dönüşü</t>
+          <t>Geleceğin Ülkesinde</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052060926</t>
+          <t>9786052060698</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
+          <t>Kızıl</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052060810</t>
+          <t>9786052060919</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Son Vaka - Sherlock Holmes</t>
+          <t>Dostoyevski - Yalnızlığın Keşfi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052060872</t>
+          <t>9786052060858</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Anıları</t>
+          <t>Sherlock Holmes'ün Dava Defteri</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052060988</t>
+          <t>9786052060841</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yalnızca Anlamadığı Şeye İnanabilir</t>
+          <t>Sherlock Holmes'ün Dönüşü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052060971</t>
+          <t>9786052060926</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hissettiğin Kadar Yalnızsın</t>
+          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052060957</t>
+          <t>9786052060810</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıkların Tutsaklığı</t>
+          <t>Son Vaka - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052060940</t>
+          <t>9786052060872</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Eskimez Mutluluk Kadar</t>
+          <t>Sherlock Holmes'ün Anıları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052060964</t>
+          <t>9786052060988</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Daha İyisi Nasıl Yapılır?</t>
+          <t>İnsan Yalnızca Anlamadığı Şeye İnanabilir</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052060537</t>
+          <t>9786052060971</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in İzinde</t>
+          <t>Hissettiğin Kadar Yalnızsın</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>300</v>
+        <v>98</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052060803</t>
+          <t>9786052060957</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Alışkanlıkların Tutsaklığı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052060834</t>
+          <t>9786052060940</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Maceraları - Sherlock Holmes</t>
+          <t>Hiçbir Şey Eskimez Mutluluk Kadar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052060728</t>
+          <t>9786052060964</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tesla'nın Gizli Makinesi</t>
+          <t>Daha İyisi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>210</v>
+        <v>98</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052060902</t>
+          <t>9786052060537</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Peygamber'in İzinde</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052060582</t>
+          <t>9786052060803</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Nefretin Hazzı</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052060674</t>
+          <t>9786052060834</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Neden Bu Kadar Akıllıyım?</t>
+          <t>Sherlock Holmes'ün Maceraları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>126</v>
+        <v>196</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052060346</t>
+          <t>9786052060728</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Şef</t>
+          <t>Tesla'nın Gizli Makinesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052060575</t>
+          <t>9786052060902</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald'in Aşkı</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059691741</t>
+          <t>9786052060582</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kanun Önünde</t>
+          <t>Nefretin Hazzı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052060605</t>
+          <t>9786052060674</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Neden Bu Kadar Akıllıyım?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>105</v>
+        <v>126</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052060599</t>
+          <t>9786052060346</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>O muydu?</t>
+          <t>Kızgın Şef</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>98</v>
+        <v>280</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052060322</t>
+          <t>9786052060575</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İyi Asker</t>
+          <t>Erika Ewald'in Aşkı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052060551</t>
+          <t>9786059691741</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Albay Chabert</t>
+          <t>Kanun Önünde</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052060568</t>
+          <t>9786052060605</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052060643</t>
+          <t>9786052060599</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Neden Feminist Değilim?</t>
+          <t>O muydu?</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052060612</t>
+          <t>9786052060322</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri</t>
+          <t>İyi Asker</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052060131</t>
+          <t>9786052060551</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Albay Chabert</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052060094</t>
+          <t>9786052060568</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052060087</t>
+          <t>9786052060643</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Neden Feminist Değilim?</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059691987</t>
+          <t>9786052060612</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>Ölümsüz Kardeşin Gözleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059691475</t>
+          <t>9786052060131</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kobay Fareleri</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057775597</t>
+          <t>9786052060094</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052060544</t>
+          <t>9786052060087</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Einstein Aforizmalar</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052060520</t>
+          <t>9786059691987</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlar Seti</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1372</v>
+        <v>196</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052060452</t>
+          <t>9786059691475</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kobay Fareleri</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052060469</t>
+          <t>9786057775597</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052060421</t>
+          <t>9786052060544</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Einstein Aforizmalar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>182</v>
+        <v>168</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052060414</t>
+          <t>9786052060520</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Büyük İnsanlar Seti</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>98</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052060438</t>
+          <t>9786052060452</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052060360</t>
+          <t>9786052060469</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052060384</t>
+          <t>9786052060421</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052060391</t>
+          <t>9786052060414</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı ve Kahkaha</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052060377</t>
+          <t>9786052060438</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052060407</t>
+          <t>9786052060360</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052060476</t>
+          <t>9786052060384</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hawking Aforizmalar</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059691680</t>
+          <t>9786052060391</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Gözyaşı ve Kahkaha</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052060148</t>
+          <t>9786052060377</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052060100</t>
+          <t>9786052060407</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Cenevre Gölü'ndeki Olay</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052060339</t>
+          <t>9786052060476</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Alan Turing - Enigma'nın Şifresini Çözmek</t>
+          <t>Hawking Aforizmalar</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052060124</t>
+          <t>9786059691680</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Manzara</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052060292</t>
+          <t>9786052060148</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Yaralı Ruhların Şifacısı</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>98</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052060155</t>
+          <t>9786052060100</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Düşler</t>
+          <t>Cenevre Gölü'ndeki Olay</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052060230</t>
+          <t>9786052060339</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tesla Aforizmalar</t>
+          <t>Alan Turing - Enigma'nın Şifresini Çözmek</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052060032</t>
+          <t>9786052060124</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Her Gün Yeni Baştan Keşfetmek</t>
+          <t>Kadın ve Manzara</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052060025</t>
+          <t>9786052060292</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Freud: Mutluluğun Mimarı</t>
+          <t>Nietzsche: Yaralı Ruhların Şifacısı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059691857</t>
+          <t>9786052060155</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Kendinde Olmayını Arar</t>
+          <t>Unutulmuş Düşler</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059691116</t>
+          <t>9786052060230</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Geleceği İnşa Eden Adam</t>
+          <t>Tesla Aforizmalar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052060001</t>
+          <t>9786052060032</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Küçük Başlayın, Büyük Düşünün</t>
+          <t>Hayatı Her Gün Yeni Baştan Keşfetmek</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059691963</t>
+          <t>9786052060025</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Montaigne</t>
+          <t>Freud: Mutluluğun Mimarı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>126</v>
+        <v>160</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059691734</t>
+          <t>9786059691857</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>İnsan, Kendinde Olmayını Arar</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059691765</t>
+          <t>9786059691116</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Geleceği İnşa Eden Adam</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>112</v>
+        <v>168</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059691864</t>
+          <t>9786052060001</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Küçük Başlayın, Büyük Düşünün</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>168</v>
+        <v>126</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059691871</t>
+          <t>9786059691963</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Montaigne</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>154</v>
+        <v>126</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059691949</t>
+          <t>9786059691734</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059691970</t>
+          <t>9786059691765</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Dünya</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>182</v>
+        <v>112</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059115834</t>
+          <t>9786059691864</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Frida: Aşkın Acının ve Devrimin Kadını</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>168</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059691789</t>
+          <t>9786059691871</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>112</v>
+        <v>154</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059691703</t>
+          <t>9786059691949</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Aptal Efsanesi ''Verlaıne''</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059691758</t>
+          <t>9786059691970</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Uykusuz Dünya</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059691918</t>
+          <t>9786059115834</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Ol İmkansızı İste</t>
+          <t>Frida: Aşkın Acının ve Devrimin Kadını</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059691840</t>
+          <t>9786059691789</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Benim Karakterimdir</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059691819</t>
+          <t>9786059691703</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktır İnsanın Ruhu</t>
+          <t>Dürüst Aptal Efsanesi ''Verlaıne''</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257864121</t>
+          <t>9786059691758</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Tesla - Maskelerle Çevrili Bir Hayat</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>308</v>
+        <v>98</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059691314</t>
+          <t>9786059691918</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Zincirlerimizden Başka Kaybedecek Neyimiz Var?</t>
+          <t>Gerçekçi Ol İmkansızı İste</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059691727</t>
+          <t>9786059691840</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Bağımsızlık Benim Karakterimdir</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059691802</t>
+          <t>9786059691819</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Karanlıktır İnsanın Ruhu</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059691666</t>
+          <t>9786257864121</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'nın Vicdanı</t>
+          <t>Tesla - Maskelerle Çevrili Bir Hayat</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>280</v>
+        <v>308</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059691642</t>
+          <t>9786059691314</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Zincirlerimizden Başka Kaybedecek Neyimiz Var?</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059691635</t>
+          <t>9786059691727</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mutsuz Olmak İçin Çok Kısa</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059691826</t>
+          <t>9786059691802</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tutkularımız En Büyük Zaaflarımızdır</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059691833</t>
+          <t>9786059691666</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çıkılamayan Yolculukların Dönüşü</t>
+          <t>Avrupa'nın Vicdanı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>98</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059691284</t>
+          <t>9786059691642</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzellik Kurtaracak</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059691505</t>
+          <t>9786059691635</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>90 Dakikada Bertrand Russell</t>
+          <t>Hayat Mutsuz Olmak İçin Çok Kısa</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059691406</t>
+          <t>9786059691826</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Sevmeyi Unutmayın</t>
+          <t>Tutkularımız En Büyük Zaaflarımızdır</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059691383</t>
+          <t>9786059691833</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hayata Geç Kalma</t>
+          <t>Çıkılamayan Yolculukların Dönüşü</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059691376</t>
+          <t>9786059691284</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Mutlu Sessizliği</t>
+          <t>Dünyayı Güzellik Kurtaracak</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059691604</t>
+          <t>9786059691505</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>90 Dakikada Platon</t>
+          <t>90 Dakikada Bertrand Russell</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059691611</t>
+          <t>9786059691406</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>Kendinizi Sevmeyi Unutmayın</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059691352</t>
+          <t>9786059691383</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yavaşladıkça Çoğalıyorum</t>
+          <t>Hayata Geç Kalma</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059691000</t>
+          <t>9786059691376</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Bir Uçurumdur</t>
+          <t>Hiçliğin Mutlu Sessizliği</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059691338</t>
+          <t>9786059691604</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Aşk Karşılıklı İşkencedir</t>
+          <t>90 Dakikada Platon</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059691321</t>
+          <t>9786059691611</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Anlamaktan Yoruldum</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059115902</t>
+          <t>9786059691352</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>En Çok Kendisine Yabancıdır İnsan</t>
+          <t>Yavaşladıkça Çoğalıyorum</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059691031</t>
+          <t>9786059691000</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Yalnızlık Bir Uçurumdur</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059691093</t>
+          <t>9786059691338</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği</t>
+          <t>Aşk Karşılıklı İşkencedir</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059115988</t>
+          <t>9786059691321</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Varolmanın Dayanılmaz Ağırlığı</t>
+          <t>Anlamaktan Yoruldum</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059691659</t>
+          <t>9786059115902</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>En Çok Kendisine Yabancıdır İnsan</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059115698</t>
+          <t>9786059691031</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dediğin Nedir ki?</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059115704</t>
+          <t>9786059691093</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Hep Bir Şeyi Unutmuş Gibi</t>
+          <t>Uğurböceği</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059115681</t>
+          <t>9786059115988</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mutluluklar Birbirine Benzer</t>
+          <t>Varolmanın Dayanılmaz Ağırlığı</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059115612</t>
+          <t>9786059691659</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059115650</t>
+          <t>9786059115698</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Tesla: İcatlarım</t>
+          <t>Hayat Dediğin Nedir ki?</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059115452</t>
+          <t>9786059115704</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Hep Bir Şeyi Unutmuş Gibi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059115438</t>
+          <t>9786059115681</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dökülmüş müydü Kelimelere?</t>
+          <t>Bütün Mutluluklar Birbirine Benzer</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059115414</t>
+          <t>9786059115612</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yozlaşması</t>
+          <t>Daisy Miller</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257864107</t>
+          <t>9786059115650</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Teknik Olarak Yeniden-Üretilebilirlik Çağında Sanat Yapıtı</t>
+          <t>Tesla: İcatlarım</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059115193</t>
+          <t>9786059115452</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kraliçem Olur musun?</t>
+          <t>Billy Budd</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059115223</t>
+          <t>9786059115438</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlık Üzerine</t>
+          <t>Her Şey Dökülmüş müydü Kelimelere?</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059115254</t>
+          <t>9786059115414</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Yalanın Yozlaşması</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059115230</t>
+          <t>9786257864107</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Teknik Olarak Yeniden-Üretilebilirlik Çağında Sanat Yapıtı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057775177</t>
+          <t>9786059115193</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Orgel Kontu’nun Balosu</t>
+          <t>Kraliçem Olur musun?</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059115148</t>
+          <t>9786059115223</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bir İngiliz Afyon Tiryakisinin İtirafları</t>
+          <t>Alışkanlık Üzerine</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057775443</t>
+          <t>9786059115254</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054849956</t>
+          <t>9786059115230</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>126</v>
+        <v>140</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057775320</t>
+          <t>9786057775177</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl'in Tuhaf Öyküsü</t>
+          <t>Orgel Kontu’nun Balosu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054849789</t>
+          <t>9786059115148</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Walden - Ormanda Yaşam</t>
+          <t>Bir İngiliz Afyon Tiryakisinin İtirafları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>112</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054849772</t>
+          <t>9786057775443</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054849833</t>
+          <t>9786054849956</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Aklım Olsa</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059691260</t>
+          <t>9786057775320</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bitmek İçin Başlar</t>
+          <t>Peter Schlemihl'in Tuhaf Öyküsü</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059691253</t>
+          <t>9786054849789</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Derdi Bitmez</t>
+          <t>Walden - Ormanda Yaşam</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>98</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059691246</t>
+          <t>9786054849772</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Korku Ruhu Kemirir</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059691154</t>
+          <t>9786054849833</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Şimdiki Aklım Olsa</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059691161</t>
+          <t>9786059691260</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İşte Güneş Geliyor</t>
+          <t>Her Şey Bitmek İçin Başlar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059691017</t>
+          <t>9786059691253</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yakmak</t>
+          <t>Dünyanın Derdi Bitmez</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257966696</t>
+          <t>9786059691246</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Korku Ruhu Kemirir</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054849512</t>
+          <t>9786059691154</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Burjuvazi Öldürür</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>210</v>
+        <v>98</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786056404320</t>
+          <t>9786059691161</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler</t>
+          <t>İşte Güneş Geliyor</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>168</v>
+        <v>140</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054849574</t>
+          <t>9786059691017</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Avutmaz</t>
+          <t>Ateş Yakmak</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>112</v>
+        <v>168</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054849949</t>
+          <t>9786257966696</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Karşı</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059115889</t>
+          <t>9786054849512</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Northanger Manastırı</t>
+          <t>Burjuvazi Öldürür</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
+          <t>9786056404320</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Hayalperestler</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786054849574</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Avutmaz</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786054849949</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Savaşa Karşı</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786059115889</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Northanger Manastırı</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
           <t>9786059691277</t>
         </is>
       </c>
-      <c r="B453" s="1" t="inlineStr">
+      <c r="B457" s="1" t="inlineStr">
         <is>
           <t>Trenin Penceresinden</t>
         </is>
       </c>
-      <c r="C453" s="1">
+      <c r="C457" s="1">
         <v>126</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>