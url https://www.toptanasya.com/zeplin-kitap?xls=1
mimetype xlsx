--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,6880 +85,7480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257864992</t>
+          <t>9786059115247</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Usta İle Margarita</t>
+          <t>Orgel Kontu'nun Balosu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259395449</t>
+          <t>9786059115216</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Propaganda Konuşmaları 1. Cilt</t>
+          <t>Dadının Perdesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259563275</t>
+          <t>9786059115032</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Üzerine</t>
+          <t>Yalnızlık Sahip Olduğum Tek Şey</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>80</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257864503</t>
+          <t>9786054849864</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Havalı Çocuklar Okulu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259563213</t>
+          <t>9786054849857</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Ölünür</t>
+          <t>Arkadaşlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259563268</t>
+          <t>9786059115179</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ego ve İd</t>
+          <t>Ölüler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259395425</t>
+          <t>9786059115155</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalanlar 3. Cilt</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259746197</t>
+          <t>9786054849598</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonların Psikolojik Sırları</t>
+          <t>Kılıç, Kelebekler ve Umut</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057775092</t>
+          <t>9786054849895</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Avrupa'nın Vicdanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>98</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058057098</t>
+          <t>9786054849901</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>Güvenin Ölümü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>112</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052060483</t>
+          <t>9786052060308</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'ya İhtiyaç Duymak</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059691932</t>
+          <t>9786059691628</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Ezilmiş Bastırılmış ve Tükenmiş Avrupa Halklarına Çağrı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>224</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052060513</t>
+          <t>3990000028957</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>994</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052060285</t>
+          <t>9786059691901</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ulu Ağaç</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>168</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057775054</t>
+          <t>9786059115476</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Yalnızlık Ömür Boyu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>364</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059691772</t>
+          <t>9786059691581</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>90 Dakikada Foucault</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059691673</t>
+          <t>9786059691598</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>90 Dakikada Marx</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059691024</t>
+          <t>9786059691697</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarıcının Günlüğü</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059115957</t>
+          <t>9786059691437</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İçimizde Gezinen Sessizlik - Aforizmalar</t>
+          <t>Herkes İçin Boyama Kitabı - Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>98</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059691710</t>
+          <t>9786059115773</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Ütopik Sosyalizm ve Bilimsel Sosyalizm</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059691123</t>
+          <t>9786054849642</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Mutlu Olmayı İhmal Etme</t>
+          <t>Mutlu Olma İhtimalimiz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>98</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059115209</t>
+          <t>9786054849673</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kış Hayalleri</t>
+          <t>Sivil İtaatsizlik - Yürümek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>112</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059115513</t>
+          <t>9786059115162</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Baltık'taki Balıkçılar</t>
+          <t>Hiçbir Şey İstememenin Mutluluğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>126</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059115599</t>
+          <t>9786059115605</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm : Kapitalizmin En Yüksek Aşaması</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059115063</t>
+          <t>9786059115001</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bizi Büyüten Şey</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054849963</t>
+          <t>9786059691888</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>98</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057775917</t>
+          <t>9786059691482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Reading Zindanı Baladı</t>
+          <t>Neden Bu Kadar Akıllıyım?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>98</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257966337</t>
+          <t>9786059115933</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Kader Üzerine De Fato</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>98</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058057074</t>
+          <t>9786059115049</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Walden - Ormanda Yaşam</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057775122</t>
+          <t>9786059691512</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Biri, Hiçbiri, Binlercesi</t>
+          <t>90 Dakikada Nietzsche</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057775634</t>
+          <t>9786059691468</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma İhtimalimiz</t>
+          <t>Dr. Jekyll ve Bay Hyde'nin Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257966597</t>
+          <t>9786054849918</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gülen Adam</t>
+          <t>Yatak Odasında Felsefe</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257966856</t>
+          <t>9786059115827</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar</t>
+          <t>Melekler ve Tanrıtanımazlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052060797</t>
+          <t>9786059115780</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen Seti (4 Kitap Takım)</t>
+          <t>Uçurum İnsanları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>644</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257966115</t>
+          <t>9786059115469</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Komplolar Üzerine</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>112</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257864640</t>
+          <t>9786257864510</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Konuşmalar II. Cilt</t>
+          <t>Anne Frank’ın Hatıra Defteri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057775948</t>
+          <t>9786259746180</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya İhtiyaç Duymak ( Kısaltılmış Metin )</t>
+          <t>Bir Cesedin Otobiyografisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257966573</t>
+          <t>9786259271972</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uçurum İnsanları</t>
+          <t>Geç Gelen Şöhret</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257864763</t>
+          <t>9786257864954</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Özgürlüktür</t>
+          <t>Genç Törless’in Buhranları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>112</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257864756</t>
+          <t>9786259563206</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arayışı</t>
+          <t>Ölüler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>112</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057775511</t>
+          <t>9786257864992</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dolambaçlı Yolları</t>
+          <t>Usta İle Margarita</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>182</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057775658</t>
+          <t>9786259395449</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Dediğimiz Şey</t>
+          <t>Propaganda Konuşmaları 1. Cilt</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>98</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259563251</t>
+          <t>9786259563275</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Mutlu Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>98</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259563244</t>
+          <t>9786257864503</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>98</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259563237</t>
+          <t>9786259563213</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Nasıl Ölünür</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059115377</t>
+          <t>9786259563268</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Ego ve İd</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>13</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259746166</t>
+          <t>9786259395425</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Diplomasız Psikanaliz Tartışması</t>
+          <t>Büyük Yalanlar 3. Cilt</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257864930</t>
+          <t>9786259746197</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi 6. Cilt</t>
+          <t>Şampiyonların Psikolojik Sırları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057775757</t>
+          <t>9786057775092</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mahpus</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>98</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257864565</t>
+          <t>9786058057098</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Başlangıç İlkeleri</t>
+          <t>Sünger Avcısı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>112</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257864282</t>
+          <t>9786052060483</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mussolini : Otobiyografim</t>
+          <t>Tanrı'ya İhtiyaç Duymak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052060445</t>
+          <t>9786059691932</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla Seti</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>518</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057775238</t>
+          <t>9786052060513</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Stefan Zweig Seti</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>112</v>
+        <v>994</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257864053</t>
+          <t>9786052060285</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler</t>
+          <t>Ulu Ağaç</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>294</v>
+        <v>168</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057775276</t>
+          <t>9786057775054</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>126</v>
+        <v>364</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057775740</t>
+          <t>9786059691772</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sodom ve Gomorra</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257864893</t>
+          <t>9786059691673</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>546</v>
+        <v>98</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257864862</t>
+          <t>9786059691024</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezerler</t>
+          <t>Baştan Çıkarıcının Günlüğü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059115896</t>
+          <t>9786059115957</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Dediğimiz Şey</t>
+          <t>İçimizde Gezinen Sessizlik - Aforizmalar</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257864039</t>
+          <t>9786059691710</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>340</v>
+        <v>98</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257966719</t>
+          <t>9786059691123</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Hayat Kısa Mutlu Olmayı İhmal Etme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>98</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257864732</t>
+          <t>9786059115209</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Konuşmalar Cilt 3</t>
+          <t>Kış Hayalleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>112</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257864855</t>
+          <t>9786059115513</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalanlar 2. Cilt</t>
+          <t>Baltık'taki Balıkçılar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>126</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057775764</t>
+          <t>9786059115599</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Guermantes Tarafı</t>
+          <t>Emperyalizm : Kapitalizmin En Yüksek Aşaması</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257864848</t>
+          <t>9786059115063</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi 5. Cilt</t>
+          <t>Bizi Büyüten Şey</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257864718</t>
+          <t>9786054849963</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Hayal</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257864725</t>
+          <t>9786057775917</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Nedir?</t>
+          <t>Reading Zindanı Baladı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057775771</t>
+          <t>9786257966337</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açmış Genç Kızların Gölgesinde</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>420</v>
+        <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257864466</t>
+          <t>9786058057074</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Konuşmalar 1. Cilt</t>
+          <t>Walden - Ormanda Yaşam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257864831</t>
+          <t>9786057775122</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürek</t>
+          <t>Biri, Hiçbiri, Binlercesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257864824</t>
+          <t>9786057775634</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>Mutlu Olma İhtimalimiz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257864527</t>
+          <t>9786257966597</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Gülen Adam</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257864817</t>
+          <t>9786257966856</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Zor Zamanlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>112</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057775627</t>
+          <t>9786052060797</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Canavar</t>
+          <t>Jane Austen Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>98</v>
+        <v>644</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257864787</t>
+          <t>9786257966115</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Vejetaryenliğin Yararları</t>
+          <t>Komplolar Üzerine</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>91</v>
+        <v>112</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257864794</t>
+          <t>9786257864640</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>Mahrem Konuşmalar II. Cilt</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>112</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257864770</t>
+          <t>9786057775948</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
+          <t>Tanrı’ya İhtiyaç Duymak ( Kısaltılmış Metin )</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>126</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257864800</t>
+          <t>9786257966573</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İlkesiz Yaşam</t>
+          <t>Uçurum İnsanları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>84</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257864688</t>
+          <t>9786257864763</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Yalnızlık Özgürlüktür</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054849802</t>
+          <t>9786257864756</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Kapat Ve Gör</t>
+          <t>Anlam Arayışı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054849819</t>
+          <t>9786057775511</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Ciddiye Alınamayacak Kadar Önemlidir</t>
+          <t>Aşkın Dolambaçlı Yolları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054849741</t>
+          <t>9786057775658</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Hayalperest “Verlaine”</t>
+          <t>Yaşamak Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257864749</t>
+          <t>9786259563251</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Acı Veren Şeyleri Hatırlarız</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257864701</t>
+          <t>9786259563244</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Olasılıkların En Güzeli</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257864633</t>
+          <t>9786259563237</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi 4. Cilt</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257864534</t>
+          <t>9786059115377</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>126</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257864657</t>
+          <t>9786259746166</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Kazananlar Yazar</t>
+          <t>Diplomasız Psikanaliz Tartışması</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257864541</t>
+          <t>9786257864930</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Seraphita</t>
+          <t>Melankolinin Anatomisi 6. Cilt</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>154</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257864428</t>
+          <t>9786057775757</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Mahpus</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>112</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257864664</t>
+          <t>9786257864565</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Yalnızdır</t>
+          <t>Felsefenin Başlangıç İlkeleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>112</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257864671</t>
+          <t>9786257864282</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek Zor Sorular Sormakla Başlar</t>
+          <t>Mussolini : Otobiyografim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>112</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257864626</t>
+          <t>9786052060445</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yaraları Sevgi İyileştirir</t>
+          <t>Nikola Tesla Seti</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>98</v>
+        <v>518</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257864596</t>
+          <t>9786057775238</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Germinal</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>308</v>
+        <v>112</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257864619</t>
+          <t>9786257864053</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öyleyse Varım</t>
+          <t>Adolf Hitler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>98</v>
+        <v>294</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257864602</t>
+          <t>9786057775276</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Carl Sagan : İnanmak Değil, Bilmek İstiyorum</t>
+          <t>Yatak Odasında Felsefe</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257864183</t>
+          <t>9786057775740</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Noam Chomsky : Özgürlük Bedel Ödemeye Değer</t>
+          <t>Sodom ve Gomorra</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>224</v>
+        <v>420</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257864275</t>
+          <t>9786257864893</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Neyi Ararsan O Olursun</t>
+          <t>Don Quijote</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>182</v>
+        <v>546</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257864558</t>
+          <t>9786257864862</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Uyurgezerler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>98</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257864480</t>
+          <t>9786059115896</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sahte Sevgili</t>
+          <t>Mutluluk Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257864411</t>
+          <t>9786257864039</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nihai Istırapların Sığınağı</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>98</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257864473</t>
+          <t>9786257966719</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhu Dediğimiz Şey</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>98</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257864435</t>
+          <t>9786257864732</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung - Haz Dediğimiz Şey</t>
+          <t>Mahrem Konuşmalar Cilt 3</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>182</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257864442</t>
+          <t>9786257864855</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ayn Rand - Ahlak Dediğimiz Şey</t>
+          <t>Büyük Yalanlar 2. Cilt</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257864381</t>
+          <t>9786057775764</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kan Davası</t>
+          <t>Guermantes Tarafı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>112</v>
+        <v>490</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257864398</t>
+          <t>9786257864848</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Honorine</t>
+          <t>Melankolinin Anatomisi 5. Cilt</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>112</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257864404</t>
+          <t>9786257864718</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arzuların Tatmini</t>
+          <t>Her Şey Bir Hayal</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257864374</t>
+          <t>9786257864725</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Hayatın Anlamı Nedir?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057775733</t>
+          <t>9786057775771</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Swann’ların Tarafı</t>
+          <t>Çiçek Açmış Genç Kızların Gölgesinde</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>252</v>
+        <v>420</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257864367</t>
+          <t>9786257864466</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi : 3. Cilt</t>
+          <t>Mahrem Konuşmalar 1. Cilt</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257864312</t>
+          <t>9786257864831</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Lemoine Davası</t>
+          <t>Yufka Yürek</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257864350</t>
+          <t>9786257864824</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günleri</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257864305</t>
+          <t>9786257864527</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Size Kendinizden Nefret Etmeyi Kim Öğretti?</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>126</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257864251</t>
+          <t>9786257864817</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Jack Ma - Pes Etmek En Büyük Başarısızlıktır</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257864237</t>
+          <t>9786057775627</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mark Zuckerberg - En Büyük Risk Hiç Risk Almamaktır</t>
+          <t>İçimizdeki Canavar</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257864336</t>
+          <t>9786257864787</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aşk Karşılıklı İşkencedir</t>
+          <t>Vejetaryenliğin Yararları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>98</v>
+        <v>91</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257864299</t>
+          <t>9786257864794</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Neil Degrasse Tyson - Bu İşte Bir Terslik Var</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257864190</t>
+          <t>9786257864770</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Zirveye</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257864169</t>
+          <t>9786257864800</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Para İçin Çalışmıyorum</t>
+          <t>İlkesiz Yaşam</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>112</v>
+        <v>84</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257864176</t>
+          <t>9786257864688</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlık En İyi Okuldur</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>168</v>
+        <v>126</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257966375</t>
+          <t>9786054849802</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Beethoven</t>
+          <t>Gözünü Kapat Ve Gör</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257966399</t>
+          <t>9786054849819</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bill Gates</t>
+          <t>Hayat, Ciddiye Alınamayacak Kadar Önemlidir</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257864091</t>
+          <t>9786054849741</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Bir Küçük Hayalperest “Verlaine”</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>420</v>
+        <v>112</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257966412</t>
+          <t>9786257864749</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Frida'nın Gizli Defteri</t>
+          <t>Yalnızca Acı Veren Şeyleri Hatırlarız</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>252</v>
+        <v>126</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257966405</t>
+          <t>9786257864701</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Olasılıkların En Güzeli</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>126</v>
+        <v>182</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257966351</t>
+          <t>9786257864633</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo: Bir Dehayı Anlamak</t>
+          <t>Melankolinin Anatomisi 4. Cilt</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257966382</t>
+          <t>9786257864534</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mandela Aforizmalar</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257966993</t>
+          <t>9786257864657</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'nin Kamburu</t>
+          <t>Tarihi Kazananlar Yazar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257966986</t>
+          <t>9786257864541</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Seraphita</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>154</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257966948</t>
+          <t>9786257864428</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257966849</t>
+          <t>9786257864664</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci</t>
+          <t>Her İnsan Yalnızdır</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>196</v>
+        <v>112</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257966870</t>
+          <t>9786257864671</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Veba Kralı</t>
+          <t>Düşünmek Zor Sorular Sormakla Başlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257966887</t>
+          <t>9786257864626</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Usher Evi’nin Çöküşü</t>
+          <t>Yaraları Sevgi İyileştirir</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257966863</t>
+          <t>9786257864596</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tükenmiş Adam</t>
+          <t>Germinal</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>98</v>
+        <v>308</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257966825</t>
+          <t>9786257864619</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Edin!</t>
+          <t>Düşünüyorum, Öyleyse Varım</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257966924</t>
+          <t>9786257864602</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Teyze</t>
+          <t>Carl Sagan : İnanmak Değil, Bilmek İstiyorum</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257966795</t>
+          <t>9786257864183</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Suçluyorum!</t>
+          <t>Noam Chomsky : Özgürlük Bedel Ödemeye Değer</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>98</v>
+        <v>224</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257966801</t>
+          <t>9786257864275</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Neyi Ararsan O Olursun</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>126</v>
+        <v>182</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257966726</t>
+          <t>9786257864558</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yumurtalar</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257864084</t>
+          <t>9786257864480</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları</t>
+          <t>Sahte Sevgili</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>112</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257864022</t>
+          <t>9786257864411</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Münakaşa</t>
+          <t>Nihai Istırapların Sığınağı</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257864008</t>
+          <t>9786257864473</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş</t>
+          <t>İnsan Ruhu Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257966788</t>
+          <t>9786257864435</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mavi Otel</t>
+          <t>Carl Gustav Jung - Haz Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257966832</t>
+          <t>9786257864442</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Ayn Rand - Ahlak Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>112</v>
+        <v>196</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257966894</t>
+          <t>9786257864381</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Yaşlı Adamla Güzel Kızın Öyküsü</t>
+          <t>Kan Davası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257966900</t>
+          <t>9786257864398</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler</t>
+          <t>Honorine</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257966672</t>
+          <t>9786257864404</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Süvari</t>
+          <t>Arzuların Tatmini</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257864060</t>
+          <t>9786257864374</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fayton</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257966764</t>
+          <t>9786057775733</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Canavar</t>
+          <t>Swann’ların Tarafı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>98</v>
+        <v>252</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257966818</t>
+          <t>9786257864367</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Melankolinin Anatomisi : 3. Cilt</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>98</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257966917</t>
+          <t>9786257864312</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Lemoine Davası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257966641</t>
+          <t>9786257864350</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Okuma Günleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257966702</t>
+          <t>9786257864305</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>Malcolm X - Size Kendinizden Nefret Etmeyi Kim Öğretti?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257966658</t>
+          <t>9786257864251</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söyledi Zerdüşt</t>
+          <t>Jack Ma - Pes Etmek En Büyük Başarısızlıktır</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>210</v>
+        <v>112</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057775887</t>
+          <t>9786257864237</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Taras Bulba</t>
+          <t>Mark Zuckerberg - En Büyük Risk Hiç Risk Almamaktır</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257966313</t>
+          <t>9786257864336</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Gençlik</t>
+          <t>Aşk Karşılıklı İşkencedir</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257966009</t>
+          <t>9786257864299</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ölmek</t>
+          <t>Neil Degrasse Tyson - Bu İşte Bir Terslik Var</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257966955</t>
+          <t>9786257864190</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>On Bir Oğul</t>
+          <t>Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257966931</t>
+          <t>9786257864169</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Josefine veya Fare Ulusu</t>
+          <t>Para İçin Çalışmıyorum</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057775894</t>
+          <t>9786257864176</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Krallığı Yüreğinizdedir</t>
+          <t>Başarısızlık En İyi Okuldur</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>168</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257966320</t>
+          <t>9786257966375</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Randevu</t>
+          <t>Beethoven</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257966047</t>
+          <t>9786257966399</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Bill Gates</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257966085</t>
+          <t>9786257864091</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşünceler</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>112</v>
+        <v>420</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257966481</t>
+          <t>9786257966412</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Frida'nın Gizli Defteri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>252</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257966061</t>
+          <t>9786257966405</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Narcissus’un Zencisi</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>133</v>
+        <v>126</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257966771</t>
+          <t>9786257966351</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kış Yürüyüşü</t>
+          <t>Michelangelo: Bir Dehayı Anlamak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257864015</t>
+          <t>9786257966382</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Katli</t>
+          <t>Mandela Aforizmalar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257966757</t>
+          <t>9786257966993</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>Notre Dame'nin Kamburu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>126</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057775672</t>
+          <t>9786257966986</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>112</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257864046</t>
+          <t>9786257966948</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Grete’ye Mektuplar</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257966368</t>
+          <t>9786257966849</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Girdaba İniş</t>
+          <t>Yaşama Sevinci</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257864077</t>
+          <t>9786257966870</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Felice’ye Mektuplar</t>
+          <t>Veba Kralı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>98</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257966221</t>
+          <t>9786257966887</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Kazanırken</t>
+          <t>Usher Evi’nin Çöküşü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257966962</t>
+          <t>9786257966863</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sanatçısı</t>
+          <t>Tükenmiş Adam</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257966979</t>
+          <t>9786257966825</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Araştırmaları</t>
+          <t>Tövbe Edin!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257966269</t>
+          <t>9786257966924</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Anıları</t>
+          <t>Teyze</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257966740</t>
+          <t>9786257966795</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Altın Böcek</t>
+          <t>Suçluyorum!</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057775726</t>
+          <t>9786257966801</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057775863</t>
+          <t>9786257966726</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Ölümcül Yumurtalar</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057775702</t>
+          <t>9786257864084</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Huckleberry Finn’in Maceraları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>98</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057775900</t>
+          <t>9786257864022</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Strateji Sanatı</t>
+          <t>Münakaşa</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257966733</t>
+          <t>9786257864008</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>98</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057775719</t>
+          <t>9786257966788</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Mavi Otel</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257966160</t>
+          <t>9786257966832</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>105</v>
+        <v>112</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257966177</t>
+          <t>9786257966894</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>İyi Yürekli Yaşlı Adamla Güzel Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257966122</t>
+          <t>9786257966900</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Hayalperestler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>126</v>
+        <v>168</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057775696</t>
+          <t>9786257966672</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Hayalet Süvari</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057775818</t>
+          <t>9786257864060</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin İflası</t>
+          <t>Fayton</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257966016</t>
+          <t>9786257966764</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Canavar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257966054</t>
+          <t>9786257966818</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Küçük Burjuvalar</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057775801</t>
+          <t>9786257966917</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257966030</t>
+          <t>9786257966641</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257966108</t>
+          <t>9786257966702</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257966153</t>
+          <t>9786257966658</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Böyle Söyledi Zerdüşt</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257966139</t>
+          <t>9786057775887</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İlkgençlik</t>
+          <t>Taras Bulba</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257966689</t>
+          <t>9786257966313</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Tanrısız Gençlik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>126</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257966191</t>
+          <t>9786257966009</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gençlik</t>
+          <t>Ölmek</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257966207</t>
+          <t>9786257966955</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>On Bir Oğul</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257966665</t>
+          <t>9786257966931</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Şarkıcı Josefine veya Fare Ulusu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257966214</t>
+          <t>9786057775894</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>Tanrı’nın Krallığı Yüreğinizdedir</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057775832</t>
+          <t>9786257966320</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Randevu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057775665</t>
+          <t>9786257966047</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257966290</t>
+          <t>9786257966085</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sanatı : Kama Sutra</t>
+          <t>Kendime Düşünceler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257966467</t>
+          <t>9786257966481</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Seti Kutulu (10 Kitap)</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>2086</v>
+        <v>400</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257966443</t>
+          <t>9786257966061</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Bütün Öyküleri Seti Kutulu (28 Kitap Takım)</t>
+          <t>Narcissus’un Zencisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>2758</v>
+        <v>133</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257966450</t>
+          <t>9786257966771</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar Seti Kutulu (25 Kitap Takım)</t>
+          <t>Kış Yürüyüşü</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>2450</v>
+        <v>98</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057775955</t>
+          <t>9786257864015</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Dostluk</t>
+          <t>Kardeş Katli</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057775962</t>
+          <t>9786257966757</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>İzlanda Balıkçısı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057775993</t>
+          <t>9786057775672</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sarı Odanın Esrarı</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057775856</t>
+          <t>9786257864046</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Grete’ye Mektuplar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>105</v>
+        <v>126</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057775849</t>
+          <t>9786257966368</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zeno’nun Bilinci</t>
+          <t>Girdaba İniş</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>98</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057775870</t>
+          <t>9786257864077</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yolcu ve Ayışığı</t>
+          <t>Felice’ye Mektuplar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>196</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257966580</t>
+          <t>9786257966221</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Veba Yılı Günlüğü</t>
+          <t>Ekmeğimi Kazanırken</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257966542</t>
+          <t>9786257966962</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Dalgalar</t>
+          <t>Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057775986</t>
+          <t>9786257966979</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Bir Köpeğin Araştırmaları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057775979</t>
+          <t>9786257966269</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Yıllar</t>
+          <t>Bir Delinin Anıları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257966078</t>
+          <t>9786257966740</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han Üzerine Notlar</t>
+          <t>Altın Böcek</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057775924</t>
+          <t>9786057775726</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ne Denizsiz Ne Tütünsüz</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257966023</t>
+          <t>9786057775863</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Melekler ve Tanrıtanımazlar</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057775931</t>
+          <t>9786057775702</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Leydi Chatterley’in Aşığı</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>400</v>
+        <v>98</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257966146</t>
+          <t>9786057775900</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kayıkta Üç Adam</t>
+          <t>Strateji Sanatı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257966092</t>
+          <t>9786257966733</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kafatasımın Etrafında Yolculuk</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057775689</t>
+          <t>9786057775719</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kadın Denen Mucize</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257966511</t>
+          <t>9786257966160</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257966184</t>
+          <t>9786257966177</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257966627</t>
+          <t>9786257966122</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257966498</t>
+          <t>9786057775696</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>126</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257966535</t>
+          <t>9786057775818</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Kapitalizmin İflası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257966429</t>
+          <t>9786257966016</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gençlik</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257966504</t>
+          <t>9786257966054</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Düzülke</t>
+          <t>Küçük Burjuvalar</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257966238</t>
+          <t>9786057775801</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dünyadevleti</t>
+          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>196</v>
+        <v>112</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257966603</t>
+          <t>9786257966030</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ile Bay Hyde</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257966245</t>
+          <t>9786257966108</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Sardinya Adası</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>168</v>
+        <v>112</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257966610</t>
+          <t>9786257966153</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257966559</t>
+          <t>9786257966139</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çaydanlık ile Cırcır Böceği</t>
+          <t>İlkgençlik</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257966528</t>
+          <t>9786257966689</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorgu</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>98</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257966252</t>
+          <t>9786257966191</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dünyanın Düşmanı</t>
+          <t>Gençlik</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257966566</t>
+          <t>9786257966207</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Hikaye Değildir</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257966276</t>
+          <t>9786257966665</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257966283</t>
+          <t>9786257966214</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>112</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257966306</t>
+          <t>9786057775832</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>196</v>
+        <v>126</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257966634</t>
+          <t>9786057775665</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057775825</t>
+          <t>9786257966290</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi - 1. Cilt</t>
+          <t>Aşk Sanatı : Kama Sutra</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>168</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257966344</t>
+          <t>9786257966467</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tesla vs Edison: Akıl Savaşları</t>
+          <t>Biyografi Seti Kutulu (10 Kitap)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>196</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257966474</t>
+          <t>9786257966443</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Anatomisi - 2. Cilt</t>
+          <t>Stefan Zweig Bütün Öyküleri Seti Kutulu (28 Kitap Takım)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057775641</t>
+          <t>9786257966450</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Neden Mutsuzdur İnsan?</t>
+          <t>Aforizmalar Seti Kutulu (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>98</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257966436</t>
+          <t>9786057775955</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
+          <t>Talihsiz Dostluk</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1162</v>
+        <v>126</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057775061</t>
+          <t>9786057775962</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>98</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057775115</t>
+          <t>9786057775993</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Sarı Odanın Esrarı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>252</v>
+        <v>168</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057775160</t>
+          <t>9786057775856</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Baragan’ın Dikenleri</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057775245</t>
+          <t>9786057775849</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Zeno’nun Bilinci</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057775153</t>
+          <t>9786057775870</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Banker</t>
+          <t>Yolcu ve Ayışığı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058057081</t>
+          <t>9786257966580</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Veba Yılı Günlüğü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>161</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057775207</t>
+          <t>9786257966542</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Ölümcül Dalgalar</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057775009</t>
+          <t>9786057775986</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>98</v>
+        <v>182</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057775016</t>
+          <t>9786057775979</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Renkler ve Yıllar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>112</v>
+        <v>196</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057775078</t>
+          <t>9786257966078</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Kubilay Han Üzerine Notlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057775085</t>
+          <t>9786057775924</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Oğlu</t>
+          <t>Ne Denizsiz Ne Tütünsüz</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057775429</t>
+          <t>9786257966023</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Melekler ve Tanrıtanımazlar</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057775146</t>
+          <t>9786057775931</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Leydi Chatterley’in Aşığı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057633019</t>
+          <t>9786257966146</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Hayat Futbola Benzer</t>
+          <t>Kayıkta Üç Adam</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>400</v>
+        <v>126</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052060995</t>
+          <t>9786257966092</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gandhi - Umudun Direnişi</t>
+          <t>Kafatasımın Etrafında Yolculuk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057633002</t>
+          <t>9786057775689</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Einstein - Yer Çekimine Karşı Yapayalnız</t>
+          <t>Kadın Denen Mucize</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>280</v>
+        <v>98</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057775191</t>
+          <t>9786257966511</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057775313</t>
+          <t>9786257966184</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Radetzky Marşı</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>252</v>
+        <v>98</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057775351</t>
+          <t>9786257966627</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057775023</t>
+          <t>9786257966498</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Evinde Anılar</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>126</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057775221</t>
+          <t>9786257966535</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>224</v>
+        <v>126</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057775030</t>
+          <t>9786257966429</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonat</t>
+          <t>Gençlik</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057775382</t>
+          <t>9786257966504</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Düzülke</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057775528</t>
+          <t>9786257966238</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Dünyadevleti</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>252</v>
+        <v>196</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057775139</t>
+          <t>9786257966603</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Dr. Jekyll ile Bay Hyde</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057775504</t>
+          <t>9786257966245</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suçları</t>
+          <t>Deniz ve Sardinya Adası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057775184</t>
+          <t>9786257966610</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Watson Ailesi</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>112</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057775436</t>
+          <t>9786257966559</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sıçanların Cenazesi</t>
+          <t>Çaydanlık ile Cırcır Böceği</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057775214</t>
+          <t>9786257966528</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sahte Kupon</t>
+          <t>Büyük Sorgu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057775375</t>
+          <t>9786257966252</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Bütün Dünyanın Düşmanı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057775047</t>
+          <t>9786257966566</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Oyun</t>
+          <t>Bu Bir Hikaye Değildir</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057775108</t>
+          <t>9786257966276</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dublinliler</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057775542</t>
+          <t>9786257966283</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>Billy Budd</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057775566</t>
+          <t>9786257966306</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Aşk İksiri</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>140</v>
+        <v>196</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057775252</t>
+          <t>9786257966634</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Aklın Haysiyeti</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057775283</t>
+          <t>9786057775825</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Melankolinin Anatomisi - 1. Cilt</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>98</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057775269</t>
+          <t>9786257966344</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Tesla vs Edison: Akıl Savaşları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057775344</t>
+          <t>9786257966474</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Melankolinin Anatomisi - 2. Cilt</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057775368</t>
+          <t>9786057775641</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nerede ve Ne İçin Yaşadım?</t>
+          <t>Neden Mutsuzdur İnsan?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057775399</t>
+          <t>9786257966436</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Lanetli El</t>
+          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057775412</t>
+          <t>9786057775061</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kira Kiralina</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>112</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057775450</t>
+          <t>9786057775115</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>140</v>
+        <v>252</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057775467</t>
+          <t>9786057775160</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Uçurumdur</t>
+          <t>Baragan’ın Dikenleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057775573</t>
+          <t>9786057775245</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aklın İflası</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057775337</t>
+          <t>9786057775153</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Düşleri</t>
+          <t>Anarşist Banker</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057775559</t>
+          <t>9786058057081</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>140</v>
+        <v>161</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057775498</t>
+          <t>9786057775207</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Başkalarına Aşık Kadınlar</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057775535</t>
+          <t>9786057775009</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057775290</t>
+          <t>9786057775016</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057775306</t>
+          <t>9786057775078</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Genç Bir Adam Olarak Portresi</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057775405</t>
+          <t>9786057775085</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kaderci Jacques ve Efendisi</t>
+          <t>Güneşin Oğlu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057775481</t>
+          <t>9786057775429</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İçine Kapanık Bir İhtiyarın Anıları</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>196</v>
+        <v>112</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057775474</t>
+          <t>9786057775146</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057775603</t>
+          <t>9786057633019</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Akıl Dediğimiz Şey</t>
+          <t>Ronaldo - Hayat Futbola Benzer</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057775610</t>
+          <t>9786052060995</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Azaltın Sadeleştirin Basitleştirin</t>
+          <t>Gandhi - Umudun Direnişi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057775580</t>
+          <t>9786057633002</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalanlar</t>
+          <t>Einstein - Yer Çekimine Karşı Yapayalnız</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057633057</t>
+          <t>9786057775191</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057633149</t>
+          <t>9786057775313</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Radetzky Marşı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>98</v>
+        <v>252</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057633033</t>
+          <t>9786057775351</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Önce</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057633064</t>
+          <t>9786057775023</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Ölüler Evinde Anılar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>98</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057633095</t>
+          <t>9786057775221</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Lyon’da Düğün</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>98</v>
+        <v>224</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057633101</t>
+          <t>9786057775030</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Rahel Tanrı’yla Hesaplaşıyor</t>
+          <t>Kreutzer Sonat</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057633132</t>
+          <t>9786057775382</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057633088</t>
+          <t>9786057775528</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İki Yalnız</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>98</v>
+        <v>252</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057633040</t>
+          <t>9786057775139</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057633125</t>
+          <t>9786057775504</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Bir İnsan</t>
+          <t>Aşkın Suçları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057633118</t>
+          <t>9786057775184</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Watson Ailesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786058057067</t>
+          <t>9786057775436</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Midas’ın Müritleri</t>
+          <t>Sıçanların Cenazesi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057633071</t>
+          <t>9786057775214</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa</t>
+          <t>Sahte Kupon</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052060766</t>
+          <t>9786057775375</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Jack London Seti (6 Kitap Takım)</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>882</v>
+        <v>140</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052060773</t>
+          <t>9786057775047</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Seti (8 Kitap Takım)</t>
+          <t>Kanlı Oyun</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>826</v>
+        <v>98</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052060865</t>
+          <t>9786057775108</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Montaigne: Her Şeyin Birazı, Hiçbir Şeyin Hepsi</t>
+          <t>Dublinliler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052060711</t>
+          <t>9786057775542</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Koleksiyon</t>
+          <t>Doğa</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052060742</t>
+          <t>9786057775566</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Aşk İksiri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052060704</t>
+          <t>9786057775252</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Karşılaşma</t>
+          <t>Aklın Haysiyeti</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052060629</t>
+          <t>9786057775283</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Ülkesinde</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>210</v>
+        <v>98</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052060698</t>
+          <t>9786057775269</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kızıl</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052060919</t>
+          <t>9786057775344</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski - Yalnızlığın Keşfi</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>126</v>
+        <v>140</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052060858</t>
+          <t>9786057775368</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Dava Defteri</t>
+          <t>Nerede ve Ne İçin Yaşadım?</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052060841</t>
+          <t>9786057775399</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Dönüşü</t>
+          <t>Lanetli El</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052060926</t>
+          <t>9786057775412</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
+          <t>Kira Kiralina</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052060810</t>
+          <t>9786057775450</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Son Vaka - Sherlock Holmes</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052060872</t>
+          <t>9786057775467</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Anıları</t>
+          <t>İnsan Bir Uçurumdur</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052060988</t>
+          <t>9786057775573</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yalnızca Anlamadığı Şeye İnanabilir</t>
+          <t>Aklın İflası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052060971</t>
+          <t>9786057775337</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hissettiğin Kadar Yalnızsın</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052060957</t>
+          <t>9786057775559</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıkların Tutsaklığı</t>
+          <t>Perde Arkası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052060940</t>
+          <t>9786057775498</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Eskimez Mutluluk Kadar</t>
+          <t>Başkalarına Aşık Kadınlar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052060964</t>
+          <t>9786057775535</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Daha İyisi Nasıl Yapılır?</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052060537</t>
+          <t>9786057775290</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in İzinde</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>300</v>
+        <v>98</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052060803</t>
+          <t>9786057775306</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Sanatçının Genç Bir Adam Olarak Portresi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>126</v>
+        <v>168</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052060834</t>
+          <t>9786057775405</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'ün Maceraları - Sherlock Holmes</t>
+          <t>Kaderci Jacques ve Efendisi</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>196</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052060728</t>
+          <t>9786057775481</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Tesla'nın Gizli Makinesi</t>
+          <t>İçine Kapanık Bir İhtiyarın Anıları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>210</v>
+        <v>196</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052060902</t>
+          <t>9786057775474</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052060582</t>
+          <t>9786057775603</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Nefretin Hazzı</t>
+          <t>Akıl Dediğimiz Şey</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052060674</t>
+          <t>9786057775610</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Neden Bu Kadar Akıllıyım?</t>
+          <t>Azaltın Sadeleştirin Basitleştirin</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052060346</t>
+          <t>9786057775580</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Şef</t>
+          <t>Büyük Yalanlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052060575</t>
+          <t>9786057633057</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald'in Aşkı</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059691741</t>
+          <t>9786057633149</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kanun Önünde</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052060605</t>
+          <t>9786057633033</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Adem’den Önce</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>105</v>
+        <v>98</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052060599</t>
+          <t>9786057633064</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>O muydu?</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052060322</t>
+          <t>9786057633095</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İyi Asker</t>
+          <t>Lyon’da Düğün</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052060551</t>
+          <t>9786057633101</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Albay Chabert</t>
+          <t>Rahel Tanrı’yla Hesaplaşıyor</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052060568</t>
+          <t>9786057633132</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052060643</t>
+          <t>9786057633088</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Neden Feminist Değilim?</t>
+          <t>İki Yalnız</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052060612</t>
+          <t>9786057633040</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052060131</t>
+          <t>9786057633125</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Unutulmaz Bir İnsan</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052060094</t>
+          <t>9786057633118</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052060087</t>
+          <t>9786058057067</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Midas’ın Müritleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059691987</t>
+          <t>9786057633071</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>İnsanoğlu İsa</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059691475</t>
+          <t>9786052060766</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kobay Fareleri</t>
+          <t>Jack London Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>168</v>
+        <v>882</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057775597</t>
+          <t>9786052060773</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Halil Cibran Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>98</v>
+        <v>826</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052060544</t>
+          <t>9786052060865</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Einstein Aforizmalar</t>
+          <t>Montaigne: Her Şeyin Birazı, Hiçbir Şeyin Hepsi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052060520</t>
+          <t>9786052060711</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlar Seti</t>
+          <t>Görünmez Koleksiyon</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>1372</v>
+        <v>98</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052060452</t>
+          <t>9786052060742</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>168</v>
+        <v>196</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052060469</t>
+          <t>9786052060704</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Beklenmedik Karşılaşma</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052060421</t>
+          <t>9786052060629</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Geleceğin Ülkesinde</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>182</v>
+        <v>210</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052060414</t>
+          <t>9786052060698</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Kızıl</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052060438</t>
+          <t>9786052060919</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Dostoyevski - Yalnızlığın Keşfi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052060360</t>
+          <t>9786052060858</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Sherlock Holmes'ün Dava Defteri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052060384</t>
+          <t>9786052060841</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Sherlock Holmes'ün Dönüşü</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052060391</t>
+          <t>9786052060926</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı ve Kahkaha</t>
+          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052060377</t>
+          <t>9786052060810</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Son Vaka - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052060407</t>
+          <t>9786052060872</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Sherlock Holmes'ün Anıları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052060476</t>
+          <t>9786052060988</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hawking Aforizmalar</t>
+          <t>İnsan Yalnızca Anlamadığı Şeye İnanabilir</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059691680</t>
+          <t>9786052060971</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Hissettiğin Kadar Yalnızsın</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052060148</t>
+          <t>9786052060957</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Alışkanlıkların Tutsaklığı</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052060100</t>
+          <t>9786052060940</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Cenevre Gölü'ndeki Olay</t>
+          <t>Hiçbir Şey Eskimez Mutluluk Kadar</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052060339</t>
+          <t>9786052060964</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Alan Turing - Enigma'nın Şifresini Çözmek</t>
+          <t>Daha İyisi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052060124</t>
+          <t>9786052060537</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Manzara</t>
+          <t>Peygamber'in İzinde</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>98</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052060292</t>
+          <t>9786052060803</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Yaralı Ruhların Şifacısı</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>126</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052060155</t>
+          <t>9786052060834</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Düşler</t>
+          <t>Sherlock Holmes'ün Maceraları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052060230</t>
+          <t>9786052060728</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tesla Aforizmalar</t>
+          <t>Tesla'nın Gizli Makinesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>98</v>
+        <v>210</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052060032</t>
+          <t>9786052060902</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Her Gün Yeni Baştan Keşfetmek</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052060025</t>
+          <t>9786052060582</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Freud: Mutluluğun Mimarı</t>
+          <t>Nefretin Hazzı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>126</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059691857</t>
+          <t>9786052060674</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Kendinde Olmayını Arar</t>
+          <t>Neden Bu Kadar Akıllıyım?</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059691116</t>
+          <t>9786052060346</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Geleceği İnşa Eden Adam</t>
+          <t>Kızgın Şef</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>168</v>
+        <v>280</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052060001</t>
+          <t>9786052060575</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Küçük Başlayın, Büyük Düşünün</t>
+          <t>Erika Ewald'in Aşkı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059691963</t>
+          <t>9786059691741</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Montaigne</t>
+          <t>Kanun Önünde</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059691734</t>
+          <t>9786052060605</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059691765</t>
+          <t>9786052060599</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>O muydu?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059691864</t>
+          <t>9786052060322</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>İyi Asker</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>168</v>
+        <v>196</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059691871</t>
+          <t>9786052060551</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Albay Chabert</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>154</v>
+        <v>112</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059691949</t>
+          <t>9786052060568</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059691970</t>
+          <t>9786052060643</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Dünya</t>
+          <t>Neden Feminist Değilim?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>182</v>
+        <v>196</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059115834</t>
+          <t>9786052060612</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Frida: Aşkın Acının ve Devrimin Kadını</t>
+          <t>Ölümsüz Kardeşin Gözleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>350</v>
+        <v>98</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059691789</t>
+          <t>9786052060131</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059691703</t>
+          <t>9786052060094</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Aptal Efsanesi ''Verlaıne''</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059691758</t>
+          <t>9786052060087</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059691918</t>
+          <t>9786059691987</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Ol İmkansızı İste</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>98</v>
+        <v>196</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059691840</t>
+          <t>9786059691475</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Benim Karakterimdir</t>
+          <t>Kobay Fareleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059691819</t>
+          <t>9786057775597</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktır İnsanın Ruhu</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257864121</t>
+          <t>9786052060544</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Tesla - Maskelerle Çevrili Bir Hayat</t>
+          <t>Einstein Aforizmalar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>308</v>
+        <v>168</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059691314</t>
+          <t>9786052060520</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Zincirlerimizden Başka Kaybedecek Neyimiz Var?</t>
+          <t>Büyük İnsanlar Seti</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>98</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059691727</t>
+          <t>9786052060452</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059691802</t>
+          <t>9786052060469</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>182</v>
+        <v>126</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059691666</t>
+          <t>9786052060421</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'nın Vicdanı</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>182</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059691642</t>
+          <t>9786052060414</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059691635</t>
+          <t>9786052060438</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mutsuz Olmak İçin Çok Kısa</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059691826</t>
+          <t>9786052060360</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tutkularımız En Büyük Zaaflarımızdır</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059691833</t>
+          <t>9786052060384</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Çıkılamayan Yolculukların Dönüşü</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059691284</t>
+          <t>9786052060391</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzellik Kurtaracak</t>
+          <t>Gözyaşı ve Kahkaha</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059691505</t>
+          <t>9786052060377</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>90 Dakikada Bertrand Russell</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059691406</t>
+          <t>9786052060407</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Sevmeyi Unutmayın</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059691383</t>
+          <t>9786052060476</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hayata Geç Kalma</t>
+          <t>Hawking Aforizmalar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059691376</t>
+          <t>9786059691680</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Mutlu Sessizliği</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059691604</t>
+          <t>9786052060148</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>90 Dakikada Platon</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059691611</t>
+          <t>9786052060100</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>Cenevre Gölü'ndeki Olay</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>196</v>
+        <v>98</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059691352</t>
+          <t>9786052060339</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yavaşladıkça Çoğalıyorum</t>
+          <t>Alan Turing - Enigma'nın Şifresini Çözmek</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059691000</t>
+          <t>9786052060124</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Bir Uçurumdur</t>
+          <t>Kadın ve Manzara</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059691338</t>
+          <t>9786052060292</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Aşk Karşılıklı İşkencedir</t>
+          <t>Nietzsche: Yaralı Ruhların Şifacısı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>98</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059691321</t>
+          <t>9786052060155</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Anlamaktan Yoruldum</t>
+          <t>Unutulmuş Düşler</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059115902</t>
+          <t>9786052060230</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>En Çok Kendisine Yabancıdır İnsan</t>
+          <t>Tesla Aforizmalar</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059691031</t>
+          <t>9786052060032</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Hayatı Her Gün Yeni Baştan Keşfetmek</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059691093</t>
+          <t>9786052060025</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği</t>
+          <t>Freud: Mutluluğun Mimarı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>98</v>
+        <v>160</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059115988</t>
+          <t>9786059691857</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Varolmanın Dayanılmaz Ağırlığı</t>
+          <t>İnsan, Kendinde Olmayını Arar</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059691659</t>
+          <t>9786059691116</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Geleceği İnşa Eden Adam</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>98</v>
+        <v>168</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059115698</t>
+          <t>9786052060001</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dediğin Nedir ki?</t>
+          <t>Küçük Başlayın, Büyük Düşünün</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059115704</t>
+          <t>9786059691963</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hep Bir Şeyi Unutmuş Gibi</t>
+          <t>Montaigne</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>98</v>
+        <v>126</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059115681</t>
+          <t>9786059691734</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mutluluklar Birbirine Benzer</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059115612</t>
+          <t>9786059691765</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059115650</t>
+          <t>9786059691864</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tesla: İcatlarım</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059115452</t>
+          <t>9786059691871</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>112</v>
+        <v>154</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059115438</t>
+          <t>9786059691949</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dökülmüş müydü Kelimelere?</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059115414</t>
+          <t>9786059691970</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yozlaşması</t>
+          <t>Uykusuz Dünya</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>126</v>
+        <v>182</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257864107</t>
+          <t>9786059115834</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Teknik Olarak Yeniden-Üretilebilirlik Çağında Sanat Yapıtı</t>
+          <t>Frida: Aşkın Acının ve Devrimin Kadını</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059115193</t>
+          <t>9786059691789</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kraliçem Olur musun?</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059115223</t>
+          <t>9786059691703</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlık Üzerine</t>
+          <t>Dürüst Aptal Efsanesi ''Verlaıne''</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059115254</t>
+          <t>9786059691758</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059115230</t>
+          <t>9786059691918</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Gerçekçi Ol İmkansızı İste</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057775177</t>
+          <t>9786059691840</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Orgel Kontu’nun Balosu</t>
+          <t>Bağımsızlık Benim Karakterimdir</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059115148</t>
+          <t>9786059691819</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bir İngiliz Afyon Tiryakisinin İtirafları</t>
+          <t>Karanlıktır İnsanın Ruhu</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057775443</t>
+          <t>9786257864121</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Tesla - Maskelerle Çevrili Bir Hayat</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>112</v>
+        <v>308</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054849956</t>
+          <t>9786059691314</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Zincirlerimizden Başka Kaybedecek Neyimiz Var?</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057775320</t>
+          <t>9786059691727</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl'in Tuhaf Öyküsü</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054849789</t>
+          <t>9786059691802</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Walden - Ormanda Yaşam</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>250</v>
+        <v>182</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054849772</t>
+          <t>9786059691666</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Avrupa'nın Vicdanı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>126</v>
+        <v>280</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054849833</t>
+          <t>9786059691642</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Aklım Olsa</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>126</v>
+        <v>98</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059691260</t>
+          <t>9786059691635</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bitmek İçin Başlar</t>
+          <t>Hayat Mutsuz Olmak İçin Çok Kısa</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059691253</t>
+          <t>9786059691826</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Derdi Bitmez</t>
+          <t>Tutkularımız En Büyük Zaaflarımızdır</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059691246</t>
+          <t>9786059691833</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Korku Ruhu Kemirir</t>
+          <t>Çıkılamayan Yolculukların Dönüşü</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059691154</t>
+          <t>9786059691284</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Dünyayı Güzellik Kurtaracak</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059691161</t>
+          <t>9786059691505</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İşte Güneş Geliyor</t>
+          <t>90 Dakikada Bertrand Russell</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059691017</t>
+          <t>9786059691406</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yakmak</t>
+          <t>Kendinizi Sevmeyi Unutmayın</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257966696</t>
+          <t>9786059691383</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Hayata Geç Kalma</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054849512</t>
+          <t>9786059691376</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Burjuvazi Öldürür</t>
+          <t>Hiçliğin Mutlu Sessizliği</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>210</v>
+        <v>98</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786056404320</t>
+          <t>9786059691604</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler</t>
+          <t>90 Dakikada Platon</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>168</v>
+        <v>98</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054849574</t>
+          <t>9786059691611</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Avutmaz</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>112</v>
+        <v>196</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054849949</t>
+          <t>9786059691352</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Karşı</t>
+          <t>Yavaşladıkça Çoğalıyorum</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059115889</t>
+          <t>9786059691000</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Northanger Manastırı</t>
+          <t>Yalnızlık Bir Uçurumdur</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>98</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
+          <t>9786059691338</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Karşılıklı İşkencedir</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786059691321</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Anlamaktan Yoruldum</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786059115902</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>En Çok Kendisine Yabancıdır İnsan</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786059691031</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Gurur ve Önyargı</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786059691093</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Uğurböceği</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786059115988</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Varolmanın Dayanılmaz Ağırlığı</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786059691659</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786059115698</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Dediğin Nedir ki?</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786059115704</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Hep Bir Şeyi Unutmuş Gibi</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786059115681</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Mutluluklar Birbirine Benzer</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786059115612</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Daisy Miller</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786059115650</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Tesla: İcatlarım</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786059115452</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Billy Budd</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786059115438</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Dökülmüş müydü Kelimelere?</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786059115414</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Yalanın Yozlaşması</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786257864107</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Olarak Yeniden-Üretilebilirlik Çağında Sanat Yapıtı</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786059115193</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Kraliçem Olur musun?</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786059115223</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Alışkanlık Üzerine</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786059115254</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Pilotu</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786059115230</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Biz</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786057775177</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Orgel Kontu’nun Balosu</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786059115148</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Bir İngiliz Afyon Tiryakisinin İtirafları</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786057775443</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>İnsanların Dünyası</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786054849956</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Susam ve Zambaklar</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786057775320</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Peter Schlemihl'in Tuhaf Öyküsü</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786054849789</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Walden - Ormanda Yaşam</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786054849772</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786054849833</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Şimdiki Aklım Olsa</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786059691260</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bitmek İçin Başlar</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786059691253</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Derdi Bitmez</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786059691246</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Korku Ruhu Kemirir</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786059691154</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Gülme</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786059691161</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>İşte Güneş Geliyor</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786059691017</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Yakmak</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786257966696</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Katip Bartleby</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786054849512</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Burjuvazi Öldürür</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786056404320</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Hayalperestler</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786054849574</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Avutmaz</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786054849949</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Savaşa Karşı</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786059115889</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Northanger Manastırı</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
           <t>9786059691277</t>
         </is>
       </c>
-      <c r="B457" s="1" t="inlineStr">
+      <c r="B497" s="1" t="inlineStr">
         <is>
           <t>Trenin Penceresinden</t>
         </is>
       </c>
-      <c r="C457" s="1">
+      <c r="C497" s="1">
         <v>126</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>