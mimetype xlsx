--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,3715 +85,3850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256120662</t>
+          <t>9786256120747</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Balkız</t>
+          <t>Cehri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256120655</t>
+          <t>9786259364117</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Son Işığı</t>
+          <t>Siyasi Deha Recep Tayyip Erdoğan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259591292</t>
+          <t>9786256120723</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüğü ve Davranışsal Sorunlarda Bütüncül Müdahale Yöntemleri</t>
+          <t>Üç Kuşak Yaşanmış Gerçek Hayat Hikâyesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259582726</t>
+          <t>9786256120754</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Davranıyorum Gönüller Kazanıyorum</t>
+          <t>Yazarak İyileşiyoruz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256120624</t>
+          <t>9786259364100</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alıntılarla Çocuk</t>
+          <t>Dünya ve Türkiye’de Hayvan Hakları: Refahın Gölgesinde Kronolojik Bir İnceleme</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256120631</t>
+          <t>9786256120716</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Alıntılarla Erkek</t>
+          <t>Sustuğum Yerden</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256120648</t>
+          <t>9786256120709</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Alıntılarla Kadın</t>
+          <t>Aşka Dönen Yüzler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259591285</t>
+          <t>9786256120693</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lügati't-Türk’te Çevre ve Sağlık Terimleri</t>
+          <t>Urungu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256120600</t>
+          <t>9786256120686</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Malakan Kars-Moskova Hattı</t>
+          <t>Benim Aklıma Çocukluğum Geldi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256120617</t>
+          <t>9786256120662</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Yolculuk</t>
+          <t>Balkız</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256120563</t>
+          <t>9786256120655</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sor</t>
+          <t>Karanlığın Son Işığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256120587</t>
+          <t>9786259591292</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hilkatten Ahirete</t>
+          <t>Öğrenme Güçlüğü ve Davranışsal Sorunlarda Bütüncül Müdahale Yöntemleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256120594</t>
+          <t>9786259582726</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Yaşanan Gerçeklerin Özüdür</t>
+          <t>Erdemli Davranıyorum Gönüller Kazanıyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256120570</t>
+          <t>9786256120624</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Derin Duygular</t>
+          <t>Alıntılarla Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056998768</t>
+          <t>9786256120631</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İçin Sağlıklı Besin</t>
+          <t>Alıntılarla Erkek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257763479</t>
+          <t>9786256120648</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kime Yazıldığı Unutulmuş Şiirler</t>
+          <t>Alıntılarla Kadın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256120556</t>
+          <t>9786259591285</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Divanü Lügati't-Türk’te Çevre ve Sağlık Terimleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256120525</t>
+          <t>9786256120600</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gözyaşı</t>
+          <t>Malakan Kars-Moskova Hattı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256120532</t>
+          <t>9786256120617</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Yazılanlar</t>
+          <t>Şiirle Yolculuk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256120518</t>
+          <t>9786256120563</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyanın Türbesi</t>
+          <t>Sor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>192</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256120549</t>
+          <t>9786256120587</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tarlaları</t>
+          <t>Hilkatten Ahirete</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259591261</t>
+          <t>9786256120594</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Algının Anatomisi</t>
+          <t>Şiirler Yaşanan Gerçeklerin Özüdür</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256120471</t>
+          <t>9786256120570</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şiir-i Ala Aşkın Sesi</t>
+          <t>Derin Duygular</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256120464</t>
+          <t>9786056998768</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaretten Fazlası Değişim Gelişimin Parçası</t>
+          <t>Sağlık İçin Sağlıklı Besin</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256120488</t>
+          <t>9786257763479</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Mizah Bobi Köpeğin KDV’si</t>
+          <t>Kime Yazıldığı Unutulmuş Şiirler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256120457</t>
+          <t>9786256120556</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğinden Yanma Vakası</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256120419</t>
+          <t>9786256120525</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Yusuf Hikâyesi</t>
+          <t>Hasretin Gözyaşı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256120433</t>
+          <t>9786256120532</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mabude</t>
+          <t>Yalnızlığa Yazılanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259591254</t>
+          <t>9786256120518</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>English Dialogs In 50 Situations</t>
+          <t>Eşkıyanın Türbesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>290</v>
+        <v>192</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259591230</t>
+          <t>9786256120549</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kompozisyon Yazma Kılavuzu</t>
+          <t>Uyku Tarlaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259591247</t>
+          <t>9786259591261</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>The Process of Writing: Paragraph to Essay</t>
+          <t>Algının Anatomisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256120426</t>
+          <t>9786256120471</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcıları</t>
+          <t>Şiir-i Ala Aşkın Sesi</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256120440</t>
+          <t>9786256120464</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Kalpler</t>
+          <t>E-Ticaretten Fazlası Değişim Gelişimin Parçası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256120402</t>
+          <t>9786256120488</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yıldızı</t>
+          <t>Muhasebe Mizah Bobi Köpeğin KDV’si</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259695815</t>
+          <t>9786256120457</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Şerif</t>
+          <t>Kendiliğinden Yanma Vakası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259695808</t>
+          <t>9786256120419</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Akıl Göze İnerse</t>
+          <t>Bir Yusuf Hikâyesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256120396</t>
+          <t>9786256120433</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Ertesi</t>
+          <t>Mabude</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256120365</t>
+          <t>9786259591254</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>English Dialogs In 50 Situations</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256120389</t>
+          <t>9786259591230</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayalhanem</t>
+          <t>Kompozisyon Yazma Kılavuzu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259591216</t>
+          <t>9786259591247</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Psikolojisi</t>
+          <t>The Process of Writing: Paragraph to Essay</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259591223</t>
+          <t>9786256120426</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Müdafaanın Meşruiyeti</t>
+          <t>Vampir Avcıları</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256120341</t>
+          <t>9786256120440</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Babam</t>
+          <t>Zamansız Kalpler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256120358</t>
+          <t>9786256120402</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Nağmeler</t>
+          <t>Şafak Yıldızı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256120372</t>
+          <t>9786259695815</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İmtihanımla Aydınlanan Ruhum</t>
+          <t>Siyer-i Şerif</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259591209</t>
+          <t>9786259695808</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Aldatmacaları; Küre Üzerinde Piramit İnşa Etmek Mümkün Değildir</t>
+          <t>Akıl Göze İnerse</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256120327</t>
+          <t>9786256120396</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bağlantılara Yolculuk</t>
+          <t>Sensizliğin Ertesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256120334</t>
+          <t>9786256120365</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ruh u Revan Şair Gönlüm</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256120310</t>
+          <t>9786256120389</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Valhalla</t>
+          <t>Hayalhanem</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058054035</t>
+          <t>9786259591216</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kdv Uygulamaları</t>
+          <t>Çocuk Gelişimi ve Psikolojisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257763325</t>
+          <t>9786259591223</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Yalnızlık Soyadım Sensizliktir</t>
+          <t>Uluslararası Hukukta Müdafaanın Meşruiyeti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058054097</t>
+          <t>9786256120341</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Babam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256120297</t>
+          <t>9786256120358</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ünzile</t>
+          <t>Anadolu’dan Nağmeler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256120303</t>
+          <t>9786256120372</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesinde</t>
+          <t>İmtihanımla Aydınlanan Ruhum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259582719</t>
+          <t>9786259591209</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Göktürk’ün Maceraları</t>
+          <t>Mısır’ın Aldatmacaları; Küre Üzerinde Piramit İnşa Etmek Mümkün Değildir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256120266</t>
+          <t>9786256120327</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dağın İki Yüzü</t>
+          <t>Yeni Bağlantılara Yolculuk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256120280</t>
+          <t>9786256120334</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uykudakilere Dürtüklemeler</t>
+          <t>Ruh u Revan Şair Gönlüm</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259582702</t>
+          <t>9786256120310</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Meali</t>
+          <t>Valhalla</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256120273</t>
+          <t>9786058054035</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şefkatin İyileştiren Gücü</t>
+          <t>Kdv Uygulamaları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256120211</t>
+          <t>9786257763325</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Benim Adım Yalnızlık Soyadım Sensizliktir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256120228</t>
+          <t>9786058054097</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Kabuğu</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256120259</t>
+          <t>9786256120297</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gönlümden Taşanlar</t>
+          <t>Ünzile</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256120235</t>
+          <t>9786256120303</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar</t>
+          <t>Zamanın Gölgesinde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256120174</t>
+          <t>9786259582719</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Günlükler</t>
+          <t>Göktürk’ün Maceraları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256120242</t>
+          <t>9786256120266</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dokunuş &amp; Yalnız Değilsiniz</t>
+          <t>Dağın İki Yüzü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256120198</t>
+          <t>9786256120280</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnci Taneleri</t>
+          <t>Uykudakilere Dürtüklemeler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256120181</t>
+          <t>9786259582702</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Babadan Gelen Mektup</t>
+          <t>Çocuk Meali</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256120204</t>
+          <t>9786256120273</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Zerdali</t>
+          <t>Şefkatin İyileştiren Gücü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256120150</t>
+          <t>9786256120211</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Deliler Tiyatrosu</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256120167</t>
+          <t>9786256120228</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Parla</t>
+          <t>Ceviz Kabuğu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256120099</t>
+          <t>9786256120259</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şayeste Hanım’ın Kanlı Kurabiyeleri</t>
+          <t>Gönlümden Taşanlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>420</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259477992</t>
+          <t>9786256120235</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ali Evi</t>
+          <t>Cici Kızlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>418</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256120143</t>
+          <t>9786256120174</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Harry Nelson Pillsbury Dünya Şampiyonlarına Karşı</t>
+          <t>Obsesif Günlükler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>194</v>
+        <v>390</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259477978</t>
+          <t>9786256120242</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası</t>
+          <t>Umuda Dokunuş &amp; Yalnız Değilsiniz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259477985</t>
+          <t>9786256120198</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hesabı Esasına Göre Ticari Kazanç Elde Eden Ticaret Erbaplarının Başucu Kitabı</t>
+          <t>İnci Taneleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256120129</t>
+          <t>9786256120181</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kuman</t>
+          <t>Ölmüş Babadan Gelen Mektup</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256120136</t>
+          <t>9786256120204</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Amor'un Gözyaşları</t>
+          <t>Ağlayan Zerdali</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256120037</t>
+          <t>9786256120150</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küllerle Dolu Bir Yol</t>
+          <t>Deliler Tiyatrosu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256120105</t>
+          <t>9786256120167</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nûru Gönlümün Huzuru</t>
+          <t>Parla</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256120051</t>
+          <t>9786256120099</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin</t>
+          <t>Şayeste Hanım’ın Kanlı Kurabiyeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256120075</t>
+          <t>9786259477992</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Allah İman ve İlim</t>
+          <t>Ali Evi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>138</v>
+        <v>418</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256120112</t>
+          <t>9786256120143</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güzel Allah’ım ve Güzel Hayatım</t>
+          <t>Harry Nelson Pillsbury Dünya Şampiyonlarına Karşı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>157</v>
+        <v>194</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256120082</t>
+          <t>9786259477978</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirde Gizli</t>
+          <t>Kuşadası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256120044</t>
+          <t>9786259477985</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mensure Ana</t>
+          <t>İşletme Hesabı Esasına Göre Ticari Kazanç Elde Eden Ticaret Erbaplarının Başucu Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256120020</t>
+          <t>9786256120129</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Kuman</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256120068</t>
+          <t>9786256120136</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yapayalnız</t>
+          <t>Amor'un Gözyaşları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259477961</t>
+          <t>9786256120037</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Hastalıkları</t>
+          <t>Küllerle Dolu Bir Yol</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256120013</t>
+          <t>9786256120105</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ezgi</t>
+          <t>Gözümün Nûru Gönlümün Huzuru</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>178</v>
+        <v>135</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257763172</t>
+          <t>9786256120051</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hasan’ın Masalı</t>
+          <t>Gözlerin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256120006</t>
+          <t>9786256120075</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Sohbetler</t>
+          <t>Allah İman ve İlim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>138</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259477947</t>
+          <t>9786256120112</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Felaketi</t>
+          <t>Güzel Allah’ım ve Güzel Hayatım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>157</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259477954</t>
+          <t>9786256120082</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Basit Usulde Ticari Kazanç Elde Eden Esnaf ve Sanatkarların El Kitabı</t>
+          <t>Aşk Şiirde Gizli</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257763967</t>
+          <t>9786256120044</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Konu Vatansa Gerisi Teferruattır</t>
+          <t>Mensure Ana</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257763974</t>
+          <t>9786256120020</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Okumayınız Çarpılırsınız!</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>182</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257763981</t>
+          <t>9786256120068</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın</t>
+          <t>Yapayalnız</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259477930</t>
+          <t>9786259477961</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yönetici ve Kontrol Odağı</t>
+          <t>Öğrenci Hastalıkları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259477923</t>
+          <t>9786256120013</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Finans ve Raporlama</t>
+          <t>Ezgi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>125</v>
+        <v>178</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257763950</t>
+          <t>9786257763172</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Aydınlanmacılığı Işığındaki Örtülü'den Şenkaya'ya</t>
+          <t>Hasan’ın Masalı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257763813</t>
+          <t>9786256120006</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-7 Yelhuder’in Faaliyetleri</t>
+          <t>Kur’an ve Sünnet Işığında Sohbetler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257763936</t>
+          <t>9786259477947</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-3 Yelhuder’in Maceraları</t>
+          <t>Rumeli Felaketi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257763929</t>
+          <t>9786259477954</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-2 Yelhuder’in Hayalleri</t>
+          <t>Basit Usulde Ticari Kazanç Elde Eden Esnaf ve Sanatkarların El Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257763912</t>
+          <t>9786257763967</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-1 Yelhuder’in Rüyaları</t>
+          <t>Konu Vatansa Gerisi Teferruattır</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259477909</t>
+          <t>9786257763974</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ankara Merkezdeki Tarihi Camiler, Türbeler, Hanlar, Hamamlar ve Çarşılar</t>
+          <t>Okumayınız Çarpılırsınız!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>340</v>
+        <v>182</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257763905</t>
+          <t>9786257763981</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçem</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257763943</t>
+          <t>9786259477930</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayat İşte</t>
+          <t>Yönetici ve Kontrol Odağı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259477916</t>
+          <t>9786259477923</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hz. Kalem</t>
+          <t>Yeşil Finans ve Raporlama</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259438283</t>
+          <t>9786257763950</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Kurtuluş Savaşı’na Ankara</t>
+          <t>Atatürk Aydınlanmacılığı Işığındaki Örtülü'den Şenkaya'ya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>570</v>
+        <v>480</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259438290</t>
+          <t>9786257763813</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’ndan Cumhuriyet’e Ankara</t>
+          <t>Bizim Kitabımız-7 Yelhuder’in Faaliyetleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>860</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257763882</t>
+          <t>9786257763936</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesinden Öyküler</t>
+          <t>Bizim Kitabımız-3 Yelhuder’in Maceraları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257763899</t>
+          <t>9786257763929</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Çilekeş Türkiye’de Kral</t>
+          <t>Bizim Kitabımız-2 Yelhuder’in Hayalleri</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259438276</t>
+          <t>9786257763912</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yazıları (2003-2023)</t>
+          <t>Bizim Kitabımız-1 Yelhuder’in Rüyaları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259438269</t>
+          <t>9786259477909</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kafkasya Aile Damğaları Anlamları ve Aileleri Üzerine Yorumlar</t>
+          <t>Ankara Merkezdeki Tarihi Camiler, Türbeler, Hanlar, Hamamlar ve Çarşılar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257763868</t>
+          <t>9786257763905</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Doğan Günlere Merhaba</t>
+          <t>Gönül Bahçem</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257763837</t>
+          <t>9786257763943</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Evliymiş</t>
+          <t>Hayat İşte</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257763844</t>
+          <t>9786259477916</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerde Aşk ve Kelimeler</t>
+          <t>Hz. Kalem</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257763875</t>
+          <t>9786259438283</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eğitici &amp; Eğlenceli Boyama Kitabı</t>
+          <t>Osmanlı’dan Kurtuluş Savaşı’na Ankara</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>570</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257763851</t>
+          <t>9786259438290</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nağmelerle Ankara</t>
+          <t>Kurtuluş Savaşı’ndan Cumhuriyet’e Ankara</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>860</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257763776</t>
+          <t>9786257763882</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hurufu Mukattaanın Çözümü</t>
+          <t>Düşler Ülkesinden Öyküler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257763806</t>
+          <t>9786257763899</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet</t>
+          <t>Orta Doğu’da Çilekeş Türkiye’de Kral</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257763790</t>
+          <t>9786259438276</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Beyaz Zambak</t>
+          <t>Kıbrıs Yazıları (2003-2023)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259438252</t>
+          <t>9786259438269</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>IFRS ve Uygulamalardaki Zorluklar</t>
+          <t>Kuzey Kafkasya Aile Damğaları Anlamları ve Aileleri Üzerine Yorumlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257763783</t>
+          <t>9786257763868</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yapıtaşları</t>
+          <t>Güneşle Doğan Günlere Merhaba</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259438221</t>
+          <t>9786257763837</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Siyasal İletişim</t>
+          <t>Sevgilim Evliymiş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259438245</t>
+          <t>9786257763844</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Etnik ve Sosyolojik Yapısı</t>
+          <t>Mevsimlerde Aşk ve Kelimeler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257763769</t>
+          <t>9786257763875</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Babadan İki Kelam</t>
+          <t>Eğitici &amp; Eğlenceli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257763738</t>
+          <t>9786257763851</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kolay Olmayacak</t>
+          <t>Nağmelerle Ankara</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257763240</t>
+          <t>9786257763776</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Normlar İdare Hukuku Çözümlü Soru Kitabı</t>
+          <t>Hurufu Mukattaanın Çözümü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257763066</t>
+          <t>9786257763806</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Normlar Medeni Hukuk Çözümlü Soru Kitabı</t>
+          <t>Mavi Bisiklet</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058054028</t>
+          <t>9786257763790</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>SSCI Makale Hazırlama</t>
+          <t>Yeşil Gözlü Beyaz Zambak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259438238</t>
+          <t>9786259438252</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ulusal İlaç Sanayi Stratejisi Açısından Tıbbi Kenevir</t>
+          <t>IFRS ve Uygulamalardaki Zorluklar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257763752</t>
+          <t>9786257763783</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum</t>
+          <t>İnsanlığın Yapıtaşları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259438207</t>
+          <t>9786259438221</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Toplum</t>
+          <t>Sosyal Psikolojide Siyasal İletişim</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259438214</t>
+          <t>9786259438245</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Çok Eşlilik Tartışmaları</t>
+          <t>Türkiye’nin Etnik ve Sosyolojik Yapısı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257763745</t>
+          <t>9786257763769</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rüya Renginde Hikayeler</t>
+          <t>Babadan İki Kelam</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257763721</t>
+          <t>9786257763738</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Fabllar</t>
+          <t>Kolay Olmayacak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057240293</t>
+          <t>9786257763240</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Ansiklopedik Sözlüğü</t>
+          <t>Hukuki Normlar İdare Hukuku Çözümlü Soru Kitabı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257763714</t>
+          <t>9786257763066</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hatıran Yeter</t>
+          <t>Hukuki Normlar Medeni Hukuk Çözümlü Soru Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057240279</t>
+          <t>9786058054028</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Birinci Umum Müfettişlik Belgelerine Göre İngiliz Casusu Lawrence</t>
+          <t>SSCI Makale Hazırlama</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257763608</t>
+          <t>9786259438238</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Geyve Boğazı'ndan Esintiler</t>
+          <t>Ulusal İlaç Sanayi Stratejisi Açısından Tıbbi Kenevir</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257763646</t>
+          <t>9786257763752</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gülüşünü Kirletme</t>
+          <t>Düşünüyorum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257763639</t>
+          <t>9786259438207</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlginç Benzetmeler</t>
+          <t>Matruşka Toplum</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257763615</t>
+          <t>9786259438214</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Yol</t>
+          <t>Osmanlı’da Çok Eşlilik Tartışmaları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>185</v>
+        <v>440</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257763592</t>
+          <t>9786257763745</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-5 Yelhuder’in Tecrübeleri</t>
+          <t>Rüya Renginde Hikayeler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257763622</t>
+          <t>9786257763721</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden Şiirler</t>
+          <t>Aykırı Fabllar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257763585</t>
+          <t>9786057240293</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>101 Şarkıda Aşkın Tarifi - 2</t>
+          <t>Nutuk Ansiklopedik Sözlüğü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057240286</t>
+          <t>9786257763714</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesinden Osmanlı’ya Ankara</t>
+          <t>Hatıran Yeter</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257763677</t>
+          <t>9786057240279</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Şu Yaklaşan Su Harbi</t>
+          <t>Birinci Umum Müfettişlik Belgelerine Göre İngiliz Casusu Lawrence</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257763660</t>
+          <t>9786257763608</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kara Kıta Beyaz Zulüm</t>
+          <t>Geyve Boğazı'ndan Esintiler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257763707</t>
+          <t>9786257763646</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölürsem</t>
+          <t>Gülüşünü Kirletme</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257763691</t>
+          <t>9786257763639</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız 6 - Yelhuder'in Sorumlulukları</t>
+          <t>İlginç Benzetmeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257763684</t>
+          <t>9786257763615</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Perla</t>
+          <t>Üçüncü Yol</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057240262</t>
+          <t>9786257763592</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Eğitim Araştırma 50 Makale Bir Kitap</t>
+          <t>Bizim Kitabımız-5 Yelhuder’in Tecrübeleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257763653</t>
+          <t>9786257763622</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yol ve İz</t>
+          <t>Gönül Dilinden Şiirler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257763561</t>
+          <t>9786257763585</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhaberatın Yetimleri</t>
+          <t>101 Şarkıda Aşkın Tarifi - 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257763554</t>
+          <t>9786057240286</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Tarih Öncesinden Osmanlı’ya Ankara</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257763578</t>
+          <t>9786257763677</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Askıda Kalanlar</t>
+          <t>Şu Yaklaşan Su Harbi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257763509</t>
+          <t>9786257763660</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yangın Yeri</t>
+          <t>Kara Kıta Beyaz Zulüm</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257763516</t>
+          <t>9786257763707</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçeği</t>
+          <t>Ben Ölürsem</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257763547</t>
+          <t>9786257763691</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aman Ormancı</t>
+          <t>Bizim Kitabımız 6 - Yelhuder'in Sorumlulukları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257763530</t>
+          <t>9786257763684</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Beytepe’de Tutku</t>
+          <t>Perla</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257763486</t>
+          <t>9786057240262</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gönül Nağmeleri</t>
+          <t>Sağlık Eğitim Araştırma 50 Makale Bir Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257763523</t>
+          <t>9786257763653</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir Folkloru</t>
+          <t>Yol ve İz</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257763493</t>
+          <t>9786257763561</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Şehrin Sürgün Yemiş Çocukları 04.17</t>
+          <t>Muhaberatın Yetimleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257763462</t>
+          <t>9786257763554</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağına Asılı Ölü Çocuklar</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257763448</t>
+          <t>9786257763578</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yargısız İnfaz</t>
+          <t>Askıda Kalanlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786056998706</t>
+          <t>9786257763509</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Hayallerin Peşinde</t>
+          <t>Yangın Yeri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257763431</t>
+          <t>9786257763516</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzleri</t>
+          <t>Sevgi Çiçeği</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257763455</t>
+          <t>9786257763547</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-4 Yelhuder’in İcatları</t>
+          <t>Aman Ormancı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257763424</t>
+          <t>9786257763530</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yunus Kardeş Hikayeleri</t>
+          <t>Beytepe’de Tutku</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057240231</t>
+          <t>9786257763486</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şatırzade Hasan Hicabi Bey</t>
+          <t>Gönül Nağmeleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057240248</t>
+          <t>9786257763523</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Göç’ün Beyin İle Yolculuğu</t>
+          <t>Eskişehir Folkloru</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057240255</t>
+          <t>9786257763493</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çürümeye Mahkum Edilmiş Potansiyeller</t>
+          <t>Ölen Bir Şehrin Sürgün Yemiş Çocukları 04.17</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057240217</t>
+          <t>9786257763462</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Teknoloji</t>
+          <t>Gökkuşağına Asılı Ölü Çocuklar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057240224</t>
+          <t>9786257763448</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İlişkilerinde Şiddet ve Makine Kırıcılık</t>
+          <t>Yargısız İnfaz</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257763400</t>
+          <t>9786056998706</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Meşhuda</t>
+          <t>Yasaklı Hayallerin Peşinde</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257763394</t>
+          <t>9786257763431</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gel Artık! Namaz Seni Bekliyor</t>
+          <t>Zamanın İzleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257763387</t>
+          <t>9786257763455</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığına Sevindim</t>
+          <t>Bizim Kitabımız-4 Yelhuder’in İcatları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057240200</t>
+          <t>9786257763424</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Şerif Hüseyin İsyanı ve Ortadoğu’nun Yeniden Düzenlenmesi</t>
+          <t>Yunus Kardeş Hikayeleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257763370</t>
+          <t>9786057240231</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Roman Gibi Yaşamak</t>
+          <t>Şatırzade Hasan Hicabi Bey</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257763349</t>
+          <t>9786057240248</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mor Kalemin Çığlığı 2</t>
+          <t>Göç’ün Beyin İle Yolculuğu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257763363</t>
+          <t>9786057240255</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hep Birlikte Türkiye Olalım</t>
+          <t>Çürümeye Mahkum Edilmiş Potansiyeller</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257763332</t>
+          <t>9786057240217</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Mertebesi</t>
+          <t>Eğitim ve Teknoloji</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257763356</t>
+          <t>9786057240224</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dilek Mumu</t>
+          <t>Endüstri İlişkilerinde Şiddet ve Makine Kırıcılık</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057436481</t>
+          <t>9786257763400</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tekirdağ'ın Yunanlılar Tarafından İşgali</t>
+          <t>Meşhuda</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057436498</t>
+          <t>9786257763394</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Selçuklulardan Cumhuriyete Akkuş Devlet Adamları Kadılar, Naibler, Komutanlar Ve Müdürler</t>
+          <t>Gel Artık! Namaz Seni Bekliyor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257763318</t>
+          <t>9786257763387</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların En Etkili Şifalı Bitkileri ve Duaları</t>
+          <t>Yaşadığına Sevindim</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257763301</t>
+          <t>9786057240200</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Mısralar</t>
+          <t>Şerif Hüseyin İsyanı ve Ortadoğu’nun Yeniden Düzenlenmesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057436467</t>
+          <t>9786257763370</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türk Zabıtasının İlk Kadın Çalışanları</t>
+          <t>Hayatı Roman Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>560</v>
+        <v>210</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257763288</t>
+          <t>9786257763349</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Gurbetim İçe Doğru</t>
+          <t>Mor Kalemin Çığlığı 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057436474</t>
+          <t>9786257763363</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Siber Ortamında Küresel Aktörlerin Siber Güvenlik Politikalarının İncelenmesi (Abd-Rusya-Çin)</t>
+          <t>Hep Birlikte Türkiye Olalım</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257763295</t>
+          <t>9786257763332</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Son Damla</t>
+          <t>Hiçlik Mertebesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058054080</t>
+          <t>9786257763356</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gangsterizm</t>
+          <t>Dilek Mumu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058054004</t>
+          <t>9786057436481</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mobbing</t>
+          <t>Tekirdağ'ın Yunanlılar Tarafından İşgali</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058054011</t>
+          <t>9786057436498</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair</t>
+          <t>Selçuklulardan Cumhuriyete Akkuş Devlet Adamları Kadılar, Naibler, Komutanlar Ve Müdürler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050670882</t>
+          <t>9786257763318</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bana Özlemi Anlat</t>
+          <t>Hastalıkların En Etkili Şifalı Bitkileri ve Duaları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050670875</t>
+          <t>9786257763301</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Cennette 4 Mevsim</t>
+          <t>Uçuşan Mısralar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050670868</t>
+          <t>9786057436467</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Dibi</t>
+          <t>Türk Zabıtasının İlk Kadın Çalışanları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050670851</t>
+          <t>9786257763288</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sızı</t>
+          <t>Gurbetim İçe Doğru</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050670844</t>
+          <t>9786057436474</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ricam</t>
+          <t>21. Yüzyıl Siber Ortamında Küresel Aktörlerin Siber Güvenlik Politikalarının İncelenmesi (Abd-Rusya-Çin)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786056998799</t>
+          <t>9786257763295</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Huzura Açılan Kapı Üç Aylar</t>
+          <t>Camdaki Son Damla</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786056998782</t>
+          <t>9786058054080</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gece Gibi</t>
+          <t>Gangsterizm</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786056998744</t>
+          <t>9786058054004</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Var mı Sende Beni Sevecek Yürek?</t>
+          <t>Mobbing</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056998720</t>
+          <t>9786058054011</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Komşum Bir Suriyeli</t>
+          <t>Yaşama Dair</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056998713</t>
+          <t>9786050670882</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Bıraktıkları - Şiir Atölyesi</t>
+          <t>Bana Özlemi Anlat</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056901799</t>
+          <t>9786050670875</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Parseller Deneme Desenleri</t>
+          <t>Bir Cennette 4 Mevsim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056901782</t>
+          <t>9786050670868</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Borç Yiğidin Kamçısı mı?</t>
+          <t>Hüznün Dibi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786056901775</t>
+          <t>9786050670851</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Büyümek Çocukça Bir İstekti</t>
+          <t>Sızı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786056901751</t>
+          <t>9786050670844</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Müziğin Tarihsel Serüveni</t>
+          <t>Ricam</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786056901744</t>
+          <t>9786056998799</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi Bibliyografyası</t>
+          <t>Huzura Açılan Kapı Üç Aylar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786056901737</t>
+          <t>9786056998782</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Lokum</t>
+          <t>Gece Gibi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>885</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786056901713</t>
+          <t>9786056998744</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı ve Örnekli Temel İstatistiksel Yöntemler</t>
+          <t>Var mı Sende Beni Sevecek Yürek?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>560</v>
+        <v>275</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786056901706</t>
+          <t>9786056998720</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Üç - Toplu Oyunlar 1</t>
+          <t>Komşum Bir Suriyeli</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057436450</t>
+          <t>9786056998713</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşa ile Samsun'a Ayak Basan Subaylar ve Aileleri</t>
+          <t>Rüzgarın Bıraktıkları - Şiir Atölyesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057436443</t>
+          <t>9786056901799</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimi - 0-6 Yaş Erken Çocukluk Eğitimi</t>
+          <t>Bölünmüş Parseller Deneme Desenleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057436436</t>
+          <t>9786056901782</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İttihatçıların Meşhur Polis Müdürü ve Beyrut Valisi Azmi Bey</t>
+          <t>Borç Yiğidin Kamçısı mı?</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057436429</t>
+          <t>9786056901775</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp ve Birinci Balkan Savaşı'nda Esir Polisler</t>
+          <t>Büyümek Çocukça Bir İstekti</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057436412</t>
+          <t>9786056901751</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ev Oyunları</t>
+          <t>Matematik ve Müziğin Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057436405</t>
+          <t>9786056901744</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'nin Şiirlerinde Halk Edebiyatı Unsurlarının Tahlili</t>
+          <t>İslam Ekonomisi Bibliyografyası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257763271</t>
+          <t>9786056901737</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kediler Neden Tatlıdır?</t>
+          <t>Lokum</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>130</v>
+        <v>885</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257763264</t>
+          <t>9786056901713</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şair Değilim Ben Şiirim</t>
+          <t>Uygulamalı ve Örnekli Temel İstatistiksel Yöntemler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257763257</t>
+          <t>9786056901706</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Cansuyum</t>
+          <t>Üç - Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257763233</t>
+          <t>9786057436450</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sevda Yola Çıkıyor</t>
+          <t>Mustafa Kemal Paşa ile Samsun'a Ayak Basan Subaylar ve Aileleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257763226</t>
+          <t>9786057436443</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Ağladı</t>
+          <t>Okul Öncesi Eğitimi - 0-6 Yaş Erken Çocukluk Eğitimi</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257763219</t>
+          <t>9786057436436</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hangimiz Sevmedik</t>
+          <t>İttihatçıların Meşhur Polis Müdürü ve Beyrut Valisi Azmi Bey</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257763202</t>
+          <t>9786057436429</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bahçesi</t>
+          <t>Trablusgarp ve Birinci Balkan Savaşı'nda Esir Polisler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257763196</t>
+          <t>9786057436412</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmasan da</t>
+          <t>Ev Oyunları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257763189</t>
+          <t>9786057436405</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Esintiler - Şiirlerle</t>
+          <t>Yunus Emre'nin Şiirlerinde Halk Edebiyatı Unsurlarının Tahlili</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257763165</t>
+          <t>9786257763271</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Albümü</t>
+          <t>Kediler Neden Tatlıdır?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257763158</t>
+          <t>9786257763264</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu</t>
+          <t>Şair Değilim Ben Şiirim</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257763141</t>
+          <t>9786257763257</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Başucu Şiirleri - Yüreğimin Söyledikleri</t>
+          <t>Cansuyum</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257763134</t>
+          <t>9786257763233</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ben Seni Başka Sevdim</t>
+          <t>Sevda Yola Çıkıyor</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257763127</t>
+          <t>9786257763226</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İlk Olmanın Ağırlığı Çalışan Cezasız Kalmaz</t>
+          <t>Yüreğim Ağladı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257763110</t>
+          <t>9786257763219</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İşte Bizim Masalımız</t>
+          <t>Hangimiz Sevmedik</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257763103</t>
+          <t>9786257763202</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nuran</t>
+          <t>Hayal Bahçesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257763097</t>
+          <t>9786257763196</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Özel Çocuklar ve Yüreği Engelliler</t>
+          <t>Sen Olmasan da</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257763073</t>
+          <t>9786257763189</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engellilik ve Otizm</t>
+          <t>Anadolu'dan Esintiler - Şiirlerle</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257763059</t>
+          <t>9786257763165</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Rengi</t>
+          <t>Bağlama Albümü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>460</v>
+        <v>140</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257763042</t>
+          <t>9786257763158</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mor Menekşe</t>
+          <t>Bağlama Metodu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257763035</t>
+          <t>9786257763141</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Başucu Şiirleri - Yüreğimin Söyledikleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257763028</t>
+          <t>9786257763134</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Üstadı Muhabbet</t>
+          <t>Ben Seni Başka Sevdim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257763011</t>
+          <t>9786257763127</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sözlük Araştırmaları Cilt 1</t>
+          <t>İlk Olmanın Ağırlığı Çalışan Cezasız Kalmaz</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058054073</t>
+          <t>9786257763110</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Öğretmenim</t>
+          <t>İşte Bizim Masalımız</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050670837</t>
+          <t>9786257763103</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Son Bahar</t>
+          <t>Nuran</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050670820</t>
+          <t>9786257763097</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çoruh Havzası ve Artvin</t>
+          <t>Özel Çocuklar ve Yüreği Engelliler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>890</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050670813</t>
+          <t>9786257763073</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sesim</t>
+          <t>Zihinsel Engellilik ve Otizm</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
+          <t>9786257763059</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Sevdanın Rengi</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786257763042</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Mor Menekşe</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786257763035</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Tutku</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786257763028</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Üstadı Muhabbet</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786257763011</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Sözlük Araştırmaları Cilt 1</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786058054073</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786050670837</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Son Bahar</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786050670820</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Çoruh Havzası ve Artvin</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786050670813</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Sesim</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
           <t>9786050670806</t>
         </is>
       </c>
-      <c r="B246" s="1" t="inlineStr">
+      <c r="B255" s="1" t="inlineStr">
         <is>
           <t>Bir Ümmü Çoban Vardı</t>
         </is>
       </c>
-      <c r="C246" s="1">
+      <c r="C255" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>