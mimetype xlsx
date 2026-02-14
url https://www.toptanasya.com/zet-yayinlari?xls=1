--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3850 +85,4120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256120747</t>
+          <t>9786259364131</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cehri</t>
+          <t>Serbest Meslek Erbabı Muhasebe ve Vergi Rehber Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259364117</t>
+          <t>9786256120730</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Deha Recep Tayyip Erdoğan</t>
+          <t>Adını Henüz Koymadım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256120723</t>
+          <t>9786259364124</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuşak Yaşanmış Gerçek Hayat Hikâyesi</t>
+          <t>Kuşadası Tarihi Ansiklopedisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>620</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256120754</t>
+          <t>9786256120501</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yazarak İyileşiyoruz</t>
+          <t>Şükürler Olsun ki Babam Beni Okutmadı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259364100</t>
+          <t>9786256120495</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’de Hayvan Hakları: Refahın Gölgesinde Kronolojik Bir İnceleme</t>
+          <t>Adeta Bir Roman</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256120716</t>
+          <t>9786257763820</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sustuğum Yerden</t>
+          <t>Kimsesizliğin Acısı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256120709</t>
+          <t>9786056998775</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dönen Yüzler</t>
+          <t>Excel Size</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>286</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256120693</t>
+          <t>9786257763417</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Urungu</t>
+          <t>Evrensel İnsani Değerler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256120686</t>
+          <t>9786050670899</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Benim Aklıma Çocukluğum Geldi</t>
+          <t>Hukuki Normlar Anayasa Hukuku Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256120662</t>
+          <t>9786056901768</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Balkız</t>
+          <t>SmartPLS ile Veri Analiz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256120655</t>
+          <t>9786257763080</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Son Işığı</t>
+          <t>Spirit Şaşırtan Fikirler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259591292</t>
+          <t>9786058054066</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüğü ve Davranışsal Sorunlarda Bütüncül Müdahale Yöntemleri</t>
+          <t>Böğürtlen Ormanı'nda Bahar Tatili Seti - (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259582726</t>
+          <t>9786058054059</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Davranıyorum Gönüller Kazanıyorum</t>
+          <t>Arsa Karşılığı İnşaat İşlerinin Vergilendirilmesi Asgari İşçilik Muhasebe Kayıtları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>213</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256120624</t>
+          <t>9786259364148</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Alıntılarla Çocuk</t>
+          <t>Camdan Zihinler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256120631</t>
+          <t>9786259364155</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Alıntılarla Erkek</t>
+          <t>Spor ve Diplomasi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256120648</t>
+          <t>9786256120785</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alıntılarla Kadın</t>
+          <t>Bir Tesadüf</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259591285</t>
+          <t>9786256120778</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lügati't-Türk’te Çevre ve Sağlık Terimleri</t>
+          <t>Hayalim İstanbul</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256120600</t>
+          <t>9786256120761</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Malakan Kars-Moskova Hattı</t>
+          <t>Dağların Havası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256120617</t>
+          <t>9786256120747</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Yolculuk</t>
+          <t>Cehri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256120563</t>
+          <t>9786259364117</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sor</t>
+          <t>Siyasi Deha Recep Tayyip Erdoğan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256120587</t>
+          <t>9786256120723</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hilkatten Ahirete</t>
+          <t>Üç Kuşak Yaşanmış Gerçek Hayat Hikâyesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256120594</t>
+          <t>9786256120754</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Yaşanan Gerçeklerin Özüdür</t>
+          <t>Yazarak İyileşiyoruz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256120570</t>
+          <t>9786259364100</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Derin Duygular</t>
+          <t>Dünya ve Türkiye’de Hayvan Hakları: Refahın Gölgesinde Kronolojik Bir İnceleme</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056998768</t>
+          <t>9786256120716</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İçin Sağlıklı Besin</t>
+          <t>Sustuğum Yerden</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257763479</t>
+          <t>9786256120709</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kime Yazıldığı Unutulmuş Şiirler</t>
+          <t>Aşka Dönen Yüzler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256120556</t>
+          <t>9786256120693</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Urungu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256120525</t>
+          <t>9786256120686</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gözyaşı</t>
+          <t>Benim Aklıma Çocukluğum Geldi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256120532</t>
+          <t>9786256120662</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Yazılanlar</t>
+          <t>Balkız</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256120518</t>
+          <t>9786256120655</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyanın Türbesi</t>
+          <t>Karanlığın Son Işığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>192</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256120549</t>
+          <t>9786259591292</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tarlaları</t>
+          <t>Öğrenme Güçlüğü ve Davranışsal Sorunlarda Bütüncül Müdahale Yöntemleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259591261</t>
+          <t>9786259582726</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Algının Anatomisi</t>
+          <t>Erdemli Davranıyorum Gönüller Kazanıyorum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256120471</t>
+          <t>9786256120624</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şiir-i Ala Aşkın Sesi</t>
+          <t>Alıntılarla Çocuk</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256120464</t>
+          <t>9786256120631</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaretten Fazlası Değişim Gelişimin Parçası</t>
+          <t>Alıntılarla Erkek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256120488</t>
+          <t>9786256120648</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Mizah Bobi Köpeğin KDV’si</t>
+          <t>Alıntılarla Kadın</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256120457</t>
+          <t>9786259591285</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğinden Yanma Vakası</t>
+          <t>Divanü Lügati't-Türk’te Çevre ve Sağlık Terimleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256120419</t>
+          <t>9786256120600</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Yusuf Hikâyesi</t>
+          <t>Malakan Kars-Moskova Hattı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256120433</t>
+          <t>9786256120617</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mabude</t>
+          <t>Şiirle Yolculuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259591254</t>
+          <t>9786256120563</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>English Dialogs In 50 Situations</t>
+          <t>Sor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259591230</t>
+          <t>9786256120587</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kompozisyon Yazma Kılavuzu</t>
+          <t>Hilkatten Ahirete</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259591247</t>
+          <t>9786256120594</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>The Process of Writing: Paragraph to Essay</t>
+          <t>Şiirler Yaşanan Gerçeklerin Özüdür</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256120426</t>
+          <t>9786256120570</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcıları</t>
+          <t>Derin Duygular</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256120440</t>
+          <t>9786056998768</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Kalpler</t>
+          <t>Sağlık İçin Sağlıklı Besin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256120402</t>
+          <t>9786257763479</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yıldızı</t>
+          <t>Kime Yazıldığı Unutulmuş Şiirler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259695815</t>
+          <t>9786256120556</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Şerif</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259695808</t>
+          <t>9786256120525</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Akıl Göze İnerse</t>
+          <t>Hasretin Gözyaşı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256120396</t>
+          <t>9786256120532</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Ertesi</t>
+          <t>Yalnızlığa Yazılanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256120365</t>
+          <t>9786256120518</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Eşkıyanın Türbesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256120389</t>
+          <t>9786256120549</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayalhanem</t>
+          <t>Uyku Tarlaları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259591216</t>
+          <t>9786259591261</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Psikolojisi</t>
+          <t>Algının Anatomisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259591223</t>
+          <t>9786256120471</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Müdafaanın Meşruiyeti</t>
+          <t>Şiir-i Ala Aşkın Sesi</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256120341</t>
+          <t>9786256120464</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Babam</t>
+          <t>E-Ticaretten Fazlası Değişim Gelişimin Parçası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256120358</t>
+          <t>9786256120488</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Nağmeler</t>
+          <t>Muhasebe Mizah Bobi Köpeğin KDV’si</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256120372</t>
+          <t>9786256120457</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İmtihanımla Aydınlanan Ruhum</t>
+          <t>Kendiliğinden Yanma Vakası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259591209</t>
+          <t>9786256120419</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Aldatmacaları; Küre Üzerinde Piramit İnşa Etmek Mümkün Değildir</t>
+          <t>Bir Yusuf Hikâyesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256120327</t>
+          <t>9786256120433</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bağlantılara Yolculuk</t>
+          <t>Mabude</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256120334</t>
+          <t>9786259591254</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ruh u Revan Şair Gönlüm</t>
+          <t>English Dialogs In 50 Situations</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256120310</t>
+          <t>9786259591230</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Valhalla</t>
+          <t>Kompozisyon Yazma Kılavuzu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058054035</t>
+          <t>9786259591247</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kdv Uygulamaları</t>
+          <t>The Process of Writing: Paragraph to Essay</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257763325</t>
+          <t>9786256120426</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Yalnızlık Soyadım Sensizliktir</t>
+          <t>Vampir Avcıları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058054097</t>
+          <t>9786256120440</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Zamansız Kalpler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256120297</t>
+          <t>9786256120402</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ünzile</t>
+          <t>Şafak Yıldızı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256120303</t>
+          <t>9786259695815</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesinde</t>
+          <t>Siyer-i Şerif</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259582719</t>
+          <t>9786259695808</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Göktürk’ün Maceraları</t>
+          <t>Akıl Göze İnerse</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256120266</t>
+          <t>9786256120396</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dağın İki Yüzü</t>
+          <t>Sensizliğin Ertesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256120280</t>
+          <t>9786256120365</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uykudakilere Dürtüklemeler</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259582702</t>
+          <t>9786256120389</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Meali</t>
+          <t>Hayalhanem</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256120273</t>
+          <t>9786259591216</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şefkatin İyileştiren Gücü</t>
+          <t>Çocuk Gelişimi ve Psikolojisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256120211</t>
+          <t>9786259591223</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Uluslararası Hukukta Müdafaanın Meşruiyeti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256120228</t>
+          <t>9786256120341</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Kabuğu</t>
+          <t>Babam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256120259</t>
+          <t>9786256120358</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gönlümden Taşanlar</t>
+          <t>Anadolu’dan Nağmeler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256120235</t>
+          <t>9786256120372</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar</t>
+          <t>İmtihanımla Aydınlanan Ruhum</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256120174</t>
+          <t>9786259591209</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Günlükler</t>
+          <t>Mısır’ın Aldatmacaları; Küre Üzerinde Piramit İnşa Etmek Mümkün Değildir</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256120242</t>
+          <t>9786256120327</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dokunuş &amp; Yalnız Değilsiniz</t>
+          <t>Yeni Bağlantılara Yolculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256120198</t>
+          <t>9786256120334</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İnci Taneleri</t>
+          <t>Ruh u Revan Şair Gönlüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256120181</t>
+          <t>9786256120310</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Babadan Gelen Mektup</t>
+          <t>Valhalla</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256120204</t>
+          <t>9786058054035</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Zerdali</t>
+          <t>Kdv Uygulamaları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256120150</t>
+          <t>9786257763325</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Deliler Tiyatrosu</t>
+          <t>Benim Adım Yalnızlık Soyadım Sensizliktir</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256120167</t>
+          <t>9786058054097</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Parla</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256120099</t>
+          <t>9786256120297</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şayeste Hanım’ın Kanlı Kurabiyeleri</t>
+          <t>Ünzile</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259477992</t>
+          <t>9786256120303</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ali Evi</t>
+          <t>Zamanın Gölgesinde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>418</v>
+        <v>255</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256120143</t>
+          <t>9786259582719</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Harry Nelson Pillsbury Dünya Şampiyonlarına Karşı</t>
+          <t>Göktürk’ün Maceraları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>194</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259477978</t>
+          <t>9786256120266</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası</t>
+          <t>Dağın İki Yüzü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259477985</t>
+          <t>9786256120280</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hesabı Esasına Göre Ticari Kazanç Elde Eden Ticaret Erbaplarının Başucu Kitabı</t>
+          <t>Uykudakilere Dürtüklemeler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256120129</t>
+          <t>9786259582702</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kuman</t>
+          <t>Çocuk Meali</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256120136</t>
+          <t>9786256120273</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Amor'un Gözyaşları</t>
+          <t>Şefkatin İyileştiren Gücü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256120037</t>
+          <t>9786256120211</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Küllerle Dolu Bir Yol</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256120105</t>
+          <t>9786256120228</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nûru Gönlümün Huzuru</t>
+          <t>Ceviz Kabuğu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256120051</t>
+          <t>9786256120259</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin</t>
+          <t>Gönlümden Taşanlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256120075</t>
+          <t>9786256120235</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Allah İman ve İlim</t>
+          <t>Cici Kızlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>138</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256120112</t>
+          <t>9786256120174</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Güzel Allah’ım ve Güzel Hayatım</t>
+          <t>Obsesif Günlükler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>157</v>
+        <v>390</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256120082</t>
+          <t>9786256120242</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirde Gizli</t>
+          <t>Umuda Dokunuş &amp; Yalnız Değilsiniz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256120044</t>
+          <t>9786256120198</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mensure Ana</t>
+          <t>İnci Taneleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256120020</t>
+          <t>9786256120181</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Ölmüş Babadan Gelen Mektup</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256120068</t>
+          <t>9786256120204</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yapayalnız</t>
+          <t>Ağlayan Zerdali</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259477961</t>
+          <t>9786256120150</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Hastalıkları</t>
+          <t>Deliler Tiyatrosu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256120013</t>
+          <t>9786256120167</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ezgi</t>
+          <t>Parla</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>178</v>
+        <v>295</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257763172</t>
+          <t>9786256120099</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hasan’ın Masalı</t>
+          <t>Şayeste Hanım’ın Kanlı Kurabiyeleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256120006</t>
+          <t>9786259477992</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Sohbetler</t>
+          <t>Ali Evi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>418</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259477947</t>
+          <t>9786256120143</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Felaketi</t>
+          <t>Harry Nelson Pillsbury Dünya Şampiyonlarına Karşı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>194</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259477954</t>
+          <t>9786259477978</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Basit Usulde Ticari Kazanç Elde Eden Esnaf ve Sanatkarların El Kitabı</t>
+          <t>Kuşadası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>470</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257763967</t>
+          <t>9786259477985</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Konu Vatansa Gerisi Teferruattır</t>
+          <t>İşletme Hesabı Esasına Göre Ticari Kazanç Elde Eden Ticaret Erbaplarının Başucu Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257763974</t>
+          <t>9786256120129</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Okumayınız Çarpılırsınız!</t>
+          <t>Kuman</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>182</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257763981</t>
+          <t>9786256120136</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın</t>
+          <t>Amor'un Gözyaşları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259477930</t>
+          <t>9786256120037</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yönetici ve Kontrol Odağı</t>
+          <t>Küllerle Dolu Bir Yol</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259477923</t>
+          <t>9786256120105</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Finans ve Raporlama</t>
+          <t>Gözümün Nûru Gönlümün Huzuru</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257763950</t>
+          <t>9786256120051</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Aydınlanmacılığı Işığındaki Örtülü'den Şenkaya'ya</t>
+          <t>Gözlerin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>480</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257763813</t>
+          <t>9786256120075</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-7 Yelhuder’in Faaliyetleri</t>
+          <t>Allah İman ve İlim</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>138</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257763936</t>
+          <t>9786256120112</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-3 Yelhuder’in Maceraları</t>
+          <t>Güzel Allah’ım ve Güzel Hayatım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>157</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257763929</t>
+          <t>9786256120082</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-2 Yelhuder’in Hayalleri</t>
+          <t>Aşk Şiirde Gizli</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257763912</t>
+          <t>9786256120044</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-1 Yelhuder’in Rüyaları</t>
+          <t>Mensure Ana</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259477909</t>
+          <t>9786256120020</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ankara Merkezdeki Tarihi Camiler, Türbeler, Hanlar, Hamamlar ve Çarşılar</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257763905</t>
+          <t>9786256120068</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçem</t>
+          <t>Yapayalnız</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257763943</t>
+          <t>9786259477961</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hayat İşte</t>
+          <t>Öğrenci Hastalıkları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259477916</t>
+          <t>9786256120013</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hz. Kalem</t>
+          <t>Ezgi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259438283</t>
+          <t>9786257763172</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Kurtuluş Savaşı’na Ankara</t>
+          <t>Hasan’ın Masalı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>570</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259438290</t>
+          <t>9786256120006</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’ndan Cumhuriyet’e Ankara</t>
+          <t>Kur’an ve Sünnet Işığında Sohbetler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>860</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257763882</t>
+          <t>9786259477947</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesinden Öyküler</t>
+          <t>Rumeli Felaketi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257763899</t>
+          <t>9786259477954</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Çilekeş Türkiye’de Kral</t>
+          <t>Basit Usulde Ticari Kazanç Elde Eden Esnaf ve Sanatkarların El Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259438276</t>
+          <t>9786257763967</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yazıları (2003-2023)</t>
+          <t>Konu Vatansa Gerisi Teferruattır</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259438269</t>
+          <t>9786257763974</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kafkasya Aile Damğaları Anlamları ve Aileleri Üzerine Yorumlar</t>
+          <t>Okumayınız Çarpılırsınız!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>182</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257763868</t>
+          <t>9786257763981</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Doğan Günlere Merhaba</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257763837</t>
+          <t>9786259477930</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Evliymiş</t>
+          <t>Yönetici ve Kontrol Odağı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257763844</t>
+          <t>9786259477923</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerde Aşk ve Kelimeler</t>
+          <t>Yeşil Finans ve Raporlama</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257763875</t>
+          <t>9786257763950</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eğitici &amp; Eğlenceli Boyama Kitabı</t>
+          <t>Atatürk Aydınlanmacılığı Işığındaki Örtülü'den Şenkaya'ya</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257763851</t>
+          <t>9786257763813</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nağmelerle Ankara</t>
+          <t>Bizim Kitabımız-7 Yelhuder’in Faaliyetleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257763776</t>
+          <t>9786257763936</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hurufu Mukattaanın Çözümü</t>
+          <t>Bizim Kitabımız-3 Yelhuder’in Maceraları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257763806</t>
+          <t>9786257763929</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet</t>
+          <t>Bizim Kitabımız-2 Yelhuder’in Hayalleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257763790</t>
+          <t>9786257763912</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Beyaz Zambak</t>
+          <t>Bizim Kitabımız-1 Yelhuder’in Rüyaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259438252</t>
+          <t>9786259477909</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>IFRS ve Uygulamalardaki Zorluklar</t>
+          <t>Ankara Merkezdeki Tarihi Camiler, Türbeler, Hanlar, Hamamlar ve Çarşılar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257763783</t>
+          <t>9786257763905</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yapıtaşları</t>
+          <t>Gönül Bahçem</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259438221</t>
+          <t>9786257763943</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Siyasal İletişim</t>
+          <t>Hayat İşte</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259438245</t>
+          <t>9786259477916</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Etnik ve Sosyolojik Yapısı</t>
+          <t>Hz. Kalem</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257763769</t>
+          <t>9786259438283</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Babadan İki Kelam</t>
+          <t>Osmanlı’dan Kurtuluş Savaşı’na Ankara</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257763738</t>
+          <t>9786259438290</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kolay Olmayacak</t>
+          <t>Kurtuluş Savaşı’ndan Cumhuriyet’e Ankara</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>860</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257763240</t>
+          <t>9786257763882</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Normlar İdare Hukuku Çözümlü Soru Kitabı</t>
+          <t>Düşler Ülkesinden Öyküler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257763066</t>
+          <t>9786257763899</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Normlar Medeni Hukuk Çözümlü Soru Kitabı</t>
+          <t>Orta Doğu’da Çilekeş Türkiye’de Kral</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058054028</t>
+          <t>9786259438276</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>SSCI Makale Hazırlama</t>
+          <t>Kıbrıs Yazıları (2003-2023)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259438238</t>
+          <t>9786259438269</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ulusal İlaç Sanayi Stratejisi Açısından Tıbbi Kenevir</t>
+          <t>Kuzey Kafkasya Aile Damğaları Anlamları ve Aileleri Üzerine Yorumlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257763752</t>
+          <t>9786257763868</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum</t>
+          <t>Güneşle Doğan Günlere Merhaba</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259438207</t>
+          <t>9786257763837</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Toplum</t>
+          <t>Sevgilim Evliymiş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259438214</t>
+          <t>9786257763844</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Çok Eşlilik Tartışmaları</t>
+          <t>Mevsimlerde Aşk ve Kelimeler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257763745</t>
+          <t>9786257763875</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Rüya Renginde Hikayeler</t>
+          <t>Eğitici &amp; Eğlenceli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257763721</t>
+          <t>9786257763851</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Fabllar</t>
+          <t>Nağmelerle Ankara</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057240293</t>
+          <t>9786257763776</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Ansiklopedik Sözlüğü</t>
+          <t>Hurufu Mukattaanın Çözümü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257763714</t>
+          <t>9786257763806</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hatıran Yeter</t>
+          <t>Mavi Bisiklet</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057240279</t>
+          <t>9786257763790</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Birinci Umum Müfettişlik Belgelerine Göre İngiliz Casusu Lawrence</t>
+          <t>Yeşil Gözlü Beyaz Zambak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257763608</t>
+          <t>9786259438252</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Geyve Boğazı'ndan Esintiler</t>
+          <t>IFRS ve Uygulamalardaki Zorluklar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257763646</t>
+          <t>9786257763783</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gülüşünü Kirletme</t>
+          <t>İnsanlığın Yapıtaşları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257763639</t>
+          <t>9786259438221</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İlginç Benzetmeler</t>
+          <t>Sosyal Psikolojide Siyasal İletişim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257763615</t>
+          <t>9786259438245</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Yol</t>
+          <t>Türkiye’nin Etnik ve Sosyolojik Yapısı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257763592</t>
+          <t>9786257763769</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-5 Yelhuder’in Tecrübeleri</t>
+          <t>Babadan İki Kelam</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257763622</t>
+          <t>9786257763738</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden Şiirler</t>
+          <t>Kolay Olmayacak</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257763585</t>
+          <t>9786257763240</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>101 Şarkıda Aşkın Tarifi - 2</t>
+          <t>Hukuki Normlar İdare Hukuku Çözümlü Soru Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057240286</t>
+          <t>9786257763066</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesinden Osmanlı’ya Ankara</t>
+          <t>Hukuki Normlar Medeni Hukuk Çözümlü Soru Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257763677</t>
+          <t>9786058054028</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şu Yaklaşan Su Harbi</t>
+          <t>SSCI Makale Hazırlama</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257763660</t>
+          <t>9786259438238</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kara Kıta Beyaz Zulüm</t>
+          <t>Ulusal İlaç Sanayi Stratejisi Açısından Tıbbi Kenevir</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257763707</t>
+          <t>9786257763752</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölürsem</t>
+          <t>Düşünüyorum</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257763691</t>
+          <t>9786259438207</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız 6 - Yelhuder'in Sorumlulukları</t>
+          <t>Matruşka Toplum</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257763684</t>
+          <t>9786259438214</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Perla</t>
+          <t>Osmanlı’da Çok Eşlilik Tartışmaları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057240262</t>
+          <t>9786257763745</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Eğitim Araştırma 50 Makale Bir Kitap</t>
+          <t>Rüya Renginde Hikayeler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257763653</t>
+          <t>9786257763721</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yol ve İz</t>
+          <t>Aykırı Fabllar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257763561</t>
+          <t>9786057240293</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Muhaberatın Yetimleri</t>
+          <t>Nutuk Ansiklopedik Sözlüğü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257763554</t>
+          <t>9786257763714</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Hatıran Yeter</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257763578</t>
+          <t>9786057240279</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Askıda Kalanlar</t>
+          <t>Birinci Umum Müfettişlik Belgelerine Göre İngiliz Casusu Lawrence</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257763509</t>
+          <t>9786257763608</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yangın Yeri</t>
+          <t>Geyve Boğazı'ndan Esintiler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257763516</t>
+          <t>9786257763646</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçeği</t>
+          <t>Gülüşünü Kirletme</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257763547</t>
+          <t>9786257763639</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aman Ormancı</t>
+          <t>İlginç Benzetmeler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257763530</t>
+          <t>9786257763615</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Beytepe’de Tutku</t>
+          <t>Üçüncü Yol</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257763486</t>
+          <t>9786257763592</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gönül Nağmeleri</t>
+          <t>Bizim Kitabımız-5 Yelhuder’in Tecrübeleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257763523</t>
+          <t>9786257763622</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir Folkloru</t>
+          <t>Gönül Dilinden Şiirler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257763493</t>
+          <t>9786257763585</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Şehrin Sürgün Yemiş Çocukları 04.17</t>
+          <t>101 Şarkıda Aşkın Tarifi - 2</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257763462</t>
+          <t>9786057240286</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağına Asılı Ölü Çocuklar</t>
+          <t>Tarih Öncesinden Osmanlı’ya Ankara</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257763448</t>
+          <t>9786257763677</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yargısız İnfaz</t>
+          <t>Şu Yaklaşan Su Harbi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786056998706</t>
+          <t>9786257763660</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Hayallerin Peşinde</t>
+          <t>Kara Kıta Beyaz Zulüm</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257763431</t>
+          <t>9786257763707</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzleri</t>
+          <t>Ben Ölürsem</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257763455</t>
+          <t>9786257763691</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kitabımız-4 Yelhuder’in İcatları</t>
+          <t>Bizim Kitabımız 6 - Yelhuder'in Sorumlulukları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257763424</t>
+          <t>9786257763684</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yunus Kardeş Hikayeleri</t>
+          <t>Perla</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057240231</t>
+          <t>9786057240262</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şatırzade Hasan Hicabi Bey</t>
+          <t>Sağlık Eğitim Araştırma 50 Makale Bir Kitap</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>185</v>
+        <v>310</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057240248</t>
+          <t>9786257763653</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Göç’ün Beyin İle Yolculuğu</t>
+          <t>Yol ve İz</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057240255</t>
+          <t>9786257763561</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çürümeye Mahkum Edilmiş Potansiyeller</t>
+          <t>Muhaberatın Yetimleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057240217</t>
+          <t>9786257763554</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Teknoloji</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057240224</t>
+          <t>9786257763578</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İlişkilerinde Şiddet ve Makine Kırıcılık</t>
+          <t>Askıda Kalanlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257763400</t>
+          <t>9786257763509</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Meşhuda</t>
+          <t>Yangın Yeri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>570</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257763394</t>
+          <t>9786257763516</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gel Artık! Namaz Seni Bekliyor</t>
+          <t>Sevgi Çiçeği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257763387</t>
+          <t>9786257763547</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığına Sevindim</t>
+          <t>Aman Ormancı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057240200</t>
+          <t>9786257763530</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şerif Hüseyin İsyanı ve Ortadoğu’nun Yeniden Düzenlenmesi</t>
+          <t>Beytepe’de Tutku</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257763370</t>
+          <t>9786257763486</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Roman Gibi Yaşamak</t>
+          <t>Gönül Nağmeleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257763349</t>
+          <t>9786257763523</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mor Kalemin Çığlığı 2</t>
+          <t>Eskişehir Folkloru</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257763363</t>
+          <t>9786257763493</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hep Birlikte Türkiye Olalım</t>
+          <t>Ölen Bir Şehrin Sürgün Yemiş Çocukları 04.17</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257763332</t>
+          <t>9786257763462</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Mertebesi</t>
+          <t>Gökkuşağına Asılı Ölü Çocuklar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257763356</t>
+          <t>9786257763448</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dilek Mumu</t>
+          <t>Yargısız İnfaz</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057436481</t>
+          <t>9786056998706</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tekirdağ'ın Yunanlılar Tarafından İşgali</t>
+          <t>Yasaklı Hayallerin Peşinde</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057436498</t>
+          <t>9786257763431</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Selçuklulardan Cumhuriyete Akkuş Devlet Adamları Kadılar, Naibler, Komutanlar Ve Müdürler</t>
+          <t>Zamanın İzleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257763318</t>
+          <t>9786257763455</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların En Etkili Şifalı Bitkileri ve Duaları</t>
+          <t>Bizim Kitabımız-4 Yelhuder’in İcatları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257763301</t>
+          <t>9786257763424</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Mısralar</t>
+          <t>Yunus Kardeş Hikayeleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057436467</t>
+          <t>9786057240231</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türk Zabıtasının İlk Kadın Çalışanları</t>
+          <t>Şatırzade Hasan Hicabi Bey</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>560</v>
+        <v>185</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257763288</t>
+          <t>9786057240248</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gurbetim İçe Doğru</t>
+          <t>Göç’ün Beyin İle Yolculuğu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057436474</t>
+          <t>9786057240255</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Siber Ortamında Küresel Aktörlerin Siber Güvenlik Politikalarının İncelenmesi (Abd-Rusya-Çin)</t>
+          <t>Çürümeye Mahkum Edilmiş Potansiyeller</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257763295</t>
+          <t>9786057240217</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Son Damla</t>
+          <t>Eğitim ve Teknoloji</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786058054080</t>
+          <t>9786057240224</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gangsterizm</t>
+          <t>Endüstri İlişkilerinde Şiddet ve Makine Kırıcılık</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786058054004</t>
+          <t>9786257763400</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mobbing</t>
+          <t>Meşhuda</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>570</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786058054011</t>
+          <t>9786257763394</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair</t>
+          <t>Gel Artık! Namaz Seni Bekliyor</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050670882</t>
+          <t>9786257763387</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bana Özlemi Anlat</t>
+          <t>Yaşadığına Sevindim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050670875</t>
+          <t>9786057240200</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Cennette 4 Mevsim</t>
+          <t>Şerif Hüseyin İsyanı ve Ortadoğu’nun Yeniden Düzenlenmesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050670868</t>
+          <t>9786257763370</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Dibi</t>
+          <t>Hayatı Roman Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050670851</t>
+          <t>9786257763349</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sızı</t>
+          <t>Mor Kalemin Çığlığı 2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050670844</t>
+          <t>9786257763363</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ricam</t>
+          <t>Hep Birlikte Türkiye Olalım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786056998799</t>
+          <t>9786257763332</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Huzura Açılan Kapı Üç Aylar</t>
+          <t>Hiçlik Mertebesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786056998782</t>
+          <t>9786257763356</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gece Gibi</t>
+          <t>Dilek Mumu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786056998744</t>
+          <t>9786057436481</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Var mı Sende Beni Sevecek Yürek?</t>
+          <t>Tekirdağ'ın Yunanlılar Tarafından İşgali</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786056998720</t>
+          <t>9786057436498</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Komşum Bir Suriyeli</t>
+          <t>Selçuklulardan Cumhuriyete Akkuş Devlet Adamları Kadılar, Naibler, Komutanlar Ve Müdürler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786056998713</t>
+          <t>9786257763318</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Bıraktıkları - Şiir Atölyesi</t>
+          <t>Hastalıkların En Etkili Şifalı Bitkileri ve Duaları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786056901799</t>
+          <t>9786257763301</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Parseller Deneme Desenleri</t>
+          <t>Uçuşan Mısralar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786056901782</t>
+          <t>9786057436467</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Borç Yiğidin Kamçısı mı?</t>
+          <t>Türk Zabıtasının İlk Kadın Çalışanları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>560</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786056901775</t>
+          <t>9786257763288</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Büyümek Çocukça Bir İstekti</t>
+          <t>Gurbetim İçe Doğru</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786056901751</t>
+          <t>9786057436474</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Müziğin Tarihsel Serüveni</t>
+          <t>21. Yüzyıl Siber Ortamında Küresel Aktörlerin Siber Güvenlik Politikalarının İncelenmesi (Abd-Rusya-Çin)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786056901744</t>
+          <t>9786257763295</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi Bibliyografyası</t>
+          <t>Camdaki Son Damla</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786056901737</t>
+          <t>9786058054080</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Lokum</t>
+          <t>Gangsterizm</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>885</v>
+        <v>325</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786056901713</t>
+          <t>9786058054004</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı ve Örnekli Temel İstatistiksel Yöntemler</t>
+          <t>Mobbing</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786056901706</t>
+          <t>9786058054011</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Üç - Toplu Oyunlar 1</t>
+          <t>Yaşama Dair</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057436450</t>
+          <t>9786050670882</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşa ile Samsun'a Ayak Basan Subaylar ve Aileleri</t>
+          <t>Bana Özlemi Anlat</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057436443</t>
+          <t>9786050670875</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimi - 0-6 Yaş Erken Çocukluk Eğitimi</t>
+          <t>Bir Cennette 4 Mevsim</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057436436</t>
+          <t>9786050670868</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İttihatçıların Meşhur Polis Müdürü ve Beyrut Valisi Azmi Bey</t>
+          <t>Hüznün Dibi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057436429</t>
+          <t>9786050670851</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp ve Birinci Balkan Savaşı'nda Esir Polisler</t>
+          <t>Sızı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057436412</t>
+          <t>9786050670844</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ev Oyunları</t>
+          <t>Ricam</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057436405</t>
+          <t>9786056998799</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'nin Şiirlerinde Halk Edebiyatı Unsurlarının Tahlili</t>
+          <t>Huzura Açılan Kapı Üç Aylar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257763271</t>
+          <t>9786056998782</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kediler Neden Tatlıdır?</t>
+          <t>Gece Gibi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257763264</t>
+          <t>9786056998744</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şair Değilim Ben Şiirim</t>
+          <t>Var mı Sende Beni Sevecek Yürek?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257763257</t>
+          <t>9786056998720</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cansuyum</t>
+          <t>Komşum Bir Suriyeli</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257763233</t>
+          <t>9786056998713</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sevda Yola Çıkıyor</t>
+          <t>Rüzgarın Bıraktıkları - Şiir Atölyesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257763226</t>
+          <t>9786056901799</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Ağladı</t>
+          <t>Bölünmüş Parseller Deneme Desenleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257763219</t>
+          <t>9786056901782</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hangimiz Sevmedik</t>
+          <t>Borç Yiğidin Kamçısı mı?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257763202</t>
+          <t>9786056901775</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bahçesi</t>
+          <t>Büyümek Çocukça Bir İstekti</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257763196</t>
+          <t>9786056901751</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmasan da</t>
+          <t>Matematik ve Müziğin Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257763189</t>
+          <t>9786056901744</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Esintiler - Şiirlerle</t>
+          <t>İslam Ekonomisi Bibliyografyası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257763165</t>
+          <t>9786056901737</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Albümü</t>
+          <t>Lokum</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>140</v>
+        <v>885</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257763158</t>
+          <t>9786056901713</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu</t>
+          <t>Uygulamalı ve Örnekli Temel İstatistiksel Yöntemler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257763141</t>
+          <t>9786056901706</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Başucu Şiirleri - Yüreğimin Söyledikleri</t>
+          <t>Üç - Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257763134</t>
+          <t>9786057436450</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ben Seni Başka Sevdim</t>
+          <t>Mustafa Kemal Paşa ile Samsun'a Ayak Basan Subaylar ve Aileleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257763127</t>
+          <t>9786057436443</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İlk Olmanın Ağırlığı Çalışan Cezasız Kalmaz</t>
+          <t>Okul Öncesi Eğitimi - 0-6 Yaş Erken Çocukluk Eğitimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257763110</t>
+          <t>9786057436436</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İşte Bizim Masalımız</t>
+          <t>İttihatçıların Meşhur Polis Müdürü ve Beyrut Valisi Azmi Bey</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257763103</t>
+          <t>9786057436429</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Nuran</t>
+          <t>Trablusgarp ve Birinci Balkan Savaşı'nda Esir Polisler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257763097</t>
+          <t>9786057436412</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Özel Çocuklar ve Yüreği Engelliler</t>
+          <t>Ev Oyunları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257763073</t>
+          <t>9786057436405</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engellilik ve Otizm</t>
+          <t>Yunus Emre'nin Şiirlerinde Halk Edebiyatı Unsurlarının Tahlili</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257763059</t>
+          <t>9786257763271</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Rengi</t>
+          <t>Kediler Neden Tatlıdır?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257763042</t>
+          <t>9786257763264</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mor Menekşe</t>
+          <t>Şair Değilim Ben Şiirim</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257763035</t>
+          <t>9786257763257</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Cansuyum</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257763028</t>
+          <t>9786257763233</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Üstadı Muhabbet</t>
+          <t>Sevda Yola Çıkıyor</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257763011</t>
+          <t>9786257763226</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sözlük Araştırmaları Cilt 1</t>
+          <t>Yüreğim Ağladı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058054073</t>
+          <t>9786257763219</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Öğretmenim</t>
+          <t>Hangimiz Sevmedik</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050670837</t>
+          <t>9786257763202</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Son Bahar</t>
+          <t>Hayal Bahçesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050670820</t>
+          <t>9786257763196</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çoruh Havzası ve Artvin</t>
+          <t>Sen Olmasan da</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>890</v>
+        <v>210</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050670813</t>
+          <t>9786257763189</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sesim</t>
+          <t>Anadolu'dan Esintiler - Şiirlerle</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
+          <t>9786257763165</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Bağlama Albümü</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786257763158</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Bağlama Metodu</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786257763141</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Başucu Şiirleri - Yüreğimin Söyledikleri</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786257763134</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Ben Seni Başka Sevdim</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786257763127</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>İlk Olmanın Ağırlığı Çalışan Cezasız Kalmaz</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786257763110</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>İşte Bizim Masalımız</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786257763103</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Nuran</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786257763097</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Özel Çocuklar ve Yüreği Engelliler</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786257763073</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Engellilik ve Otizm</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786257763059</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Sevdanın Rengi</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786257763042</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Mor Menekşe</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786257763035</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Tutku</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786257763028</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Üstadı Muhabbet</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786257763011</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Sözlük Araştırmaları Cilt 1</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786058054073</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786050670837</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Son Bahar</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786050670820</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Çoruh Havzası ve Artvin</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786050670813</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Sesim</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
           <t>9786050670806</t>
         </is>
       </c>
-      <c r="B255" s="1" t="inlineStr">
+      <c r="B273" s="1" t="inlineStr">
         <is>
           <t>Bir Ümmü Çoban Vardı</t>
         </is>
       </c>
-      <c r="C255" s="1">
+      <c r="C273" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>