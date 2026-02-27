--- v0 (2025-10-30)
+++ v1 (2026-02-27)
@@ -85,145 +85,685 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257062244</t>
+          <t>9786058012189</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Bilgi Çekmecesi - Doğal Afetler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>98</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257062763</t>
+          <t>9786058012127</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Denizin Büyülü Melodisi</t>
+          <t>Öğretmenim Atatürk'ü Anlatıyor</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>216</v>
+        <v>110</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257062527</t>
+          <t>9786058116351</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kelebeğin Yolculuğu</t>
+          <t>Osmanlının Sonbaharı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257062473</t>
+          <t>9786058116375</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Eşittir Bir Ya Da 1=0</t>
+          <t>Gizli Adımlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>94</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257062404</t>
+          <t>9786257062268</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sahte Yüzler</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>108</v>
+        <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257062381</t>
+          <t>9786257062251</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Güzeşte</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>104</v>
+        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
+          <t>9786257062435</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Labirenti</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786257062060</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Taçsız Kral - Sakar Zozi</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786257062091</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Saçsız Kraliçe - Sakar Zozi</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786257062039</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Milena'ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786257062022</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786257062077</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Cezacı Kral - Sakar Zozi</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786257062084</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Dişsiz Kral - Sakar Zozi</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786257062053</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786257062411</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele Kahramanları ve Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786257062121</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye 7 Bölge - Bilgi Çekmecesi</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786257062213</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Peri Kelebek</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786257062237</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Fare</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786257062176</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Doktor Leylek</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786257062190</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Balık Toby</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>3990007062169</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Tavşan</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786257062220</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Uykucu Sincap</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786257062206</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Prens</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786257062138</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çekmecesi - Uzay ve Gezegenler</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786257062183</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kibirli Tavuk</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786056933325</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Arkhe</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786257062305</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kavgam</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786257062343</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Neredesin Atatürk'üm?</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786257062350</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786058012165</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çekmecesi - Doğal Afetler (Deprem, Sel vb.)</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786058012196</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çekmecesi  - Dünya'mız ve Kıtalar</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786058012103</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çekmecesi - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786056933394</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çekmecesi - Neden Nasıl Niçin?</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786257062282</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786257062275</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786257062329</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786257062244</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786257062763</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Büyülü Melodisi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786257062527</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Kelebeğin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786257062473</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Sıfır Eşittir Bir Ya Da 1=0</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786257062404</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Yüzler</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786257062381</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Güzeşte</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
           <t>9786257062107</t>
         </is>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Alo Freud - Şiirler</t>
         </is>
       </c>
-      <c r="C8" s="1">
+      <c r="C44" s="1">
         <v>20</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>