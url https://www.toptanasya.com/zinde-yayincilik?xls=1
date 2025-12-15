--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,2785 +85,2830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255655165</t>
+          <t>9786259599595</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendime Aforizmalarım</t>
+          <t>Tevide</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255655059</t>
+          <t>9786255655233</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Boyama Terapisi</t>
+          <t>Değerler Harmonisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255655158</t>
+          <t>9786255655219</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gelişmeler Işığında Bilim ve Vahiy</t>
+          <t>İçimizdeki  Ayana</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255655189</t>
+          <t>9786255655165</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Hasar Tutanağı</t>
+          <t>Kendime Aforizmalarım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255655073</t>
+          <t>9786255655059</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ölürken</t>
+          <t>Ayet ve Hadislerle Boyama Terapisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255655028</t>
+          <t>9786255655158</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Namlunun Ucundaki Şiir</t>
+          <t>Bilimsel Gelişmeler Işığında Bilim ve Vahiy</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259807829</t>
+          <t>9786255655189</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Ömrümün Hasar Tutanağı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259599564</t>
+          <t>9786255655073</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Unutamam</t>
+          <t>Osmanlı Ölürken</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259599557</t>
+          <t>9786255655028</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sana Geldim</t>
+          <t>Namlunun Ucundaki Şiir</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259599533</t>
+          <t>9786259807829</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Toprak</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259599540</t>
+          <t>9786259599564</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarı</t>
+          <t>Unutamam</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258288933</t>
+          <t>9786259599557</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Resim Çizdim</t>
+          <t>Sana Geldim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255655011</t>
+          <t>9786259599533</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beyza</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055861803</t>
+          <t>9786259599540</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ayasuluğ Bölgesinde Bulunan Beylikler Devri Mezar Taşları ve Kitabeleri (Ciltli)</t>
+          <t>Gönül Pınarı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259599526</t>
+          <t>9786258288933</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Eşime</t>
+          <t>Bir Resim Çizdim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259724294</t>
+          <t>9786255655011</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mus'ab Bin Umeyr</t>
+          <t>Beyza</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059425162</t>
+          <t>9786055861803</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayat</t>
+          <t>Ayasuluğ Bölgesinde Bulunan Beylikler Devri Mezar Taşları ve Kitabeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257726818</t>
+          <t>9786259599526</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Deryası 5 - Bestelik Eserler</t>
+          <t>Sevgili Eşime</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259529189</t>
+          <t>9786259724294</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Ötesinde</t>
+          <t>Mus'ab Bin Umeyr</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259529110</t>
+          <t>9786059425162</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yediğin İçtiğin Senin Gördüklerini Anlat Dediler</t>
+          <t>Muhteşem Hayat</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259529172</t>
+          <t>9786257726818</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ne Olursan Ol Yine Gel</t>
+          <t>Aşkın Deryası 5 - Bestelik Eserler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259724256</t>
+          <t>9786259529189</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sofi Baba’nın Küçük Dünyası</t>
+          <t>Düşlerin Ötesinde</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259724249</t>
+          <t>9786259529110</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Son Tango</t>
+          <t>Yediğin İçtiğin Senin Gördüklerini Anlat Dediler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257726160</t>
+          <t>9786259529172</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Çekilen Çile</t>
+          <t>Ne Olursan Ol Yine Gel</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258042542</t>
+          <t>9786259724256</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Romanlık Hikayeler</t>
+          <t>Sofi Baba’nın Küçük Dünyası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258042559</t>
+          <t>9786259724249</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Define Peşinde</t>
+          <t>Günbatımı Son Tango</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258042634</t>
+          <t>9786257726160</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zeki'ce Fıkralar</t>
+          <t>Gönülden Dile Çekilen Çile</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259529103</t>
+          <t>9786258042542</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yetimhane</t>
+          <t>Romanlık Hikayeler</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259476254</t>
+          <t>9786258042559</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yediğin İçtiğin Senin Olsun Gördüklerini Anlat Dediler –II-</t>
+          <t>Define Peşinde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259433264</t>
+          <t>9786258042634</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Minik Perinin Rüyası</t>
+          <t>Zeki'ce Fıkralar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057270283</t>
+          <t>9786259529103</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yalın Halde Yalnızlık</t>
+          <t>Yetimhane</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258042665</t>
+          <t>9786259476254</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Şiirleri</t>
+          <t>Yediğin İçtiğin Senin Olsun Gördüklerini Anlat Dediler –II-</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257726986</t>
+          <t>9786259433264</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Binbir Hece Masalları</t>
+          <t>Minik Perinin Rüyası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059425483</t>
+          <t>9786057270283</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Ayşe</t>
+          <t>Yalın Halde Yalnızlık</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059425544</t>
+          <t>9786258042665</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yetim Ali</t>
+          <t>Sarıkamış Şiirleri</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059425124</t>
+          <t>9786257726986</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehir</t>
+          <t>Binbir Hece Masalları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059818179</t>
+          <t>9786059425483</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akidesi ve Özellikleri</t>
+          <t>Öksüz Ayşe</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059818308</t>
+          <t>9786059425544</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Yetim Ali</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059818346</t>
+          <t>9786059425124</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Deniz</t>
+          <t>Yasak Şehir</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059818421</t>
+          <t>9786059818179</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bakmak Görmek Değildir</t>
+          <t>Ehl-i Sünnet Akidesi ve Özellikleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055144425</t>
+          <t>9786059818308</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Karaca Ahmet Sultan Menakıbnamesi</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257726788</t>
+          <t>9786059818346</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ay’ın Kızları 2</t>
+          <t>Büyülü Deniz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257726825</t>
+          <t>9786059818421</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gülün Yaprakları</t>
+          <t>Bakmak Görmek Değildir</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057601506</t>
+          <t>9786055144425</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gölgesi</t>
+          <t>Karaca Ahmet Sultan Menakıbnamesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259807874</t>
+          <t>9786257726788</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bakışlar</t>
+          <t>Kutsal Ay’ın Kızları 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259807881</t>
+          <t>9786257726825</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Aydınlığa Papatyam</t>
+          <t>Gülün Yaprakları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258042184</t>
+          <t>9786057601506</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Aile ve Toplumsal İlişkiler</t>
+          <t>Kelimelerin Gölgesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786250076675</t>
+          <t>9786259807874</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Derin Sen</t>
+          <t>Bakışlar</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259476285</t>
+          <t>9786259807881</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nura Yolculuk</t>
+          <t>Karanlıktan Aydınlığa Papatyam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259433271</t>
+          <t>9786258042184</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Ülkelerde Ekonomik Sorunlar</t>
+          <t>Çocuk, Aile ve Toplumsal İlişkiler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259840673</t>
+          <t>9786250076675</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Can Simidim</t>
+          <t>İçindeki Derin Sen</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786250082102</t>
+          <t>9786259476285</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ankara’ya Mektuplar</t>
+          <t>Nura Yolculuk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259938554</t>
+          <t>9786259433271</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mazideki Çığlıklar</t>
+          <t>Gelişmekte Olan Ülkelerde Ekonomik Sorunlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259938547</t>
+          <t>9786259840673</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra</t>
+          <t>Can Simidim</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259938585</t>
+          <t>9786250082102</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yusuf İle Züleyha</t>
+          <t>Ankara’ya Mektuplar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259938592</t>
+          <t>9786259938554</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmış Hayatlar</t>
+          <t>Mazideki Çığlıklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259887159</t>
+          <t>9786259938547</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Arduino İle Mikrodenetleyici Programlama</t>
+          <t>Ve Sonra</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259887166</t>
+          <t>9786259938585</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi ve Sonrası</t>
+          <t>Yusuf İle Züleyha</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259887142</t>
+          <t>9786259938592</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşkıydı Aşkım Oldu</t>
+          <t>Yarım Kalmış Hayatlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259887135</t>
+          <t>9786259887159</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hitit ve Çeçen Dili Gramatikal Benzerliği ve Hitit Literatürünün Akuzatiflik Sorunu</t>
+          <t>Arduino İle Mikrodenetleyici Programlama</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259938523</t>
+          <t>9786259887166</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Artık Üşümüyorum Sarıkamış</t>
+          <t>Evlilik Öncesi ve Sonrası</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259981086</t>
+          <t>9786259887142</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Aşkıydı Aşkım Oldu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259981017</t>
+          <t>9786259887135</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ateş Düştü Yüreğime</t>
+          <t>Hitit ve Çeçen Dili Gramatikal Benzerliği ve Hitit Literatürünün Akuzatiflik Sorunu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259981093</t>
+          <t>9786259938523</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tefekkürler - İrfanname</t>
+          <t>Artık Üşümüyorum Sarıkamış</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259981048</t>
+          <t>9786259981086</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cansu</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057253774</t>
+          <t>9786259981017</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dinle Hşy'den</t>
+          <t>Ateş Düştü Yüreğime</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057270276</t>
+          <t>9786259981093</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Saniyenin İçinde Bir Ömür</t>
+          <t>Tefekkürler - İrfanname</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789057253743</t>
+          <t>9786259981048</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Mekke - Medine</t>
+          <t>Cansu</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258042771</t>
+          <t>9786057253774</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Ateş</t>
+          <t>Dinle Hşy'den</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258042818</t>
+          <t>9786057270276</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bade-Nuş 2</t>
+          <t>Saniyenin İçinde Bir Ömür</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057270221</t>
+          <t>9789057253743</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Arama Düşman Cebinde</t>
+          <t>Adım Adım Mekke - Medine</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258042801</t>
+          <t>9786258042771</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Brain Power Quake</t>
+          <t>Aşk Tadında Ateş</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258042832</t>
+          <t>9786258042818</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy</t>
+          <t>Bade-Nuş 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258042857</t>
+          <t>9786057270221</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Ve Düşündüren Fıkralar</t>
+          <t>Uzaklarda Arama Düşman Cebinde</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258042603</t>
+          <t>9786258042801</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kapı Aralıktı</t>
+          <t>Brain Power Quake</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258042764</t>
+          <t>9786258042832</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Vadisini Arayan Kuşlar</t>
+          <t>Adını Sen Koy</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258042900</t>
+          <t>9786258042857</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İhbar</t>
+          <t>Güldüren Ve Düşündüren Fıkralar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258042825</t>
+          <t>9786258042603</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Babasını Arayan Kız</t>
+          <t>Kapı Aralıktı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258042733</t>
+          <t>9786258042764</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dinle Hşy Den -3-</t>
+          <t>Vadisini Arayan Kuşlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258042696</t>
+          <t>9786258042900</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>3,5 Kadın ve Bir Adam</t>
+          <t>İhbar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258042740</t>
+          <t>9786258042825</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Karmanyanın Kalbi</t>
+          <t>Babasını Arayan Kız</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258042016</t>
+          <t>9786258042733</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sokak Lambası</t>
+          <t>Dinle Hşy Den -3-</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258042504</t>
+          <t>9786258042696</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Anka Şiirleri</t>
+          <t>3,5 Kadın ve Bir Adam</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258042450</t>
+          <t>9786258042740</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Evlat Sevgisi</t>
+          <t>Karmanyanın Kalbi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258042405</t>
+          <t>9786258042016</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Production Management And Fight Agains İnflation</t>
+          <t>Sokak Lambası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258042313</t>
+          <t>9786258042504</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Susma Ey Dil - 2</t>
+          <t>Anka Şiirleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055144852</t>
+          <t>9786258042450</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mihriye</t>
+          <t>Evlat Sevgisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059425308</t>
+          <t>9786258042405</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Denizin Gözyaşları Dumlupınar</t>
+          <t>Production Management And Fight Agains İnflation</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059425582</t>
+          <t>9786258042313</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Şimdi Arapça Zamanı</t>
+          <t>Susma Ey Dil - 2</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056127243</t>
+          <t>9786055144852</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Liseli Yazarlar ve Kitaplar (4 Cilt Takım)</t>
+          <t>Mihriye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258042531</t>
+          <t>9786059425308</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Aşk</t>
+          <t>Denizin Gözyaşları Dumlupınar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258042528</t>
+          <t>9786059425582</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Üşümesin</t>
+          <t>Herkes İçin Şimdi Arapça Zamanı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258042580</t>
+          <t>9786056127243</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kütahya’dan Miami’ye: Hüsnü Olçar</t>
+          <t>Galatasaray Liseli Yazarlar ve Kitaplar (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258042498</t>
+          <t>9786258042531</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücü Depremi</t>
+          <t>Hüzünlü Aşk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258042481</t>
+          <t>9786258042528</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mantıklı Düşünceler</t>
+          <t>Yüreğin Üşümesin</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258042511</t>
+          <t>9786258042580</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Ay Tutuldu</t>
+          <t>Kütahya’dan Miami’ye: Hüsnü Olçar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258042320</t>
+          <t>9786258042498</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Diriliş Bestesi</t>
+          <t>Beyin Gücü Depremi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258042337</t>
+          <t>9786258042481</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet Soruyor: Beni Kim Öldürdü?</t>
+          <t>Mantıklı Düşünceler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257726504</t>
+          <t>9786258042511</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sırlarım</t>
+          <t>Gönlümde Ay Tutuldu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258042177</t>
+          <t>9786258042320</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalsın</t>
+          <t>Bir Diriliş Bestesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258042245</t>
+          <t>9786258042337</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe-i Nuriye</t>
+          <t>Fatih Sultan Mehmet Soruyor: Beni Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258042207</t>
+          <t>9786257726504</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Sırlı Güzellikleri</t>
+          <t>Çocukluk Sırlarım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258042139</t>
+          <t>9786258042177</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Huzur Terapisi</t>
+          <t>Sende Kalsın</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258042221</t>
+          <t>9786258042245</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cevher</t>
+          <t>Mevhibe-i Nuriye</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258042115</t>
+          <t>9786258042207</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ata Sevgisi</t>
+          <t>Namaz ve Sırlı Güzellikleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257726993</t>
+          <t>9786258042139</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Anılar - Hikayelerim</t>
+          <t>Huzur Terapisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257726801</t>
+          <t>9786258042221</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Çanta</t>
+          <t>Cevher</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258042009</t>
+          <t>9786258042115</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Masallar</t>
+          <t>Ata Sevgisi</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258042078</t>
+          <t>9786257726993</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Perisi - Peri Masalları Serisi 1</t>
+          <t>Yaşanmış Anılar - Hikayelerim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258042085</t>
+          <t>9786257726801</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bade-Nuş</t>
+          <t>Esrarengiz Çanta</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258042108</t>
+          <t>9786258042009</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yani Diyorum Ki-2</t>
+          <t>Çocuklara Masallar</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258042092</t>
+          <t>9786258042078</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Seçimsiz-lik ve Çaresiz Kadınlarımız</t>
+          <t>İyi Ki Perisi - Peri Masalları Serisi 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257726832</t>
+          <t>9786258042085</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökmeyince</t>
+          <t>Bade-Nuş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257726658</t>
+          <t>9786258042108</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Akşamlar</t>
+          <t>Yani Diyorum Ki-2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257726726</t>
+          <t>9786258042092</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dinle Hşy'den 1</t>
+          <t>Şiddetli Seçimsiz-lik ve Çaresiz Kadınlarımız</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257726672</t>
+          <t>9786257726832</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Halis ile Muhlis'in Maceraları - Bırakın Kızlar Okusun</t>
+          <t>Şafak Sökmeyince</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257726689</t>
+          <t>9786257726658</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Halis ile Muhlis'in Maceraları - Küçük Kedi Memo</t>
+          <t>Hüzünlü Akşamlar</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257726764</t>
+          <t>9786257726726</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Sosyal Medya</t>
+          <t>Dinle Hşy'den 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257726627</t>
+          <t>9786257726672</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Cinal (Ciltli)</t>
+          <t>Halis ile Muhlis'in Maceraları - Bırakın Kızlar Okusun</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257725528</t>
+          <t>9786257726689</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın 50 Yılı</t>
+          <t>Halis ile Muhlis'in Maceraları - Küçük Kedi Memo</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257725511</t>
+          <t>9786257726764</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Görevim</t>
+          <t>Gençlik ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257726610</t>
+          <t>9786257726627</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Güzel Sözler</t>
+          <t>Yusuf Cinal (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257726597</t>
+          <t>9786257725528</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>Hayatımın 50 Yılı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257726573</t>
+          <t>9786257725511</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Kutsal Görevim</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257726580</t>
+          <t>9786257726610</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anılarım - Kaptanla Değişik Rotalara</t>
+          <t>Anlamlı Güzel Sözler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257726375</t>
+          <t>9786257726597</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gönül Şelalesi</t>
+          <t>Anılar</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257726399</t>
+          <t>9786257726573</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Etkileyen Şemalar</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257726269</t>
+          <t>9786257726580</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Deryası - Hisler Alemi 1</t>
+          <t>Anılarım - Kaptanla Değişik Rotalara</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257726245</t>
+          <t>9786257726375</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Kelebekler</t>
+          <t>Gönül Şelalesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257726306</t>
+          <t>9786257726399</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ortaklığa Doğru</t>
+          <t>Hayatımızı Etkileyen Şemalar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257726207</t>
+          <t>9786257726269</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Helin</t>
+          <t>Aşkın Deryası - Hisler Alemi 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257726382</t>
+          <t>9786257726245</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gardırop</t>
+          <t>Güller ve Kelebekler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257726368</t>
+          <t>9786257726306</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Anılarım</t>
+          <t>Küresel Ortaklığa Doğru</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257726184</t>
+          <t>9786257726207</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gül Bahçesi Masalları</t>
+          <t>Helin</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257726191</t>
+          <t>9786257726382</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fatma’nın Kaleminden Yürekten Şiirler</t>
+          <t>Gardırop</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257726108</t>
+          <t>9786257726368</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak Dörtlükleri</t>
+          <t>Siyah Beyaz Anılarım</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257726092</t>
+          <t>9786257726184</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Engelim Derinde</t>
+          <t>Türkiye’nin Gül Bahçesi Masalları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257725054</t>
+          <t>9786257726191</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Açık Mektuplar - Ahmed İhsan Genç’ten (Ciltli)</t>
+          <t>Fatma’nın Kaleminden Yürekten Şiirler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257726153</t>
+          <t>9786257726108</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Renkleri</t>
+          <t>Güzel Ahlak Dörtlükleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257726023</t>
+          <t>9786257726092</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çile ve Izdırap</t>
+          <t>Engelim Derinde</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257726061</t>
+          <t>9786257725054</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kaderimi Ben Seçmedim</t>
+          <t>Açık Mektuplar - Ahmed İhsan Genç’ten (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257726030</t>
+          <t>9786257726153</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Şiirler</t>
+          <t>Dünyanın Renkleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057601971</t>
+          <t>9786257726023</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sardunya Sokağı</t>
+          <t>Çile ve Izdırap</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057601926</t>
+          <t>9786257726061</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hocamız Yine Bir Gün</t>
+          <t>Kaderimi Ben Seçmedim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057601940</t>
+          <t>9786257726030</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Psiko Bulmaca 1</t>
+          <t>Hayatın İçinden Şiirler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057601988</t>
+          <t>9786057601971</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Küresel Değişim</t>
+          <t>Sardunya Sokağı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057601933</t>
+          <t>9786057601926</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında Şiirler</t>
+          <t>Nasrettin Hocamız Yine Bir Gün</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054001901</t>
+          <t>9786057601940</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Asanı Bırak!</t>
+          <t>Psiko Bulmaca 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057601872</t>
+          <t>9786057601988</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatan Uğruna Yüreğini Koy</t>
+          <t>Küresel Değişim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057601834</t>
+          <t>9786057601933</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sözler ve Düşünceler</t>
+          <t>Yaşamın Kıyısında Şiirler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759353032</t>
+          <t>9786054001901</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>...Ve Siz Öyküler</t>
+          <t>Asanı Bırak!</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759357115</t>
+          <t>9786057601872</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Görülemeyen</t>
+          <t>Bu Vatan Uğruna Yüreğini Koy</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057601841</t>
+          <t>9786057601834</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun</t>
+          <t>İlahi Sözler ve Düşünceler</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057601896</t>
+          <t>9789759353032</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Doktorasındaki Besmele</t>
+          <t>...Ve Siz Öyküler</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057601568</t>
+          <t>9789759357115</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aşikar</t>
+          <t>Görülemeyen</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057601704</t>
+          <t>9786057601841</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sahranın Çiçeği Sensin Ey İnsan</t>
+          <t>Sağlık Olsun</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057601766</t>
+          <t>9786057601896</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Canımı Sıkma Sosyal Medya</t>
+          <t>Kant'ın Doktorasındaki Besmele</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057601742</t>
+          <t>9786057601568</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kelimeler</t>
+          <t>Aşikar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057601759</t>
+          <t>9786057601704</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>365 Güne 365 Özel Dua</t>
+          <t>Sahranın Çiçeği Sensin Ey İnsan</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057601681</t>
+          <t>9786057601766</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çalışması</t>
+          <t>Canımı Sıkma Sosyal Medya</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057601636</t>
+          <t>9786057601742</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Zirveye</t>
+          <t>Hüzünlü Kelimeler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057601674</t>
+          <t>9786057601759</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Paris Gerçekler Metris</t>
+          <t>365 Güne 365 Özel Dua</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057601612</t>
+          <t>9786057601681</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Zambak</t>
+          <t>Öykü Çalışması</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057601599</t>
+          <t>9786057601636</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerkes Yüreğinden Yankılar</t>
+          <t>Adım Adım Zirveye</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057601490</t>
+          <t>9786057601674</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ah Minel Payitaht-ı Öte</t>
+          <t>Hayaller Paris Gerçekler Metris</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057601322</t>
+          <t>9786057601612</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın ve Cennet'in Süreyya Yıldızları</t>
+          <t>Kanlı Zambak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057601209</t>
+          <t>9786057601599</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Yansıması</t>
+          <t>Bir Çerkes Yüreğinden Yankılar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057601193</t>
+          <t>9786057601490</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Rüznamesi</t>
+          <t>Ah Minel Payitaht-ı Öte</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059425278</t>
+          <t>9786057601322</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pembe İnci</t>
+          <t>Dünya'nın ve Cennet'in Süreyya Yıldızları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057601070</t>
+          <t>9786057601209</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Anık (Dağ Reyhanı)</t>
+          <t>Kelimelerin Yansıması</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059425780</t>
+          <t>9786057601193</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kur'an</t>
+          <t>Bediüzzaman'ın Rüznamesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059425476</t>
+          <t>9786059425278</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Pembe İnci</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059425902</t>
+          <t>9786057601070</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Kitabı</t>
+          <t>Anık (Dağ Reyhanı)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059425940</t>
+          <t>9786059425780</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Murad'ın Muradı</t>
+          <t>Aşk-ı Kur'an</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059425612</t>
+          <t>9786059425476</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Susma Ey Dil</t>
+          <t>Vefa</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059818315</t>
+          <t>9786059425902</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fundamentals Of English Grammar</t>
+          <t>Seyahat Kitabı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059425575</t>
+          <t>9786059425940</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçeli Olmak</t>
+          <t>Murad'ın Muradı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059425568</t>
+          <t>9786059425612</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmedim Annem</t>
+          <t>Susma Ey Dil</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059425643</t>
+          <t>9786059818315</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Koruyucusu</t>
+          <t>Fundamentals Of English Grammar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059898553</t>
+          <t>9786059425575</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Hilal Uğruna Çanakkale</t>
+          <t>Fenerbahçeli Olmak</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059425513</t>
+          <t>9786059425568</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Besmele'nin Sırları</t>
+          <t>Ben Ölmedim Annem</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055144999</t>
+          <t>9786059425643</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Hayatlar</t>
+          <t>Rüyalar Koruyucusu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
+          <t>9786059898553</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hilal Uğruna Çanakkale</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059425513</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Besmele'nin Sırları</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786055144999</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Hayatlar</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
           <t>9786055144715</t>
         </is>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Kördüğüm</t>
         </is>
       </c>
-      <c r="C184" s="1">
+      <c r="C187" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>