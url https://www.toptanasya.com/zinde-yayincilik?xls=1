--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2830 +85,6310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259599595</t>
+          <t>9786255655318</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tevide</t>
+          <t>Kalbimdeki Kabir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255655233</t>
+          <t>9786259476223</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Değerler Harmonisi</t>
+          <t>Tarihi Değiştirecek Tarih</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255655219</t>
+          <t>9786259476261</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki  Ayana</t>
+          <t>Patya</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255655165</t>
+          <t>9786250087657</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kendime Aforizmalarım</t>
+          <t>Poliklinikte 100 Ortopedik Vaka</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255655059</t>
+          <t>9786258042306</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Boyama Terapisi</t>
+          <t>Acilde 100 Ortopedik Vaka</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255655158</t>
+          <t>9786257726665</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gelişmeler Işığında Bilim ve Vahiy</t>
+          <t>1 Şehit 1 Öykü 1 Şiir (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255655189</t>
+          <t>9786257726931</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Hasar Tutanağı</t>
+          <t>Sosyal Medyada Siyasal İletişim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255655073</t>
+          <t>9786057510662</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ölürken</t>
+          <t>The Social Media Report of the Turkish Radio Market in the New Digital Age</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255655028</t>
+          <t>9786055144296</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Namlunun Ucundaki Şiir</t>
+          <t>Galatasaray Niçin En Büyük?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259807829</t>
+          <t>8685048779747</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Yıldız Haritası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259599564</t>
+          <t>9786255655271</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Unutamam</t>
+          <t>Cennet Bahçeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259599557</t>
+          <t>9786258042689</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sana Geldim</t>
+          <t>Umut Çıram</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259599533</t>
+          <t>9786258042726</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Düşünceyle Hayatını Güncelle</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259599540</t>
+          <t>9786258042160</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarı</t>
+          <t>Aşkın Deryası-6</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258288933</t>
+          <t>9786258042412</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Resim Çizdim</t>
+          <t>Esirsayar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255655011</t>
+          <t>9786059425285</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Beyza</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055861803</t>
+          <t>9786258042146</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ayasuluğ Bölgesinde Bulunan Beylikler Devri Mezar Taşları ve Kitabeleri (Ciltli)</t>
+          <t>Umudun Alıngan Şiirleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259599526</t>
+          <t>9786257726238</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Eşime</t>
+          <t>Kızıl</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259724294</t>
+          <t>9786258042047</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mus'ab Bin Umeyr</t>
+          <t>Tahta Bavul</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059425162</t>
+          <t>9786257726948</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayat</t>
+          <t>Karakız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257726818</t>
+          <t>9786257726955</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Deryası 5 - Bestelik Eserler</t>
+          <t>Gülbeyaz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259529189</t>
+          <t>9786257726962</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Ötesinde</t>
+          <t>Gülbahar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259529110</t>
+          <t>9786258042023</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yediğin İçtiğin Senin Gördüklerini Anlat Dediler</t>
+          <t>Şiir İle Resim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259529172</t>
+          <t>9786258042030</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ne Olursan Ol Yine Gel</t>
+          <t>Sığla Ağacı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259724256</t>
+          <t>9786059425315</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sofi Baba’nın Küçük Dünyası</t>
+          <t>Tükenmedi Umutlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259724249</t>
+          <t>9786059425322</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Son Tango</t>
+          <t>Hadi Durma Yürü Kalbime</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257726160</t>
+          <t>9786059425964</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Çekilen Çile</t>
+          <t>Geceme Sızan Nefes</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258042542</t>
+          <t>9786057601087</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Romanlık Hikayeler</t>
+          <t>İstiklal Marşı - Mete Milli Değerlerini Öğreniyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258042559</t>
+          <t>9786059425971</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Define Peşinde</t>
+          <t>Kervankıran</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258042634</t>
+          <t>9786059425834</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zeki'ce Fıkralar</t>
+          <t>Hasret Benim İşim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259529103</t>
+          <t>9786059425810</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yetimhane</t>
+          <t>Yetişkinler İçin Türkçenin Doğrusu Ve...</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259476254</t>
+          <t>9786059425827</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yediğin İçtiğin Senin Olsun Gördüklerini Anlat Dediler –II-</t>
+          <t>1964 İlk Şizofren</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259433264</t>
+          <t>9786057601483</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Minik Perinin Rüyası</t>
+          <t>Özden Söze</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057270283</t>
+          <t>9786057601605</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yalın Halde Yalnızlık</t>
+          <t>Xexes Adıgegum Şşızeş'exhexer (Çerkezce)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258042665</t>
+          <t>9786057601582</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Şiirleri</t>
+          <t>Yazgı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257726986</t>
+          <t>9786057601452</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Binbir Hece Masalları</t>
+          <t>Kanatsız Kelebek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059425483</t>
+          <t>9786057601520</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Ayşe</t>
+          <t>Can Vurgunu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059425544</t>
+          <t>9786055144609</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yetim Ali</t>
+          <t>İmam Rıza (a.s.) dan Fatıma Masume'nin Hayatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059425124</t>
+          <t>9786059818339</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehir</t>
+          <t>Sıla</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059818179</t>
+          <t>9786059425537</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akidesi ve Özellikleri</t>
+          <t>İslam'a Uygun Cinlere Özgü Hastalıkların Teşhis ve Tedavi Yolları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059818308</t>
+          <t>9786059425766</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Sessiz Mısralar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059818346</t>
+          <t>9786059425803</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Deniz</t>
+          <t>Kadınları Değersizleştirenler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059818421</t>
+          <t>9786059425735</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bakmak Görmek Değildir</t>
+          <t>Gelmeyi Unuttum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055144425</t>
+          <t>9786055144876</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karaca Ahmet Sultan Menakıbnamesi</t>
+          <t>Veresiye Aşk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257726788</t>
+          <t>9786059425346</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ay’ın Kızları 2</t>
+          <t>Umuda Tutunmak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257726825</t>
+          <t>9786059425858</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gülün Yaprakları</t>
+          <t>Müziğin Kilometre Taşları - 3</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057601506</t>
+          <t>9786059425872</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gölgesi</t>
+          <t>Keşkeler Odası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259807874</t>
+          <t>9786057601162</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bakışlar</t>
+          <t>Yaşamında Derinleş 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259807881</t>
+          <t>9786059425001</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Aydınlığa Papatyam</t>
+          <t>Ben Seni Başka Sevdim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258042184</t>
+          <t>9786059425155</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Aile ve Toplumsal İlişkiler</t>
+          <t>Hilal-i Hikmet</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786250076675</t>
+          <t>9786059425193</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Derin Sen</t>
+          <t>Evdeki Sessiz İmparator Baba</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259476285</t>
+          <t>9786059425230</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nura Yolculuk</t>
+          <t>Darbe Değil İşgal</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259433271</t>
+          <t>9786059425254</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Ülkelerde Ekonomik Sorunlar</t>
+          <t>Yüreklere Dokunmak Gerekir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259840673</t>
+          <t>9786059425186</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Can Simidim</t>
+          <t>Cıvıltı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786250082102</t>
+          <t>9786059425223</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ankara’ya Mektuplar</t>
+          <t>Hikmet Damlaları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259938554</t>
+          <t>9786059425926</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mazideki Çığlıklar</t>
+          <t>Bir Delinin Not Defteri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259938547</t>
+          <t>9786059425933</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra</t>
+          <t>Suskun Yüreğimin Dili</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259938585</t>
+          <t>9786055144739</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yusuf İle Züleyha</t>
+          <t>Müziğin Kilometre Taşları - 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259938592</t>
+          <t>9786055144494</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmış Hayatlar</t>
+          <t>Tozlu Sandık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259887159</t>
+          <t>9786055144487</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Arduino İle Mikrodenetleyici Programlama</t>
+          <t>Akıllı Yüreklerle Muhavere 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259887166</t>
+          <t>9786055144463</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi ve Sonrası</t>
+          <t>Yerde ve Havadaki Taşlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259887142</t>
+          <t>9786257726481</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aşkıydı Aşkım Oldu</t>
+          <t>Ögretmen Anıları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259887135</t>
+          <t>9786055144388</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hitit ve Çeçen Dili Gramatikal Benzerliği ve Hitit Literatürünün Akuzatiflik Sorunu</t>
+          <t>Hayatınız Kaç Pencere?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259938523</t>
+          <t>9786055144456</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Artık Üşümüyorum Sarıkamış</t>
+          <t>İmam Ali (as) 'in Zeyneb'i</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259981086</t>
+          <t>3990000016261</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Yeni İletişim Teknolojileri ve Yeni Medya</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259981017</t>
+          <t>9786055144326</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ateş Düştü Yüreğime</t>
+          <t>Yağmur Olmasaydı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259981093</t>
+          <t>9786055144340</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tefekkürler - İrfanname</t>
+          <t>Şiddetin Dili Değişmez</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259981048</t>
+          <t>9786059818056</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cansu</t>
+          <t>Potkaldaki Şiirler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057253774</t>
+          <t>9786055144982</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dinle Hşy'den</t>
+          <t>Kalbime Bir Sen Düştü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057270276</t>
+          <t>9786059425452</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Saniyenin İçinde Bir Ömür</t>
+          <t>Mavi Adam Yeşil Kız</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789057253743</t>
+          <t>9786058352162</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Mekke - Medine</t>
+          <t>Vatan - Saklı Maçka</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258042771</t>
+          <t>9786059425148</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Ateş</t>
+          <t>Kuzey'in Öykünmesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258042818</t>
+          <t>9789759639730</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bade-Nuş 2</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057270221</t>
+          <t>9786057601100</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda Arama Düşman Cebinde</t>
+          <t>Sobelenmiş Şiirler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258042801</t>
+          <t>9786059425094</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Brain Power Quake</t>
+          <t>Mektup Var Denizde</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258042832</t>
+          <t>9786059425988</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy</t>
+          <t>Lola</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258042857</t>
+          <t>9786059425469</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Ve Düşündüren Fıkralar</t>
+          <t>Ne Yazdımsa Şiir Oldu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258042603</t>
+          <t>9786059425414</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kapı Aralıktı</t>
+          <t>Deli'ce Aşk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258042764</t>
+          <t>9786059425391</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Vadisini Arayan Kuşlar</t>
+          <t>Kar Güneşi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>75</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258042900</t>
+          <t>9786059425377</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İhbar</t>
+          <t>Dümeni Kırık Şehirler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258042825</t>
+          <t>9786059425636</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Babasını Arayan Kız</t>
+          <t>Yağmuru Sulayanlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258042733</t>
+          <t>9786059425605</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dinle Hşy Den -3-</t>
+          <t>Anne Tadında</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258042696</t>
+          <t>9786059425629</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>3,5 Kadın ve Bir Adam</t>
+          <t>Benim Gözümden</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258042740</t>
+          <t>9786059425674</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Karmanyanın Kalbi</t>
+          <t>Yüreğimin Yangınına Notlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258042016</t>
+          <t>9786058236912</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sokak Lambası</t>
+          <t>Zişan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258042504</t>
+          <t>9786059425667</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Anka Şiirleri</t>
+          <t>Bir Şey Diyeyim Sana</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258042450</t>
+          <t>9786059425681</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Evlat Sevgisi</t>
+          <t>Tarihimizde Etnik Temizlik ve Zoraki Göçler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258042405</t>
+          <t>9786059425742</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Production Management And Fight Agains İnflation</t>
+          <t>Beyaz At</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258042313</t>
+          <t>9786059425728</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Susma Ey Dil - 2</t>
+          <t>Şiirlerimde Sen</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055144852</t>
+          <t>9786059425711</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mihriye</t>
+          <t>Sensiz Eksiğim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059425308</t>
+          <t>9786055338800</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Denizin Gözyaşları Dumlupınar</t>
+          <t>Yorgun Eylül Güneşi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059425582</t>
+          <t>9786059425490</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Şimdi Arapça Zamanı</t>
+          <t>Aşk ve Canan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056127243</t>
+          <t>9786059425551</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Liseli Yazarlar ve Kitaplar (4 Cilt Takım)</t>
+          <t>Yeşil Pazarlama ve Tüketici</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258042531</t>
+          <t>9786059425599</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Aşk</t>
+          <t>Avuçlarımdaki Hüzün Taneleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258042528</t>
+          <t>9786059425650</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Üşümesin</t>
+          <t>Hilal-i Hikmet 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258042580</t>
+          <t>9786058610118</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kütahya’dan Miami’ye: Hüsnü Olçar</t>
+          <t>Zeytinburnu’nun Gizemi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258042498</t>
+          <t>9786059818124</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücü Depremi</t>
+          <t>Zühre'm : Savrulan Gazel</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258042481</t>
+          <t>9786059818353</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mantıklı Düşünceler</t>
+          <t>İçinde Sen De Varsın</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258042511</t>
+          <t>9786059818391</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Ay Tutuldu</t>
+          <t>Benim Hikayelerim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258042320</t>
+          <t>9786059818193</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Diriliş Bestesi</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258042337</t>
+          <t>9786059818278</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet Soruyor: Beni Kim Öldürdü?</t>
+          <t>Buketçe</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257726504</t>
+          <t>9786055144722</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sırlarım</t>
+          <t>İnce'den Sözler - Sözün Özü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258042177</t>
+          <t>9786055144890</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalsın</t>
+          <t>Mavi Gözlü Aşkım Ohri!...</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258042245</t>
+          <t>9786055144210</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe-i Nuriye</t>
+          <t>Diriliş Gerçeği 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258042207</t>
+          <t>9786055144692</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Sırlı Güzellikleri</t>
+          <t>Gül İçin Gülçin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258042139</t>
+          <t>9786055144371</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Huzur Terapisi</t>
+          <t>Hicran</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258042221</t>
+          <t>9786059818063</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cevher</t>
+          <t>Bir Kahve Şiir Seçkisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258042115</t>
+          <t>9786055144975</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ata Sevgisi</t>
+          <t>Bir Buçuk Porsiyon Kalp</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257726993</t>
+          <t>9786055144944</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Anılar - Hikayelerim</t>
+          <t>Çaykarada Günümüzde E Vay Beni İzleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257726801</t>
+          <t>9786055144814</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Çanta</t>
+          <t>Bize Bir Dünya Verin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258042009</t>
+          <t>9789757073017</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Masallar</t>
+          <t>Oğluma Söylemek İstediklerim</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258042078</t>
+          <t>9786055144685</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Perisi - Peri Masalları Serisi 1</t>
+          <t>Islak Mektupların Hikayesi 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258042085</t>
+          <t>9786055144913</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bade-Nuş</t>
+          <t>Ve O Anlattı Diğerleri Dinledi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258042108</t>
+          <t>9786059818087</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yani Diyorum Ki-2</t>
+          <t>Gülzar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258042092</t>
+          <t>3990000016768</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Seçimsiz-lik ve Çaresiz Kadınlarımız</t>
+          <t>The Crimes Of Alexandrea</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257726832</t>
+          <t>9786055861452</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökmeyince</t>
+          <t>Sabahın Altısında Uyanmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257726658</t>
+          <t>9786056194610</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Akşamlar</t>
+          <t>Melisin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257726726</t>
+          <t>9786055861476</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dinle Hşy'den 1</t>
+          <t>Maveralı İki Edib</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257726672</t>
+          <t>9786051255002</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Halis ile Muhlis'in Maceraları - Bırakın Kızlar Okusun</t>
+          <t>Camdan Kadınlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257726689</t>
+          <t>9786058712102</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Halis ile Muhlis'in Maceraları - Küçük Kedi Memo</t>
+          <t>Bir Öykü Kadar Kısa Bir Roman Kadar Derin Hayatlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257726764</t>
+          <t>9786058693609</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Sosyal Medya</t>
+          <t>Başkaldırı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257726627</t>
+          <t>9786059425353</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Cinal (Ciltli)</t>
+          <t>Yapıcı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257725528</t>
+          <t>9786055144197</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın 50 Yılı</t>
+          <t>Eğlenceli Sudoku (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257725511</t>
+          <t>9786055144272</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Görevim</t>
+          <t>Çocuk Yetiştirmek Anne Karnında Başlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257726610</t>
+          <t>9786055144289</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Güzel Sözler</t>
+          <t>Ölümün Çaresi Bulundu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257726597</t>
+          <t>9786055144241</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>Eğlenceli Tic Tac Toe (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257726573</t>
+          <t>9786055144098</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Mutlu Tangram - Eğlenceli Tangram Seti</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257726580</t>
+          <t>9786055144234</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Anılarım - Kaptanla Değişik Rotalara</t>
+          <t>Zaman Sevmeye Yetmeyecek</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257726375</t>
+          <t>9786055144180</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gönül Şelalesi</t>
+          <t>Akdeniz Sevdalısı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257726399</t>
+          <t>9786055144227</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Etkileyen Şemalar</t>
+          <t>Sevincin Gözyaşları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257726269</t>
+          <t>9786055144173</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Deryası - Hisler Alemi 1</t>
+          <t>Ka</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257726245</t>
+          <t>9786055144142</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Kelebekler</t>
+          <t>Dream and Write</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257726306</t>
+          <t>9786058643666</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ortaklığa Doğru</t>
+          <t>Phaselis Years Of War 2.nd Book</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257726207</t>
+          <t>9786058643673</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Helin</t>
+          <t>Phaselis Years Of Peace 1.st Book</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257726382</t>
+          <t>9786055144050</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gardırop</t>
+          <t>Sarı Memed</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257726368</t>
+          <t>9786058643680</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Anılarım</t>
+          <t>Phaselis Savaş Yılları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257726184</t>
+          <t>9786058643697</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gül Bahçesi Masalları</t>
+          <t>Phaselis Barış Yılları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257726191</t>
+          <t>9786055144135</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fatma’nın Kaleminden Yürekten Şiirler</t>
+          <t>Stratonike &amp; Antiochus</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257726108</t>
+          <t>9786055144036</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak Dörtlükleri</t>
+          <t>Gizli Şehir</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257726092</t>
+          <t>9786055144043</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Engelim Derinde</t>
+          <t>Fethiye’nin Düğün Günü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257725054</t>
+          <t>9786055144074</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Açık Mektuplar - Ahmed İhsan Genç’ten (Ciltli)</t>
+          <t>Efem</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257726153</t>
+          <t>9786055144005</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Renkleri</t>
+          <t>Pegasus</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257726023</t>
+          <t>9786055144029</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çile ve Izdırap</t>
+          <t>Pars</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257726061</t>
+          <t>9786055144166</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kaderimi Ben Seçmedim</t>
+          <t>Arzava</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257726030</t>
+          <t>9786055144012</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Şiirler</t>
+          <t>Ka (İngilizce)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057601971</t>
+          <t>9786055144128</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sardunya Sokağı</t>
+          <t>Aşk-ı Dubai</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057601926</t>
+          <t>9786055144111</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hocamız Yine Bir Gün</t>
+          <t>Umman’da Bir Türk</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057601940</t>
+          <t>9786055144104</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Psiko Bulmaca 1</t>
+          <t>Altın Kemer</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057601988</t>
+          <t>9786058643659</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küresel Değişim</t>
+          <t>Denizde Şahin Olmak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057601933</t>
+          <t>9786058715608</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında Şiirler</t>
+          <t>Silinmeyen Yazılar Aşk'ın Gücü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054001901</t>
+          <t>9786056275807</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Asanı Bırak!</t>
+          <t>Kırkyama Temel Motif Teknikleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057601872</t>
+          <t>9786058643628</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatan Uğruna Yüreğini Koy</t>
+          <t>Kertik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057601834</t>
+          <t>9786058643642</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sözler ve Düşünceler</t>
+          <t>Amos</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759353032</t>
+          <t>9786058715615</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>...Ve Siz Öyküler</t>
+          <t>Dört Duvar Dört Ses</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759357115</t>
+          <t>9786058643604</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Görülemeyen</t>
+          <t>Hayal Yazmak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057601841</t>
+          <t>3990000025842</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun</t>
+          <t>Müziğin Kilometre Taşları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057601896</t>
+          <t>9786059818230</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Doktorasındaki Besmele</t>
+          <t>Aydınlık Dünya'da Karanlığı Yaşadım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057601568</t>
+          <t>9786055144579</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aşikar</t>
+          <t>Tılsımlı Hançer Belası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057601704</t>
+          <t>9786055144593</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sahranın Çiçeği Sensin Ey İnsan</t>
+          <t>Küs Yıldızlar Kehkeşanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057601766</t>
+          <t>9786055144531</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Canımı Sıkma Sosyal Medya</t>
+          <t>Tariku’l-İlm</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057601742</t>
+          <t>9786055144517</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kelimeler</t>
+          <t>Kasr-ı Kelam</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057601759</t>
+          <t>9786055144524</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>365 Güne 365 Özel Dua</t>
+          <t>Mahfer</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057601681</t>
+          <t>9786055144616</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çalışması</t>
+          <t>Müthiş Zamanlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057601636</t>
+          <t>9786055144586</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Zirveye</t>
+          <t>Rabbin Kevseri Sevmedi Fatıma-tuz Zehra</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057601674</t>
+          <t>9786059425018</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Paris Gerçekler Metris</t>
+          <t>Köle</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057601612</t>
+          <t>9786055144920</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Zambak</t>
+          <t>Mağaranın Gizemi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057601599</t>
+          <t>3990000026238</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerkes Yüreğinden Yankılar</t>
+          <t>Dua (Büyük Boy)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057601490</t>
+          <t>3990000022031</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ah Minel Payitaht-ı Öte</t>
+          <t>Aşka Dair Şiirhanem</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057601322</t>
+          <t>9786059818438</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın ve Cennet'in Süreyya Yıldızları</t>
+          <t>Hüzün Yılı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057601209</t>
+          <t>9786059818414</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Yansıması</t>
+          <t>Aşk Pazarı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057601193</t>
+          <t>9786059818254</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Rüznamesi</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059425278</t>
+          <t>9786059818162</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pembe İnci</t>
+          <t>Bir Salkım Yalnızlık</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057601070</t>
+          <t>9786059818261</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anık (Dağ Reyhanı)</t>
+          <t>İçnikalar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059425780</t>
+          <t>9786055144937</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kur'an</t>
+          <t>Kırlangıç</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059425476</t>
+          <t>9786055144968</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Karaoğlan</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059425902</t>
+          <t>9786059818018</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Kitabı</t>
+          <t>Başkadır</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059425940</t>
+          <t>9786059818285</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Murad'ın Muradı</t>
+          <t>Can Seli</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059425612</t>
+          <t>9786059818100</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Susma Ey Dil</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059818315</t>
+          <t>9786059818117</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Fundamentals Of English Grammar</t>
+          <t>Zaman Kırığı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059425575</t>
+          <t>9786059818247</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçeli Olmak</t>
+          <t>Marmara Gezgini</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059425568</t>
+          <t>9786055144869</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmedim Annem</t>
+          <t>Kin</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059425643</t>
+          <t>9786055144784</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Koruyucusu</t>
+          <t>Deccal'ın Üç Günü</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059898553</t>
+          <t>9786055144838</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Hilal Uğruna Çanakkale</t>
+          <t>Vaadedilen Mehdi Nübüvvet Kemalatı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059425513</t>
+          <t>9786059818384</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Besmele'nin Sırları</t>
+          <t>Annemin Sevgi Bahçesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055144999</t>
+          <t>9786059818377</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Hayatlar</t>
+          <t>Benim Annem Çok Anne</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>750</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
+          <t>9786055144746</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Dünyasını Anlamak</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>3990000026237</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Dua (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9876059818469</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786055144654</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Korece Öğrenme Kitabı ve Kore Cumhuriyeti Tanıtımı</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786055144807</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Bırakın Dünyayı Çocuklara</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059971294</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Sende Bir Sen Var</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055144753</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Çaykara'da Gugar ile Kuskar'ların İzinden</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786059818070</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Kalpten Kaleme</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059956666</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Nokta</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786257726351</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Ramazan Günlüğü</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786257726283</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Esintisi - Aşkın Deryası 3</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786257726290</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Beyinden Yansımalar - Aşkın Deryası 4</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786257726849</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Nazende</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786257726276</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Okunacak Şiirler - Aşkın Deryası 2</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786257726443</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bakır Tencere - Kırık Kaşık</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786257726542</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dalda 7 Yaprak</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786257726795</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Nefesi</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786257726771</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Gönlüm Der Ki</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786057601810</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Sizin Yüreğinizde</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786257726085</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Fabrikası</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786257726078</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Türediği Ülke</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786257726252</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Ne Mutlu Pişman Olanlara</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786057601964</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Şiirler</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786057601858</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Gönüllü Dedektif</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786057601865</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Son Çınar</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>3996057601872</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Gönüllü Dedektif</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786057601889</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Bu Vatan Bizim - Uğruna Ölürüm Türkiyem</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786057601919</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Yürekten Dökülenler</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786057601377</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Şiirleri</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786057601148</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Bir Şey Yok mu?</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786057601957</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Zeka -1</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786057601773</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Komik Ya Hikayeler</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786057301919</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Senfonisi</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786057601544</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>İfadesini Yüzünde Unutanlar</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786057601384</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bulut Çiz Gökyüzüne</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786057601315</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Makalelerim</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786057601469</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>O Gün Beni Yok Sayın</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786057601575</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Üç Damla Göz Yaşıydı</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786057601186</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimdeki Fırtınalar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786057601339</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Yaşantısı Kadar Zengindir</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786057601346</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Kimler İçin Yazdım</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059425384</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlardan Özür Dileme Vakti</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059425759</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Aynı Tanrı'nın Çocukları</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786056066443</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Neredesin Ey İnsanlık?</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786057601261</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Kitabım</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786057601278</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Allah Birdir</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786057601254</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Sarf İlmi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786259599595</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Tevide</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786255655233</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Harmonisi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786255655219</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki  Ayana</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786255655165</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kendime Aforizmalarım</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786255655059</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hadislerle Boyama Terapisi</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786255655158</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Gelişmeler Işığında Bilim ve Vahiy</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786255655189</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Ömrümün Hasar Tutanağı</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786255655073</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Ölürken</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786255655028</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Namlunun Ucundaki Şiir</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786259807829</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Toprak</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786259599564</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Unutamam</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786259599557</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Sana Geldim</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786259599533</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Annem</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786259599540</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Pınarı</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786258288933</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Bir Resim Çizdim</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786255655011</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Beyza</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786055861803</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Ayasuluğ Bölgesinde Bulunan Beylikler Devri Mezar Taşları ve Kitabeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786259599526</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Eşime</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786259724294</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Mus'ab Bin Umeyr</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059425162</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Hayat</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786257726818</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Deryası 5 - Bestelik Eserler</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786259529189</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerin Ötesinde</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786259529110</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Yediğin İçtiğin Senin Gördüklerini Anlat Dediler</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786259529172</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Ne Olursan Ol Yine Gel</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786259724256</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Sofi Baba’nın Küçük Dünyası</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786259724249</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Günbatımı Son Tango</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786257726160</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Dile Çekilen Çile</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786258042542</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Romanlık Hikayeler</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786258042559</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Define Peşinde</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786258042634</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Zeki'ce Fıkralar</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786259529103</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Yetimhane</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786259476254</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Yediğin İçtiğin Senin Olsun Gördüklerini Anlat Dediler –II-</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786259433264</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Minik Perinin Rüyası</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786057270283</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Yalın Halde Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786258042665</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkamış Şiirleri</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786257726986</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Hece Masalları</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786059425483</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Ayşe</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786059425544</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Yetim Ali</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786059425124</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Yasak Şehir</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786059818179</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet Akidesi ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786059818308</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Gelincik</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786059818346</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Deniz</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786059818421</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Bakmak Görmek Değildir</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786055144425</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Karaca Ahmet Sultan Menakıbnamesi</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786257726788</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Ay’ın Kızları 2</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786257726825</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Gülün Yaprakları</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786057601506</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Gölgesi</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786259807874</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Bakışlar</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786259807881</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıktan Aydınlığa Papatyam</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786258042184</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk, Aile ve Toplumsal İlişkiler</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786250076675</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>İçindeki Derin Sen</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786259476285</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Nura Yolculuk</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786259433271</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Gelişmekte Olan Ülkelerde Ekonomik Sorunlar</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786259840673</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Can Simidim</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786250082102</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Ankara’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786259938554</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Mazideki Çığlıklar</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786259938547</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Ve Sonra</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786259938585</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf İle Züleyha</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786259938592</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalmış Hayatlar</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786259887159</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Arduino İle Mikrodenetleyici Programlama</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786259887166</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Öncesi ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786259887142</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Aşkıydı Aşkım Oldu</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786259887135</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Hitit ve Çeçen Dili Gramatikal Benzerliği ve Hitit Literatürünün Akuzatiflik Sorunu</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786259938523</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Artık Üşümüyorum Sarıkamış</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786259981086</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Öze Dönüş</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786259981017</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Düştü Yüreğime</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786259981093</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Tefekkürler - İrfanname</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786259981048</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Cansu</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786057253774</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Hşy'den</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786057270276</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Saniyenin İçinde Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789057253743</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Mekke - Medine</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786258042771</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Tadında Ateş</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786258042818</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Bade-Nuş 2</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786057270221</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklarda Arama Düşman Cebinde</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786258042801</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Brain Power Quake</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786258042832</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Adını Sen Koy</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786258042857</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Güldüren Ve Düşündüren Fıkralar</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786258042603</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Aralıktı</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786258042764</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Vadisini Arayan Kuşlar</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786258042900</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>İhbar</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786258042825</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Babasını Arayan Kız</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786258042733</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Hşy Den -3-</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786258042696</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>3,5 Kadın ve Bir Adam</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786258042740</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Karmanyanın Kalbi</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786258042016</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Sokak Lambası</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786258042504</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Anka Şiirleri</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786258042450</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Evlat Sevgisi</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786258042405</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Production Management And Fight Agains İnflation</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786258042313</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Susma Ey Dil - 2</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786055144852</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Mihriye</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786059425308</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Gözyaşları Dumlupınar</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786059425582</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Şimdi Arapça Zamanı</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786056127243</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Galatasaray Liseli Yazarlar ve Kitaplar (4 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786258042531</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Aşk</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786258042528</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğin Üşümesin</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786258042580</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Kütahya’dan Miami’ye: Hüsnü Olçar</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786258042498</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Gücü Depremi</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786258042481</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Mantıklı Düşünceler</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786258042511</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Gönlümde Ay Tutuldu</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786258042320</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Bir Diriliş Bestesi</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786258042337</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmet Soruyor: Beni Kim Öldürdü?</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786257726504</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Sırlarım</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786258042177</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Sende Kalsın</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786258042245</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Mevhibe-i Nuriye</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786258042207</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Namaz ve Sırlı Güzellikleri</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786258042139</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Huzur Terapisi</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786258042221</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Cevher</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786258042115</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Ata Sevgisi</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786257726993</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmış Anılar - Hikayelerim</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786257726801</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Çanta</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786258042009</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Masallar</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786258042078</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>İyi Ki Perisi - Peri Masalları Serisi 1</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786258042085</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Bade-Nuş</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786258042108</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Yani Diyorum Ki-2</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786258042092</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Seçimsiz-lik ve Çaresiz Kadınlarımız</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786257726832</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Şafak Sökmeyince</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786257726658</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Akşamlar</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786257726726</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Hşy'den 1</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786257726672</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Halis ile Muhlis'in Maceraları - Bırakın Kızlar Okusun</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786257726689</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Halis ile Muhlis'in Maceraları - Küçük Kedi Memo</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786257726764</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik ve Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786257726627</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Cinal (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786257725528</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımın 50 Yılı</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786257725511</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Görevim</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786257726610</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Anlamlı Güzel Sözler</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786257726597</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Anılar</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786257726573</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlerim</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786257726580</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Anılarım - Kaptanla Değişik Rotalara</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786257726375</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Şelalesi</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786257726399</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımızı Etkileyen Şemalar</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786257726269</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Deryası - Hisler Alemi 1</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786257726245</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Güller ve Kelebekler</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786257726306</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Ortaklığa Doğru</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786257726207</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Helin</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786257726382</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Gardırop</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786257726368</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Anılarım</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786257726184</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Gül Bahçesi Masalları</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786257726191</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Fatma’nın Kaleminden Yürekten Şiirler</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786257726108</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Ahlak Dörtlükleri</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786257726092</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Engelim Derinde</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786257725054</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Açık Mektuplar - Ahmed İhsan Genç’ten (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786257726153</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Renkleri</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786257726023</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Çile ve Izdırap</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786257726061</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Kaderimi Ben Seçmedim</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786257726030</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden Şiirler</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786057601971</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Sardunya Sokağı</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786057601926</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hocamız Yine Bir Gün</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786057601940</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Psiko Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786057601988</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Değişim</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786057601933</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Kıyısında Şiirler</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786054001901</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Asanı Bırak!</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786057601872</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Bu Vatan Uğruna Yüreğini Koy</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786057601834</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Sözler ve Düşünceler</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789759353032</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>...Ve Siz Öyküler</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789759357115</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Görülemeyen</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786057601841</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Olsun</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786057601896</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Kant'ın Doktorasındaki Besmele</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786057601568</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Aşikar</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786057601704</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Sahranın Çiçeği Sensin Ey İnsan</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786057601766</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Canımı Sıkma Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786057601742</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Kelimeler</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786057601759</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>365 Güne 365 Özel Dua</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786057601681</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Çalışması</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786057601636</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Zirveye</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786057601674</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Hayaller Paris Gerçekler Metris</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786057601612</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Zambak</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786057601599</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çerkes Yüreğinden Yankılar</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786057601490</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Ah Minel Payitaht-ı Öte</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786057601322</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'nın ve Cennet'in Süreyya Yıldızları</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786057601209</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Yansıması</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786057601193</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman'ın Rüznamesi</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786059425278</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Pembe İnci</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786057601070</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Anık (Dağ Reyhanı)</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786059425780</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Kur'an</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786059425476</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Vefa</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786059425902</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Seyahat Kitabı</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786059425940</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Murad'ın Muradı</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786059425612</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Susma Ey Dil</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786059818315</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Fundamentals Of English Grammar</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786059425575</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Fenerbahçeli Olmak</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786059425568</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ölmedim Annem</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786059425643</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Rüyalar Koruyucusu</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786059898553</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hilal Uğruna Çanakkale</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786059425513</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Besmele'nin Sırları</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786055144999</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Hayatlar</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
           <t>9786055144715</t>
         </is>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B419" s="1" t="inlineStr">
         <is>
           <t>Kördüğüm</t>
         </is>
       </c>
-      <c r="C187" s="1">
+      <c r="C419" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>