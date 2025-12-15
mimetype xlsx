--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -124,196 +124,196 @@
         <is>
           <t>9786056671746</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Gökyüzünün Söyledikleri</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786054909018</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Ajan Provokatörler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>520</v>
+        <v>625</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786054909223</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Otel Arkadya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786054909254</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Sıcak Dalgası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786054909247</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Münzevi Yengeçler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786054909230</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Berlin Kavakları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786054909209</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Odadaki Çığlık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>660</v>
+        <v>790</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786054909193</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Silinmeyen</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786054909001</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>İstanbul (L’Orient)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>850</v>
+        <v>990</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786054909100</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Ben Kaçın Kurasıyım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786054909094</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Okul Devrimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786054909063</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Komplo Teorileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>