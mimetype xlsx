--- v1 (2025-12-15)
+++ v2 (2026-02-27)
@@ -85,235 +85,445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056671760</t>
+          <t>9786054909032</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Astroloji ve Psikoloji</t>
+          <t>Wall Street Kurdu - Para Avcısı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056671746</t>
+          <t>9786054909025</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Söyledikleri</t>
+          <t>Mayısta Yedi Gün</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054909018</t>
+          <t>9786054909070</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ajan Provokatörler</t>
+          <t>12 Yıllık Esaret</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>625</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054909223</t>
+          <t>9786054909179</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Otel Arkadya</t>
+          <t>Emperyal Arzular</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>370</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054909254</t>
+          <t>9786054909124</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Dalgası</t>
+          <t>Serpico</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>131.25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054909247</t>
+          <t>9786054909049</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Yengeçler</t>
+          <t>İsrail Lobisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>395</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054909230</t>
+          <t>9786054909056</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Berlin Kavakları</t>
+          <t>15 Harika Kısa Öykü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>395</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054909209</t>
+          <t>9786054909216</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Çığlık</t>
+          <t>Bir Rus Ajanını Nasıl Yakalarsın?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>790</v>
+        <v>365</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054909193</t>
+          <t>9786054909131</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen</t>
+          <t>İngilizce Bulmacalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054909001</t>
+          <t>9786054909148</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstanbul (L’Orient)</t>
+          <t>Al Pacino</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>990</v>
+        <v>285</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054909100</t>
+          <t>9786054909117</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ben Kaçın Kurasıyım</t>
+          <t>Sayıların Gizli Hayatları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>440</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054909094</t>
+          <t>9786054909162</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Okul Devrimi</t>
+          <t>Horrorstör</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
+          <t>9786054909087</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin Button’un Tuhaf Hikayesi</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786054909155</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kolay Çizim Teknikleri</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786056671760</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Astroloji ve Psikoloji</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786056671746</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünün Söyledikleri</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786054909018</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Ajan Provokatörler</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786054909223</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Otel Arkadya</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786054909254</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sıcak Dalgası</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786054909247</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Münzevi Yengeçler</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786054909230</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Kavakları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786054909209</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Odadaki Çığlık</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786054909193</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Silinmeyen</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786054909001</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul (L’Orient)</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786054909100</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kaçın Kurasıyım</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786054909094</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Okul Devrimi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>9786054909063</t>
         </is>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Komplo Teorileri</t>
         </is>
       </c>
-      <c r="C14" s="1">
+      <c r="C28" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>