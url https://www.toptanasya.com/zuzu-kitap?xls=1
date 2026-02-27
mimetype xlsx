--- v0 (2025-10-30)
+++ v1 (2026-02-27)
@@ -85,535 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256131101</t>
+          <t>9786256131231</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Rû</t>
+          <t>Cennetin Yüreğinden Şiirler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256131095</t>
+          <t>9786256131101</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Yolu</t>
+          <t>Rû</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256131088</t>
+          <t>9786256131095</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Lüsid Rüya Rehberi</t>
+          <t>Mutluluğun Yolu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256131064</t>
+          <t>9786256131088</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzleri</t>
+          <t>Lüsid Rüya Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256131002</t>
+          <t>9786256131064</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Teosofi Ders Kitabı</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256131057</t>
+          <t>9786256131002</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şefkat Bey ve Salkım Hanım</t>
+          <t>Teosofi Ders Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256131040</t>
+          <t>9786256131057</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Goetia - Şeytani Ruhlar Kitabı - Süleymanı Küçük Anahtarı</t>
+          <t>Şefkat Bey ve Salkım Hanım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259444925</t>
+          <t>9786256131040</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tıpta Okült Bilim</t>
+          <t>Goetia - Şeytani Ruhlar Kitabı - Süleymanı Küçük Anahtarı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259444956</t>
+          <t>9786259444925</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Akşama Yemek Yok, Yersen Öykü Var III</t>
+          <t>Tıpta Okült Bilim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259444932</t>
+          <t>9786259444956</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki O</t>
+          <t>Akşama Yemek Yok, Yersen Öykü Var III</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259444918</t>
+          <t>9786259444932</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Solgun Bir Çiçeğin Hikayesi</t>
+          <t>İçimdeki O</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259928784</t>
+          <t>9786259444918</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öze Yolculuk Öyküleri</t>
+          <t>Solgun Bir Çiçeğin Hikayesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259928791</t>
+          <t>9786259928784</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fetüsün Sayıklamaları</t>
+          <t>Öze Yolculuk Öyküleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259928760</t>
+          <t>9786259928791</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Yalnızlığı</t>
+          <t>Fetüsün Sayıklamaları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259928746</t>
+          <t>9786259928760</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Felsefe Yapmak</t>
+          <t>İstasyon Yalnızlığı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259928739</t>
+          <t>9786259928746</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Cezası</t>
+          <t>Çocuklarla Felsefe Yapmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259928708</t>
+          <t>9786259928739</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Savaş Karşıtı Olmak</t>
+          <t>Yaşama Cezası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259928715</t>
+          <t>9786259928708</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Buluşması</t>
+          <t>Savaş Karşıtı Olmak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259928722</t>
+          <t>9786259928715</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dağarcık Anıları</t>
+          <t>Göçebe Buluşması</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057180186</t>
+          <t>9786259928722</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Elma ve Lorca</t>
+          <t>Dağarcık Anıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057180162</t>
+          <t>9786057180186</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Evlerin Sessiz Dili</t>
+          <t>Elma ve Lorca</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057180131</t>
+          <t>9786057180162</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şeyler</t>
+          <t>Evlerin Sessiz Dili</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057180155</t>
+          <t>9786057180131</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Mı Sandın</t>
+          <t>Şeyler</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057180148</t>
+          <t>9786057180155</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açmış Tel Örgülerin Gölgesinde</t>
+          <t>Karanlık Mı Sandın</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057180100</t>
+          <t>9786057180148</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Lal</t>
+          <t>Çiçek Açmış Tel Örgülerin Gölgesinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057470393</t>
+          <t>9786057180100</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Şiir</t>
+          <t>Gül ve Lal</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057470386</t>
+          <t>9786057470393</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mehmetler</t>
+          <t>Arkadaşım Şiir</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>77</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057470348</t>
+          <t>9786057470386</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Yarım Asır (Ciltli)</t>
+          <t>Mehmetler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057470331</t>
+          <t>9786057470348</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ağrının Üç Hali</t>
+          <t>Psikoterapide Yarım Asır (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057470317</t>
+          <t>9786057470331</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Tellerle Kanayan</t>
+          <t>Ağrının Üç Hali</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058182295</t>
+          <t>9786057470317</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>99 Ben</t>
+          <t>Dikenli Tellerle Kanayan</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058182288</t>
+          <t>9786058182295</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adalya</t>
+          <t>99 Ben</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
+          <t>9786058182288</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Adalya</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786058182257</t>
         </is>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Ruhların Gardiyanı</t>
         </is>
       </c>
-      <c r="C34" s="1">
+      <c r="C35" s="1">
         <v>22</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>